--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="43876145" w14:textId="641D018A" w:rsidR="00E15940" w:rsidRPr="00B464A6" w:rsidRDefault="00436409" w:rsidP="00B464A6">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B464A6">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ANSTÄLLNINGS</w:t>
       </w:r>
       <w:r w:rsidR="003967D8">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>AVTAL</w:t>
       </w:r>
       <w:r w:rsidRPr="00B464A6">
         <w:rPr>
@@ -559,73 +559,89 @@
             <w:r w:rsidR="00897FB5" w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E54B487" w14:textId="107C2569" w:rsidR="00142D59" w:rsidRPr="00DE0CD6" w:rsidRDefault="00142D59">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DE0CD6">
+          <w:p w14:paraId="3E54B487" w14:textId="074F6B41" w:rsidR="00142D59" w:rsidRPr="00DE0CD6" w:rsidRDefault="0076616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Telefonnummer (</w:t>
+            </w:r>
+            <w:r w:rsidR="00142D59" w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tele</w:t>
             </w:r>
             <w:r w:rsidR="00326230" w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>phone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> number)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="3" w:name="Text25"/>
           <w:p w14:paraId="529E6CBE" w14:textId="77777777" w:rsidR="00142D59" w:rsidRPr="00DE0CD6" w:rsidRDefault="00104FF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -840,59 +856,174 @@
             <w:r w:rsidR="00897FB5" w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75BD7F63" w14:textId="61C1FC49" w:rsidR="00142D59" w:rsidRPr="00DE0CD6" w:rsidRDefault="00142D59">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="07DD001F" w14:textId="77777777" w:rsidR="00142D59" w:rsidRPr="0076616D" w:rsidRDefault="0076616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>E-mail adress</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75BD7F63" w14:textId="445A4EFF" w:rsidR="0076616D" w:rsidRPr="00DE0CD6" w:rsidRDefault="0076616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B52687B" w14:textId="77777777" w:rsidR="00AB587E" w:rsidRPr="00DE0CD6" w:rsidRDefault="00AB587E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-781" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1891,114 +2022,74 @@
           <w:p w14:paraId="686586EF" w14:textId="192CEA3F" w:rsidR="001B1955" w:rsidRPr="00DE0CD6" w:rsidRDefault="00F30F91" w:rsidP="00EE3BD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anställningsform</w:t>
             </w:r>
             <w:r w:rsidR="001B1955" w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="001B1955" w:rsidRPr="00DE0CD6">
+              <w:t xml:space="preserve"> (Empl</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62C4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Empl</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D62C4B">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1955" w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>o</w:t>
-[...38 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>yment type)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D409AC" w:rsidRPr="00D62C4B" w14:paraId="67744FCB" w14:textId="77777777" w:rsidTr="00CB538D">
+      <w:tr w:rsidR="00D409AC" w:rsidRPr="0076616D" w14:paraId="67744FCB" w14:textId="77777777" w:rsidTr="00CB538D">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="092D067C" w14:textId="6B23392B" w:rsidR="00A07BFA" w:rsidRPr="00D62C4B" w:rsidRDefault="00D409AC" w:rsidP="009A6085">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62C4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ti</w:t>
             </w:r>
             <w:r w:rsidR="0005528C" w:rsidRPr="00D62C4B">
@@ -2019,93 +2110,65 @@
             </w:r>
             <w:r w:rsidRPr="00D62C4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>anställnin</w:t>
             </w:r>
             <w:r w:rsidR="00A07BFA" w:rsidRPr="00D62C4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidR="00001157" w:rsidRPr="00D62C4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F53922" w:rsidRPr="00D62C4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Fixed</w:t>
-[...8 lines deleted...]
-              <w:t>-term</w:t>
+              <w:t>Fixed-term</w:t>
             </w:r>
             <w:r w:rsidR="00001157" w:rsidRPr="00D62C4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> employment)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="551ED4A9" w14:textId="49ACB2B5" w:rsidR="00FB7EA1" w:rsidRPr="00DE0CD6" w:rsidRDefault="00A07BFA" w:rsidP="009A6085">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00D409AC" w:rsidRPr="00DE0CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -2362,67 +2425,57 @@
       <w:tr w:rsidR="00CB538D" w:rsidRPr="00DE0CD6" w14:paraId="13A6C1BB" w14:textId="77777777" w:rsidTr="00A44A98">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1D7C3C97" w14:textId="77777777" w:rsidR="00BE2A10" w:rsidRPr="0022134C" w:rsidRDefault="006C30FD" w:rsidP="00AB587E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022134C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Grund för tidsbegränsning (</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00485594" w:rsidRPr="0022134C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Reason</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> for fixed-term employment</w:t>
+              <w:t>Reason for fixed-term employment</w:t>
             </w:r>
             <w:r w:rsidRPr="0022134C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00485594" w:rsidRPr="0022134C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47AB59F4" w14:textId="379565D2" w:rsidR="006C30FD" w:rsidRPr="0022134C" w:rsidRDefault="0022134C" w:rsidP="00AB587E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2594,75 +2647,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Temporary employment means that you may be </w:t>
             </w:r>
             <w:r w:rsidR="00D62C4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>employed</w:t>
             </w:r>
             <w:r w:rsidRPr="000634E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> for individual, short-term employment periods. Being available in this way means that a new employment relationship arises at each </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> you work. You have the right to decline such an offer.)</w:t>
+              <w:t xml:space="preserve"> for individual, short-term employment periods. Being available in this way means that a new employment relationship arises at each particular occasion you work. You have the right to decline such an offer.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0F94" w:rsidRPr="000634E3" w14:paraId="77B5E53F" w14:textId="77777777" w:rsidTr="00803ABA">
         <w:trPr>
           <w:trHeight w:val="193"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="57C69102" w14:textId="77777777" w:rsidR="00CC0F94" w:rsidRPr="00DE0CD6" w:rsidRDefault="00CC0F94" w:rsidP="00AB587E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002526FC" w:rsidRPr="00DE0CD6" w14:paraId="08E70C4B" w14:textId="77777777" w:rsidTr="00465053">
         <w:trPr>
@@ -3106,51 +3135,51 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="118FC3B9" w14:textId="6A604E91" w:rsidR="00A12D77" w:rsidRPr="00B75A22" w:rsidRDefault="003967D8" w:rsidP="00AB587E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75A22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Enligt kallelse (By summons)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A33E84" w:rsidRPr="00D62C4B" w14:paraId="4257F371" w14:textId="77777777" w:rsidTr="008967FA">
+      <w:tr w:rsidR="00A33E84" w:rsidRPr="0076616D" w14:paraId="4257F371" w14:textId="77777777" w:rsidTr="008967FA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5738" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55D038B4" w14:textId="3880CBA6" w:rsidR="00357942" w:rsidRPr="003967D8" w:rsidRDefault="00357942" w:rsidP="00357942">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003967D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Semester</w:t>
             </w:r>
@@ -4835,59 +4864,59 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AE1F91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D62C4B">
+            <w:r w:rsidRPr="00935AFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D62C4B">
+            <w:r w:rsidRPr="00935AFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00935AFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AE1F91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -5501,65 +5530,51 @@
         </w:rPr>
         <w:t>The employer pays employer's contributions according to the Social Fee Act (2000:980). In addition, the Sick Pay Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(1991:1047) is applicable. The employee may also, where applicable, be granted benefits during sick leave and parental leave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">according to the above-mentioned collective </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">according to the above-mentioned collective agreement </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47385B08" w14:textId="77777777" w:rsidR="00607188" w:rsidRDefault="00607188" w:rsidP="00607188">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1048C7FF" w14:textId="6664E1D3" w:rsidR="00607188" w:rsidRDefault="00607188" w:rsidP="00607188">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(Villkorsavtal) as well as benefits according to other collective</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5604,65 +5619,51 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Central and local collective agreements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E89BE5" w14:textId="77777777" w:rsidR="00607188" w:rsidRDefault="00607188" w:rsidP="00607188">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">In addition to the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> collective agreement (villkorsavtal), the employee is covered by other central collective</w:t>
+        <w:t>In addition to the above mentioned collective agreement (villkorsavtal), the employee is covered by other central collective</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ageements within the public sector, visit arbetgivarverket.se, as well as, were applicable, other local collective agreements that</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the employer has entered into persuant to such central collective agreement or by delegation from Arbetsgivarverket.</w:t>
       </w:r>
@@ -5710,65 +5711,51 @@
         </w:rPr>
         <w:t>How an employment is terminated and what each party needs to consider when an employment is terminated is determined by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Sections 4, 4 b, 34–37 and 40–42, the Employment Protection Act. In addition, Sections 8–11, the Public Employment Act are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">applicable as well as applicable regulations under the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> collective agreement mentioned under Terms of</w:t>
+        <w:t>applicable as well as applicable regulations under the above mentioned collective agreement mentioned under Terms of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>employment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BAECFC6" w14:textId="77777777" w:rsidR="00607188" w:rsidRPr="002C0960" w:rsidRDefault="00607188" w:rsidP="00607188">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0960">
         <w:rPr>
           <w:b/>
@@ -5819,111 +5806,111 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4803E627" w14:textId="3FD05F7D" w:rsidR="003967D8" w:rsidRPr="00D62C4B" w:rsidRDefault="003967D8" w:rsidP="006C2F19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003967D8" w:rsidRPr="00D62C4B" w:rsidSect="00AD5776">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="566" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6D9A8FAE" w14:textId="77777777" w:rsidR="00837FD6" w:rsidRDefault="00837FD6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1C2B4F01" w14:textId="77777777" w:rsidR="00837FD6" w:rsidRDefault="00837FD6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CA8F53E" w14:textId="77777777" w:rsidR="006E0997" w:rsidRDefault="006E0997" w:rsidP="007E5203">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="38D52B95" w14:textId="77777777" w:rsidR="006E0997" w:rsidRDefault="006E0997" w:rsidP="007E5203">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r>
@@ -5934,98 +5921,82 @@
       </w:rPr>
       <w:t>Postadress                          Besöksadress              Telefon                       Webb                    Organisationsnummer</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="64F5C7B9" w14:textId="77777777" w:rsidR="006E0997" w:rsidRDefault="006E0997" w:rsidP="007E5203">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">171 </w:t>
-[...15 lines deleted...]
-      <w:t xml:space="preserve">              Nobels väg 5                08-524 800 00             </w:t>
+      <w:t xml:space="preserve">171 77  Stockholm              Nobels väg 5                08-524 800 00             </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="00475435">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>www.ki.se</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">             202100-2973</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="43FBE0D2" w14:textId="77777777" w:rsidR="006E0997" w:rsidRDefault="006E0997">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1538F66E" w14:textId="77777777" w:rsidR="006E0997" w:rsidRPr="00D733E8" w:rsidRDefault="006E0997" w:rsidP="00636C2F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="45529800" w14:textId="77777777" w:rsidR="006E0997" w:rsidRPr="00DD2F7E" w:rsidRDefault="006E0997" w:rsidP="00AD5776">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:ind w:hanging="851"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E80EB6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6175,62 +6146,52 @@
           <w:r w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Postadress</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="7C387629" w14:textId="77777777" w:rsidR="006E0997" w:rsidRPr="00BB08FC" w:rsidRDefault="006E0997" w:rsidP="00535EB2">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">171 </w:t>
+            <w:t>171 77  Stockholm</w:t>
           </w:r>
-          <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-          <w:proofErr w:type="gramEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1928" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="1D19FF81" w14:textId="77777777" w:rsidR="006E0997" w:rsidRPr="00BB08FC" w:rsidRDefault="006E0997" w:rsidP="00535EB2">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Besöksadress</w:t>
           </w:r>
@@ -6369,122 +6330,120 @@
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Organisationsnummer</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="76DD9405" w14:textId="77777777" w:rsidR="006E0997" w:rsidRPr="00BB08FC" w:rsidRDefault="006E0997" w:rsidP="00535EB2">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>202100-2973</w:t>
           </w:r>
-          <w:proofErr w:type="gramEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="567" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2D848538" w14:textId="77777777" w:rsidR="006E0997" w:rsidRPr="00BB08FC" w:rsidRDefault="006E0997">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="4FF7837E" w14:textId="77777777" w:rsidR="006E0997" w:rsidRPr="00BB08FC" w:rsidRDefault="006E0997" w:rsidP="006E0997">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="701224D5" w14:textId="77777777" w:rsidR="006E0997" w:rsidRPr="00E80EB6" w:rsidRDefault="006E0997" w:rsidP="00535EB2">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0724A135" w14:textId="77777777" w:rsidR="00837FD6" w:rsidRDefault="00837FD6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="46ED9CA0" w14:textId="77777777" w:rsidR="00837FD6" w:rsidRDefault="00837FD6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0352DB91" w14:textId="5E331DBD" w:rsidR="006E0997" w:rsidRPr="00D733E8" w:rsidRDefault="003172FB" w:rsidP="00740A4B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:rPr>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5553421D" wp14:editId="761C32BD">
           <wp:extent cx="2095500" cy="857250"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="3" name="Bild 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Bild 2"/>
@@ -6513,51 +6472,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="006E0997">
       <w:t xml:space="preserve">                                                 </w:t>
     </w:r>
     <w:r w:rsidR="006E0997" w:rsidRPr="00D733E8">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="-743" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7523"/>
       <w:gridCol w:w="3142"/>
     </w:tblGrid>
     <w:tr w:rsidR="003329E2" w14:paraId="5A4CFFB7" w14:textId="77777777" w:rsidTr="00BB08FC">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7655" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="00A60E41" w14:textId="77777777" w:rsidR="003329E2" w:rsidRDefault="003172FB" w:rsidP="00BB08FC">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="9923"/>
             </w:tabs>
           </w:pPr>
           <w:r>
             <w:rPr>
@@ -6734,155 +6693,154 @@
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>yment</w:t>
           </w:r>
           <w:r w:rsidR="003967D8">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> contract</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="2BCBE938" w14:textId="77777777" w:rsidR="003329E2" w:rsidRDefault="003329E2" w:rsidP="00BB08FC">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="9923"/>
             </w:tabs>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="48BEC9B5" w14:textId="740100BC" w:rsidR="003329E2" w:rsidRDefault="003329E2" w:rsidP="00BB08FC">
+        <w:p w14:paraId="48BEC9B5" w14:textId="2CE29AC5" w:rsidR="003329E2" w:rsidRDefault="003329E2" w:rsidP="00BB08FC">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="9923"/>
             </w:tabs>
           </w:pPr>
           <w:r w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">                                  </w:t>
           </w:r>
           <w:r w:rsidR="00104FF6" w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TIME \@ "yyyy-MM-dd" </w:instrText>
           </w:r>
           <w:r w:rsidR="00104FF6" w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00D62C4B">
+          <w:r w:rsidR="00D05215">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>2023-05-23</w:t>
+            <w:t>2025-10-15</w:t>
           </w:r>
           <w:r w:rsidR="00104FF6" w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00BB08FC">
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve">                           </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="75C6DE93" w14:textId="52712644" w:rsidR="006E0997" w:rsidRPr="00B464A6" w:rsidRDefault="006E0997">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D733E8">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">           </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                   </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="eB/X4nO81nowAUMTScgjp/AVBN5pjhqJZ/p/5qQz2jheIC1qF+krgKAEP1xm/veh9mKr6bTObIf06TFttzTz/Q==" w:salt="g5PMHAIFvp4ZVFVTZKy5xg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB2501"/>
     <w:rsid w:val="00001157"/>
     <w:rsid w:val="00006D56"/>
     <w:rsid w:val="00011A0F"/>
     <w:rsid w:val="00014719"/>
     <w:rsid w:val="00026C0E"/>
     <w:rsid w:val="0003211D"/>
@@ -6919,50 +6877,51 @@
     <w:rsid w:val="001E1C3A"/>
     <w:rsid w:val="001E3A7D"/>
     <w:rsid w:val="001F2574"/>
     <w:rsid w:val="001F49A6"/>
     <w:rsid w:val="001F6DAC"/>
     <w:rsid w:val="0022134C"/>
     <w:rsid w:val="00221412"/>
     <w:rsid w:val="00224F9D"/>
     <w:rsid w:val="00230BCE"/>
     <w:rsid w:val="00233A40"/>
     <w:rsid w:val="002434D9"/>
     <w:rsid w:val="00252493"/>
     <w:rsid w:val="002526FC"/>
     <w:rsid w:val="00272337"/>
     <w:rsid w:val="002745EE"/>
     <w:rsid w:val="00276C55"/>
     <w:rsid w:val="002821C0"/>
     <w:rsid w:val="00294492"/>
     <w:rsid w:val="0029565F"/>
     <w:rsid w:val="002A3F76"/>
     <w:rsid w:val="002A7683"/>
     <w:rsid w:val="002D49AD"/>
     <w:rsid w:val="002D6369"/>
     <w:rsid w:val="002E2E5C"/>
     <w:rsid w:val="00307BAA"/>
+    <w:rsid w:val="00315692"/>
     <w:rsid w:val="003172FB"/>
     <w:rsid w:val="00321CF8"/>
     <w:rsid w:val="003256BC"/>
     <w:rsid w:val="00325C6C"/>
     <w:rsid w:val="00326230"/>
     <w:rsid w:val="003310C2"/>
     <w:rsid w:val="003329E2"/>
     <w:rsid w:val="003371A8"/>
     <w:rsid w:val="00345CB0"/>
     <w:rsid w:val="00357660"/>
     <w:rsid w:val="00357942"/>
     <w:rsid w:val="00360CDD"/>
     <w:rsid w:val="00362388"/>
     <w:rsid w:val="00367C1B"/>
     <w:rsid w:val="00370882"/>
     <w:rsid w:val="00377A8D"/>
     <w:rsid w:val="003959E9"/>
     <w:rsid w:val="003967D8"/>
     <w:rsid w:val="003A14A7"/>
     <w:rsid w:val="003B0B93"/>
     <w:rsid w:val="003C7855"/>
     <w:rsid w:val="003D7315"/>
     <w:rsid w:val="003E23CB"/>
     <w:rsid w:val="003E64BC"/>
     <w:rsid w:val="003F608C"/>
@@ -7007,50 +6966,51 @@
     <w:rsid w:val="00636C2F"/>
     <w:rsid w:val="00647B72"/>
     <w:rsid w:val="00650087"/>
     <w:rsid w:val="006508F2"/>
     <w:rsid w:val="00661EE0"/>
     <w:rsid w:val="00663EE7"/>
     <w:rsid w:val="00666DE7"/>
     <w:rsid w:val="00676048"/>
     <w:rsid w:val="00680435"/>
     <w:rsid w:val="006A29F3"/>
     <w:rsid w:val="006A37EF"/>
     <w:rsid w:val="006B23A1"/>
     <w:rsid w:val="006B4B86"/>
     <w:rsid w:val="006C2F19"/>
     <w:rsid w:val="006C30FD"/>
     <w:rsid w:val="006C4333"/>
     <w:rsid w:val="006E0997"/>
     <w:rsid w:val="0070377A"/>
     <w:rsid w:val="007155B7"/>
     <w:rsid w:val="007223F0"/>
     <w:rsid w:val="00740A4B"/>
     <w:rsid w:val="00744662"/>
     <w:rsid w:val="007501FB"/>
     <w:rsid w:val="007511B6"/>
     <w:rsid w:val="007535F9"/>
+    <w:rsid w:val="0076616D"/>
     <w:rsid w:val="007B3B92"/>
     <w:rsid w:val="007D1D3C"/>
     <w:rsid w:val="007D72BA"/>
     <w:rsid w:val="007E5203"/>
     <w:rsid w:val="007E75BA"/>
     <w:rsid w:val="00803ABA"/>
     <w:rsid w:val="0081009A"/>
     <w:rsid w:val="008155D6"/>
     <w:rsid w:val="008220F8"/>
     <w:rsid w:val="00823879"/>
     <w:rsid w:val="00824CED"/>
     <w:rsid w:val="00837FD6"/>
     <w:rsid w:val="0085438E"/>
     <w:rsid w:val="008566B4"/>
     <w:rsid w:val="00861C3D"/>
     <w:rsid w:val="008628C6"/>
     <w:rsid w:val="0086643C"/>
     <w:rsid w:val="00870C11"/>
     <w:rsid w:val="00876B0F"/>
     <w:rsid w:val="00892EC6"/>
     <w:rsid w:val="0089333E"/>
     <w:rsid w:val="008967FA"/>
     <w:rsid w:val="00897FB5"/>
     <w:rsid w:val="008B5D75"/>
     <w:rsid w:val="008B736B"/>
@@ -7060,121 +7020,124 @@
     <w:rsid w:val="008E4136"/>
     <w:rsid w:val="008F3874"/>
     <w:rsid w:val="008F506D"/>
     <w:rsid w:val="008F6EC6"/>
     <w:rsid w:val="00904E47"/>
     <w:rsid w:val="00911C40"/>
     <w:rsid w:val="00917564"/>
     <w:rsid w:val="00933B82"/>
     <w:rsid w:val="00934D18"/>
     <w:rsid w:val="00937378"/>
     <w:rsid w:val="00941451"/>
     <w:rsid w:val="00987E5B"/>
     <w:rsid w:val="009A6085"/>
     <w:rsid w:val="009A6D2F"/>
     <w:rsid w:val="009B0210"/>
     <w:rsid w:val="009C1146"/>
     <w:rsid w:val="009C455F"/>
     <w:rsid w:val="009C6F5D"/>
     <w:rsid w:val="009D28B9"/>
     <w:rsid w:val="009D6CD9"/>
     <w:rsid w:val="009E4469"/>
     <w:rsid w:val="009F11E0"/>
     <w:rsid w:val="009F2658"/>
     <w:rsid w:val="009F4E8C"/>
     <w:rsid w:val="00A0430C"/>
+    <w:rsid w:val="00A0520C"/>
     <w:rsid w:val="00A07BFA"/>
     <w:rsid w:val="00A07F94"/>
     <w:rsid w:val="00A12D77"/>
     <w:rsid w:val="00A33E84"/>
     <w:rsid w:val="00A349A9"/>
     <w:rsid w:val="00A40F34"/>
     <w:rsid w:val="00A44A98"/>
     <w:rsid w:val="00A556C2"/>
     <w:rsid w:val="00A646A4"/>
     <w:rsid w:val="00A6490D"/>
     <w:rsid w:val="00A65508"/>
     <w:rsid w:val="00A71506"/>
     <w:rsid w:val="00A7268C"/>
     <w:rsid w:val="00A83D78"/>
     <w:rsid w:val="00A9051F"/>
     <w:rsid w:val="00AA5EAC"/>
     <w:rsid w:val="00AB4A9E"/>
     <w:rsid w:val="00AB587E"/>
     <w:rsid w:val="00AB5A21"/>
     <w:rsid w:val="00AB6D80"/>
     <w:rsid w:val="00AD0497"/>
     <w:rsid w:val="00AD1C07"/>
     <w:rsid w:val="00AD2C28"/>
     <w:rsid w:val="00AD5776"/>
     <w:rsid w:val="00AD7E35"/>
     <w:rsid w:val="00AE1F91"/>
     <w:rsid w:val="00AE7CB7"/>
     <w:rsid w:val="00AF33CF"/>
     <w:rsid w:val="00AF6428"/>
     <w:rsid w:val="00B005A8"/>
     <w:rsid w:val="00B058D6"/>
     <w:rsid w:val="00B07A45"/>
     <w:rsid w:val="00B11814"/>
     <w:rsid w:val="00B17B4B"/>
     <w:rsid w:val="00B35D43"/>
     <w:rsid w:val="00B464A6"/>
     <w:rsid w:val="00B46D5D"/>
     <w:rsid w:val="00B471F0"/>
     <w:rsid w:val="00B53B20"/>
     <w:rsid w:val="00B65860"/>
     <w:rsid w:val="00B75A22"/>
     <w:rsid w:val="00BA5D3F"/>
     <w:rsid w:val="00BB08FC"/>
     <w:rsid w:val="00BB595B"/>
+    <w:rsid w:val="00BD6512"/>
     <w:rsid w:val="00BE2A10"/>
     <w:rsid w:val="00C17AB3"/>
     <w:rsid w:val="00C20E7F"/>
     <w:rsid w:val="00C266AC"/>
     <w:rsid w:val="00C4262A"/>
     <w:rsid w:val="00C47343"/>
     <w:rsid w:val="00C53643"/>
     <w:rsid w:val="00C57B5E"/>
     <w:rsid w:val="00C60C01"/>
     <w:rsid w:val="00C644CF"/>
     <w:rsid w:val="00C67971"/>
     <w:rsid w:val="00C741F6"/>
     <w:rsid w:val="00C87594"/>
     <w:rsid w:val="00C958A4"/>
     <w:rsid w:val="00CA1EDE"/>
     <w:rsid w:val="00CA3BCD"/>
     <w:rsid w:val="00CA6035"/>
     <w:rsid w:val="00CA63D7"/>
     <w:rsid w:val="00CB538D"/>
     <w:rsid w:val="00CB5E8D"/>
     <w:rsid w:val="00CC0F94"/>
     <w:rsid w:val="00CC10EE"/>
     <w:rsid w:val="00CC4A16"/>
     <w:rsid w:val="00CC62D0"/>
     <w:rsid w:val="00CC65B8"/>
     <w:rsid w:val="00CD30B6"/>
     <w:rsid w:val="00CD5A64"/>
+    <w:rsid w:val="00D05215"/>
     <w:rsid w:val="00D179CD"/>
     <w:rsid w:val="00D17E49"/>
     <w:rsid w:val="00D233B7"/>
     <w:rsid w:val="00D30601"/>
     <w:rsid w:val="00D34647"/>
     <w:rsid w:val="00D409AC"/>
     <w:rsid w:val="00D47C14"/>
     <w:rsid w:val="00D500FA"/>
     <w:rsid w:val="00D508FF"/>
     <w:rsid w:val="00D54B6F"/>
     <w:rsid w:val="00D56419"/>
     <w:rsid w:val="00D62C4B"/>
     <w:rsid w:val="00D63ACB"/>
     <w:rsid w:val="00D7071F"/>
     <w:rsid w:val="00D733E8"/>
     <w:rsid w:val="00D77845"/>
     <w:rsid w:val="00D814A4"/>
     <w:rsid w:val="00D92E7B"/>
     <w:rsid w:val="00DB2501"/>
     <w:rsid w:val="00DC08F4"/>
     <w:rsid w:val="00DC2DF2"/>
     <w:rsid w:val="00DD2F7E"/>
     <w:rsid w:val="00DE0CD6"/>
     <w:rsid w:val="00DE41FD"/>
     <w:rsid w:val="00DF0CA5"/>
@@ -7223,64 +7186,64 @@
     <w:rsid w:val="00FB22B5"/>
     <w:rsid w:val="00FB2ED9"/>
     <w:rsid w:val="00FB6BF5"/>
     <w:rsid w:val="00FB7EA1"/>
     <w:rsid w:val="00FC798F"/>
     <w:rsid w:val="00FE3A1E"/>
     <w:rsid w:val="00FF50DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="56768096"/>
   <w15:docId w15:val="{1A98B2E1-6FAF-445D-A527-EED5E536A004}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7723,51 +7686,51 @@
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:rsid w:val="009F4E8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:link w:val="Ballongtext"/>
     <w:rsid w:val="009F4E8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="575283796">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1315916135">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8087,56 +8050,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100FC7FA55AD580F84398789CC024A51780" ma:contentTypeVersion="11" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="02441aca70152d87ac5b5664838546ab">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="ca232b88-5f4a-487e-8b45-e6d5bbcaae37" xmlns:ns4="4fd14401-efe9-4516-8992-7544a5888897" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="00544688179b72e7bae331775b3363e5" ns3:_="" ns4:_="">
     <xsd:import namespace="ca232b88-5f4a-487e-8b45-e6d5bbcaae37"/>
     <xsd:import namespace="4fd14401-efe9-4516-8992-7544a5888897"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8303,125 +8260,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9EB5E07-7C32-4F47-B769-6FF4A74960BA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca232b88-5f4a-487e-8b45-e6d5bbcaae37"/>
     <ds:schemaRef ds:uri="4fd14401-efe9-4516-8992-7544a5888897"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F63989E1-A590-4758-8519-D026F3E546FA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72766D9C-8B42-494C-958E-D4B3808EDCC3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>anstallningsavtal_tillsvidare</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1216</Words>
-  <Characters>6445</Characters>
+  <Words>970</Words>
+  <Characters>6747</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7646</CharactersWithSpaces>
+  <CharactersWithSpaces>7702</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>720970</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ki.se/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>