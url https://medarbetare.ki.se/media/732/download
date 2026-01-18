--- v0 (2025-10-07)
+++ v1 (2026-01-18)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C7A30B6" w14:textId="77777777" w:rsidR="00EB3C97" w:rsidRPr="00EB3C97" w:rsidRDefault="00EB3C97">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3C97">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fylls i av institutionen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -101,148 +101,147 @@
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj medel"/>
                     <w:listEntry w:val="Biträdande lektor "/>
                     <w:listEntry w:val="Forskarassistentmedel"/>
                     <w:listEntry w:val="Forskarmedel"/>
                     <w:listEntry w:val="Postdocmedel"/>
                     <w:listEntry w:val="Doktorand inom NIH"/>
                     <w:listEntry w:val="Doktorand inom KID"/>
                     <w:listEntry w:val="Forskarutbildningsaktiviteter"/>
                     <w:listEntry w:val="Forskarutbildningskurser"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Listruta1"/>
             <w:r w:rsidR="008635B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D8025A">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D8025A">
+            <w:r w:rsidR="008635B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="008635B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008635B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w14:paraId="7CD17D4A" w14:textId="49915618" w:rsidR="000851D9" w:rsidRDefault="003C594E" w:rsidP="009F0AD0">
+          <w:p w14:paraId="7CD17D4A" w14:textId="330E6AFC" w:rsidR="000851D9" w:rsidRDefault="003C594E" w:rsidP="009F0AD0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4807"/>
               </w:tabs>
               <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000648E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Institution:</w:t>
             </w:r>
             <w:r w:rsidRPr="000648E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007914FA">
+            <w:r w:rsidR="00324E16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="VÄLJ INSTITUTION"/>
-                    <w:listEntry w:val="Biovetenskaper och näringslära"/>
                     <w:listEntry w:val="Cell- och molekylärbiologi"/>
                     <w:listEntry w:val="Fysiologi och farmakologi"/>
                     <w:listEntry w:val="Global folkhälsa"/>
                     <w:listEntry w:val="Klinisk forskning och utbildning, SÖS"/>
                     <w:listEntry w:val="Klinisk neurovetenskap"/>
                     <w:listEntry w:val="Kliniska vetenskaper, Danderyd"/>
                     <w:listEntry w:val="Klinisk vetenskap, intervention och teknik"/>
                     <w:listEntry w:val="Kvinnors och barns hälsa"/>
                     <w:listEntry w:val="Laboratoriemedicin"/>
                     <w:listEntry w:val="Lärande, informatik, management och etik"/>
                     <w:listEntry w:val="Medicin, Huddinge"/>
                     <w:listEntry w:val="Medicin, Solna"/>
                     <w:listEntry w:val="Medicinsk biokemi och biofysik"/>
                     <w:listEntry w:val="Medicinsk epidemiologi och biostatistik"/>
                     <w:listEntry w:val="Mikrobiologi, tumör- och cellbiologi"/>
                     <w:listEntry w:val="Miljömedicin"/>
                     <w:listEntry w:val="Molekylär medicin och kirurgi"/>
                     <w:listEntry w:val="Neurobiologi, vårdvetenskap och samhälle"/>
                     <w:listEntry w:val="Neurovetenskap"/>
                     <w:listEntry w:val="Odontologi"/>
                     <w:listEntry w:val="Onkologi-Patologi"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Listruta2"/>
-            <w:r w:rsidR="007914FA">
+            <w:r w:rsidR="00324E16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D8025A">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D8025A">
+            <w:r w:rsidR="00324E16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00324E16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007914FA">
+            <w:r w:rsidR="00324E16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
           <w:p w14:paraId="0BC06C88" w14:textId="77777777" w:rsidR="00EB3C97" w:rsidRPr="000648E8" w:rsidRDefault="000851D9" w:rsidP="009F0AD0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4807"/>
               </w:tabs>
               <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000851D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Övrig </w:t>
             </w:r>
             <w:r>
@@ -267,56 +266,56 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="VÄLJ ÖVRIG ORGANISATIONSENHET"/>
                     <w:listEntry w:val="Komparativ medicin"/>
                     <w:listEntry w:val="Universitetsbiblioteket"/>
                     <w:listEntry w:val="UoL"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D8025A">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D8025A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="70105F91" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
             <w:pPr>
               <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000648E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Medel rekvireras för:</w:t>
@@ -720,1481 +719,2184 @@
             <w:r w:rsidR="007914FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj kommitté eller nämnd"/>
                     <w:listEntry w:val="Kommittén för forskarutbildning"/>
                     <w:listEntry w:val="Kommittén för forskning"/>
                     <w:listEntry w:val="Fakultetsnämnden"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Listruta3"/>
             <w:r w:rsidR="007914FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D8025A">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D8025A">
+            <w:r w:rsidR="007914FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007914FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007914FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
-          <w:p w14:paraId="7664AD67" w14:textId="77777777" w:rsidR="00B830C4" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
+          <w:p w14:paraId="7664AD67" w14:textId="18D19A61" w:rsidR="00B830C4" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
             <w:pPr>
               <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D61808">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Till institution:</w:t>
             </w:r>
             <w:r w:rsidRPr="000648E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007914FA">
+            <w:r w:rsidR="00324E16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="VÄLJ INSTITUTION"/>
-                    <w:listEntry w:val="Biovetenskaper och näringslära"/>
                     <w:listEntry w:val="Cell- och molekylärbiologi"/>
                     <w:listEntry w:val="Fysiologi och farmakologi"/>
                     <w:listEntry w:val="Global folkhälsa"/>
                     <w:listEntry w:val="Klinisk forskning och utbildning, SÖS"/>
                     <w:listEntry w:val="Klinisk neurovetenskap"/>
                     <w:listEntry w:val="Kliniska vetenskaper, Danderyd"/>
                     <w:listEntry w:val="Klinisk vetenskap, intervention och teknik"/>
                     <w:listEntry w:val="Kvinnors och barns hälsa"/>
                     <w:listEntry w:val="Laboratoriemedicin"/>
                     <w:listEntry w:val="Lärande, informatik, management och etik"/>
                     <w:listEntry w:val="Medicin, Huddinge"/>
                     <w:listEntry w:val="Medicin, Solna"/>
                     <w:listEntry w:val="Medicinsk biokemi och biofysik"/>
                     <w:listEntry w:val="Medicinsk epidemiologi och biostatistik"/>
                     <w:listEntry w:val="Mikrobiologi, tumör- och cellbiologi"/>
                     <w:listEntry w:val="Miljömedicin"/>
                     <w:listEntry w:val="Molekylär medicin och kirurgi"/>
                     <w:listEntry w:val="Neurobiologi, vårdvetenskap och samhälle"/>
                     <w:listEntry w:val="Neurovetenskap"/>
                     <w:listEntry w:val="Odontologi"/>
                     <w:listEntry w:val="Onkologi-Patologi"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="007914FA">
+            <w:r w:rsidR="00324E16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D8025A">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D8025A">
+            <w:r w:rsidR="00324E16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00324E16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007914FA">
+            <w:r w:rsidR="00324E16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23317401" w14:textId="77777777" w:rsidR="00324E16" w:rsidRPr="000648E8" w:rsidRDefault="00324E16" w:rsidP="00324E16">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4807"/>
+              </w:tabs>
+              <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000851D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Övrig </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>KI-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000851D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>organisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:ddList>
+                    <w:listEntry w:val="VÄLJ ÖVRIG ORGANISATIONSENHET"/>
+                    <w:listEntry w:val="Komparativ medicin"/>
+                    <w:listEntry w:val="Universitetsbiblioteket"/>
+                    <w:listEntry w:val="UoL"/>
+                  </w:ddList>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C773B02" w14:textId="77777777" w:rsidR="00B830C4" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
             <w:pPr>
               <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000648E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Kontering på institution</w:t>
             </w:r>
             <w:r w:rsidR="00B830C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> se vet.text i UBW</w:t>
             </w:r>
             <w:r w:rsidRPr="000648E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D480527" w14:textId="151F9BB6" w:rsidR="009F78BD" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
+          <w:p w14:paraId="0D480527" w14:textId="05F9C9A3" w:rsidR="009F78BD" w:rsidRPr="00E221BB" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
             <w:pPr>
               <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000648E8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00E221BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">konto </w:t>
             </w:r>
-            <w:r w:rsidR="00B830C4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00B830C4" w:rsidRPr="00E221BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30999</w:t>
             </w:r>
-            <w:r w:rsidRPr="000648E8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00E221BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, fin </w:t>
             </w:r>
-            <w:r w:rsidR="00B830C4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00B830C4" w:rsidRPr="00E221BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1STAT mpt 9UL</w:t>
             </w:r>
-            <w:r w:rsidR="006A2CB9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="006A2CB9" w:rsidRPr="00E221BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, VK2</w:t>
             </w:r>
-            <w:r w:rsidR="00941127">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00941127" w:rsidRPr="00E221BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="0045740C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0072439D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="0045740C" w:rsidRPr="00E221BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>konto 39489. Fin 9UL mpt 9UL</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EFA6D94" w14:textId="10063762" w:rsidR="009F78BD" w:rsidRPr="00D61808" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D61808">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Kontering U</w:t>
             </w:r>
             <w:r w:rsidR="00941127">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="00D61808">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabellrutnt"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="4424"/>
+              <w:gridCol w:w="4381"/>
               <w:gridCol w:w="20"/>
-              <w:gridCol w:w="1122"/>
-[...1 lines deleted...]
-              <w:gridCol w:w="1586"/>
+              <w:gridCol w:w="1183"/>
+              <w:gridCol w:w="1682"/>
+              <w:gridCol w:w="1578"/>
             </w:tblGrid>
-            <w:tr w:rsidR="000648E8" w:rsidRPr="000648E8" w14:paraId="2E99F69E" w14:textId="77777777" w:rsidTr="00373153">
+            <w:tr w:rsidR="000648E8" w:rsidRPr="000648E8" w14:paraId="2E99F69E" w14:textId="77777777" w:rsidTr="00357E01">
               <w:trPr>
                 <w:trHeight w:val="244"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4444" w:type="dxa"/>
+                  <w:tcW w:w="4401" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                 </w:tcPr>
                 <w:p w14:paraId="084A9A64" w14:textId="323E3872" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
                   <w:pPr>
                     <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t xml:space="preserve">Text i </w:t>
                   </w:r>
                   <w:r w:rsidR="00941127">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>UBW</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1122" w:type="dxa"/>
+                  <w:tcW w:w="1183" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="311196B7" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="009F78BD">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Konto</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1692" w:type="dxa"/>
+                  <w:tcW w:w="1682" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="0ACFC0A7" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="009F78BD">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Projekt</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1586" w:type="dxa"/>
+                  <w:tcW w:w="1578" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="5F1E75CC" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="009F78BD">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Belopp i kr</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="000648E8" w:rsidRPr="000648E8" w14:paraId="47907CE6" w14:textId="77777777" w:rsidTr="00373153">
+            <w:tr w:rsidR="00396DD7" w:rsidRPr="000648E8" w14:paraId="47907CE6" w14:textId="77777777" w:rsidTr="00357E01">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4444" w:type="dxa"/>
+                  <w:tcW w:w="4401" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
-                <w:p w14:paraId="6396C744" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="006675F6">
+                <w:p w14:paraId="6396C744" w14:textId="2FCB959F" w:rsidR="00396DD7" w:rsidRPr="000648E8" w:rsidRDefault="00396DD7" w:rsidP="00396DD7">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text4"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:bookmarkStart w:id="5" w:name="Text4"/>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006675F6">
-[...27 lines deleted...]
-                  <w:r w:rsidR="006675F6">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="5"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1122" w:type="dxa"/>
+                  <w:tcW w:w="1183" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2A675A90" w14:textId="1FAD14EA" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="00B830C4" w:rsidP="009F0AD0">
+                <w:p w14:paraId="2A675A90" w14:textId="3907C010" w:rsidR="00396DD7" w:rsidRPr="000648E8" w:rsidRDefault="00852E1E" w:rsidP="00396DD7">
                   <w:pPr>
                     <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
-                    <w:t>30999</w:t>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val=""/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:ddList>
+                          <w:listEntry w:val="30999"/>
+                          <w:listEntry w:val="39489"/>
+                        </w:ddList>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1692" w:type="dxa"/>
+                  <w:tcW w:w="1682" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5A0A1E80" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="006675F6">
+                <w:p w14:paraId="5A0A1E80" w14:textId="48CEF421" w:rsidR="00396DD7" w:rsidRPr="000648E8" w:rsidRDefault="00396DD7" w:rsidP="00396DD7">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:bookmarkStart w:id="6" w:name="Text5"/>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006675F6">
-[...23 lines deleted...]
-                  <w:r w:rsidR="006675F6">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="6"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1586" w:type="dxa"/>
+                  <w:tcW w:w="1578" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="51410CAF" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="00373153" w:rsidP="006675F6">
+                <w:p w14:paraId="51410CAF" w14:textId="14643554" w:rsidR="00396DD7" w:rsidRPr="000648E8" w:rsidRDefault="00396DD7" w:rsidP="00396DD7">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text6"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006675F6">
-[...23 lines deleted...]
-                  <w:r w:rsidR="006675F6">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00373153" w:rsidRPr="000648E8" w14:paraId="3BD7FD4C" w14:textId="77777777" w:rsidTr="00373153">
+            <w:tr w:rsidR="00396DD7" w:rsidRPr="000648E8" w14:paraId="04604913" w14:textId="77777777" w:rsidTr="00357E01">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4444" w:type="dxa"/>
+                  <w:tcW w:w="4401" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                 </w:tcPr>
-                <w:p w14:paraId="0D146FE8" w14:textId="46729D48" w:rsidR="00373153" w:rsidRPr="000648E8" w:rsidRDefault="00373153" w:rsidP="006675F6">
+                <w:p w14:paraId="5C8205D5" w14:textId="6207E3E3" w:rsidR="00396DD7" w:rsidRPr="00571619" w:rsidRDefault="00396DD7" w:rsidP="00396DD7">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                    </w:rPr>
-[...53 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text4"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006675F6">
-[...27 lines deleted...]
-                  <w:r w:rsidR="006675F6">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1122" w:type="dxa"/>
+                  <w:tcW w:w="1183" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="41309D43" w14:textId="3A44459C" w:rsidR="00373153" w:rsidRPr="000648E8" w:rsidRDefault="007914FA" w:rsidP="00FF0AA4">
+                <w:p w14:paraId="0326B099" w14:textId="3135E934" w:rsidR="00396DD7" w:rsidRDefault="005B6EBC" w:rsidP="00396DD7">
                   <w:pPr>
                     <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
-                    <w:t>3</w:t>
-[...17 lines deleted...]
-                    <w:t>9</w:t>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val=""/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:ddList>
+                          <w:listEntry w:val="39489"/>
+                          <w:listEntry w:val="30999"/>
+                        </w:ddList>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1692" w:type="dxa"/>
+                  <w:tcW w:w="1682" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="010DD9B4" w14:textId="77777777" w:rsidR="00373153" w:rsidRPr="000648E8" w:rsidRDefault="002C0ABC" w:rsidP="006675F6">
+                <w:p w14:paraId="7E51867D" w14:textId="1B9E57B0" w:rsidR="00396DD7" w:rsidRPr="000648E8" w:rsidRDefault="00396DD7" w:rsidP="00396DD7">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006675F6">
-[...23 lines deleted...]
-                  <w:r w:rsidR="006675F6">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1586" w:type="dxa"/>
+                  <w:tcW w:w="1578" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="0B657103" w14:textId="77777777" w:rsidR="00373153" w:rsidRPr="000648E8" w:rsidRDefault="002C0ABC" w:rsidP="006675F6">
+                <w:p w14:paraId="18A1705C" w14:textId="2496AE7D" w:rsidR="00396DD7" w:rsidRPr="000648E8" w:rsidRDefault="00396DD7" w:rsidP="00396DD7">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text6"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006675F6">
-[...23 lines deleted...]
-                  <w:r w:rsidR="006675F6">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="000648E8" w:rsidRPr="000648E8" w14:paraId="2D252F37" w14:textId="77777777" w:rsidTr="00373153">
+            <w:tr w:rsidR="00357E01" w:rsidRPr="000648E8" w14:paraId="4305AE5A" w14:textId="77777777" w:rsidTr="00357E01">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4444" w:type="dxa"/>
+                  <w:tcW w:w="4401" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                 </w:tcPr>
-                <w:p w14:paraId="08276449" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="00FF0AA4">
+                <w:p w14:paraId="02AA1A58" w14:textId="01808C56" w:rsidR="00357E01" w:rsidRPr="00571619" w:rsidRDefault="00357E01" w:rsidP="00357E01">
                   <w:pPr>
-                    <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
-[...2 lines deleted...]
-                      <w:b/>
+                    <w:spacing w:line="480" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000648E8">
-[...4 lines deleted...]
-                    <w:t>Att utbetala</w:t>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text4"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1122" w:type="dxa"/>
+                  <w:tcW w:w="1183" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6A3EF36C" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="009F78BD">
+                <w:p w14:paraId="52C160FC" w14:textId="3B94829A" w:rsidR="00357E01" w:rsidRDefault="00357E01" w:rsidP="00357E01">
                   <w:pPr>
-                    <w:spacing w:line="480" w:lineRule="auto"/>
+                    <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val=""/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:ddList>
+                          <w:listEntry w:val="Välj konto"/>
+                          <w:listEntry w:val="30999"/>
+                          <w:listEntry w:val="39489"/>
+                        </w:ddList>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1692" w:type="dxa"/>
+                  <w:tcW w:w="1682" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="0C0D6B33" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="000648E8" w:rsidRDefault="009F78BD" w:rsidP="009F78BD">
+                <w:p w14:paraId="5FB2742C" w14:textId="4B633319" w:rsidR="00357E01" w:rsidRPr="000648E8" w:rsidRDefault="00357E01" w:rsidP="00357E01">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text5"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1586" w:type="dxa"/>
+                  <w:tcW w:w="1578" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="79D64BC1" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRPr="002C0ABC" w:rsidRDefault="002C0ABC" w:rsidP="006675F6">
+                <w:p w14:paraId="5C1F978C" w14:textId="23C97391" w:rsidR="00357E01" w:rsidRPr="000648E8" w:rsidRDefault="00357E01" w:rsidP="00357E01">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:b/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002C0ABC">
-[...2 lines deleted...]
-                      <w:b/>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text6"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r w:rsidRPr="002C0ABC">
-[...2 lines deleted...]
-                      <w:b/>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r w:rsidRPr="002C0ABC">
-[...8 lines deleted...]
-                      <w:b/>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006675F6">
-[...37 lines deleted...]
-                      <w:b/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="000648E8" w14:paraId="5B48109E" w14:textId="77777777" w:rsidTr="000851D9">
+            <w:tr w:rsidR="00357E01" w:rsidRPr="000648E8" w14:paraId="4DAD306B" w14:textId="77777777" w:rsidTr="00357E01">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4401" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                </w:tcPr>
+                <w:p w14:paraId="681D2566" w14:textId="77777777" w:rsidR="00357E01" w:rsidRPr="000648E8" w:rsidRDefault="00357E01" w:rsidP="00357E01">
+                  <w:pPr>
+                    <w:spacing w:line="480" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text4"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1183" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="41309D43" w14:textId="7DEE45D6" w:rsidR="00357E01" w:rsidRPr="000648E8" w:rsidRDefault="00357E01" w:rsidP="00357E01">
+                  <w:pPr>
+                    <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val=""/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:ddList>
+                          <w:listEntry w:val="Välj konto"/>
+                          <w:listEntry w:val="30999"/>
+                          <w:listEntry w:val="39489"/>
+                        </w:ddList>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1682" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="010DD9B4" w14:textId="77777777" w:rsidR="00357E01" w:rsidRPr="000648E8" w:rsidRDefault="00357E01" w:rsidP="00357E01">
+                  <w:pPr>
+                    <w:spacing w:line="480" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text5"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1578" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0B657103" w14:textId="5AAD38B4" w:rsidR="00357E01" w:rsidRPr="000648E8" w:rsidRDefault="00357E01" w:rsidP="00357E01">
+                  <w:pPr>
+                    <w:spacing w:line="480" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text6"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00357E01" w:rsidRPr="000648E8" w14:paraId="2D252F37" w14:textId="77777777" w:rsidTr="00357E01">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4401" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                </w:tcPr>
+                <w:p w14:paraId="08276449" w14:textId="77777777" w:rsidR="00357E01" w:rsidRPr="000648E8" w:rsidRDefault="00357E01" w:rsidP="00357E01">
+                  <w:pPr>
+                    <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000648E8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t>Att utbetala</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1183" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6A3EF36C" w14:textId="77777777" w:rsidR="00357E01" w:rsidRPr="000648E8" w:rsidRDefault="00357E01" w:rsidP="00357E01">
+                  <w:pPr>
+                    <w:spacing w:line="480" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1682" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0C0D6B33" w14:textId="77777777" w:rsidR="00357E01" w:rsidRPr="000648E8" w:rsidRDefault="00357E01" w:rsidP="00357E01">
+                  <w:pPr>
+                    <w:spacing w:line="480" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1578" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="79D64BC1" w14:textId="77777777" w:rsidR="00357E01" w:rsidRPr="002C0ABC" w:rsidRDefault="00357E01" w:rsidP="00357E01">
+                  <w:pPr>
+                    <w:spacing w:line="480" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002C0ABC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text6"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="002C0ABC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="002C0ABC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="002C0ABC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002C0ABC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00357E01" w14:paraId="5B48109E" w14:textId="77777777" w:rsidTr="00357E01">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tblBorders>
               </w:tblPrEx>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4424" w:type="dxa"/>
+                  <w:tcW w:w="4381" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="06910D74" w14:textId="34D62520" w:rsidR="000648E8" w:rsidRDefault="000648E8" w:rsidP="00FF0AA4">
+                <w:p w14:paraId="06910D74" w14:textId="34D62520" w:rsidR="00357E01" w:rsidRDefault="00357E01" w:rsidP="00357E01">
                   <w:pPr>
                     <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D61808">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Datum:</w:t>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
+                  <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text4"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
+                  <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
-[...5 lines deleted...]
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="009A4D4D">
-[...34 lines deleted...]
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4420" w:type="dxa"/>
+                  <w:tcW w:w="4463" w:type="dxa"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="05BDBEA9" w14:textId="165B150B" w:rsidR="000648E8" w:rsidRDefault="000648E8" w:rsidP="002C0ABC">
+                <w:p w14:paraId="05BDBEA9" w14:textId="165B150B" w:rsidR="00357E01" w:rsidRDefault="00357E01" w:rsidP="00357E01">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D61808">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Datum:</w:t>
                   </w:r>
                   <w:r w:rsidRPr="000648E8">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
+                  <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text4"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
+                  <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
-[...5 lines deleted...]
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
+                  <w:r w:rsidRPr="00571619">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="009A4D4D">
-[...34 lines deleted...]
-                  <w:r w:rsidR="009A4D4D" w:rsidRPr="00571619">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:highlight w:val="lightGray"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00571619">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="000648E8" w14:paraId="1D585E2C" w14:textId="77777777" w:rsidTr="000851D9">
+            <w:tr w:rsidR="00357E01" w14:paraId="1D585E2C" w14:textId="77777777" w:rsidTr="00357E01">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tblBorders>
               </w:tblPrEx>
+              <w:trPr>
+                <w:trHeight w:val="354"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4424" w:type="dxa"/>
+                  <w:tcW w:w="4381" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="76B25237" w14:textId="77777777" w:rsidR="000648E8" w:rsidRPr="00D61808" w:rsidRDefault="000648E8" w:rsidP="009F78BD">
+                <w:p w14:paraId="76B25237" w14:textId="77777777" w:rsidR="00357E01" w:rsidRPr="00D61808" w:rsidRDefault="00357E01" w:rsidP="00357E01">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D61808">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t xml:space="preserve">Sakattest                                                           </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4420" w:type="dxa"/>
+                  <w:tcW w:w="4463" w:type="dxa"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3208F97F" w14:textId="77777777" w:rsidR="000648E8" w:rsidRPr="00D61808" w:rsidRDefault="000648E8" w:rsidP="009F78BD">
+                <w:p w14:paraId="3208F97F" w14:textId="77777777" w:rsidR="00357E01" w:rsidRPr="00D61808" w:rsidRDefault="00357E01" w:rsidP="00357E01">
                   <w:pPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D61808">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Attest</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="62217A13" w14:textId="721CAA47" w:rsidR="000648E8" w:rsidRDefault="000648E8" w:rsidP="009F78BD">
+          <w:p w14:paraId="62217A13" w14:textId="27004EE2" w:rsidR="000648E8" w:rsidRDefault="000E31FA" w:rsidP="009F78BD">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000648E8">
-[...22 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>……………………………………………..     ……………………………………………..</w:t>
+            </w:r>
+            <w:r w:rsidR="000648E8" w:rsidRPr="000648E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                         </w:t>
+            </w:r>
+            <w:r w:rsidR="000648E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="000648E8" w:rsidRPr="000648E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                </w:t>
+            </w:r>
+            <w:r w:rsidR="000648E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabellrutnt"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4459"/>
               <w:gridCol w:w="4385"/>
             </w:tblGrid>
             <w:tr w:rsidR="00D51D19" w:rsidRPr="000648E8" w14:paraId="26492978" w14:textId="77777777" w:rsidTr="00D51D19">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4531" w:type="dxa"/>
                 </w:tcPr>
@@ -2461,181 +3163,181 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F78BD" w:rsidRPr="00EB3C97" w:rsidSect="00635E02">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="567" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="535062AB" w14:textId="77777777" w:rsidR="00DE7805" w:rsidRDefault="00DE7805" w:rsidP="00EB3C97">
+    <w:p w14:paraId="423C07FD" w14:textId="77777777" w:rsidR="00A85AD5" w:rsidRDefault="00A85AD5" w:rsidP="00EB3C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F228FD6" w14:textId="77777777" w:rsidR="00DE7805" w:rsidRDefault="00DE7805" w:rsidP="00EB3C97">
+    <w:p w14:paraId="12EF955F" w14:textId="77777777" w:rsidR="00A85AD5" w:rsidRDefault="00A85AD5" w:rsidP="00EB3C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F0B0B63" w14:textId="77777777" w:rsidR="00FA7F61" w:rsidRDefault="00FA7F61">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="365627B0" w14:textId="77777777" w:rsidR="00FA7F61" w:rsidRDefault="00FA7F61">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35CD58DF" w14:textId="77777777" w:rsidR="00FA7F61" w:rsidRDefault="00FA7F61">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="206E499A" w14:textId="77777777" w:rsidR="00DE7805" w:rsidRDefault="00DE7805" w:rsidP="00EB3C97">
+    <w:p w14:paraId="736A55E7" w14:textId="77777777" w:rsidR="00A85AD5" w:rsidRDefault="00A85AD5" w:rsidP="00EB3C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="226742C9" w14:textId="77777777" w:rsidR="00DE7805" w:rsidRDefault="00DE7805" w:rsidP="00EB3C97">
+    <w:p w14:paraId="1291CDBE" w14:textId="77777777" w:rsidR="00A85AD5" w:rsidRDefault="00A85AD5" w:rsidP="00EB3C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35F8B5BB" w14:textId="77777777" w:rsidR="00FA7F61" w:rsidRDefault="00FA7F61">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9606" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5211"/>
       <w:gridCol w:w="4395"/>
     </w:tblGrid>
     <w:tr w:rsidR="009F78BD" w14:paraId="358685FD" w14:textId="77777777" w:rsidTr="007137BA">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5211" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="1BBBB276" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRDefault="009F78BD" w:rsidP="00EB3C97">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
@@ -2823,190 +3525,248 @@
             <w:t>S</w:t>
           </w:r>
           <w:r w:rsidR="00765535">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:i/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>NÄMNDEN</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="04CF02FF" w14:textId="77777777" w:rsidR="009F78BD" w:rsidRDefault="009F78BD" w:rsidP="00EB3C97">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="290DAF6E" w14:textId="77777777" w:rsidR="00FA7F61" w:rsidRDefault="00FA7F61">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WddLQb536HQMo4mH49cWSIQzCo8xPtSvwxC+wX924Bvn94Onz4QJneYeF3ExdbW2B92JWjuDQkpSusDsfqzW6w==" w:salt="u+EX4Bfw7qocKeySWb4FiQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE56F9"/>
     <w:rsid w:val="0005465B"/>
     <w:rsid w:val="000648E8"/>
     <w:rsid w:val="000654C6"/>
     <w:rsid w:val="00072368"/>
     <w:rsid w:val="000851D9"/>
     <w:rsid w:val="00086D7F"/>
+    <w:rsid w:val="000E31FA"/>
+    <w:rsid w:val="0012211E"/>
     <w:rsid w:val="00123147"/>
     <w:rsid w:val="001427C7"/>
+    <w:rsid w:val="001E4AA3"/>
+    <w:rsid w:val="001E6E4C"/>
     <w:rsid w:val="001F06A7"/>
     <w:rsid w:val="0023101B"/>
+    <w:rsid w:val="0024098E"/>
+    <w:rsid w:val="002B188C"/>
+    <w:rsid w:val="002B5EC9"/>
     <w:rsid w:val="002C0ABC"/>
+    <w:rsid w:val="002C0C07"/>
     <w:rsid w:val="00303E79"/>
     <w:rsid w:val="00314851"/>
+    <w:rsid w:val="003236CC"/>
     <w:rsid w:val="00323BD5"/>
+    <w:rsid w:val="00324E16"/>
+    <w:rsid w:val="00330204"/>
+    <w:rsid w:val="00357E01"/>
     <w:rsid w:val="00373153"/>
+    <w:rsid w:val="00396DD7"/>
+    <w:rsid w:val="003C28EB"/>
     <w:rsid w:val="003C594E"/>
+    <w:rsid w:val="00415C08"/>
     <w:rsid w:val="004204B1"/>
+    <w:rsid w:val="0045261E"/>
+    <w:rsid w:val="0045740C"/>
+    <w:rsid w:val="004606D8"/>
     <w:rsid w:val="00461282"/>
     <w:rsid w:val="004955DA"/>
     <w:rsid w:val="004979EC"/>
     <w:rsid w:val="004B16E5"/>
+    <w:rsid w:val="004F5812"/>
     <w:rsid w:val="00512108"/>
+    <w:rsid w:val="0052260B"/>
+    <w:rsid w:val="00535FDD"/>
+    <w:rsid w:val="00536096"/>
     <w:rsid w:val="00571619"/>
     <w:rsid w:val="00573173"/>
     <w:rsid w:val="00580DFA"/>
+    <w:rsid w:val="005B6EBC"/>
+    <w:rsid w:val="005F15C3"/>
+    <w:rsid w:val="005F3832"/>
     <w:rsid w:val="00635E02"/>
     <w:rsid w:val="006675F6"/>
+    <w:rsid w:val="0067110A"/>
     <w:rsid w:val="006727D2"/>
     <w:rsid w:val="006A2CB9"/>
     <w:rsid w:val="006A5B41"/>
     <w:rsid w:val="006B6E0E"/>
+    <w:rsid w:val="00712FF6"/>
     <w:rsid w:val="007137BA"/>
+    <w:rsid w:val="0072439D"/>
     <w:rsid w:val="00765535"/>
     <w:rsid w:val="007914FA"/>
     <w:rsid w:val="007B1E1A"/>
     <w:rsid w:val="007E61E1"/>
     <w:rsid w:val="00810CAC"/>
+    <w:rsid w:val="0083038F"/>
+    <w:rsid w:val="00836481"/>
     <w:rsid w:val="008455D6"/>
+    <w:rsid w:val="00852E1E"/>
     <w:rsid w:val="008635B2"/>
     <w:rsid w:val="00872384"/>
     <w:rsid w:val="008E2226"/>
+    <w:rsid w:val="0091681F"/>
     <w:rsid w:val="009304A2"/>
     <w:rsid w:val="00941127"/>
+    <w:rsid w:val="009863E2"/>
     <w:rsid w:val="009A4D4D"/>
     <w:rsid w:val="009F0AD0"/>
+    <w:rsid w:val="009F774A"/>
     <w:rsid w:val="009F78BD"/>
+    <w:rsid w:val="00A42AEA"/>
+    <w:rsid w:val="00A85AD5"/>
+    <w:rsid w:val="00A90957"/>
     <w:rsid w:val="00A91442"/>
+    <w:rsid w:val="00A9556F"/>
     <w:rsid w:val="00A97A2A"/>
     <w:rsid w:val="00AB58C9"/>
     <w:rsid w:val="00AE56F9"/>
     <w:rsid w:val="00AF0429"/>
+    <w:rsid w:val="00B02968"/>
+    <w:rsid w:val="00B325D8"/>
+    <w:rsid w:val="00B6202A"/>
+    <w:rsid w:val="00B819CD"/>
     <w:rsid w:val="00B830C4"/>
     <w:rsid w:val="00B91209"/>
     <w:rsid w:val="00B9598C"/>
+    <w:rsid w:val="00BB3925"/>
+    <w:rsid w:val="00BD336A"/>
+    <w:rsid w:val="00BE4969"/>
+    <w:rsid w:val="00BF79BA"/>
     <w:rsid w:val="00C1632F"/>
+    <w:rsid w:val="00C30ACD"/>
+    <w:rsid w:val="00C54E2C"/>
     <w:rsid w:val="00C805DB"/>
     <w:rsid w:val="00C94966"/>
+    <w:rsid w:val="00CC1517"/>
     <w:rsid w:val="00D36D32"/>
     <w:rsid w:val="00D51D19"/>
+    <w:rsid w:val="00D568A6"/>
     <w:rsid w:val="00D61808"/>
+    <w:rsid w:val="00D61B44"/>
     <w:rsid w:val="00D8025A"/>
     <w:rsid w:val="00DE7805"/>
+    <w:rsid w:val="00E03ED5"/>
+    <w:rsid w:val="00E221BB"/>
+    <w:rsid w:val="00E27BAE"/>
+    <w:rsid w:val="00E6093F"/>
     <w:rsid w:val="00E610AD"/>
     <w:rsid w:val="00E6480D"/>
     <w:rsid w:val="00E74CB6"/>
     <w:rsid w:val="00E83932"/>
+    <w:rsid w:val="00E8420D"/>
+    <w:rsid w:val="00E914E7"/>
     <w:rsid w:val="00EA5B6B"/>
     <w:rsid w:val="00EB3C97"/>
     <w:rsid w:val="00EB5A3C"/>
     <w:rsid w:val="00F37EDD"/>
     <w:rsid w:val="00F44C75"/>
     <w:rsid w:val="00FA7F61"/>
     <w:rsid w:val="00FE66B0"/>
     <w:rsid w:val="00FF0AA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A722A64"/>
   <w15:docId w15:val="{3A588498-0583-43C1-8FCA-35B0B4C477A0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3359,50 +4119,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00324E16"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -3494,51 +4255,51 @@
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003C594E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\clajoh\AppData\Local\Temp\rekvisition_verksamhetsstyrelserna-2.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -3815,69 +4576,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D12A16C-29DB-4ED3-A69F-164A0A9210CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>rekvisition_verksamhetsstyrelserna-2</Template>
+  <Template>rekvisition_verksamhetsstyrelserna-2.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>185</Words>
-  <Characters>985</Characters>
+  <Words>198</Words>
+  <Characters>1181</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>118</Lines>
+  <Paragraphs>106</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1168</CharactersWithSpaces>
+  <CharactersWithSpaces>1273</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Clara Ersson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>