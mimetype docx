--- v1 (2026-01-18)
+++ v2 (2026-02-28)
@@ -923,90 +923,98 @@
             <w:pPr>
               <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000648E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Kontering på institution</w:t>
             </w:r>
             <w:r w:rsidR="00B830C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> se vet.text i UBW</w:t>
             </w:r>
             <w:r w:rsidRPr="000648E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D480527" w14:textId="05F9C9A3" w:rsidR="009F78BD" w:rsidRPr="00E221BB" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
+          <w:p w14:paraId="0D480527" w14:textId="41355F52" w:rsidR="009F78BD" w:rsidRPr="00E221BB" w:rsidRDefault="009F78BD" w:rsidP="009F0AD0">
             <w:pPr>
               <w:spacing w:after="180" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E221BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">konto </w:t>
             </w:r>
             <w:r w:rsidR="00B830C4" w:rsidRPr="00E221BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30999</w:t>
             </w:r>
             <w:r w:rsidRPr="00E221BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, fin </w:t>
             </w:r>
             <w:r w:rsidR="00B830C4" w:rsidRPr="00E221BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1STAT mpt 9UL</w:t>
+              <w:t xml:space="preserve">1STAT mpt </w:t>
+            </w:r>
+            <w:r w:rsidR="0078304A" w:rsidRPr="0078304A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1EX</w:t>
             </w:r>
             <w:r w:rsidR="006A2CB9" w:rsidRPr="00E221BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, VK2</w:t>
             </w:r>
             <w:r w:rsidR="00941127" w:rsidRPr="00E221BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="0045740C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -3165,61 +3173,61 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F78BD" w:rsidRPr="00EB3C97" w:rsidSect="00635E02">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="567" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="423C07FD" w14:textId="77777777" w:rsidR="00A85AD5" w:rsidRDefault="00A85AD5" w:rsidP="00EB3C97">
+    <w:p w14:paraId="4E7CE6AA" w14:textId="77777777" w:rsidR="00AE0BBE" w:rsidRDefault="00AE0BBE" w:rsidP="00EB3C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12EF955F" w14:textId="77777777" w:rsidR="00A85AD5" w:rsidRDefault="00A85AD5" w:rsidP="00EB3C97">
+    <w:p w14:paraId="18CA760D" w14:textId="77777777" w:rsidR="00AE0BBE" w:rsidRDefault="00AE0BBE" w:rsidP="00EB3C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3260,61 +3268,61 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="365627B0" w14:textId="77777777" w:rsidR="00FA7F61" w:rsidRDefault="00FA7F61">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35CD58DF" w14:textId="77777777" w:rsidR="00FA7F61" w:rsidRDefault="00FA7F61">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="736A55E7" w14:textId="77777777" w:rsidR="00A85AD5" w:rsidRDefault="00A85AD5" w:rsidP="00EB3C97">
+    <w:p w14:paraId="3C50AEF2" w14:textId="77777777" w:rsidR="00AE0BBE" w:rsidRDefault="00AE0BBE" w:rsidP="00EB3C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1291CDBE" w14:textId="77777777" w:rsidR="00A85AD5" w:rsidRDefault="00A85AD5" w:rsidP="00EB3C97">
+    <w:p w14:paraId="0506BA50" w14:textId="77777777" w:rsidR="00AE0BBE" w:rsidRDefault="00AE0BBE" w:rsidP="00EB3C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35F8B5BB" w14:textId="77777777" w:rsidR="00FA7F61" w:rsidRDefault="00FA7F61">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
@@ -3570,169 +3578,180 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE56F9"/>
     <w:rsid w:val="0005465B"/>
     <w:rsid w:val="000648E8"/>
     <w:rsid w:val="000654C6"/>
     <w:rsid w:val="00072368"/>
     <w:rsid w:val="000851D9"/>
     <w:rsid w:val="00086D7F"/>
     <w:rsid w:val="000E31FA"/>
     <w:rsid w:val="0012211E"/>
     <w:rsid w:val="00123147"/>
+    <w:rsid w:val="00125E77"/>
     <w:rsid w:val="001427C7"/>
+    <w:rsid w:val="00197B65"/>
     <w:rsid w:val="001E4AA3"/>
     <w:rsid w:val="001E6E4C"/>
     <w:rsid w:val="001F06A7"/>
     <w:rsid w:val="0023101B"/>
     <w:rsid w:val="0024098E"/>
     <w:rsid w:val="002B188C"/>
     <w:rsid w:val="002B5EC9"/>
     <w:rsid w:val="002C0ABC"/>
     <w:rsid w:val="002C0C07"/>
     <w:rsid w:val="00303E79"/>
     <w:rsid w:val="00314851"/>
     <w:rsid w:val="003236CC"/>
     <w:rsid w:val="00323BD5"/>
     <w:rsid w:val="00324E16"/>
     <w:rsid w:val="00330204"/>
     <w:rsid w:val="00357E01"/>
     <w:rsid w:val="00373153"/>
     <w:rsid w:val="00396DD7"/>
     <w:rsid w:val="003C28EB"/>
     <w:rsid w:val="003C594E"/>
     <w:rsid w:val="00415C08"/>
     <w:rsid w:val="004204B1"/>
     <w:rsid w:val="0045261E"/>
     <w:rsid w:val="0045740C"/>
     <w:rsid w:val="004606D8"/>
     <w:rsid w:val="00461282"/>
     <w:rsid w:val="004955DA"/>
     <w:rsid w:val="004979EC"/>
     <w:rsid w:val="004B16E5"/>
     <w:rsid w:val="004F5812"/>
     <w:rsid w:val="00512108"/>
     <w:rsid w:val="0052260B"/>
     <w:rsid w:val="00535FDD"/>
     <w:rsid w:val="00536096"/>
     <w:rsid w:val="00571619"/>
     <w:rsid w:val="00573173"/>
     <w:rsid w:val="00580DFA"/>
     <w:rsid w:val="005B6EBC"/>
     <w:rsid w:val="005F15C3"/>
+    <w:rsid w:val="005F2F7D"/>
     <w:rsid w:val="005F3832"/>
     <w:rsid w:val="00635E02"/>
     <w:rsid w:val="006675F6"/>
     <w:rsid w:val="0067110A"/>
     <w:rsid w:val="006727D2"/>
     <w:rsid w:val="006A2CB9"/>
     <w:rsid w:val="006A5B41"/>
     <w:rsid w:val="006B6E0E"/>
     <w:rsid w:val="00712FF6"/>
     <w:rsid w:val="007137BA"/>
     <w:rsid w:val="0072439D"/>
+    <w:rsid w:val="0074641D"/>
     <w:rsid w:val="00765535"/>
+    <w:rsid w:val="0078304A"/>
     <w:rsid w:val="007914FA"/>
     <w:rsid w:val="007B1E1A"/>
+    <w:rsid w:val="007E1835"/>
+    <w:rsid w:val="007E2B6E"/>
     <w:rsid w:val="007E61E1"/>
     <w:rsid w:val="00810CAC"/>
     <w:rsid w:val="0083038F"/>
     <w:rsid w:val="00836481"/>
     <w:rsid w:val="008455D6"/>
     <w:rsid w:val="00852E1E"/>
     <w:rsid w:val="008635B2"/>
     <w:rsid w:val="00872384"/>
     <w:rsid w:val="008E2226"/>
     <w:rsid w:val="0091681F"/>
     <w:rsid w:val="009304A2"/>
     <w:rsid w:val="00941127"/>
     <w:rsid w:val="009863E2"/>
     <w:rsid w:val="009A4D4D"/>
     <w:rsid w:val="009F0AD0"/>
     <w:rsid w:val="009F774A"/>
     <w:rsid w:val="009F78BD"/>
     <w:rsid w:val="00A42AEA"/>
     <w:rsid w:val="00A85AD5"/>
     <w:rsid w:val="00A90957"/>
     <w:rsid w:val="00A91442"/>
     <w:rsid w:val="00A9556F"/>
     <w:rsid w:val="00A97A2A"/>
     <w:rsid w:val="00AB58C9"/>
+    <w:rsid w:val="00AE0BBE"/>
     <w:rsid w:val="00AE56F9"/>
     <w:rsid w:val="00AF0429"/>
     <w:rsid w:val="00B02968"/>
     <w:rsid w:val="00B325D8"/>
     <w:rsid w:val="00B6202A"/>
     <w:rsid w:val="00B819CD"/>
     <w:rsid w:val="00B830C4"/>
     <w:rsid w:val="00B91209"/>
     <w:rsid w:val="00B9598C"/>
     <w:rsid w:val="00BB3925"/>
     <w:rsid w:val="00BD336A"/>
     <w:rsid w:val="00BE4969"/>
     <w:rsid w:val="00BF79BA"/>
     <w:rsid w:val="00C1632F"/>
     <w:rsid w:val="00C30ACD"/>
     <w:rsid w:val="00C54E2C"/>
     <w:rsid w:val="00C805DB"/>
     <w:rsid w:val="00C94966"/>
     <w:rsid w:val="00CC1517"/>
     <w:rsid w:val="00D36D32"/>
     <w:rsid w:val="00D51D19"/>
     <w:rsid w:val="00D568A6"/>
     <w:rsid w:val="00D61808"/>
     <w:rsid w:val="00D61B44"/>
     <w:rsid w:val="00D8025A"/>
+    <w:rsid w:val="00DB7D6B"/>
     <w:rsid w:val="00DE7805"/>
     <w:rsid w:val="00E03ED5"/>
     <w:rsid w:val="00E221BB"/>
     <w:rsid w:val="00E27BAE"/>
     <w:rsid w:val="00E6093F"/>
     <w:rsid w:val="00E610AD"/>
     <w:rsid w:val="00E6480D"/>
     <w:rsid w:val="00E74CB6"/>
     <w:rsid w:val="00E83932"/>
     <w:rsid w:val="00E8420D"/>
     <w:rsid w:val="00E914E7"/>
     <w:rsid w:val="00EA5B6B"/>
     <w:rsid w:val="00EB3C97"/>
     <w:rsid w:val="00EB5A3C"/>
+    <w:rsid w:val="00F3477B"/>
     <w:rsid w:val="00F37EDD"/>
     <w:rsid w:val="00F44C75"/>
+    <w:rsid w:val="00F54D92"/>
     <w:rsid w:val="00FA7F61"/>
     <w:rsid w:val="00FE66B0"/>
     <w:rsid w:val="00FF0AA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>