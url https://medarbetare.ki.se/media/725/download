--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -1,115 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\UF\JPE_open\Redovisning och controlling\Medarbetarportalen\Underlag och inlästa dokument\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B1915E7-622B-4513-881C-1DB792E164D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B66D979F-1B5B-4308-9571-B096DE9957C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Uppdragsutbildning" sheetId="11" r:id="rId1"/>
     <sheet name="Uppdragsutb Ekonomi total" sheetId="18" r:id="rId2"/>
-    <sheet name="Tabeller" sheetId="17" state="hidden" r:id="rId3"/>
+    <sheet name="Tabeller" sheetId="17" r:id="rId3"/>
     <sheet name="Budget för inläsning UU &amp; Inst" sheetId="6" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
-    <definedName name="Print_Area2" localSheetId="0">Uppdragsutbildning!$A$16:$O$197</definedName>
+    <definedName name="Print_Area2" localSheetId="0">Uppdragsutbildning!$A$16:$O$198</definedName>
     <definedName name="TIMKOSTNAD">#REF!</definedName>
     <definedName name="UppräkningINDI">[1]Tabeller!$E$1:$E$11</definedName>
     <definedName name="Uppstartsår">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Budget för inläsning UU &amp; Inst'!$C$1:$M$95</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Uppdragsutb Ekonomi total'!$A$1:$H$46</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Uppdragsutbildning!$D$17:$L$196</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Uppdragsutbildning!$D$17:$L$197</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Uppdragsutbildning!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K140" i="11" l="1"/>
   <c r="K141" i="11"/>
   <c r="K134" i="11"/>
   <c r="I62" i="6"/>
-  <c r="F162" i="11" l="1"/>
+  <c r="F163" i="11" l="1"/>
   <c r="K142" i="11"/>
   <c r="K139" i="11"/>
   <c r="H17" i="6"/>
   <c r="I17" i="6"/>
   <c r="G17" i="6"/>
   <c r="K120" i="11"/>
   <c r="K125" i="11" l="1"/>
   <c r="K45" i="11"/>
   <c r="K63" i="6"/>
   <c r="I63" i="6"/>
   <c r="H63" i="6"/>
   <c r="G63" i="6"/>
   <c r="F63" i="6" s="1"/>
   <c r="K64" i="6"/>
   <c r="I64" i="6"/>
   <c r="H64" i="6"/>
   <c r="G64" i="6"/>
   <c r="K61" i="11"/>
   <c r="K53" i="11"/>
   <c r="K54" i="11"/>
   <c r="K55" i="11"/>
   <c r="K56" i="11"/>
   <c r="K57" i="11"/>
   <c r="K59" i="11"/>
   <c r="K60" i="11"/>
@@ -271,51 +267,51 @@
   <c r="J29" i="6"/>
   <c r="J28" i="6"/>
   <c r="J27" i="6"/>
   <c r="J26" i="6"/>
   <c r="I45" i="6"/>
   <c r="I44" i="6"/>
   <c r="I43" i="6"/>
   <c r="I42" i="6"/>
   <c r="I41" i="6"/>
   <c r="I40" i="6"/>
   <c r="I39" i="6"/>
   <c r="I38" i="6"/>
   <c r="I37" i="6"/>
   <c r="I36" i="6"/>
   <c r="I35" i="6"/>
   <c r="I34" i="6"/>
   <c r="I33" i="6"/>
   <c r="I32" i="6"/>
   <c r="I31" i="6"/>
   <c r="I30" i="6"/>
   <c r="I29" i="6"/>
   <c r="I28" i="6"/>
   <c r="I27" i="6"/>
   <c r="I26" i="6"/>
   <c r="J71" i="11" l="1"/>
-  <c r="J164" i="11"/>
+  <c r="J165" i="11"/>
   <c r="H45" i="6" l="1"/>
   <c r="G45" i="6"/>
   <c r="H44" i="6"/>
   <c r="G44" i="6"/>
   <c r="H43" i="6"/>
   <c r="G43" i="6"/>
   <c r="H42" i="6"/>
   <c r="G42" i="6"/>
   <c r="H41" i="6"/>
   <c r="G41" i="6"/>
   <c r="H40" i="6"/>
   <c r="G40" i="6"/>
   <c r="H39" i="6"/>
   <c r="G39" i="6"/>
   <c r="H38" i="6"/>
   <c r="G38" i="6"/>
   <c r="H37" i="6"/>
   <c r="G37" i="6"/>
   <c r="H36" i="6"/>
   <c r="G36" i="6"/>
   <c r="H35" i="6"/>
   <c r="G35" i="6"/>
   <c r="H34" i="6"/>
   <c r="G34" i="6"/>
   <c r="H33" i="6"/>
@@ -360,197 +356,181 @@
   <c r="G83" i="6"/>
   <c r="H82" i="6"/>
   <c r="G82" i="6"/>
   <c r="H81" i="6"/>
   <c r="G81" i="6"/>
   <c r="H80" i="6"/>
   <c r="G80" i="6"/>
   <c r="H79" i="6"/>
   <c r="G79" i="6"/>
   <c r="H78" i="6"/>
   <c r="G78" i="6"/>
   <c r="H77" i="6"/>
   <c r="G77" i="6"/>
   <c r="H76" i="6"/>
   <c r="G76" i="6"/>
   <c r="H75" i="6"/>
   <c r="G75" i="6"/>
   <c r="G18" i="6"/>
   <c r="G16" i="6"/>
   <c r="G15" i="6"/>
   <c r="G14" i="6"/>
   <c r="G67" i="6"/>
   <c r="G66" i="6"/>
   <c r="G65" i="6"/>
   <c r="G62" i="6"/>
+  <c r="K158" i="11"/>
   <c r="K157" i="11"/>
   <c r="K136" i="11"/>
   <c r="K135" i="11"/>
   <c r="K133" i="11"/>
   <c r="K64" i="11"/>
   <c r="K63" i="11"/>
   <c r="K52" i="11"/>
   <c r="K51" i="11"/>
   <c r="K50" i="11"/>
   <c r="K49" i="11"/>
   <c r="K48" i="11"/>
   <c r="K47" i="11"/>
   <c r="K46" i="11"/>
   <c r="G11" i="18"/>
   <c r="G16" i="18"/>
   <c r="H24" i="18" s="1"/>
   <c r="H30" i="18" s="1"/>
   <c r="G12" i="18"/>
-  <c r="F219" i="11"/>
+  <c r="F220" i="11"/>
   <c r="J124" i="11"/>
   <c r="I124" i="11"/>
+  <c r="I125" i="11"/>
   <c r="K91" i="11"/>
   <c r="K106" i="11"/>
   <c r="J3" i="17"/>
   <c r="J4" i="17" s="1"/>
   <c r="J5" i="17" s="1"/>
   <c r="J6" i="17" s="1"/>
   <c r="J7" i="17" s="1"/>
   <c r="J8" i="17" s="1"/>
   <c r="J9" i="17" s="1"/>
   <c r="J10" i="17" s="1"/>
   <c r="J11" i="17" s="1"/>
   <c r="J12" i="17" s="1"/>
   <c r="J13" i="17" s="1"/>
   <c r="J14" i="17" s="1"/>
   <c r="J15" i="17" s="1"/>
   <c r="J16" i="17" s="1"/>
   <c r="J17" i="17" s="1"/>
   <c r="J18" i="17" s="1"/>
   <c r="J19" i="17" s="1"/>
   <c r="J20" i="17" s="1"/>
   <c r="H3" i="17"/>
   <c r="H4" i="17" s="1"/>
   <c r="H5" i="17" s="1"/>
   <c r="H6" i="17" s="1"/>
   <c r="H7" i="17" s="1"/>
   <c r="H8" i="17" s="1"/>
   <c r="H9" i="17" s="1"/>
   <c r="H10" i="17" s="1"/>
   <c r="H11" i="17" s="1"/>
   <c r="H12" i="17" s="1"/>
   <c r="G14" i="18"/>
   <c r="C1" i="17"/>
   <c r="E1" i="17"/>
   <c r="J150" i="11" s="1"/>
   <c r="K150" i="11" s="1"/>
-  <c r="I160" i="11"/>
+  <c r="I161" i="11"/>
   <c r="J153" i="11"/>
   <c r="K153" i="11" s="1"/>
   <c r="J151" i="11"/>
   <c r="K151" i="11" s="1"/>
   <c r="J152" i="11"/>
   <c r="K152" i="11" s="1"/>
-  <c r="G215" i="11"/>
+  <c r="G216" i="11"/>
+  <c r="H215" i="11"/>
   <c r="H214" i="11"/>
   <c r="H213" i="11"/>
-  <c r="H212" i="11"/>
+  <c r="H211" i="11"/>
   <c r="H210" i="11"/>
-  <c r="H209" i="11"/>
-[...1 lines deleted...]
-  <c r="G211" i="11" s="1"/>
+  <c r="G209" i="11"/>
+  <c r="G212" i="11" s="1"/>
+  <c r="H208" i="11"/>
   <c r="H207" i="11"/>
-  <c r="H206" i="11"/>
   <c r="K145" i="11" l="1"/>
+  <c r="K173" i="11"/>
+  <c r="K175" i="11"/>
+  <c r="K174" i="11"/>
   <c r="K172" i="11"/>
-  <c r="K174" i="11"/>
-[...1 lines deleted...]
-  <c r="K171" i="11"/>
   <c r="F62" i="6"/>
   <c r="D62" i="6"/>
   <c r="E62" i="6" s="1"/>
   <c r="F14" i="6"/>
   <c r="D14" i="6"/>
   <c r="E14" i="6" s="1"/>
   <c r="K29" i="6"/>
   <c r="J18" i="6"/>
   <c r="K109" i="11"/>
-  <c r="H215" i="11"/>
+  <c r="H216" i="11"/>
   <c r="K67" i="11"/>
   <c r="K74" i="11" s="1"/>
-  <c r="H208" i="11"/>
-[...1 lines deleted...]
-  <c r="G216" i="11"/>
+  <c r="H209" i="11"/>
+  <c r="H212" i="11" s="1"/>
+  <c r="G217" i="11"/>
   <c r="K124" i="11"/>
-  <c r="K160" i="11"/>
-  <c r="K167" i="11" s="1"/>
+  <c r="K161" i="11"/>
+  <c r="K168" i="11" s="1"/>
   <c r="H37" i="18" l="1"/>
+  <c r="J66" i="6"/>
   <c r="K128" i="11"/>
-  <c r="H216" i="11"/>
-  <c r="H219" i="11" s="1"/>
+  <c r="H217" i="11"/>
+  <c r="H220" i="11" s="1"/>
   <c r="J14" i="6"/>
   <c r="J63" i="6"/>
   <c r="J62" i="6"/>
-  <c r="K178" i="11"/>
-  <c r="J66" i="6" s="1"/>
+  <c r="K179" i="11"/>
   <c r="J15" i="6"/>
   <c r="K27" i="6"/>
   <c r="K112" i="11"/>
   <c r="H35" i="18" s="1"/>
-  <c r="K181" i="11" l="1"/>
+  <c r="K182" i="11" l="1"/>
   <c r="H36" i="18" s="1"/>
   <c r="J64" i="6" s="1"/>
   <c r="J65" i="6"/>
   <c r="K76" i="6"/>
   <c r="J67" i="6"/>
   <c r="K77" i="6"/>
   <c r="K78" i="6"/>
   <c r="K26" i="6"/>
   <c r="H38" i="18" l="1"/>
-  <c r="J186" i="11"/>
+  <c r="J187" i="11"/>
   <c r="K75" i="6"/>
   <c r="J17" i="6" l="1"/>
   <c r="H43" i="18"/>
   <c r="H45" i="18" s="1"/>
 </calcChain>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="246">
   <si>
     <t>Institutions kod</t>
   </si>
   <si>
     <t>Antal timmar</t>
   </si>
   <si>
     <t>GRUNDLÄGGANDE UPPGIFTER</t>
   </si>
   <si>
     <t>Semestertillägg</t>
   </si>
   <si>
     <t>Antal</t>
   </si>
   <si>
     <t>Summa Personalkostnader exkl. lönekostnadspålägg (LKP)</t>
   </si>
   <si>
     <t>A. Personalkostnader</t>
   </si>
   <si>
     <t>Signatur</t>
   </si>
   <si>
@@ -688,50 +668,53 @@
   <si>
     <t>Produktion av kursmaterial och pärmar</t>
   </si>
   <si>
     <t>Marknadsföring/annonsering/Utskick</t>
   </si>
   <si>
     <t>Rekrytering av deltagare</t>
   </si>
   <si>
     <t>Webbutveckling</t>
   </si>
   <si>
     <t>Webbproduktion</t>
   </si>
   <si>
     <t>Kostnad / timme</t>
   </si>
   <si>
     <t>Kostnad / enhet</t>
   </si>
   <si>
     <t>Administrationsavgift för SK-kurs</t>
   </si>
   <si>
+    <t>Administrationskostnad vid hp-kurser LADOK/SELMA (per kursplan)</t>
+  </si>
+  <si>
     <t>Kurslitteratur</t>
   </si>
   <si>
     <t>Teknik/Video/Lärobjekt</t>
   </si>
   <si>
     <t>Pärmar/mappar/block</t>
   </si>
   <si>
     <t>PROJEKTKOSTNADER - INSTITUTION</t>
   </si>
   <si>
     <t>KI:s Projektnummer:</t>
   </si>
   <si>
     <t>Planerat antal deltagare</t>
   </si>
   <si>
     <t>Intäkt öppen kurs</t>
   </si>
   <si>
     <t>Intäkt hel kurs - fast pris</t>
   </si>
   <si>
     <t xml:space="preserve">Summa intäkt </t>
@@ -748,53 +731,59 @@
   <si>
     <t>Resultat projekt</t>
   </si>
   <si>
     <t>SUMMA ERSÄTTNING INSTITUTION</t>
   </si>
   <si>
     <t>Kostnader undervisningslokal</t>
   </si>
   <si>
     <t>Utbildningslokal</t>
   </si>
   <si>
     <t>Marknadsföring/annonsering/utskick</t>
   </si>
   <si>
     <t>Välj kostandspost från rullista eller skriv in ett värde</t>
   </si>
   <si>
     <t>Pris</t>
   </si>
   <si>
     <t>Summa Övriga driftkostnader</t>
   </si>
   <si>
+    <t>Summa Uppdragsutbildning - Personalkostnader</t>
+  </si>
+  <si>
     <t>Namn/Roll</t>
   </si>
   <si>
+    <t>Summa Enhetsgemensamma kostnader</t>
+  </si>
+  <si>
     <t>Summa direkt personalkostnad där lönekostnadspålägg (LKP) ingår</t>
   </si>
   <si>
     <t>Lärarersättningar - beskrivning</t>
   </si>
   <si>
     <t>Hotell, Rese- och traktamentskostnader</t>
   </si>
   <si>
     <t>FULL KOSTNADSSPECIFIKATION</t>
   </si>
   <si>
     <t>DELSUMMA PROJEKTKOSTNADER - INSTITUTION</t>
   </si>
   <si>
     <t>DELSUMMA PROJEKTKOSTNADER - UPPDRAGSUTBILDNING</t>
   </si>
   <si>
     <t>Antal deltagare</t>
   </si>
   <si>
     <t>Riskmarginal</t>
   </si>
   <si>
     <t>Kurslängd/poäng</t>
@@ -871,81 +860,90 @@
   <si>
     <t>05</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
+    <t>Basersättning</t>
+  </si>
+  <si>
     <t>HP</t>
   </si>
   <si>
     <t>B.2 Övriga driftkostnader</t>
   </si>
   <si>
     <t>0-7 delt.</t>
   </si>
   <si>
     <t>8-19 delt.</t>
   </si>
   <si>
     <t>0-</t>
   </si>
   <si>
     <t>8-</t>
   </si>
   <si>
     <t>16-</t>
   </si>
   <si>
     <t>45-</t>
   </si>
   <si>
     <t>60-</t>
   </si>
   <si>
+    <t>Andra fasta kostnader</t>
+  </si>
+  <si>
     <t>Institutionens kostnader för direkt stöd</t>
   </si>
   <si>
     <t>Driftkostnader</t>
+  </si>
+  <si>
+    <t>Basersättningen är beroende av antal HP och deltagare</t>
   </si>
   <si>
     <t>Övrig material-/ tjänster</t>
   </si>
   <si>
     <t>Arbetsmoment</t>
   </si>
   <si>
     <t>Välj arb.moment</t>
   </si>
   <si>
     <t>Timkostnad (se beräkning)</t>
   </si>
   <si>
     <t>Kostnad exkl. LKP</t>
   </si>
   <si>
     <t>C1</t>
   </si>
   <si>
     <t>C2</t>
   </si>
   <si>
     <t>C3</t>
   </si>
@@ -1063,54 +1061,75 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(Lokal- och KI-interna kostnader kommer under övriga driftkostnader)</t>
     </r>
   </si>
   <si>
     <t>Resor</t>
   </si>
   <si>
     <t>Traktamenta</t>
   </si>
   <si>
     <t>Summa driftkostnader</t>
   </si>
   <si>
     <t>Summa direkta driftkostnader</t>
   </si>
   <si>
+    <r>
+      <t xml:space="preserve">PROJEKTKOSTNADER - UPPDRAGSUTBILDNING </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(fylls i av, eller tillsammans med enheten för uppdragsutbildning)</t>
+    </r>
+  </si>
+  <si>
     <t>Administrativ chef</t>
   </si>
   <si>
     <t>Kontorslokaler (lokaler)</t>
+  </si>
+  <si>
+    <t>Ekonomiadministration (personal)</t>
+  </si>
+  <si>
+    <t>Systemstöd (drift)</t>
   </si>
   <si>
     <t>Universitetsgemensamma (personal)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">B. </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Här tas hänsyn till de driftkostnader som är direkt hänförbara till uppdraget men inte ingår i personalkostnader.</t>
@@ -1338,123 +1357,90 @@
   <si>
     <t>Examination</t>
   </si>
   <si>
     <t>LADOK-rapportör</t>
   </si>
   <si>
     <t>Kostnad för utbildningsnämnd och kursplaner</t>
   </si>
   <si>
     <t>Extern lärare med A-skatt</t>
   </si>
   <si>
     <t>INST BUDGET</t>
   </si>
   <si>
     <t>UU BUDGET</t>
   </si>
   <si>
     <t>INSTITUTION - BUDGET FÖR INLÄSNING TILL UBW</t>
   </si>
   <si>
     <t>TOTAL EKONOMI - ÖVERSIKT</t>
   </si>
   <si>
-    <t>D. Externa leverantörskostnader</t>
-[...32 lines deleted...]
-    <t>Administrationskostnad vid hp-kurser LADOK (per kursplan)</t>
+    <t>C. Fasta kostnader</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">PROJEKTKOSTNADER - STÖDVERKSAMHET </t>
+      <t xml:space="preserve">F. Enhetsgemensamma kostnader </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(fylls i av, eller tillsammans med enheten för uppdragsutbildning)</t>
+      <t>(beräknas på totala kostnader exkl. fasta poster)</t>
     </r>
   </si>
   <si>
-    <t>C. Direkta personalkostnader</t>
-[...20 lines deleted...]
-    <t>Summa Indirekta drift- och personalkostnader</t>
+    <t>D. Externa leverantörskostnader</t>
+  </si>
+  <si>
+    <t>E. Direkt personal</t>
+  </si>
+  <si>
+    <t>Summa fasta kostnader</t>
+  </si>
+  <si>
+    <t>Summa externa leverantörskostnader</t>
+  </si>
+  <si>
+    <t>Extern inhyrd personal</t>
+  </si>
+  <si>
+    <t>Externa leverantörskostnader (KI UU)</t>
+  </si>
+  <si>
+    <t>Fika/Lunch till deltagare</t>
+  </si>
+  <si>
+    <t>Sociala avgifter  (LKP) - 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2601,50 +2587,51 @@
     <xf numFmtId="3" fontId="15" fillId="6" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="15" fillId="4" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="10" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="11" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="12" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="12" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="12" fillId="8" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="14" fillId="8" borderId="33" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="1" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="4" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
@@ -2694,202 +2681,207 @@
     <xf numFmtId="0" fontId="23" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="22" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="24" fillId="8" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="15" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="8" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="14" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="14" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="15" fillId="6" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="15" fillId="6" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="10" fillId="0" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...37 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="47" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
@@ -2981,72 +2973,72 @@
       </fill>
       <border>
         <left/>
         <right/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD40963"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
-      <color rgb="FFFFCCCC"/>
       <color rgb="FFC5EFF1"/>
       <color rgb="FFD40963"/>
       <color rgb="FFB0CA3B"/>
       <color rgb="FF09306F"/>
+      <color rgb="FFFFCCCC"/>
       <color rgb="FFFFCC99"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Ea/Redovisning%20och%20controlling/Budget%20och%20kalkyl/Kalkylmallar/2017/Forskningskalkylmall%20bidrag%20och%20uppdrag%20-%202017%20v4.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Tabeller"/>
       <sheetName val="Uppdragsforskning"/>
       <sheetName val="Uppföljning uppdrag"/>
       <sheetName val="Bidragsforskning"/>
       <sheetName val="Spec-indir-kostn-inst &amp; -proj"/>
       <sheetName val="Uppföljning bidrag"/>
       <sheetName val="INDI FO 2017"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="1">
           <cell r="E1">
             <v>-0.05</v>
           </cell>
         </row>
@@ -3088,56 +3080,50 @@
         <row r="9">
           <cell r="E9">
             <v>0.03</v>
           </cell>
         </row>
         <row r="10">
           <cell r="E10">
             <v>0.04</v>
           </cell>
         </row>
         <row r="11">
           <cell r="E11">
             <v>0.05</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
-</file>
-[...4 lines deleted...]
-</personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="KI-tema">
   <a:themeElements>
     <a:clrScheme name="">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="870052"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="9FE6E9"/>
       </a:accent2>
       <a:accent3>
@@ -3515,7747 +3501,7748 @@
         </a:accent4>
         <a:accent5>
           <a:srgbClr val="BDABB3"/>
         </a:accent5>
         <a:accent6>
           <a:srgbClr val="88C4C5"/>
         </a:accent6>
         <a:hlink>
           <a:srgbClr val="CF0063"/>
         </a:hlink>
         <a:folHlink>
           <a:srgbClr val="CBCBCB"/>
         </a:folHlink>
       </a:clrScheme>
       <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
     </a:extraClrScheme>
   </a:extraClrSchemeLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="KI-tema" id="{3EA63724-4386-435B-BD23-AF97CCD19B44}" vid="{A574FFD5-5EEA-4DB9-BE80-CD341E3F3E57}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="C1:U225"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr codeName="Sheet4">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="C1:U226"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" zoomScalePageLayoutView="90" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
+      <selection activeCell="J164" sqref="J164"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.58203125" defaultRowHeight="12.5" outlineLevelRow="2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.625" defaultRowHeight="12.75" outlineLevelRow="2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="2.58203125" style="35" customWidth="1"/>
-    <col min="3" max="3" width="2.58203125" style="33" customWidth="1"/>
+    <col min="1" max="2" width="2.625" style="35" customWidth="1"/>
+    <col min="3" max="3" width="2.625" style="33" customWidth="1"/>
     <col min="4" max="5" width="2.5" style="33" customWidth="1"/>
-    <col min="6" max="6" width="23.83203125" style="33" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="23" max="16384" width="8.58203125" style="35"/>
+    <col min="6" max="6" width="23.875" style="33" customWidth="1"/>
+    <col min="7" max="7" width="8.875" style="33" customWidth="1"/>
+    <col min="8" max="8" width="22.625" style="33" customWidth="1"/>
+    <col min="9" max="9" width="15.625" style="33" customWidth="1"/>
+    <col min="10" max="10" width="13.375" style="33" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.625" style="33" bestFit="1" customWidth="1"/>
+    <col min="12" max="14" width="3.375" style="33" customWidth="1"/>
+    <col min="15" max="15" width="2.375" style="33" customWidth="1"/>
+    <col min="16" max="21" width="8.625" style="33"/>
+    <col min="22" max="22" width="27.625" style="35" customWidth="1"/>
+    <col min="23" max="16384" width="8.625" style="35"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:21" ht="20" x14ac:dyDescent="0.4">
+    <row r="1" spans="3:21" ht="20.25" x14ac:dyDescent="0.3">
       <c r="D1" s="127" t="s">
         <v>44</v>
       </c>
       <c r="E1" s="127"/>
       <c r="F1" s="34"/>
       <c r="G1" s="34"/>
       <c r="H1" s="34"/>
       <c r="I1" s="34"/>
       <c r="J1" s="34"/>
       <c r="K1" s="34"/>
       <c r="L1" s="34"/>
       <c r="M1" s="34"/>
       <c r="N1" s="34"/>
       <c r="O1" s="34"/>
       <c r="P1" s="34"/>
       <c r="Q1" s="34"/>
       <c r="R1" s="34"/>
       <c r="S1" s="34"/>
       <c r="T1" s="34"/>
       <c r="U1" s="34"/>
     </row>
-    <row r="2" spans="3:21" s="36" customFormat="1" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
-[...12 lines deleted...]
-      <c r="L3" s="220"/>
+    <row r="2" spans="3:21" s="36" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="3:21" s="36" customFormat="1" ht="28.7" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="C3" s="176"/>
+      <c r="D3" s="241" t="s">
+        <v>202</v>
+      </c>
+      <c r="E3" s="242"/>
+      <c r="F3" s="242"/>
+      <c r="G3" s="242"/>
+      <c r="H3" s="242"/>
+      <c r="I3" s="242"/>
+      <c r="J3" s="242"/>
+      <c r="K3" s="242"/>
+      <c r="L3" s="243"/>
       <c r="P3" s="37"/>
       <c r="Q3" s="38"/>
       <c r="R3" s="38"/>
       <c r="S3" s="38"/>
       <c r="T3" s="38"/>
       <c r="U3" s="39"/>
     </row>
-    <row r="4" spans="3:21" s="36" customFormat="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="L4" s="180"/>
+    <row r="4" spans="3:21" s="36" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="C4" s="176"/>
+      <c r="D4" s="180"/>
+      <c r="E4" s="180"/>
+      <c r="F4" s="180"/>
+      <c r="G4" s="180"/>
+      <c r="H4" s="180"/>
+      <c r="I4" s="180"/>
+      <c r="J4" s="180"/>
+      <c r="K4" s="180"/>
+      <c r="L4" s="181"/>
       <c r="P4" s="40"/>
       <c r="Q4" s="41"/>
       <c r="R4" s="41"/>
       <c r="S4" s="41"/>
       <c r="T4" s="41"/>
       <c r="U4" s="42"/>
     </row>
-    <row r="5" spans="3:21" ht="17.5" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="L5" s="224"/>
+    <row r="5" spans="3:21" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C5" s="176"/>
+      <c r="D5" s="246" t="s">
+        <v>203</v>
+      </c>
+      <c r="E5" s="246"/>
+      <c r="F5" s="246"/>
+      <c r="G5" s="246"/>
+      <c r="H5" s="246"/>
+      <c r="I5" s="246"/>
+      <c r="J5" s="246"/>
+      <c r="K5" s="246"/>
+      <c r="L5" s="247"/>
       <c r="M5" s="36"/>
       <c r="N5" s="36"/>
       <c r="P5" s="40"/>
       <c r="Q5" s="41"/>
       <c r="R5" s="41"/>
       <c r="S5" s="41"/>
       <c r="T5" s="41"/>
       <c r="U5" s="42"/>
     </row>
-    <row r="6" spans="3:21" ht="43.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="3:21" ht="43.7" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C6" s="47"/>
-      <c r="D6" s="185"/>
-[...9 lines deleted...]
-      <c r="L6" s="222"/>
+      <c r="D6" s="186"/>
+      <c r="E6" s="244" t="s">
+        <v>206</v>
+      </c>
+      <c r="F6" s="244"/>
+      <c r="G6" s="244"/>
+      <c r="H6" s="244"/>
+      <c r="I6" s="244"/>
+      <c r="J6" s="244"/>
+      <c r="K6" s="244"/>
+      <c r="L6" s="245"/>
       <c r="M6" s="36"/>
       <c r="N6" s="36"/>
       <c r="P6" s="40"/>
       <c r="Q6" s="41"/>
       <c r="R6" s="41"/>
       <c r="S6" s="41"/>
       <c r="T6" s="41"/>
       <c r="U6" s="42"/>
     </row>
-    <row r="7" spans="3:21" x14ac:dyDescent="0.25">
+    <row r="7" spans="3:21" x14ac:dyDescent="0.2">
       <c r="C7" s="47"/>
-      <c r="D7" s="179"/>
-[...7 lines deleted...]
-      <c r="L7" s="180"/>
+      <c r="D7" s="180"/>
+      <c r="E7" s="180"/>
+      <c r="F7" s="180"/>
+      <c r="G7" s="180"/>
+      <c r="H7" s="180"/>
+      <c r="I7" s="180"/>
+      <c r="J7" s="180"/>
+      <c r="K7" s="180"/>
+      <c r="L7" s="181"/>
       <c r="M7" s="36"/>
       <c r="N7" s="36"/>
       <c r="P7" s="40"/>
       <c r="Q7" s="41"/>
       <c r="R7" s="41"/>
       <c r="S7" s="41"/>
       <c r="T7" s="41"/>
       <c r="U7" s="42"/>
     </row>
-    <row r="8" spans="3:21" ht="29.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="3:21" ht="29.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C8" s="47"/>
-      <c r="D8" s="185"/>
-[...9 lines deleted...]
-      <c r="L8" s="222"/>
+      <c r="D8" s="186"/>
+      <c r="E8" s="244" t="s">
+        <v>205</v>
+      </c>
+      <c r="F8" s="244"/>
+      <c r="G8" s="244"/>
+      <c r="H8" s="244"/>
+      <c r="I8" s="244"/>
+      <c r="J8" s="244"/>
+      <c r="K8" s="244"/>
+      <c r="L8" s="245"/>
       <c r="M8" s="36"/>
       <c r="N8" s="36"/>
       <c r="P8" s="40"/>
-      <c r="Q8" s="178"/>
+      <c r="Q8" s="179"/>
       <c r="R8" s="41"/>
       <c r="S8" s="41"/>
       <c r="T8" s="41"/>
       <c r="U8" s="42"/>
     </row>
-    <row r="9" spans="3:21" ht="10.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="3:21" ht="10.7" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C9" s="47"/>
-      <c r="D9" s="179"/>
-[...7 lines deleted...]
-      <c r="L9" s="180"/>
+      <c r="D9" s="180"/>
+      <c r="E9" s="180"/>
+      <c r="F9" s="180"/>
+      <c r="G9" s="180"/>
+      <c r="H9" s="180"/>
+      <c r="I9" s="180"/>
+      <c r="J9" s="180"/>
+      <c r="K9" s="180"/>
+      <c r="L9" s="181"/>
       <c r="M9" s="36"/>
       <c r="N9" s="36"/>
       <c r="P9" s="40"/>
       <c r="Q9" s="41"/>
       <c r="R9" s="41"/>
       <c r="S9" s="41"/>
       <c r="T9" s="41"/>
       <c r="U9" s="42"/>
     </row>
-    <row r="10" spans="3:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="3:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C10" s="47"/>
-      <c r="D10" s="185"/>
-[...9 lines deleted...]
-      <c r="L10" s="222"/>
+      <c r="D10" s="186"/>
+      <c r="E10" s="244" t="s">
+        <v>204</v>
+      </c>
+      <c r="F10" s="244"/>
+      <c r="G10" s="244"/>
+      <c r="H10" s="244"/>
+      <c r="I10" s="244"/>
+      <c r="J10" s="244"/>
+      <c r="K10" s="244"/>
+      <c r="L10" s="245"/>
       <c r="M10" s="36"/>
       <c r="N10" s="36"/>
       <c r="P10" s="40"/>
       <c r="Q10" s="41"/>
       <c r="R10" s="41"/>
       <c r="S10" s="41"/>
       <c r="T10" s="41"/>
       <c r="U10" s="42"/>
     </row>
-    <row r="11" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C11" s="47"/>
-      <c r="D11" s="223" t="s">
-[...9 lines deleted...]
-      <c r="L11" s="224"/>
+      <c r="D11" s="246" t="s">
+        <v>207</v>
+      </c>
+      <c r="E11" s="246"/>
+      <c r="F11" s="246"/>
+      <c r="G11" s="246"/>
+      <c r="H11" s="246"/>
+      <c r="I11" s="246"/>
+      <c r="J11" s="246"/>
+      <c r="K11" s="246"/>
+      <c r="L11" s="247"/>
       <c r="M11" s="36"/>
       <c r="N11" s="36"/>
       <c r="P11" s="40"/>
       <c r="Q11" s="41"/>
       <c r="R11" s="41"/>
       <c r="S11" s="41"/>
       <c r="T11" s="41"/>
       <c r="U11" s="42"/>
     </row>
-    <row r="12" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C12" s="47"/>
-      <c r="D12" s="185"/>
-[...9 lines deleted...]
-      <c r="L12" s="181"/>
+      <c r="D12" s="186"/>
+      <c r="E12" s="185" t="s">
+        <v>208</v>
+      </c>
+      <c r="F12" s="184"/>
+      <c r="G12" s="184"/>
+      <c r="H12" s="184"/>
+      <c r="I12" s="184"/>
+      <c r="J12" s="184"/>
+      <c r="K12" s="184"/>
+      <c r="L12" s="182"/>
       <c r="M12" s="36"/>
       <c r="N12" s="36"/>
       <c r="P12" s="40"/>
       <c r="Q12" s="41"/>
       <c r="R12" s="41"/>
       <c r="S12" s="41"/>
       <c r="T12" s="41"/>
       <c r="U12" s="42"/>
     </row>
-    <row r="13" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C13" s="47"/>
-      <c r="D13" s="185"/>
-[...9 lines deleted...]
-      <c r="L13" s="222"/>
+      <c r="D13" s="186"/>
+      <c r="E13" s="244" t="s">
+        <v>209</v>
+      </c>
+      <c r="F13" s="244"/>
+      <c r="G13" s="244"/>
+      <c r="H13" s="244"/>
+      <c r="I13" s="244"/>
+      <c r="J13" s="244"/>
+      <c r="K13" s="244"/>
+      <c r="L13" s="245"/>
       <c r="M13" s="36"/>
       <c r="N13" s="36"/>
       <c r="P13" s="40"/>
       <c r="Q13" s="41"/>
       <c r="R13" s="41"/>
       <c r="S13" s="41"/>
       <c r="T13" s="41"/>
       <c r="U13" s="42"/>
     </row>
-    <row r="14" spans="3:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="3:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D14" s="107"/>
       <c r="E14" s="108"/>
       <c r="F14" s="108"/>
       <c r="G14" s="108"/>
       <c r="H14" s="108"/>
       <c r="I14" s="108"/>
       <c r="J14" s="108"/>
       <c r="K14" s="108"/>
-      <c r="L14" s="182"/>
+      <c r="L14" s="183"/>
       <c r="M14" s="36"/>
       <c r="N14" s="36"/>
       <c r="P14" s="40"/>
       <c r="Q14" s="41"/>
       <c r="R14" s="41"/>
       <c r="S14" s="41"/>
       <c r="T14" s="41"/>
       <c r="U14" s="42"/>
     </row>
-    <row r="15" spans="3:21" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="3:21" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="36"/>
       <c r="P15" s="40"/>
       <c r="Q15" s="41"/>
       <c r="R15" s="41"/>
       <c r="S15" s="41"/>
       <c r="T15" s="41"/>
       <c r="U15" s="42"/>
     </row>
-    <row r="16" spans="3:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="3:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D16" s="36"/>
       <c r="E16" s="36"/>
       <c r="F16" s="36"/>
       <c r="G16" s="36"/>
       <c r="H16" s="36"/>
       <c r="I16" s="36"/>
       <c r="J16" s="36"/>
       <c r="K16" s="36"/>
       <c r="P16" s="40"/>
       <c r="Q16" s="41"/>
       <c r="R16" s="41"/>
       <c r="S16" s="41"/>
       <c r="T16" s="41"/>
       <c r="U16" s="42"/>
     </row>
-    <row r="17" spans="4:21" ht="13" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="4:21" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="D17" s="43"/>
       <c r="E17" s="44"/>
       <c r="F17" s="44"/>
       <c r="G17" s="44"/>
       <c r="H17" s="44"/>
       <c r="I17" s="44"/>
       <c r="J17" s="44"/>
       <c r="K17" s="44"/>
       <c r="L17" s="45"/>
       <c r="P17" s="40"/>
       <c r="Q17" s="41"/>
       <c r="R17" s="41"/>
       <c r="S17" s="41"/>
       <c r="T17" s="41"/>
       <c r="U17" s="42"/>
     </row>
-    <row r="18" spans="4:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D18" s="46"/>
       <c r="L18" s="47"/>
       <c r="P18" s="40"/>
       <c r="Q18" s="41"/>
       <c r="R18" s="41"/>
       <c r="S18" s="41"/>
       <c r="T18" s="41"/>
       <c r="U18" s="42"/>
     </row>
-    <row r="19" spans="4:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="4:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D19" s="46"/>
       <c r="F19" s="48" t="s">
         <v>2</v>
       </c>
       <c r="G19" s="49"/>
       <c r="H19" s="49"/>
       <c r="I19" s="49"/>
       <c r="J19" s="49"/>
       <c r="K19" s="50"/>
       <c r="L19" s="47"/>
-      <c r="P19" s="214" t="s">
-[...8 lines deleted...]
-    <row r="20" spans="4:21" x14ac:dyDescent="0.25">
+      <c r="P19" s="198" t="s">
+        <v>201</v>
+      </c>
+      <c r="Q19" s="208"/>
+      <c r="R19" s="208"/>
+      <c r="S19" s="208"/>
+      <c r="T19" s="208"/>
+      <c r="U19" s="209"/>
+    </row>
+    <row r="20" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D20" s="46"/>
       <c r="F20" s="51"/>
       <c r="K20" s="52"/>
       <c r="L20" s="47"/>
-      <c r="P20" s="217"/>
-[...6 lines deleted...]
-    <row r="21" spans="4:21" x14ac:dyDescent="0.25">
+      <c r="P20" s="210"/>
+      <c r="Q20" s="208"/>
+      <c r="R20" s="208"/>
+      <c r="S20" s="208"/>
+      <c r="T20" s="208"/>
+      <c r="U20" s="209"/>
+    </row>
+    <row r="21" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D21" s="46"/>
       <c r="F21" s="146" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="G21" s="53"/>
       <c r="K21" s="52"/>
       <c r="L21" s="47"/>
-      <c r="P21" s="217"/>
-[...6 lines deleted...]
-    <row r="22" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+      <c r="P21" s="210"/>
+      <c r="Q21" s="208"/>
+      <c r="R21" s="208"/>
+      <c r="S21" s="208"/>
+      <c r="T21" s="208"/>
+      <c r="U21" s="209"/>
+    </row>
+    <row r="22" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D22" s="46"/>
       <c r="F22" s="146" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-      <c r="H22" s="163"/>
+        <v>109</v>
+      </c>
+      <c r="G22" s="163"/>
+      <c r="H22" s="164"/>
       <c r="K22" s="52"/>
       <c r="L22" s="47"/>
       <c r="P22" s="54"/>
       <c r="Q22" s="55"/>
       <c r="R22" s="55"/>
       <c r="S22" s="55"/>
       <c r="T22" s="55"/>
       <c r="U22" s="56"/>
     </row>
-    <row r="23" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="23" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D23" s="46"/>
       <c r="F23" s="146" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="G23" s="72"/>
       <c r="H23" s="154"/>
       <c r="K23" s="52"/>
       <c r="L23" s="47"/>
       <c r="P23" s="54"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
       <c r="S23" s="55"/>
       <c r="T23" s="55"/>
       <c r="U23" s="56"/>
     </row>
-    <row r="24" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="24" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D24" s="46"/>
       <c r="F24" s="57"/>
       <c r="G24" s="58"/>
       <c r="H24" s="59"/>
       <c r="K24" s="52"/>
       <c r="L24" s="47"/>
       <c r="P24" s="54"/>
       <c r="Q24" s="55"/>
       <c r="R24" s="55"/>
       <c r="S24" s="55"/>
       <c r="T24" s="55"/>
       <c r="U24" s="56"/>
     </row>
-    <row r="25" spans="4:21" ht="14" x14ac:dyDescent="0.3">
+    <row r="25" spans="4:21" ht="14.25" x14ac:dyDescent="0.2">
       <c r="D25" s="46"/>
       <c r="F25" s="146" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-      <c r="H25" s="227"/>
+        <v>178</v>
+      </c>
+      <c r="G25" s="196"/>
+      <c r="H25" s="197"/>
       <c r="K25" s="52"/>
       <c r="L25" s="47"/>
       <c r="P25" s="54"/>
       <c r="Q25" s="55"/>
       <c r="R25" s="55"/>
       <c r="S25" s="55"/>
       <c r="T25" s="55"/>
       <c r="U25" s="56"/>
     </row>
-    <row r="26" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="26" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D26" s="46"/>
       <c r="F26" s="146" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-      <c r="H26" s="225"/>
+        <v>180</v>
+      </c>
+      <c r="G26" s="211"/>
+      <c r="H26" s="228"/>
       <c r="K26" s="52"/>
       <c r="L26" s="47"/>
       <c r="P26" s="54"/>
       <c r="Q26" s="55"/>
       <c r="R26" s="55"/>
       <c r="S26" s="55"/>
       <c r="T26" s="55"/>
       <c r="U26" s="56"/>
     </row>
-    <row r="27" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="27" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D27" s="46"/>
       <c r="F27" s="146" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-      <c r="H27" s="225"/>
+        <v>181</v>
+      </c>
+      <c r="G27" s="211"/>
+      <c r="H27" s="228"/>
       <c r="K27" s="52"/>
       <c r="L27" s="47"/>
       <c r="P27" s="54"/>
       <c r="Q27" s="55"/>
       <c r="R27" s="55"/>
       <c r="S27" s="55"/>
       <c r="T27" s="55"/>
       <c r="U27" s="56"/>
     </row>
-    <row r="28" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="28" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D28" s="46"/>
       <c r="F28" s="57"/>
       <c r="G28" s="58"/>
       <c r="H28" s="59"/>
       <c r="K28" s="52"/>
       <c r="L28" s="47"/>
       <c r="P28" s="54"/>
       <c r="Q28" s="55"/>
       <c r="R28" s="55"/>
       <c r="S28" s="55"/>
       <c r="T28" s="55"/>
       <c r="U28" s="56"/>
     </row>
-    <row r="29" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="29" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D29" s="46"/>
       <c r="F29" s="147" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-      <c r="H29" s="225"/>
+        <v>104</v>
+      </c>
+      <c r="G29" s="211"/>
+      <c r="H29" s="228"/>
       <c r="K29" s="52"/>
       <c r="L29" s="47"/>
       <c r="P29" s="54"/>
       <c r="Q29" s="55"/>
       <c r="R29" s="55"/>
       <c r="S29" s="55"/>
       <c r="T29" s="55"/>
       <c r="U29" s="56"/>
     </row>
-    <row r="30" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="30" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D30" s="46"/>
       <c r="F30" s="147" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="H30" s="236"/>
+        <v>107</v>
+      </c>
+      <c r="G30" s="248"/>
+      <c r="H30" s="249"/>
       <c r="K30" s="52"/>
       <c r="L30" s="47"/>
       <c r="P30" s="54"/>
       <c r="Q30" s="55"/>
       <c r="R30" s="55"/>
       <c r="S30" s="55"/>
       <c r="T30" s="55"/>
       <c r="U30" s="56"/>
     </row>
-    <row r="31" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="31" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D31" s="46"/>
       <c r="F31" s="147" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G31" s="143"/>
       <c r="H31" s="35"/>
       <c r="K31" s="52"/>
       <c r="L31" s="47"/>
       <c r="P31" s="54"/>
       <c r="Q31" s="55"/>
       <c r="R31" s="55"/>
       <c r="S31" s="55"/>
       <c r="T31" s="55"/>
       <c r="U31" s="56"/>
     </row>
-    <row r="32" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="32" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D32" s="46"/>
       <c r="F32" s="57"/>
       <c r="G32" s="58"/>
       <c r="H32" s="59"/>
       <c r="K32" s="52"/>
       <c r="L32" s="47"/>
       <c r="P32" s="54"/>
       <c r="Q32" s="55"/>
       <c r="R32" s="55"/>
       <c r="S32" s="55"/>
       <c r="T32" s="55"/>
       <c r="U32" s="56"/>
     </row>
-    <row r="33" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="33" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D33" s="46"/>
       <c r="F33" s="147" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="G33" s="60"/>
       <c r="H33" s="61"/>
       <c r="I33" s="61"/>
       <c r="K33" s="52"/>
       <c r="L33" s="47"/>
       <c r="P33" s="54"/>
       <c r="Q33" s="55"/>
       <c r="R33" s="55"/>
       <c r="S33" s="55"/>
       <c r="T33" s="55"/>
       <c r="U33" s="56"/>
     </row>
-    <row r="34" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="34" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D34" s="46"/>
       <c r="F34" s="147" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="G34" s="60"/>
       <c r="H34" s="61"/>
       <c r="I34" s="61"/>
       <c r="K34" s="52"/>
       <c r="L34" s="47"/>
       <c r="P34" s="54"/>
       <c r="Q34" s="55"/>
       <c r="R34" s="55"/>
       <c r="S34" s="55"/>
       <c r="T34" s="55"/>
       <c r="U34" s="56"/>
     </row>
-    <row r="35" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="35" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D35" s="46"/>
       <c r="F35" s="147" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="G35" s="60"/>
       <c r="H35" s="61"/>
       <c r="I35" s="61"/>
       <c r="K35" s="52"/>
       <c r="L35" s="47"/>
       <c r="P35" s="54"/>
       <c r="Q35" s="55"/>
       <c r="R35" s="55"/>
       <c r="S35" s="55"/>
       <c r="T35" s="55"/>
       <c r="U35" s="56"/>
     </row>
-    <row r="36" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="36" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D36" s="46"/>
       <c r="F36" s="147" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G36" s="62"/>
       <c r="H36" s="61"/>
       <c r="I36" s="61"/>
       <c r="K36" s="52"/>
       <c r="L36" s="47"/>
       <c r="P36" s="54"/>
       <c r="Q36" s="55"/>
       <c r="R36" s="55"/>
       <c r="S36" s="55"/>
       <c r="T36" s="55"/>
       <c r="U36" s="56"/>
     </row>
-    <row r="37" spans="4:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D37" s="46"/>
       <c r="F37" s="63"/>
       <c r="G37" s="64"/>
       <c r="H37" s="64"/>
       <c r="I37" s="64"/>
       <c r="J37" s="64"/>
       <c r="K37" s="65"/>
       <c r="L37" s="47"/>
       <c r="P37" s="54"/>
       <c r="Q37" s="55"/>
       <c r="R37" s="55"/>
       <c r="S37" s="55"/>
       <c r="T37" s="55"/>
       <c r="U37" s="56"/>
     </row>
-    <row r="38" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="38" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D38" s="46"/>
       <c r="L38" s="47"/>
       <c r="P38" s="54"/>
       <c r="Q38" s="55"/>
       <c r="R38" s="55"/>
       <c r="S38" s="55"/>
       <c r="T38" s="55"/>
       <c r="U38" s="56"/>
     </row>
-    <row r="39" spans="4:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D39" s="46"/>
       <c r="L39" s="47"/>
       <c r="P39" s="54"/>
       <c r="Q39" s="55"/>
       <c r="R39" s="55"/>
       <c r="S39" s="55"/>
       <c r="T39" s="55"/>
       <c r="U39" s="56"/>
     </row>
-    <row r="40" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+    <row r="40" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D40" s="46"/>
-      <c r="E40" s="199" t="s">
-        <v>102</v>
+      <c r="E40" s="250" t="s">
+        <v>105</v>
       </c>
       <c r="F40" s="144" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G40" s="49"/>
       <c r="H40" s="49"/>
       <c r="I40" s="49"/>
       <c r="J40" s="49"/>
       <c r="K40" s="50"/>
       <c r="L40" s="47"/>
       <c r="P40" s="54"/>
       <c r="Q40" s="55"/>
       <c r="R40" s="55"/>
       <c r="S40" s="55"/>
       <c r="T40" s="55"/>
       <c r="U40" s="56"/>
     </row>
-    <row r="41" spans="4:21" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="4:21" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D41" s="46"/>
-      <c r="E41" s="200"/>
+      <c r="E41" s="251"/>
       <c r="K41" s="52"/>
       <c r="L41" s="47"/>
-      <c r="P41" s="214" t="s">
-[...8 lines deleted...]
-    <row r="42" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="P41" s="198" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q41" s="199"/>
+      <c r="R41" s="199"/>
+      <c r="S41" s="199"/>
+      <c r="T41" s="199"/>
+      <c r="U41" s="200"/>
+    </row>
+    <row r="42" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D42" s="46"/>
-      <c r="E42" s="200"/>
+      <c r="E42" s="251"/>
       <c r="F42" s="122" t="s">
         <v>6</v>
       </c>
       <c r="K42" s="52"/>
       <c r="L42" s="47"/>
-      <c r="P42" s="254"/>
-[...6 lines deleted...]
-    <row r="43" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="P42" s="201"/>
+      <c r="Q42" s="199"/>
+      <c r="R42" s="199"/>
+      <c r="S42" s="199"/>
+      <c r="T42" s="199"/>
+      <c r="U42" s="200"/>
+    </row>
+    <row r="43" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D43" s="46"/>
-      <c r="E43" s="200"/>
+      <c r="E43" s="251"/>
       <c r="F43" s="122"/>
       <c r="K43" s="52"/>
       <c r="L43" s="47"/>
-      <c r="P43" s="254"/>
-[...6 lines deleted...]
-    <row r="44" spans="4:21" ht="25" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P43" s="201"/>
+      <c r="Q43" s="199"/>
+      <c r="R43" s="199"/>
+      <c r="S43" s="199"/>
+      <c r="T43" s="199"/>
+      <c r="U43" s="200"/>
+    </row>
+    <row r="44" spans="4:21" ht="25.5" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D44" s="46"/>
-      <c r="E44" s="200"/>
+      <c r="E44" s="251"/>
       <c r="F44" s="88" t="s">
-        <v>80</v>
-[...4 lines deleted...]
-      <c r="H44" s="229"/>
+        <v>82</v>
+      </c>
+      <c r="G44" s="238" t="s">
+        <v>139</v>
+      </c>
+      <c r="H44" s="239"/>
       <c r="I44" s="67" t="s">
         <v>1</v>
       </c>
-      <c r="J44" s="160" t="s">
-        <v>135</v>
+      <c r="J44" s="161" t="s">
+        <v>141</v>
       </c>
       <c r="K44" s="74" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="L44" s="47"/>
-      <c r="P44" s="254"/>
-[...6 lines deleted...]
-    <row r="45" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P44" s="201"/>
+      <c r="Q44" s="199"/>
+      <c r="R44" s="199"/>
+      <c r="S44" s="199"/>
+      <c r="T44" s="199"/>
+      <c r="U44" s="200"/>
+    </row>
+    <row r="45" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D45" s="46"/>
-      <c r="E45" s="200"/>
-[...4 lines deleted...]
-      <c r="H45" s="209"/>
+      <c r="E45" s="251"/>
+      <c r="F45" s="187"/>
+      <c r="G45" s="211" t="s">
+        <v>224</v>
+      </c>
+      <c r="H45" s="204"/>
       <c r="I45" s="69"/>
       <c r="J45" s="69"/>
       <c r="K45" s="70">
         <f>IF(OR(I45="",J45=""),0,(I45*J45))</f>
         <v>0</v>
       </c>
       <c r="L45" s="47"/>
       <c r="P45" s="54"/>
       <c r="Q45" s="55"/>
       <c r="R45" s="55"/>
       <c r="S45" s="55"/>
       <c r="T45" s="55"/>
       <c r="U45" s="56"/>
     </row>
-    <row r="46" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="46" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D46" s="46"/>
-      <c r="E46" s="200"/>
-[...4 lines deleted...]
-      <c r="H46" s="209"/>
+      <c r="E46" s="251"/>
+      <c r="F46" s="187"/>
+      <c r="G46" s="211" t="s">
+        <v>225</v>
+      </c>
+      <c r="H46" s="204"/>
       <c r="I46" s="69"/>
       <c r="J46" s="69"/>
       <c r="K46" s="70">
         <f t="shared" ref="K46:K64" si="0">IF(OR(I46="",J46=""),0,(I46*J46))</f>
         <v>0</v>
       </c>
       <c r="L46" s="47"/>
       <c r="P46" s="54"/>
       <c r="Q46" s="55"/>
       <c r="R46" s="55"/>
       <c r="S46" s="55"/>
       <c r="T46" s="55"/>
       <c r="U46" s="56"/>
     </row>
-    <row r="47" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="47" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D47" s="46"/>
-      <c r="E47" s="200"/>
-[...4 lines deleted...]
-      <c r="H47" s="209"/>
+      <c r="E47" s="251"/>
+      <c r="F47" s="188"/>
+      <c r="G47" s="211" t="s">
+        <v>226</v>
+      </c>
+      <c r="H47" s="204"/>
       <c r="I47" s="69"/>
       <c r="J47" s="69"/>
       <c r="K47" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L47" s="47"/>
       <c r="P47" s="54"/>
       <c r="Q47" s="55"/>
       <c r="R47" s="55"/>
       <c r="S47" s="55"/>
       <c r="T47" s="55"/>
       <c r="U47" s="56"/>
     </row>
-    <row r="48" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="48" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D48" s="46"/>
-      <c r="E48" s="200"/>
-[...4 lines deleted...]
-      <c r="H48" s="209"/>
+      <c r="E48" s="251"/>
+      <c r="F48" s="188"/>
+      <c r="G48" s="211" t="s">
+        <v>227</v>
+      </c>
+      <c r="H48" s="204"/>
       <c r="I48" s="69"/>
       <c r="J48" s="69"/>
       <c r="K48" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L48" s="47"/>
       <c r="P48" s="54"/>
       <c r="Q48" s="55"/>
       <c r="R48" s="55"/>
       <c r="S48" s="55"/>
       <c r="T48" s="55"/>
       <c r="U48" s="56"/>
     </row>
-    <row r="49" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="49" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D49" s="46"/>
-      <c r="E49" s="200"/>
-[...4 lines deleted...]
-      <c r="H49" s="209"/>
+      <c r="E49" s="251"/>
+      <c r="F49" s="188"/>
+      <c r="G49" s="211" t="s">
+        <v>228</v>
+      </c>
+      <c r="H49" s="204"/>
       <c r="I49" s="69"/>
       <c r="J49" s="69"/>
       <c r="K49" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L49" s="47"/>
       <c r="P49" s="54"/>
       <c r="Q49" s="55"/>
       <c r="R49" s="55"/>
       <c r="S49" s="55"/>
       <c r="T49" s="55"/>
       <c r="U49" s="56"/>
     </row>
-    <row r="50" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="50" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D50" s="46"/>
-      <c r="E50" s="200"/>
-[...4 lines deleted...]
-      <c r="H50" s="209"/>
+      <c r="E50" s="251"/>
+      <c r="F50" s="188"/>
+      <c r="G50" s="211" t="s">
+        <v>229</v>
+      </c>
+      <c r="H50" s="204"/>
       <c r="I50" s="69"/>
       <c r="J50" s="69"/>
       <c r="K50" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L50" s="47"/>
       <c r="P50" s="54"/>
       <c r="Q50" s="55"/>
       <c r="R50" s="55"/>
       <c r="S50" s="55"/>
       <c r="T50" s="55"/>
       <c r="U50" s="56"/>
     </row>
-    <row r="51" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="51" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D51" s="46"/>
-      <c r="E51" s="200"/>
-[...4 lines deleted...]
-      <c r="H51" s="209"/>
+      <c r="E51" s="251"/>
+      <c r="F51" s="188"/>
+      <c r="G51" s="211" t="s">
+        <v>230</v>
+      </c>
+      <c r="H51" s="204"/>
       <c r="I51" s="69"/>
       <c r="J51" s="69"/>
       <c r="K51" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L51" s="47"/>
       <c r="P51" s="54"/>
       <c r="Q51" s="55"/>
       <c r="R51" s="55"/>
       <c r="S51" s="55"/>
       <c r="T51" s="55"/>
       <c r="U51" s="56"/>
     </row>
-    <row r="52" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="52" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D52" s="46"/>
-      <c r="E52" s="200"/>
-[...4 lines deleted...]
-      <c r="H52" s="209"/>
+      <c r="E52" s="251"/>
+      <c r="F52" s="188"/>
+      <c r="G52" s="211" t="s">
+        <v>231</v>
+      </c>
+      <c r="H52" s="204"/>
       <c r="I52" s="69"/>
       <c r="J52" s="69"/>
       <c r="K52" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L52" s="47"/>
       <c r="P52" s="54"/>
       <c r="Q52" s="55"/>
       <c r="R52" s="55"/>
       <c r="S52" s="55"/>
       <c r="T52" s="55"/>
       <c r="U52" s="56"/>
     </row>
-    <row r="53" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="53" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D53" s="46"/>
-      <c r="E53" s="200"/>
-[...2 lines deleted...]
-      <c r="H53" s="209"/>
+      <c r="E53" s="251"/>
+      <c r="F53" s="188"/>
+      <c r="G53" s="211"/>
+      <c r="H53" s="204"/>
       <c r="I53" s="69"/>
       <c r="J53" s="69"/>
       <c r="K53" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L53" s="47"/>
       <c r="P53" s="54"/>
       <c r="Q53" s="55"/>
       <c r="R53" s="55"/>
       <c r="S53" s="55"/>
       <c r="T53" s="55"/>
       <c r="U53" s="56"/>
     </row>
-    <row r="54" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="54" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D54" s="46"/>
-      <c r="E54" s="200"/>
-[...2 lines deleted...]
-      <c r="H54" s="209"/>
+      <c r="E54" s="251"/>
+      <c r="F54" s="188"/>
+      <c r="G54" s="211"/>
+      <c r="H54" s="204"/>
       <c r="I54" s="69"/>
       <c r="J54" s="69"/>
       <c r="K54" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L54" s="47"/>
       <c r="P54" s="54"/>
       <c r="Q54" s="55"/>
       <c r="R54" s="55"/>
       <c r="S54" s="55"/>
       <c r="T54" s="55"/>
       <c r="U54" s="56"/>
     </row>
-    <row r="55" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="55" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D55" s="46"/>
-      <c r="E55" s="200"/>
-[...2 lines deleted...]
-      <c r="H55" s="209"/>
+      <c r="E55" s="251"/>
+      <c r="F55" s="188"/>
+      <c r="G55" s="211"/>
+      <c r="H55" s="204"/>
       <c r="I55" s="69"/>
       <c r="J55" s="69"/>
       <c r="K55" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L55" s="47"/>
       <c r="P55" s="54"/>
       <c r="Q55" s="55"/>
       <c r="R55" s="55"/>
       <c r="S55" s="55"/>
       <c r="T55" s="55"/>
       <c r="U55" s="56"/>
     </row>
-    <row r="56" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="56" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D56" s="46"/>
-      <c r="E56" s="200"/>
-[...2 lines deleted...]
-      <c r="H56" s="209"/>
+      <c r="E56" s="251"/>
+      <c r="F56" s="188"/>
+      <c r="G56" s="211"/>
+      <c r="H56" s="204"/>
       <c r="I56" s="69"/>
       <c r="J56" s="69"/>
       <c r="K56" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L56" s="47"/>
       <c r="P56" s="54"/>
       <c r="Q56" s="55"/>
       <c r="R56" s="55"/>
       <c r="S56" s="55"/>
       <c r="T56" s="55"/>
       <c r="U56" s="56"/>
     </row>
-    <row r="57" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="57" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D57" s="46"/>
-      <c r="E57" s="200"/>
-[...2 lines deleted...]
-      <c r="H57" s="209"/>
+      <c r="E57" s="251"/>
+      <c r="F57" s="188"/>
+      <c r="G57" s="211"/>
+      <c r="H57" s="204"/>
       <c r="I57" s="69"/>
       <c r="J57" s="69"/>
       <c r="K57" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L57" s="47"/>
       <c r="P57" s="54"/>
       <c r="Q57" s="55"/>
       <c r="R57" s="55"/>
       <c r="S57" s="55"/>
       <c r="T57" s="55"/>
       <c r="U57" s="56"/>
     </row>
-    <row r="58" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="58" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D58" s="46"/>
-      <c r="E58" s="200"/>
-[...2 lines deleted...]
-      <c r="H58" s="209"/>
+      <c r="E58" s="251"/>
+      <c r="F58" s="188"/>
+      <c r="G58" s="211"/>
+      <c r="H58" s="204"/>
       <c r="I58" s="69"/>
       <c r="J58" s="69"/>
       <c r="K58" s="70"/>
       <c r="L58" s="47"/>
       <c r="P58" s="54"/>
       <c r="Q58" s="55"/>
       <c r="R58" s="55"/>
       <c r="S58" s="55"/>
       <c r="T58" s="55"/>
       <c r="U58" s="56"/>
     </row>
-    <row r="59" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="59" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D59" s="46"/>
-      <c r="E59" s="200"/>
-[...2 lines deleted...]
-      <c r="H59" s="209"/>
+      <c r="E59" s="251"/>
+      <c r="F59" s="188"/>
+      <c r="G59" s="211"/>
+      <c r="H59" s="204"/>
       <c r="I59" s="69"/>
       <c r="J59" s="69"/>
       <c r="K59" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L59" s="47"/>
       <c r="P59" s="54"/>
       <c r="Q59" s="55"/>
       <c r="R59" s="55"/>
       <c r="S59" s="55"/>
       <c r="T59" s="55"/>
       <c r="U59" s="56"/>
     </row>
-    <row r="60" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="60" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D60" s="46"/>
-      <c r="E60" s="200"/>
-[...2 lines deleted...]
-      <c r="H60" s="209"/>
+      <c r="E60" s="251"/>
+      <c r="F60" s="188"/>
+      <c r="G60" s="211"/>
+      <c r="H60" s="204"/>
       <c r="I60" s="69"/>
       <c r="J60" s="69"/>
       <c r="K60" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L60" s="47"/>
       <c r="P60" s="54"/>
       <c r="Q60" s="55"/>
       <c r="R60" s="55"/>
       <c r="S60" s="55"/>
       <c r="T60" s="55"/>
       <c r="U60" s="56"/>
     </row>
-    <row r="61" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="61" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D61" s="46"/>
-      <c r="E61" s="200"/>
-[...2 lines deleted...]
-      <c r="H61" s="209"/>
+      <c r="E61" s="251"/>
+      <c r="F61" s="188"/>
+      <c r="G61" s="211"/>
+      <c r="H61" s="204"/>
       <c r="I61" s="69"/>
       <c r="J61" s="69"/>
       <c r="K61" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L61" s="47"/>
       <c r="P61" s="54"/>
       <c r="Q61" s="55"/>
       <c r="R61" s="55"/>
       <c r="S61" s="55"/>
       <c r="T61" s="55"/>
       <c r="U61" s="56"/>
     </row>
-    <row r="62" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="62" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D62" s="46"/>
-      <c r="E62" s="200"/>
-[...2 lines deleted...]
-      <c r="H62" s="209"/>
+      <c r="E62" s="251"/>
+      <c r="F62" s="188"/>
+      <c r="G62" s="211"/>
+      <c r="H62" s="204"/>
       <c r="I62" s="69"/>
       <c r="J62" s="69"/>
       <c r="K62" s="70"/>
       <c r="L62" s="47"/>
       <c r="P62" s="54"/>
       <c r="Q62" s="55"/>
       <c r="R62" s="55"/>
       <c r="S62" s="55"/>
       <c r="T62" s="55"/>
       <c r="U62" s="56"/>
     </row>
-    <row r="63" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="63" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D63" s="46"/>
-      <c r="E63" s="200"/>
-[...2 lines deleted...]
-      <c r="H63" s="209"/>
+      <c r="E63" s="251"/>
+      <c r="F63" s="188"/>
+      <c r="G63" s="211"/>
+      <c r="H63" s="204"/>
       <c r="I63" s="69"/>
       <c r="J63" s="69"/>
       <c r="K63" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L63" s="47"/>
       <c r="P63" s="54"/>
       <c r="Q63" s="55"/>
       <c r="R63" s="55"/>
       <c r="S63" s="55"/>
       <c r="T63" s="55"/>
       <c r="U63" s="56"/>
     </row>
-    <row r="64" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="64" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D64" s="46"/>
-      <c r="E64" s="200"/>
-[...2 lines deleted...]
-      <c r="H64" s="209"/>
+      <c r="E64" s="251"/>
+      <c r="F64" s="188"/>
+      <c r="G64" s="211"/>
+      <c r="H64" s="204"/>
       <c r="I64" s="69"/>
       <c r="J64" s="69"/>
       <c r="K64" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L64" s="47"/>
       <c r="P64" s="54"/>
       <c r="Q64" s="55"/>
       <c r="R64" s="55"/>
       <c r="S64" s="55"/>
       <c r="T64" s="55"/>
       <c r="U64" s="56"/>
     </row>
-    <row r="65" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="65" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D65" s="46"/>
-      <c r="E65" s="200"/>
+      <c r="E65" s="251"/>
       <c r="K65" s="52"/>
       <c r="L65" s="47"/>
       <c r="P65" s="54"/>
       <c r="Q65" s="55"/>
       <c r="R65" s="55"/>
       <c r="S65" s="55"/>
       <c r="T65" s="55"/>
       <c r="U65" s="56"/>
     </row>
-    <row r="66" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="66" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D66" s="46"/>
-      <c r="E66" s="200"/>
+      <c r="E66" s="251"/>
       <c r="K66" s="52"/>
       <c r="L66" s="47"/>
       <c r="P66" s="54"/>
       <c r="Q66" s="55"/>
       <c r="R66" s="55"/>
       <c r="S66" s="55"/>
       <c r="T66" s="55"/>
       <c r="U66" s="56"/>
     </row>
-    <row r="67" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="67" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D67" s="46"/>
-      <c r="E67" s="200"/>
-      <c r="F67" s="157" t="s">
+      <c r="E67" s="251"/>
+      <c r="F67" s="158" t="s">
         <v>5</v>
       </c>
-      <c r="G67" s="158"/>
-      <c r="H67" s="158"/>
+      <c r="G67" s="159"/>
+      <c r="H67" s="159"/>
       <c r="I67" s="150">
         <f>SUM(I$45:I64)</f>
         <v>0</v>
       </c>
-      <c r="J67" s="159"/>
+      <c r="J67" s="160"/>
       <c r="K67" s="149">
         <f>SUM(K$45:K64)</f>
         <v>0</v>
       </c>
       <c r="L67" s="47"/>
       <c r="P67" s="54"/>
       <c r="Q67" s="55"/>
       <c r="R67" s="55"/>
       <c r="S67" s="55"/>
       <c r="T67" s="55"/>
       <c r="U67" s="56"/>
     </row>
-    <row r="68" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="68" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D68" s="46"/>
-      <c r="E68" s="200"/>
+      <c r="E68" s="251"/>
       <c r="K68" s="52"/>
       <c r="L68" s="47"/>
       <c r="P68" s="54"/>
       <c r="Q68" s="55"/>
       <c r="R68" s="55"/>
       <c r="S68" s="55"/>
       <c r="T68" s="55"/>
       <c r="U68" s="56"/>
     </row>
-    <row r="69" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="69" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D69" s="46"/>
-      <c r="E69" s="200"/>
-[...1 lines deleted...]
-        <v>232</v>
+      <c r="E69" s="251"/>
+      <c r="F69" s="237" t="s">
+        <v>245</v>
       </c>
       <c r="G69" s="231"/>
       <c r="H69" s="231"/>
       <c r="I69" s="231"/>
       <c r="J69" s="71">
-        <v>0.55010000000000003</v>
+        <v>0.58009999999999995</v>
       </c>
       <c r="K69" s="52"/>
       <c r="L69" s="47"/>
       <c r="P69" s="54"/>
       <c r="Q69" s="55"/>
       <c r="R69" s="55"/>
       <c r="S69" s="55"/>
       <c r="T69" s="55"/>
       <c r="U69" s="56"/>
     </row>
-    <row r="70" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="70" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D70" s="46"/>
-      <c r="E70" s="200"/>
-      <c r="F70" s="230" t="s">
+      <c r="E70" s="251"/>
+      <c r="F70" s="237" t="s">
         <v>3</v>
       </c>
       <c r="G70" s="231"/>
       <c r="H70" s="231"/>
       <c r="I70" s="231"/>
       <c r="J70" s="71">
         <v>1.8499999999999999E-2</v>
       </c>
       <c r="K70" s="52"/>
       <c r="L70" s="47"/>
       <c r="P70" s="40"/>
       <c r="Q70" s="41"/>
       <c r="R70" s="41"/>
       <c r="S70" s="41"/>
       <c r="T70" s="41"/>
       <c r="U70" s="42"/>
     </row>
-    <row r="71" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="71" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D71" s="46"/>
-      <c r="E71" s="200"/>
+      <c r="E71" s="251"/>
       <c r="I71" s="151" t="s">
         <v>30</v>
       </c>
       <c r="J71" s="152">
         <f>SUM(J69:J70)</f>
-        <v>0.56859999999999999</v>
+        <v>0.59859999999999991</v>
       </c>
       <c r="K71" s="52"/>
       <c r="L71" s="47"/>
       <c r="P71" s="40"/>
       <c r="Q71" s="41"/>
       <c r="R71" s="41"/>
       <c r="S71" s="41"/>
       <c r="T71" s="41"/>
       <c r="U71" s="42"/>
     </row>
-    <row r="72" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="72" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D72" s="46"/>
-      <c r="E72" s="200"/>
+      <c r="E72" s="251"/>
       <c r="K72" s="52"/>
       <c r="L72" s="47"/>
       <c r="P72" s="40"/>
       <c r="Q72" s="41"/>
       <c r="R72" s="41"/>
       <c r="S72" s="41"/>
       <c r="T72" s="41"/>
       <c r="U72" s="42"/>
     </row>
-    <row r="73" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="73" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D73" s="46"/>
-      <c r="E73" s="200"/>
+      <c r="E73" s="251"/>
       <c r="K73" s="52"/>
       <c r="L73" s="47"/>
       <c r="P73" s="40"/>
       <c r="Q73" s="41"/>
       <c r="R73" s="41"/>
       <c r="S73" s="41"/>
       <c r="T73" s="41"/>
       <c r="U73" s="42"/>
     </row>
-    <row r="74" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D74" s="46"/>
-      <c r="E74" s="200"/>
-      <c r="F74" s="210" t="s">
+      <c r="E74" s="251"/>
+      <c r="F74" s="206" t="s">
         <v>28</v>
       </c>
-      <c r="G74" s="206"/>
-[...2 lines deleted...]
-      <c r="J74" s="207"/>
+      <c r="G74" s="213"/>
+      <c r="H74" s="213"/>
+      <c r="I74" s="213"/>
+      <c r="J74" s="214"/>
       <c r="K74" s="73">
         <f>K67*(1+J71)</f>
         <v>0</v>
       </c>
       <c r="L74" s="47"/>
       <c r="P74" s="40"/>
       <c r="Q74" s="41"/>
       <c r="R74" s="41"/>
       <c r="S74" s="41"/>
       <c r="T74" s="41"/>
       <c r="U74" s="42"/>
     </row>
-    <row r="75" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D75" s="46"/>
-      <c r="E75" s="200"/>
+      <c r="E75" s="251"/>
       <c r="K75" s="52"/>
       <c r="L75" s="47"/>
       <c r="P75" s="40"/>
       <c r="Q75" s="41"/>
       <c r="R75" s="41"/>
       <c r="S75" s="41"/>
       <c r="T75" s="41"/>
       <c r="U75" s="42"/>
     </row>
-    <row r="76" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D76" s="46"/>
-      <c r="E76" s="200"/>
+      <c r="E76" s="251"/>
       <c r="F76" s="122" t="s">
         <v>29</v>
       </c>
       <c r="K76" s="52"/>
       <c r="L76" s="47"/>
-      <c r="P76" s="214" t="s">
-[...8 lines deleted...]
-    <row r="77" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="P76" s="198" t="s">
+        <v>193</v>
+      </c>
+      <c r="Q76" s="199"/>
+      <c r="R76" s="199"/>
+      <c r="S76" s="199"/>
+      <c r="T76" s="199"/>
+      <c r="U76" s="200"/>
+    </row>
+    <row r="77" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D77" s="46"/>
-      <c r="E77" s="200"/>
+      <c r="E77" s="251"/>
       <c r="F77" s="122"/>
       <c r="K77" s="52"/>
       <c r="L77" s="47"/>
-      <c r="P77" s="254"/>
-[...6 lines deleted...]
-    <row r="78" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="P77" s="201"/>
+      <c r="Q77" s="199"/>
+      <c r="R77" s="199"/>
+      <c r="S77" s="199"/>
+      <c r="T77" s="199"/>
+      <c r="U77" s="200"/>
+    </row>
+    <row r="78" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D78" s="46"/>
-      <c r="E78" s="200"/>
+      <c r="E78" s="251"/>
       <c r="F78" s="145" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="K78" s="52"/>
       <c r="L78" s="47"/>
-      <c r="P78" s="214" t="s">
-[...8 lines deleted...]
-    <row r="79" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P78" s="198" t="s">
+        <v>196</v>
+      </c>
+      <c r="Q78" s="199"/>
+      <c r="R78" s="199"/>
+      <c r="S78" s="199"/>
+      <c r="T78" s="199"/>
+      <c r="U78" s="200"/>
+    </row>
+    <row r="79" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D79" s="46"/>
-      <c r="E79" s="200"/>
+      <c r="E79" s="251"/>
       <c r="F79" s="35"/>
       <c r="G79" s="35"/>
       <c r="H79" s="35"/>
       <c r="I79" s="35"/>
       <c r="J79" s="35"/>
       <c r="K79" s="52"/>
       <c r="L79" s="47"/>
-      <c r="P79" s="254"/>
-[...6 lines deleted...]
-    <row r="80" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P79" s="201"/>
+      <c r="Q79" s="199"/>
+      <c r="R79" s="199"/>
+      <c r="S79" s="199"/>
+      <c r="T79" s="199"/>
+      <c r="U79" s="200"/>
+    </row>
+    <row r="80" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D80" s="46"/>
-      <c r="E80" s="200"/>
-[...6 lines deleted...]
-      <c r="J80" s="213"/>
+      <c r="E80" s="251"/>
+      <c r="F80" s="222" t="s">
+        <v>136</v>
+      </c>
+      <c r="G80" s="223"/>
+      <c r="H80" s="223"/>
+      <c r="I80" s="223"/>
+      <c r="J80" s="224"/>
       <c r="K80" s="74" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L80" s="47"/>
       <c r="P80" s="54"/>
       <c r="Q80" s="41"/>
       <c r="R80" s="41"/>
       <c r="S80" s="41"/>
       <c r="T80" s="41"/>
       <c r="U80" s="42"/>
     </row>
-    <row r="81" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="81" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D81" s="46"/>
-      <c r="E81" s="200"/>
-      <c r="F81" s="204" t="s">
+      <c r="E81" s="251"/>
+      <c r="F81" s="203" t="s">
         <v>41</v>
       </c>
-      <c r="G81" s="205"/>
-[...2 lines deleted...]
-      <c r="J81" s="207"/>
+      <c r="G81" s="212"/>
+      <c r="H81" s="212"/>
+      <c r="I81" s="213"/>
+      <c r="J81" s="214"/>
       <c r="K81" s="136"/>
       <c r="L81" s="47"/>
       <c r="P81" s="40"/>
       <c r="Q81" s="41"/>
       <c r="R81" s="41"/>
       <c r="S81" s="41"/>
       <c r="T81" s="41"/>
       <c r="U81" s="42"/>
     </row>
-    <row r="82" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="82" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D82" s="46"/>
-      <c r="E82" s="200"/>
-      <c r="F82" s="204" t="s">
+      <c r="E82" s="251"/>
+      <c r="F82" s="203" t="s">
         <v>42</v>
       </c>
-      <c r="G82" s="205"/>
-[...2 lines deleted...]
-      <c r="J82" s="207"/>
+      <c r="G82" s="212"/>
+      <c r="H82" s="212"/>
+      <c r="I82" s="213"/>
+      <c r="J82" s="214"/>
       <c r="K82" s="136"/>
       <c r="L82" s="47"/>
       <c r="P82" s="40"/>
       <c r="Q82" s="41"/>
       <c r="R82" s="41"/>
       <c r="S82" s="41"/>
       <c r="T82" s="41"/>
       <c r="U82" s="42"/>
     </row>
-    <row r="83" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="83" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D83" s="46"/>
-      <c r="E83" s="200"/>
-      <c r="F83" s="204" t="s">
+      <c r="E83" s="251"/>
+      <c r="F83" s="203" t="s">
         <v>43</v>
       </c>
-      <c r="G83" s="205"/>
-[...2 lines deleted...]
-      <c r="J83" s="207"/>
+      <c r="G83" s="212"/>
+      <c r="H83" s="212"/>
+      <c r="I83" s="213"/>
+      <c r="J83" s="214"/>
       <c r="K83" s="136"/>
       <c r="L83" s="47"/>
       <c r="P83" s="40"/>
       <c r="Q83" s="41"/>
       <c r="R83" s="41"/>
       <c r="S83" s="41"/>
       <c r="T83" s="41"/>
       <c r="U83" s="42"/>
     </row>
-    <row r="84" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="84" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D84" s="46"/>
-      <c r="E84" s="200"/>
-[...6 lines deleted...]
-      <c r="J84" s="207"/>
+      <c r="E84" s="251"/>
+      <c r="F84" s="203" t="s">
+        <v>183</v>
+      </c>
+      <c r="G84" s="212"/>
+      <c r="H84" s="212"/>
+      <c r="I84" s="213"/>
+      <c r="J84" s="214"/>
       <c r="K84" s="136"/>
       <c r="L84" s="47"/>
       <c r="P84" s="40"/>
       <c r="Q84" s="41"/>
       <c r="R84" s="41"/>
       <c r="S84" s="41"/>
       <c r="T84" s="41"/>
       <c r="U84" s="42"/>
     </row>
-    <row r="85" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="85" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D85" s="46"/>
-      <c r="E85" s="200"/>
-[...6 lines deleted...]
-      <c r="J85" s="207"/>
+      <c r="E85" s="251"/>
+      <c r="F85" s="203" t="s">
+        <v>184</v>
+      </c>
+      <c r="G85" s="212"/>
+      <c r="H85" s="212"/>
+      <c r="I85" s="213"/>
+      <c r="J85" s="214"/>
       <c r="K85" s="136"/>
       <c r="L85" s="47"/>
       <c r="P85" s="40"/>
       <c r="Q85" s="41"/>
       <c r="R85" s="41"/>
       <c r="S85" s="41"/>
       <c r="T85" s="41"/>
       <c r="U85" s="42"/>
     </row>
-    <row r="86" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="86" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D86" s="46"/>
-      <c r="E86" s="200"/>
-[...6 lines deleted...]
-      <c r="J86" s="207"/>
+      <c r="E86" s="251"/>
+      <c r="F86" s="203" t="s">
+        <v>61</v>
+      </c>
+      <c r="G86" s="212"/>
+      <c r="H86" s="212"/>
+      <c r="I86" s="213"/>
+      <c r="J86" s="214"/>
       <c r="K86" s="136"/>
       <c r="L86" s="47"/>
       <c r="P86" s="40"/>
       <c r="Q86" s="41"/>
       <c r="R86" s="41"/>
       <c r="S86" s="41"/>
       <c r="T86" s="41"/>
       <c r="U86" s="42"/>
     </row>
-    <row r="87" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="87" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D87" s="46"/>
-      <c r="E87" s="200"/>
-[...4 lines deleted...]
-      <c r="J87" s="207"/>
+      <c r="E87" s="251"/>
+      <c r="F87" s="203"/>
+      <c r="G87" s="212"/>
+      <c r="H87" s="212"/>
+      <c r="I87" s="213"/>
+      <c r="J87" s="214"/>
       <c r="K87" s="136"/>
       <c r="L87" s="47"/>
       <c r="P87" s="40"/>
       <c r="Q87" s="41"/>
       <c r="R87" s="41"/>
       <c r="S87" s="41"/>
       <c r="T87" s="41"/>
       <c r="U87" s="42"/>
     </row>
-    <row r="88" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="88" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D88" s="46"/>
-      <c r="E88" s="200"/>
-[...4 lines deleted...]
-      <c r="J88" s="207"/>
+      <c r="E88" s="251"/>
+      <c r="F88" s="203"/>
+      <c r="G88" s="212"/>
+      <c r="H88" s="212"/>
+      <c r="I88" s="213"/>
+      <c r="J88" s="214"/>
       <c r="K88" s="136"/>
       <c r="L88" s="47"/>
       <c r="P88" s="40"/>
       <c r="Q88" s="41"/>
       <c r="R88" s="41"/>
       <c r="S88" s="41"/>
       <c r="T88" s="41"/>
       <c r="U88" s="42"/>
     </row>
-    <row r="89" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="89" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D89" s="46"/>
-      <c r="E89" s="200"/>
+      <c r="E89" s="251"/>
       <c r="K89" s="52"/>
       <c r="L89" s="47"/>
       <c r="P89" s="40"/>
       <c r="Q89" s="41"/>
       <c r="R89" s="41"/>
       <c r="S89" s="41"/>
       <c r="T89" s="41"/>
       <c r="U89" s="42"/>
     </row>
-    <row r="90" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="90" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D90" s="46"/>
-      <c r="E90" s="200"/>
+      <c r="E90" s="251"/>
       <c r="K90" s="52"/>
       <c r="L90" s="47"/>
       <c r="P90" s="40"/>
       <c r="Q90" s="41"/>
       <c r="R90" s="41"/>
       <c r="S90" s="41"/>
       <c r="T90" s="41"/>
       <c r="U90" s="42"/>
     </row>
-    <row r="91" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="91" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D91" s="46"/>
-      <c r="E91" s="200"/>
-[...6 lines deleted...]
-      <c r="J91" s="203"/>
+      <c r="E91" s="251"/>
+      <c r="F91" s="253" t="s">
+        <v>186</v>
+      </c>
+      <c r="G91" s="254"/>
+      <c r="H91" s="254"/>
+      <c r="I91" s="254"/>
+      <c r="J91" s="254"/>
       <c r="K91" s="148">
         <f>SUM(K$81:K88)</f>
         <v>0</v>
       </c>
       <c r="L91" s="47"/>
       <c r="P91" s="40"/>
       <c r="Q91" s="41"/>
       <c r="R91" s="41"/>
       <c r="S91" s="41"/>
       <c r="T91" s="41"/>
       <c r="U91" s="42"/>
     </row>
-    <row r="92" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="92" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D92" s="46"/>
-      <c r="E92" s="200"/>
+      <c r="E92" s="251"/>
       <c r="K92" s="75"/>
       <c r="L92" s="47"/>
       <c r="P92" s="40"/>
       <c r="Q92" s="41"/>
       <c r="R92" s="41"/>
       <c r="S92" s="41"/>
       <c r="T92" s="41"/>
       <c r="U92" s="42"/>
     </row>
-    <row r="93" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="93" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D93" s="46"/>
-      <c r="E93" s="200"/>
+      <c r="E93" s="251"/>
       <c r="F93" s="145" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="K93" s="52"/>
       <c r="L93" s="47"/>
-      <c r="P93" s="214" t="s">
-[...8 lines deleted...]
-    <row r="94" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P93" s="198" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q93" s="208"/>
+      <c r="R93" s="208"/>
+      <c r="S93" s="208"/>
+      <c r="T93" s="208"/>
+      <c r="U93" s="209"/>
+    </row>
+    <row r="94" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D94" s="46"/>
-      <c r="E94" s="200"/>
+      <c r="E94" s="251"/>
       <c r="F94" s="35"/>
       <c r="G94" s="35"/>
       <c r="H94" s="35"/>
       <c r="I94" s="35"/>
       <c r="J94" s="35"/>
       <c r="K94" s="52"/>
       <c r="L94" s="47"/>
-      <c r="P94" s="217"/>
-[...6 lines deleted...]
-    <row r="95" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P94" s="210"/>
+      <c r="Q94" s="208"/>
+      <c r="R94" s="208"/>
+      <c r="S94" s="208"/>
+      <c r="T94" s="208"/>
+      <c r="U94" s="209"/>
+    </row>
+    <row r="95" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D95" s="46"/>
-      <c r="E95" s="200"/>
-      <c r="F95" s="211" t="s">
+      <c r="E95" s="251"/>
+      <c r="F95" s="222" t="s">
         <v>24</v>
       </c>
-      <c r="G95" s="212"/>
-[...2 lines deleted...]
-      <c r="J95" s="213"/>
+      <c r="G95" s="223"/>
+      <c r="H95" s="223"/>
+      <c r="I95" s="223"/>
+      <c r="J95" s="224"/>
       <c r="K95" s="74" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L95" s="47"/>
-      <c r="P95" s="217"/>
-[...6 lines deleted...]
-    <row r="96" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P95" s="210"/>
+      <c r="Q95" s="208"/>
+      <c r="R95" s="208"/>
+      <c r="S95" s="208"/>
+      <c r="T95" s="208"/>
+      <c r="U95" s="209"/>
+    </row>
+    <row r="96" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D96" s="46"/>
-      <c r="E96" s="200"/>
-[...6 lines deleted...]
-      <c r="J96" s="207"/>
+      <c r="E96" s="251"/>
+      <c r="F96" s="203" t="s">
+        <v>211</v>
+      </c>
+      <c r="G96" s="212"/>
+      <c r="H96" s="212"/>
+      <c r="I96" s="213"/>
+      <c r="J96" s="214"/>
       <c r="K96" s="136"/>
       <c r="L96" s="47"/>
-      <c r="P96" s="217"/>
-[...6 lines deleted...]
-    <row r="97" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P96" s="210"/>
+      <c r="Q96" s="208"/>
+      <c r="R96" s="208"/>
+      <c r="S96" s="208"/>
+      <c r="T96" s="208"/>
+      <c r="U96" s="209"/>
+    </row>
+    <row r="97" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D97" s="46"/>
-      <c r="E97" s="200"/>
-[...6 lines deleted...]
-      <c r="J97" s="207"/>
+      <c r="E97" s="251"/>
+      <c r="F97" s="203" t="s">
+        <v>76</v>
+      </c>
+      <c r="G97" s="212"/>
+      <c r="H97" s="212"/>
+      <c r="I97" s="213"/>
+      <c r="J97" s="214"/>
       <c r="K97" s="136"/>
       <c r="L97" s="47"/>
-      <c r="P97" s="217"/>
-[...6 lines deleted...]
-    <row r="98" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P97" s="210"/>
+      <c r="Q97" s="208"/>
+      <c r="R97" s="208"/>
+      <c r="S97" s="208"/>
+      <c r="T97" s="208"/>
+      <c r="U97" s="209"/>
+    </row>
+    <row r="98" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D98" s="46"/>
-      <c r="E98" s="200"/>
-[...4 lines deleted...]
-      <c r="J98" s="207"/>
+      <c r="E98" s="251"/>
+      <c r="F98" s="203"/>
+      <c r="G98" s="212"/>
+      <c r="H98" s="212"/>
+      <c r="I98" s="213"/>
+      <c r="J98" s="214"/>
       <c r="K98" s="136"/>
       <c r="L98" s="47"/>
       <c r="P98" s="54"/>
       <c r="Q98" s="55"/>
       <c r="R98" s="55"/>
       <c r="S98" s="55"/>
       <c r="T98" s="55"/>
       <c r="U98" s="56"/>
     </row>
-    <row r="99" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="99" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D99" s="46"/>
-      <c r="E99" s="200"/>
+      <c r="E99" s="251"/>
       <c r="K99" s="52"/>
       <c r="L99" s="47"/>
       <c r="P99" s="54"/>
       <c r="Q99" s="55"/>
       <c r="R99" s="55"/>
       <c r="S99" s="55"/>
       <c r="T99" s="55"/>
       <c r="U99" s="56"/>
     </row>
-    <row r="100" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="100" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D100" s="46"/>
-      <c r="E100" s="200"/>
+      <c r="E100" s="251"/>
       <c r="K100" s="52"/>
       <c r="L100" s="47"/>
       <c r="P100" s="54"/>
       <c r="Q100" s="55"/>
       <c r="R100" s="55"/>
       <c r="S100" s="55"/>
       <c r="T100" s="55"/>
       <c r="U100" s="56"/>
     </row>
-    <row r="101" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="101" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D101" s="46"/>
-      <c r="E101" s="200"/>
-[...6 lines deleted...]
-      <c r="J101" s="213"/>
+      <c r="E101" s="251"/>
+      <c r="F101" s="222" t="s">
+        <v>135</v>
+      </c>
+      <c r="G101" s="223"/>
+      <c r="H101" s="223"/>
+      <c r="I101" s="223"/>
+      <c r="J101" s="224"/>
       <c r="K101" s="74" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L101" s="47"/>
-      <c r="P101" s="214"/>
-[...6 lines deleted...]
-    <row r="102" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P101" s="198"/>
+      <c r="Q101" s="208"/>
+      <c r="R101" s="208"/>
+      <c r="S101" s="208"/>
+      <c r="T101" s="208"/>
+      <c r="U101" s="209"/>
+    </row>
+    <row r="102" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D102" s="46"/>
-      <c r="E102" s="200"/>
-[...6 lines deleted...]
-      <c r="J102" s="207"/>
+      <c r="E102" s="251"/>
+      <c r="F102" s="203" t="s">
+        <v>222</v>
+      </c>
+      <c r="G102" s="212"/>
+      <c r="H102" s="212"/>
+      <c r="I102" s="213"/>
+      <c r="J102" s="214"/>
       <c r="K102" s="136"/>
       <c r="L102" s="47"/>
-      <c r="P102" s="217"/>
-[...6 lines deleted...]
-    <row r="103" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P102" s="210"/>
+      <c r="Q102" s="208"/>
+      <c r="R102" s="208"/>
+      <c r="S102" s="208"/>
+      <c r="T102" s="208"/>
+      <c r="U102" s="209"/>
+    </row>
+    <row r="103" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D103" s="46"/>
-      <c r="E103" s="200"/>
-[...6 lines deleted...]
-      <c r="J103" s="207"/>
+      <c r="E103" s="251"/>
+      <c r="F103" s="203" t="s">
+        <v>223</v>
+      </c>
+      <c r="G103" s="212"/>
+      <c r="H103" s="212"/>
+      <c r="I103" s="213"/>
+      <c r="J103" s="214"/>
       <c r="K103" s="136"/>
       <c r="L103" s="47"/>
-      <c r="P103" s="217"/>
-[...6 lines deleted...]
-    <row r="104" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+      <c r="P103" s="210"/>
+      <c r="Q103" s="208"/>
+      <c r="R103" s="208"/>
+      <c r="S103" s="208"/>
+      <c r="T103" s="208"/>
+      <c r="U103" s="209"/>
+    </row>
+    <row r="104" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D104" s="46"/>
-      <c r="E104" s="200"/>
+      <c r="E104" s="251"/>
       <c r="F104" s="58"/>
       <c r="G104" s="59"/>
       <c r="H104" s="59"/>
       <c r="I104" s="76"/>
       <c r="J104" s="77"/>
       <c r="K104" s="78"/>
       <c r="L104" s="47"/>
       <c r="P104" s="40"/>
       <c r="Q104" s="41"/>
       <c r="R104" s="41"/>
       <c r="S104" s="41"/>
       <c r="T104" s="41"/>
       <c r="U104" s="42"/>
     </row>
-    <row r="105" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="105" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D105" s="46"/>
-      <c r="E105" s="200"/>
+      <c r="E105" s="251"/>
       <c r="F105" s="58"/>
       <c r="G105" s="59"/>
       <c r="H105" s="59"/>
       <c r="I105" s="76"/>
       <c r="J105" s="77"/>
       <c r="K105" s="78"/>
       <c r="L105" s="47"/>
       <c r="P105" s="40"/>
       <c r="Q105" s="41"/>
       <c r="R105" s="41"/>
       <c r="S105" s="41"/>
       <c r="T105" s="41"/>
       <c r="U105" s="42"/>
     </row>
-    <row r="106" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="106" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D106" s="46"/>
-      <c r="E106" s="200"/>
-[...6 lines deleted...]
-      <c r="J106" s="203"/>
+      <c r="E106" s="251"/>
+      <c r="F106" s="253" t="s">
+        <v>80</v>
+      </c>
+      <c r="G106" s="254"/>
+      <c r="H106" s="254"/>
+      <c r="I106" s="254"/>
+      <c r="J106" s="254"/>
       <c r="K106" s="148">
         <f>SUM(K$96:K98)+SUM(K$102:K103)</f>
         <v>0</v>
       </c>
       <c r="L106" s="47"/>
       <c r="P106" s="40"/>
       <c r="Q106" s="41"/>
       <c r="R106" s="41"/>
       <c r="S106" s="41"/>
       <c r="T106" s="41"/>
       <c r="U106" s="42"/>
     </row>
-    <row r="107" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="107" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D107" s="46"/>
-      <c r="E107" s="200"/>
+      <c r="E107" s="251"/>
       <c r="F107" s="58"/>
       <c r="G107" s="59"/>
       <c r="H107" s="59"/>
       <c r="I107" s="76"/>
       <c r="J107" s="77"/>
       <c r="K107" s="78"/>
       <c r="L107" s="47"/>
       <c r="P107" s="40"/>
       <c r="Q107" s="41"/>
       <c r="R107" s="41"/>
       <c r="S107" s="41"/>
       <c r="T107" s="41"/>
       <c r="U107" s="42"/>
     </row>
-    <row r="108" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="108" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D108" s="46"/>
-      <c r="E108" s="200"/>
+      <c r="E108" s="251"/>
       <c r="F108" s="58"/>
       <c r="G108" s="59"/>
       <c r="H108" s="59"/>
       <c r="I108" s="76"/>
       <c r="J108" s="77"/>
       <c r="K108" s="78"/>
       <c r="L108" s="47"/>
       <c r="P108" s="40"/>
       <c r="Q108" s="41"/>
       <c r="R108" s="41"/>
       <c r="S108" s="41"/>
       <c r="T108" s="41"/>
       <c r="U108" s="42"/>
     </row>
-    <row r="109" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D109" s="46"/>
-      <c r="E109" s="200"/>
-[...4 lines deleted...]
-      <c r="H109" s="212"/>
+      <c r="E109" s="251"/>
+      <c r="F109" s="240" t="s">
+        <v>185</v>
+      </c>
+      <c r="G109" s="223"/>
+      <c r="H109" s="223"/>
       <c r="I109" s="79"/>
       <c r="J109" s="80"/>
       <c r="K109" s="81">
         <f>K91+K106</f>
         <v>0</v>
       </c>
       <c r="L109" s="47"/>
       <c r="P109" s="40"/>
       <c r="Q109" s="41"/>
       <c r="R109" s="41"/>
       <c r="S109" s="41"/>
       <c r="T109" s="41"/>
       <c r="U109" s="42"/>
     </row>
-    <row r="110" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D110" s="46"/>
-      <c r="E110" s="200"/>
+      <c r="E110" s="251"/>
       <c r="F110" s="58"/>
       <c r="G110" s="59"/>
       <c r="H110" s="59"/>
       <c r="I110" s="76"/>
       <c r="J110" s="77"/>
       <c r="K110" s="78"/>
       <c r="L110" s="47"/>
       <c r="P110" s="40"/>
       <c r="Q110" s="41"/>
       <c r="R110" s="41"/>
       <c r="S110" s="41"/>
       <c r="T110" s="41"/>
       <c r="U110" s="42"/>
     </row>
-    <row r="111" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D111" s="46"/>
-      <c r="E111" s="200"/>
+      <c r="E111" s="251"/>
       <c r="F111" s="58"/>
       <c r="G111" s="59"/>
       <c r="H111" s="59"/>
       <c r="I111" s="76"/>
       <c r="J111" s="77"/>
       <c r="K111" s="78"/>
       <c r="L111" s="47"/>
       <c r="P111" s="40"/>
       <c r="Q111" s="41"/>
       <c r="R111" s="41"/>
       <c r="S111" s="41"/>
       <c r="T111" s="41"/>
       <c r="U111" s="42"/>
     </row>
-    <row r="112" spans="4:21" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="112" spans="4:21" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D112" s="46"/>
-      <c r="E112" s="201"/>
+      <c r="E112" s="252"/>
       <c r="F112" s="83" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="G112" s="83"/>
       <c r="H112" s="83"/>
       <c r="I112" s="83"/>
       <c r="J112" s="83"/>
-      <c r="K112" s="161">
+      <c r="K112" s="162">
         <f>K74+K109</f>
         <v>0</v>
       </c>
       <c r="L112" s="47"/>
       <c r="P112" s="40"/>
       <c r="Q112" s="41"/>
       <c r="R112" s="41"/>
       <c r="S112" s="41"/>
       <c r="T112" s="41"/>
       <c r="U112" s="42"/>
     </row>
-    <row r="113" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="113" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D113" s="46"/>
       <c r="L113" s="47"/>
       <c r="P113" s="40"/>
       <c r="Q113" s="41"/>
       <c r="R113" s="41"/>
       <c r="S113" s="41"/>
       <c r="T113" s="41"/>
       <c r="U113" s="42"/>
     </row>
-    <row r="114" spans="4:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D114" s="46"/>
       <c r="F114" s="64"/>
       <c r="G114" s="64"/>
       <c r="H114" s="64"/>
       <c r="I114" s="64"/>
       <c r="J114" s="64"/>
       <c r="K114" s="64"/>
       <c r="L114" s="47"/>
       <c r="P114" s="40"/>
       <c r="Q114" s="41"/>
       <c r="R114" s="41"/>
       <c r="S114" s="41"/>
       <c r="T114" s="41"/>
       <c r="U114" s="42"/>
     </row>
-    <row r="115" spans="4:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="115" spans="4:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D115" s="46"/>
-      <c r="E115" s="243" t="s">
-        <v>103</v>
+      <c r="E115" s="215" t="s">
+        <v>106</v>
       </c>
       <c r="F115" s="48" t="s">
-        <v>239</v>
+        <v>187</v>
       </c>
       <c r="G115" s="49"/>
       <c r="H115" s="49"/>
       <c r="I115" s="49"/>
       <c r="J115" s="49"/>
       <c r="K115" s="50"/>
       <c r="L115" s="47"/>
       <c r="P115" s="40"/>
       <c r="Q115" s="41"/>
       <c r="R115" s="41"/>
       <c r="S115" s="41"/>
       <c r="T115" s="41"/>
       <c r="U115" s="42"/>
     </row>
-    <row r="116" spans="4:21" ht="13" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D116" s="46"/>
-      <c r="E116" s="244"/>
+      <c r="E116" s="216"/>
       <c r="F116" s="7"/>
       <c r="K116" s="52"/>
       <c r="L116" s="47"/>
       <c r="P116" s="40"/>
       <c r="Q116" s="41"/>
       <c r="R116" s="41"/>
       <c r="S116" s="41"/>
       <c r="T116" s="41"/>
       <c r="U116" s="42"/>
     </row>
-    <row r="117" spans="4:21" ht="13" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D117" s="46"/>
-      <c r="E117" s="244"/>
+      <c r="E117" s="216"/>
       <c r="F117" s="66" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="K117" s="52"/>
       <c r="L117" s="47"/>
       <c r="P117" s="40"/>
       <c r="Q117" s="41"/>
       <c r="R117" s="41"/>
       <c r="S117" s="41"/>
       <c r="T117" s="41"/>
       <c r="U117" s="42"/>
     </row>
-    <row r="118" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="118" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D118" s="46"/>
-      <c r="E118" s="244"/>
+      <c r="E118" s="216"/>
       <c r="F118" s="7"/>
       <c r="K118" s="52"/>
       <c r="L118" s="47"/>
       <c r="P118" s="40"/>
       <c r="Q118" s="41"/>
       <c r="R118" s="41"/>
       <c r="S118" s="41"/>
       <c r="T118" s="41"/>
       <c r="U118" s="42"/>
     </row>
-    <row r="119" spans="4:21" ht="12.75" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="119" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D119" s="46"/>
-      <c r="E119" s="244"/>
-[...6 lines deleted...]
-      <c r="J119" s="213"/>
+      <c r="E119" s="216"/>
+      <c r="F119" s="222" t="s">
+        <v>124</v>
+      </c>
+      <c r="G119" s="223"/>
+      <c r="H119" s="223"/>
+      <c r="I119" s="223"/>
+      <c r="J119" s="224"/>
       <c r="K119" s="74" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L119" s="47"/>
       <c r="P119" s="40"/>
       <c r="Q119" s="41"/>
       <c r="R119" s="41"/>
       <c r="S119" s="41"/>
       <c r="T119" s="41"/>
       <c r="U119" s="42"/>
     </row>
-    <row r="120" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="120" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D120" s="46"/>
-      <c r="E120" s="244"/>
-[...7 lines deleted...]
-      <c r="K120" s="156">
+      <c r="E120" s="216"/>
+      <c r="F120" s="203" t="s">
+        <v>137</v>
+      </c>
+      <c r="G120" s="212"/>
+      <c r="H120" s="212"/>
+      <c r="I120" s="213"/>
+      <c r="J120" s="214"/>
+      <c r="K120" s="157">
         <f>IF(G34="Ja",0,INDEX(Tabeller!M2:Q7,(IF(G35&lt;8,2,IF(AND(G35&gt;=8,G35&lt;16),3,IF(AND(G35&gt;=16,G35&lt;45),4,(IF(AND(G35&gt;=45,G35&lt;60),5,6)))))),(IF(G36&lt;8,2,IF(AND(G36&gt;=8,G36&lt;20),3,IF(AND(G36&gt;=20,G36&lt;30),4,5))))))</f>
         <v>19018.125</v>
       </c>
       <c r="L120" s="47"/>
       <c r="P120" s="40"/>
       <c r="Q120" s="41"/>
       <c r="R120" s="41"/>
       <c r="S120" s="41"/>
       <c r="T120" s="41"/>
       <c r="U120" s="42"/>
     </row>
-    <row r="121" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="121" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D121" s="46"/>
-      <c r="E121" s="244"/>
+      <c r="E121" s="216"/>
       <c r="F121" s="7"/>
       <c r="K121" s="52"/>
       <c r="L121" s="47"/>
       <c r="P121" s="40"/>
       <c r="Q121" s="41"/>
       <c r="R121" s="41"/>
       <c r="S121" s="41"/>
       <c r="T121" s="41"/>
       <c r="U121" s="42"/>
     </row>
-    <row r="122" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="122" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D122" s="46"/>
-      <c r="E122" s="244"/>
+      <c r="E122" s="216"/>
       <c r="F122" s="7"/>
       <c r="K122" s="52"/>
       <c r="L122" s="47"/>
       <c r="P122" s="40"/>
       <c r="Q122" s="41"/>
       <c r="R122" s="41"/>
       <c r="S122" s="41"/>
       <c r="T122" s="41"/>
       <c r="U122" s="42"/>
     </row>
-    <row r="123" spans="4:21" ht="12.65" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="123" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D123" s="46"/>
-      <c r="E123" s="244"/>
-[...4 lines deleted...]
-      <c r="H123" s="212"/>
+      <c r="E123" s="216"/>
+      <c r="F123" s="225" t="s">
+        <v>134</v>
+      </c>
+      <c r="G123" s="223"/>
+      <c r="H123" s="224"/>
       <c r="I123" s="67" t="s">
         <v>58</v>
       </c>
       <c r="J123" s="67" t="s">
         <v>4</v>
       </c>
       <c r="K123" s="68" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L123" s="47"/>
       <c r="P123" s="40"/>
       <c r="Q123" s="41"/>
       <c r="R123" s="41"/>
       <c r="S123" s="41"/>
       <c r="T123" s="41"/>
       <c r="U123" s="42"/>
     </row>
-    <row r="124" spans="4:21" ht="14" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="124" spans="4:21" ht="14.25" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D124" s="46"/>
-      <c r="E124" s="244"/>
-      <c r="F124" s="247" t="s">
+      <c r="E124" s="216"/>
+      <c r="F124" s="219" t="s">
         <v>59</v>
       </c>
-      <c r="G124" s="248"/>
-      <c r="H124" s="249"/>
+      <c r="G124" s="220"/>
+      <c r="H124" s="221"/>
       <c r="I124" s="85" t="str">
         <f>IF(G34="Ja",10000,"")</f>
         <v/>
       </c>
       <c r="J124" s="85" t="str">
         <f>IF(G34="Ja",1,"")</f>
         <v/>
       </c>
       <c r="K124" s="70">
         <f>IF(J124="",0,I124*J124)</f>
         <v>0</v>
       </c>
       <c r="L124" s="47"/>
       <c r="P124" s="40"/>
       <c r="Q124" s="41"/>
       <c r="R124" s="41"/>
       <c r="S124" s="41"/>
       <c r="T124" s="41"/>
       <c r="U124" s="42"/>
     </row>
-    <row r="125" spans="4:21" ht="14" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="125" spans="4:21" ht="14.25" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D125" s="46"/>
-      <c r="E125" s="244"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E125" s="216"/>
+      <c r="F125" s="219" t="s">
+        <v>60</v>
+      </c>
+      <c r="G125" s="220"/>
+      <c r="H125" s="221"/>
+      <c r="I125" s="85" t="str">
+        <f>IF(G33="Ja",5000,"")</f>
+        <v/>
+      </c>
+      <c r="J125" s="72"/>
       <c r="K125" s="86">
         <f>IF(J125="",0,I125*J125)</f>
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L125" s="47"/>
       <c r="P125" s="40"/>
       <c r="Q125" s="41"/>
       <c r="R125" s="41"/>
       <c r="S125" s="41"/>
       <c r="T125" s="41"/>
       <c r="U125" s="42"/>
     </row>
-    <row r="126" spans="4:21" ht="14" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="126" spans="4:21" ht="14.25" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D126" s="46"/>
-      <c r="E126" s="244"/>
-      <c r="F126" s="193"/>
+      <c r="E126" s="216"/>
+      <c r="F126" s="194"/>
       <c r="G126"/>
       <c r="H126"/>
       <c r="K126" s="52"/>
       <c r="L126" s="47"/>
       <c r="P126" s="40"/>
       <c r="Q126" s="41"/>
       <c r="R126" s="41"/>
       <c r="S126" s="41"/>
       <c r="T126" s="41"/>
       <c r="U126" s="42"/>
     </row>
-    <row r="127" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="127" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D127" s="46"/>
-      <c r="E127" s="244"/>
+      <c r="E127" s="216"/>
       <c r="F127" s="7"/>
       <c r="K127" s="52"/>
       <c r="L127" s="47"/>
       <c r="P127" s="40"/>
       <c r="Q127" s="41"/>
       <c r="R127" s="41"/>
       <c r="S127" s="41"/>
       <c r="T127" s="41"/>
       <c r="U127" s="42"/>
     </row>
-    <row r="128" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="128" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D128" s="46"/>
-      <c r="E128" s="244"/>
-[...6 lines deleted...]
-      <c r="J128" s="207"/>
+      <c r="E128" s="216"/>
+      <c r="F128" s="205" t="s">
+        <v>240</v>
+      </c>
+      <c r="G128" s="213"/>
+      <c r="H128" s="213"/>
+      <c r="I128" s="213"/>
+      <c r="J128" s="214"/>
       <c r="K128" s="81">
         <f>SUM(K120,K124:K125)</f>
-        <v>24018.125</v>
+        <v>19018.125</v>
       </c>
       <c r="L128" s="47"/>
       <c r="P128" s="40"/>
       <c r="Q128" s="41"/>
       <c r="R128" s="41"/>
       <c r="S128" s="41"/>
       <c r="T128" s="41"/>
       <c r="U128" s="42"/>
     </row>
-    <row r="129" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="129" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D129" s="46"/>
-      <c r="E129" s="244"/>
+      <c r="E129" s="216"/>
       <c r="F129" s="7"/>
       <c r="K129" s="52"/>
       <c r="L129" s="47"/>
       <c r="P129" s="40"/>
       <c r="Q129" s="41"/>
       <c r="R129" s="41"/>
       <c r="S129" s="41"/>
       <c r="T129" s="41"/>
       <c r="U129" s="42"/>
     </row>
-    <row r="130" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="130" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D130" s="46"/>
-      <c r="E130" s="244"/>
+      <c r="E130" s="216"/>
       <c r="F130" s="66" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="K130" s="52"/>
       <c r="L130" s="47"/>
       <c r="P130" s="40"/>
       <c r="Q130" s="41"/>
       <c r="R130" s="41"/>
       <c r="S130" s="41"/>
       <c r="T130" s="41"/>
       <c r="U130" s="42"/>
     </row>
-    <row r="131" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="131" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D131" s="46"/>
-      <c r="E131" s="244"/>
+      <c r="E131" s="216"/>
       <c r="F131" s="51"/>
       <c r="K131" s="52"/>
       <c r="L131" s="47"/>
       <c r="P131" s="40"/>
       <c r="Q131" s="41"/>
       <c r="R131" s="41"/>
       <c r="S131" s="41"/>
       <c r="T131" s="41"/>
       <c r="U131" s="42"/>
     </row>
-    <row r="132" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="132" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D132" s="46"/>
-      <c r="E132" s="244"/>
-[...4 lines deleted...]
-      <c r="H132" s="233"/>
+      <c r="E132" s="216"/>
+      <c r="F132" s="235" t="s">
+        <v>138</v>
+      </c>
+      <c r="G132" s="236"/>
+      <c r="H132" s="236"/>
       <c r="I132" s="67" t="s">
         <v>4</v>
       </c>
       <c r="J132" s="67" t="s">
         <v>58</v>
       </c>
       <c r="K132" s="68" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L132" s="47"/>
       <c r="P132" s="40"/>
       <c r="Q132" s="41"/>
       <c r="R132" s="41"/>
       <c r="S132" s="41"/>
       <c r="T132" s="41"/>
       <c r="U132" s="42"/>
     </row>
-    <row r="133" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="133" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D133" s="46"/>
-      <c r="E133" s="244"/>
-[...4 lines deleted...]
-      <c r="H133" s="209"/>
+      <c r="E133" s="216"/>
+      <c r="F133" s="202" t="s">
+        <v>78</v>
+      </c>
+      <c r="G133" s="203"/>
+      <c r="H133" s="204"/>
       <c r="I133" s="87"/>
       <c r="J133" s="69"/>
       <c r="K133" s="70">
         <f>IF(OR(I133="",J133=""),0,(I133*J133))</f>
         <v>0</v>
       </c>
       <c r="L133" s="47"/>
       <c r="P133" s="40"/>
       <c r="Q133" s="41"/>
       <c r="R133" s="41"/>
       <c r="S133" s="41"/>
       <c r="T133" s="41"/>
       <c r="U133" s="42"/>
     </row>
-    <row r="134" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="134" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D134" s="46"/>
-      <c r="E134" s="244"/>
-[...2 lines deleted...]
-      <c r="H134" s="209"/>
+      <c r="E134" s="216"/>
+      <c r="F134" s="202"/>
+      <c r="G134" s="203"/>
+      <c r="H134" s="204"/>
       <c r="I134" s="87"/>
       <c r="J134" s="69"/>
       <c r="K134" s="70">
         <f>IF(OR(I134="",J134=""),0,(I134*J134))</f>
         <v>0</v>
       </c>
       <c r="L134" s="47"/>
       <c r="P134" s="40"/>
       <c r="Q134" s="41"/>
       <c r="R134" s="41"/>
       <c r="S134" s="41"/>
       <c r="T134" s="41"/>
       <c r="U134" s="42"/>
     </row>
-    <row r="135" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="135" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D135" s="46"/>
-      <c r="E135" s="244"/>
-[...2 lines deleted...]
-      <c r="H135" s="209"/>
+      <c r="E135" s="216"/>
+      <c r="F135" s="202"/>
+      <c r="G135" s="203"/>
+      <c r="H135" s="204"/>
       <c r="I135" s="87"/>
       <c r="J135" s="69"/>
       <c r="K135" s="70">
         <f t="shared" ref="K135:K136" si="1">IF(OR(I135="",J135=""),0,(I135*J135))</f>
         <v>0</v>
       </c>
       <c r="L135" s="47"/>
       <c r="P135" s="40"/>
       <c r="Q135" s="41"/>
       <c r="R135" s="41"/>
       <c r="S135" s="41"/>
       <c r="T135" s="41"/>
       <c r="U135" s="42"/>
     </row>
-    <row r="136" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="136" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D136" s="46"/>
-      <c r="E136" s="244"/>
-[...2 lines deleted...]
-      <c r="H136" s="209"/>
+      <c r="E136" s="216"/>
+      <c r="F136" s="202"/>
+      <c r="G136" s="203"/>
+      <c r="H136" s="204"/>
       <c r="I136" s="87"/>
       <c r="J136" s="69"/>
       <c r="K136" s="70">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L136" s="47"/>
       <c r="P136" s="40"/>
       <c r="Q136" s="41"/>
       <c r="R136" s="41"/>
       <c r="S136" s="41"/>
       <c r="T136" s="41"/>
       <c r="U136" s="42"/>
     </row>
-    <row r="137" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="137" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D137" s="46"/>
-      <c r="E137" s="244"/>
+      <c r="E137" s="216"/>
       <c r="F137" s="51"/>
       <c r="K137" s="52"/>
       <c r="L137" s="47"/>
       <c r="P137" s="40"/>
       <c r="Q137" s="41"/>
       <c r="R137" s="41"/>
       <c r="S137" s="41"/>
       <c r="T137" s="41"/>
       <c r="U137" s="42"/>
     </row>
-    <row r="138" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="138" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D138" s="46"/>
-      <c r="E138" s="244"/>
-[...4 lines deleted...]
-      <c r="H138" s="233"/>
+      <c r="E138" s="216"/>
+      <c r="F138" s="235" t="s">
+        <v>242</v>
+      </c>
+      <c r="G138" s="236"/>
+      <c r="H138" s="236"/>
       <c r="I138" s="67" t="s">
         <v>1</v>
       </c>
       <c r="J138" s="67" t="s">
         <v>57</v>
       </c>
       <c r="K138" s="68" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L138" s="47"/>
       <c r="P138" s="40"/>
       <c r="Q138" s="41"/>
       <c r="R138" s="41"/>
       <c r="S138" s="41"/>
       <c r="T138" s="41"/>
       <c r="U138" s="42"/>
     </row>
-    <row r="139" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="139" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D139" s="46"/>
-      <c r="E139" s="244"/>
-[...2 lines deleted...]
-      <c r="H139" s="209"/>
+      <c r="E139" s="216"/>
+      <c r="F139" s="202"/>
+      <c r="G139" s="203"/>
+      <c r="H139" s="204"/>
       <c r="I139" s="87"/>
       <c r="J139" s="69"/>
       <c r="K139" s="70">
         <f>IF(OR(I139="",J139=""),0,(I139*J139))</f>
         <v>0</v>
       </c>
       <c r="L139" s="47"/>
       <c r="P139" s="40"/>
       <c r="Q139" s="41"/>
       <c r="R139" s="41"/>
       <c r="S139" s="41"/>
       <c r="T139" s="41"/>
       <c r="U139" s="42"/>
     </row>
-    <row r="140" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="140" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D140" s="46"/>
-      <c r="E140" s="244"/>
-[...2 lines deleted...]
-      <c r="H140" s="209"/>
+      <c r="E140" s="216"/>
+      <c r="F140" s="202"/>
+      <c r="G140" s="203"/>
+      <c r="H140" s="204"/>
       <c r="I140" s="87"/>
       <c r="J140" s="69"/>
       <c r="K140" s="70">
         <f t="shared" ref="K140:K141" si="2">IF(OR(I140="",J140=""),0,(I140*J140))</f>
         <v>0</v>
       </c>
       <c r="L140" s="47"/>
       <c r="P140" s="40"/>
       <c r="Q140" s="41"/>
       <c r="R140" s="41"/>
       <c r="S140" s="41"/>
       <c r="T140" s="41"/>
       <c r="U140" s="42"/>
     </row>
-    <row r="141" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="141" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D141" s="46"/>
-      <c r="E141" s="244"/>
+      <c r="E141" s="216"/>
+      <c r="F141" s="202"/>
+      <c r="G141" s="203"/>
+      <c r="H141" s="204"/>
       <c r="I141" s="87"/>
       <c r="J141" s="69"/>
       <c r="K141" s="70">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L141" s="47"/>
       <c r="P141" s="40"/>
       <c r="Q141" s="41"/>
       <c r="R141" s="41"/>
       <c r="S141" s="41"/>
       <c r="T141" s="41"/>
       <c r="U141" s="42"/>
     </row>
-    <row r="142" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="142" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D142" s="46"/>
-      <c r="E142" s="244"/>
-[...2 lines deleted...]
-      <c r="H142" s="209"/>
+      <c r="E142" s="216"/>
+      <c r="F142" s="202"/>
+      <c r="G142" s="203"/>
+      <c r="H142" s="204"/>
       <c r="I142" s="87"/>
       <c r="J142" s="69"/>
       <c r="K142" s="70">
         <f t="shared" ref="K142" si="3">IF(OR(I142="",J142=""),0,(I142*J142))</f>
         <v>0</v>
       </c>
       <c r="L142" s="47"/>
       <c r="P142" s="40"/>
       <c r="Q142" s="41"/>
       <c r="R142" s="41"/>
       <c r="S142" s="41"/>
       <c r="T142" s="41"/>
       <c r="U142" s="42"/>
     </row>
-    <row r="143" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="143" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D143" s="46"/>
-      <c r="E143" s="244"/>
+      <c r="E143" s="216"/>
       <c r="F143" s="51"/>
       <c r="K143" s="52"/>
       <c r="L143" s="47"/>
       <c r="P143" s="40"/>
       <c r="Q143" s="41"/>
       <c r="R143" s="41"/>
       <c r="S143" s="41"/>
       <c r="T143" s="41"/>
       <c r="U143" s="42"/>
     </row>
-    <row r="144" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="144" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D144" s="46"/>
-      <c r="E144" s="244"/>
+      <c r="E144" s="216"/>
       <c r="F144" s="51"/>
       <c r="K144" s="52"/>
       <c r="L144" s="47"/>
       <c r="P144" s="40"/>
       <c r="Q144" s="41"/>
       <c r="R144" s="41"/>
       <c r="S144" s="41"/>
       <c r="T144" s="41"/>
       <c r="U144" s="42"/>
     </row>
-    <row r="145" spans="4:21" ht="13" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="145" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D145" s="46"/>
-      <c r="E145" s="244"/>
-[...1 lines deleted...]
-        <v>228</v>
+      <c r="E145" s="216"/>
+      <c r="F145" s="205" t="s">
+        <v>241</v>
       </c>
       <c r="G145" s="206"/>
       <c r="H145" s="206"/>
       <c r="I145" s="206"/>
       <c r="J145" s="207"/>
       <c r="K145" s="81">
         <f>SUM(K133:K136,K139:K142)</f>
         <v>0</v>
       </c>
       <c r="L145" s="47"/>
       <c r="P145" s="40"/>
       <c r="Q145" s="41"/>
       <c r="R145" s="41"/>
       <c r="S145" s="41"/>
       <c r="T145" s="41"/>
       <c r="U145" s="42"/>
     </row>
-    <row r="146" spans="4:21" ht="13" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="146" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D146" s="46"/>
-      <c r="E146" s="244"/>
+      <c r="E146" s="216"/>
       <c r="F146" s="7"/>
       <c r="K146" s="52"/>
       <c r="L146" s="47"/>
       <c r="P146" s="40"/>
       <c r="Q146" s="41"/>
       <c r="R146" s="41"/>
       <c r="S146" s="41"/>
       <c r="T146" s="41"/>
       <c r="U146" s="42"/>
     </row>
-    <row r="147" spans="4:21" ht="13" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="147" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D147" s="46"/>
-      <c r="E147" s="244"/>
+      <c r="E147" s="216"/>
       <c r="F147" s="66" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="K147" s="52"/>
       <c r="L147" s="47"/>
       <c r="P147" s="40"/>
       <c r="Q147" s="41"/>
       <c r="R147" s="41"/>
       <c r="S147" s="41"/>
       <c r="T147" s="41"/>
       <c r="U147" s="42"/>
     </row>
-    <row r="148" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="148" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D148" s="46"/>
-      <c r="E148" s="244"/>
+      <c r="E148" s="216"/>
       <c r="F148" s="51"/>
       <c r="K148" s="52"/>
       <c r="L148" s="47"/>
       <c r="P148" s="40"/>
       <c r="Q148" s="41"/>
       <c r="R148" s="41"/>
       <c r="S148" s="41"/>
       <c r="T148" s="41"/>
       <c r="U148" s="42"/>
     </row>
-    <row r="149" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="149" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D149" s="46"/>
-      <c r="E149" s="244"/>
-[...4 lines deleted...]
-      <c r="H149" s="233"/>
+      <c r="E149" s="216"/>
+      <c r="F149" s="235" t="s">
+        <v>139</v>
+      </c>
+      <c r="G149" s="236"/>
+      <c r="H149" s="236"/>
       <c r="I149" s="67" t="s">
         <v>1</v>
       </c>
       <c r="J149" s="67" t="s">
         <v>57</v>
       </c>
       <c r="K149" s="68" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L149" s="47"/>
       <c r="P149" s="40"/>
       <c r="Q149" s="41"/>
       <c r="R149" s="41"/>
       <c r="S149" s="41"/>
       <c r="T149" s="41"/>
       <c r="U149" s="42"/>
     </row>
-    <row r="150" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="150" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D150" s="46"/>
-      <c r="E150" s="244"/>
-      <c r="F150" s="240" t="s">
+      <c r="E150" s="216"/>
+      <c r="F150" s="202" t="s">
         <v>46</v>
       </c>
-      <c r="G150" s="204"/>
-      <c r="H150" s="209"/>
+      <c r="G150" s="203"/>
+      <c r="H150" s="204"/>
       <c r="I150" s="87"/>
       <c r="J150" s="85">
         <f>IF(F150="","",IFERROR(VLOOKUP(F150,Tabeller!E:F,2,0),"kontrollera formel"))</f>
         <v>640</v>
       </c>
       <c r="K150" s="70">
         <f>IF(OR(I150="",J150="",J150="Välj arb.moment"),0,(I150*J150))</f>
         <v>0</v>
       </c>
       <c r="L150" s="47"/>
       <c r="P150" s="40"/>
       <c r="Q150" s="41"/>
       <c r="R150" s="41"/>
       <c r="S150" s="41"/>
       <c r="T150" s="41"/>
       <c r="U150" s="42"/>
     </row>
-    <row r="151" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="151" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D151" s="46"/>
-      <c r="E151" s="244"/>
-[...2 lines deleted...]
-      <c r="H151" s="209"/>
+      <c r="E151" s="216"/>
+      <c r="F151" s="202"/>
+      <c r="G151" s="203"/>
+      <c r="H151" s="204"/>
       <c r="I151" s="87"/>
       <c r="J151" s="85" t="str">
         <f>IF(F151="","",IFERROR(VLOOKUP(F151,Tabeller!E:F,2,0),"kontrollera formel"))</f>
         <v/>
       </c>
       <c r="K151" s="70">
         <f t="shared" ref="K151:K153" si="4">IF(OR(I151="",J151="",J151="Välj arb.moment"),0,(I151*J151))</f>
         <v>0</v>
       </c>
       <c r="L151" s="47"/>
       <c r="P151" s="40"/>
       <c r="Q151" s="41"/>
       <c r="R151" s="41"/>
       <c r="S151" s="41"/>
       <c r="T151" s="41"/>
       <c r="U151" s="42"/>
     </row>
-    <row r="152" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="152" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D152" s="46"/>
-      <c r="E152" s="244"/>
-[...2 lines deleted...]
-      <c r="H152" s="209"/>
+      <c r="E152" s="216"/>
+      <c r="F152" s="202"/>
+      <c r="G152" s="203"/>
+      <c r="H152" s="204"/>
       <c r="I152" s="87"/>
       <c r="J152" s="85" t="str">
         <f>IF(F152="","",IFERROR(VLOOKUP(F152,Tabeller!E:F,2,0),"kontrollera formel"))</f>
         <v/>
       </c>
       <c r="K152" s="70">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L152" s="47"/>
       <c r="P152" s="40"/>
       <c r="Q152" s="41"/>
       <c r="R152" s="41"/>
       <c r="S152" s="41"/>
       <c r="T152" s="41"/>
       <c r="U152" s="42"/>
     </row>
-    <row r="153" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="153" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D153" s="46"/>
-      <c r="E153" s="244"/>
-[...2 lines deleted...]
-      <c r="H153" s="209"/>
+      <c r="E153" s="216"/>
+      <c r="F153" s="202"/>
+      <c r="G153" s="203"/>
+      <c r="H153" s="204"/>
       <c r="I153" s="87"/>
       <c r="J153" s="85" t="str">
         <f>IF(F153="","",IFERROR(VLOOKUP(F153,Tabeller!E:F,2,0),"kontrollera formel"))</f>
         <v/>
       </c>
       <c r="K153" s="70">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L153" s="47"/>
       <c r="P153" s="40"/>
       <c r="Q153" s="41"/>
       <c r="R153" s="41"/>
       <c r="S153" s="41"/>
       <c r="T153" s="41"/>
       <c r="U153" s="42"/>
     </row>
-    <row r="154" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="154" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D154" s="46"/>
-      <c r="E154" s="244"/>
+      <c r="E154" s="216"/>
       <c r="F154" s="7"/>
       <c r="K154" s="52"/>
       <c r="L154" s="47"/>
       <c r="P154" s="40"/>
       <c r="Q154" s="41"/>
       <c r="R154" s="41"/>
       <c r="S154" s="41"/>
       <c r="T154" s="41"/>
       <c r="U154" s="42"/>
     </row>
-    <row r="155" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="155" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D155" s="46"/>
-      <c r="E155" s="244"/>
-[...4 lines deleted...]
-      <c r="J155" s="204"/>
+      <c r="E155" s="216"/>
+      <c r="F155" s="51"/>
       <c r="K155" s="52"/>
       <c r="L155" s="47"/>
       <c r="P155" s="40"/>
       <c r="Q155" s="41"/>
       <c r="R155" s="41"/>
       <c r="S155" s="41"/>
       <c r="T155" s="41"/>
       <c r="U155" s="42"/>
     </row>
-    <row r="156" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="156" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D156" s="46"/>
-      <c r="E156" s="244"/>
-[...5 lines deleted...]
-      <c r="I156" s="87" t="s">
+      <c r="E156" s="216"/>
+      <c r="F156" s="225" t="s">
+        <v>85</v>
+      </c>
+      <c r="G156" s="222"/>
+      <c r="H156" s="227"/>
+      <c r="I156" s="67" t="s">
         <v>1</v>
       </c>
-      <c r="J156" s="85" t="s">
+      <c r="J156" s="67" t="s">
         <v>57</v>
       </c>
-      <c r="K156" s="70" t="s">
-        <v>95</v>
+      <c r="K156" s="68" t="s">
+        <v>98</v>
       </c>
       <c r="L156" s="47"/>
       <c r="P156" s="40"/>
       <c r="Q156" s="41"/>
       <c r="R156" s="41"/>
       <c r="S156" s="41"/>
       <c r="T156" s="41"/>
       <c r="U156" s="42"/>
     </row>
-    <row r="157" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="157" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D157" s="46"/>
-      <c r="E157" s="244"/>
-[...2 lines deleted...]
-      <c r="H157" s="209"/>
+      <c r="E157" s="216"/>
+      <c r="F157" s="202"/>
+      <c r="G157" s="203"/>
+      <c r="H157" s="204"/>
       <c r="I157" s="87"/>
       <c r="J157" s="85"/>
       <c r="K157" s="70">
-        <f t="shared" ref="K157" si="5">IF(OR(I157="",J157=""),0,(I157*J157))</f>
+        <f t="shared" ref="K157:K158" si="5">IF(OR(I157="",J157=""),0,(I157*J157))</f>
         <v>0</v>
       </c>
       <c r="L157" s="47"/>
       <c r="P157" s="40"/>
       <c r="Q157" s="41"/>
       <c r="R157" s="41"/>
       <c r="S157" s="41"/>
       <c r="T157" s="41"/>
       <c r="U157" s="42"/>
     </row>
-    <row r="158" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="158" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D158" s="46"/>
-      <c r="E158" s="244"/>
-[...2 lines deleted...]
-      <c r="H158" s="209"/>
+      <c r="E158" s="216"/>
+      <c r="F158" s="202"/>
+      <c r="G158" s="212"/>
+      <c r="H158" s="228"/>
       <c r="I158" s="87"/>
       <c r="J158" s="85"/>
-      <c r="K158" s="70"/>
+      <c r="K158" s="70">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
       <c r="L158" s="47"/>
       <c r="P158" s="40"/>
       <c r="Q158" s="41"/>
       <c r="R158" s="41"/>
       <c r="S158" s="41"/>
       <c r="T158" s="41"/>
       <c r="U158" s="42"/>
     </row>
-    <row r="159" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="159" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D159" s="46"/>
-      <c r="E159" s="244"/>
+      <c r="E159" s="216"/>
       <c r="F159" s="7"/>
       <c r="K159" s="52"/>
       <c r="L159" s="47"/>
       <c r="P159" s="40"/>
       <c r="Q159" s="41"/>
       <c r="R159" s="41"/>
       <c r="S159" s="41"/>
       <c r="T159" s="41"/>
       <c r="U159" s="42"/>
     </row>
-    <row r="160" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="160" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D160" s="46"/>
-      <c r="E160" s="244"/>
-[...13 lines deleted...]
-      </c>
+      <c r="E160" s="216"/>
+      <c r="F160" s="7"/>
+      <c r="K160" s="52"/>
       <c r="L160" s="47"/>
       <c r="P160" s="40"/>
       <c r="Q160" s="41"/>
       <c r="R160" s="41"/>
       <c r="S160" s="41"/>
       <c r="T160" s="41"/>
       <c r="U160" s="42"/>
     </row>
-    <row r="161" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="161" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D161" s="46"/>
-      <c r="E161" s="244"/>
-[...3 lines deleted...]
-      <c r="K161" s="52"/>
+      <c r="E161" s="216"/>
+      <c r="F161" s="232" t="s">
+        <v>81</v>
+      </c>
+      <c r="G161" s="233"/>
+      <c r="H161" s="234"/>
+      <c r="I161" s="150">
+        <f>SUM(I150:I158)</f>
+        <v>0</v>
+      </c>
+      <c r="J161" s="160"/>
+      <c r="K161" s="149">
+        <f>SUM(K$150:K153)+SUM(K$157:K158)</f>
+        <v>0</v>
+      </c>
       <c r="L161" s="47"/>
       <c r="P161" s="40"/>
       <c r="Q161" s="41"/>
       <c r="R161" s="41"/>
       <c r="S161" s="41"/>
       <c r="T161" s="41"/>
       <c r="U161" s="42"/>
     </row>
-    <row r="162" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="162" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D162" s="46"/>
-      <c r="E162" s="244"/>
-[...9 lines deleted...]
-      </c>
+      <c r="E162" s="216"/>
+      <c r="F162" s="7"/>
       <c r="K162" s="52"/>
       <c r="L162" s="47"/>
       <c r="P162" s="40"/>
       <c r="Q162" s="41"/>
       <c r="R162" s="41"/>
       <c r="S162" s="41"/>
       <c r="T162" s="41"/>
       <c r="U162" s="42"/>
     </row>
-    <row r="163" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="163" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D163" s="46"/>
-      <c r="E163" s="244"/>
-[...1 lines deleted...]
-        <v>3</v>
+      <c r="E163" s="216"/>
+      <c r="F163" s="230" t="str">
+        <f>F69</f>
+        <v>Sociala avgifter  (LKP) - 2026</v>
       </c>
       <c r="G163" s="231"/>
       <c r="H163" s="231"/>
       <c r="I163" s="231"/>
       <c r="J163" s="71">
-        <v>1.8499999999999999E-2</v>
+        <v>0.58009999999999995</v>
       </c>
       <c r="K163" s="52"/>
       <c r="L163" s="47"/>
       <c r="P163" s="40"/>
       <c r="Q163" s="41"/>
       <c r="R163" s="41"/>
       <c r="S163" s="41"/>
       <c r="T163" s="41"/>
       <c r="U163" s="42"/>
     </row>
-    <row r="164" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="164" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D164" s="46"/>
-      <c r="E164" s="244"/>
-[...6 lines deleted...]
-        <v>0.56859999999999999</v>
+      <c r="E164" s="216"/>
+      <c r="F164" s="230" t="s">
+        <v>3</v>
+      </c>
+      <c r="G164" s="231"/>
+      <c r="H164" s="231"/>
+      <c r="I164" s="231"/>
+      <c r="J164" s="71">
+        <v>1.8499999999999999E-2</v>
       </c>
       <c r="K164" s="52"/>
       <c r="L164" s="47"/>
       <c r="P164" s="40"/>
       <c r="Q164" s="41"/>
       <c r="R164" s="41"/>
       <c r="S164" s="41"/>
       <c r="T164" s="41"/>
       <c r="U164" s="42"/>
     </row>
-    <row r="165" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="165" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D165" s="46"/>
-      <c r="E165" s="244"/>
-      <c r="F165" s="7"/>
+      <c r="E165" s="216"/>
+      <c r="F165" s="51"/>
+      <c r="I165" s="151" t="s">
+        <v>30</v>
+      </c>
+      <c r="J165" s="152">
+        <f>SUM(J163:J164)</f>
+        <v>0.59859999999999991</v>
+      </c>
       <c r="K165" s="52"/>
       <c r="L165" s="47"/>
       <c r="P165" s="40"/>
       <c r="Q165" s="41"/>
       <c r="R165" s="41"/>
       <c r="S165" s="41"/>
       <c r="T165" s="41"/>
       <c r="U165" s="42"/>
     </row>
-    <row r="166" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="166" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D166" s="46"/>
-      <c r="E166" s="244"/>
+      <c r="E166" s="216"/>
       <c r="F166" s="7"/>
       <c r="K166" s="52"/>
       <c r="L166" s="47"/>
       <c r="P166" s="40"/>
       <c r="Q166" s="41"/>
       <c r="R166" s="41"/>
       <c r="S166" s="41"/>
       <c r="T166" s="41"/>
       <c r="U166" s="42"/>
     </row>
-    <row r="167" spans="4:21" ht="13" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="167" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D167" s="46"/>
-      <c r="E167" s="244"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E167" s="216"/>
+      <c r="F167" s="7"/>
+      <c r="K167" s="52"/>
       <c r="L167" s="47"/>
       <c r="P167" s="40"/>
       <c r="Q167" s="41"/>
       <c r="R167" s="41"/>
       <c r="S167" s="41"/>
       <c r="T167" s="41"/>
       <c r="U167" s="42"/>
     </row>
-    <row r="168" spans="4:21" ht="13" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="168" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D168" s="46"/>
-      <c r="E168" s="244"/>
-[...1 lines deleted...]
-      <c r="K168" s="52"/>
+      <c r="E168" s="216"/>
+      <c r="F168" s="205" t="s">
+        <v>84</v>
+      </c>
+      <c r="G168" s="213"/>
+      <c r="H168" s="213"/>
+      <c r="I168" s="213"/>
+      <c r="J168" s="214"/>
+      <c r="K168" s="73">
+        <f>K161*(1+J165)</f>
+        <v>0</v>
+      </c>
       <c r="L168" s="47"/>
       <c r="P168" s="40"/>
       <c r="Q168" s="41"/>
       <c r="R168" s="41"/>
       <c r="S168" s="41"/>
       <c r="T168" s="41"/>
       <c r="U168" s="42"/>
     </row>
-    <row r="169" spans="4:21" ht="13" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="169" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D169" s="46"/>
-      <c r="E169" s="244"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E169" s="216"/>
+      <c r="F169" s="7"/>
       <c r="K169" s="52"/>
       <c r="L169" s="47"/>
       <c r="P169" s="40"/>
       <c r="Q169" s="41"/>
       <c r="R169" s="41"/>
       <c r="S169" s="41"/>
       <c r="T169" s="41"/>
       <c r="U169" s="42"/>
     </row>
-    <row r="170" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="170" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D170" s="46"/>
-      <c r="E170" s="244"/>
-[...1 lines deleted...]
-      <c r="J170" s="89"/>
+      <c r="E170" s="216"/>
+      <c r="F170" s="66" t="s">
+        <v>237</v>
+      </c>
       <c r="K170" s="52"/>
       <c r="L170" s="47"/>
       <c r="P170" s="40"/>
       <c r="Q170" s="41"/>
       <c r="R170" s="41"/>
       <c r="S170" s="41"/>
       <c r="T170" s="41"/>
       <c r="U170" s="42"/>
     </row>
-    <row r="171" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="171" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D171" s="46"/>
-      <c r="E171" s="245"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E171" s="216"/>
+      <c r="F171" s="7"/>
+      <c r="J171" s="89"/>
+      <c r="K171" s="52"/>
       <c r="L171" s="47"/>
       <c r="P171" s="40"/>
       <c r="Q171" s="41"/>
       <c r="R171" s="41"/>
       <c r="S171" s="41"/>
       <c r="T171" s="41"/>
       <c r="U171" s="42"/>
     </row>
-    <row r="172" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="172" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D172" s="46"/>
-      <c r="E172" s="245"/>
-[...8 lines deleted...]
-        <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.2),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.2))</f>
+      <c r="E172" s="217"/>
+      <c r="F172" s="229" t="s">
+        <v>189</v>
+      </c>
+      <c r="G172" s="229"/>
+      <c r="H172" s="229"/>
+      <c r="I172" s="229"/>
+      <c r="J172" s="229"/>
+      <c r="K172" s="178">
+        <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.4),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.4))</f>
         <v>0</v>
       </c>
       <c r="L172" s="47"/>
       <c r="P172" s="40"/>
       <c r="Q172" s="41"/>
       <c r="R172" s="41"/>
       <c r="S172" s="41"/>
       <c r="T172" s="41"/>
       <c r="U172" s="42"/>
     </row>
-    <row r="173" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="173" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D173" s="46"/>
-      <c r="E173" s="245"/>
-[...8 lines deleted...]
-        <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.1),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.1))</f>
+      <c r="E173" s="217"/>
+      <c r="F173" s="229" t="s">
+        <v>190</v>
+      </c>
+      <c r="G173" s="229"/>
+      <c r="H173" s="229"/>
+      <c r="I173" s="229"/>
+      <c r="J173" s="229"/>
+      <c r="K173" s="178">
+        <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.2),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.2))</f>
         <v>0</v>
       </c>
       <c r="L173" s="47"/>
       <c r="P173" s="40"/>
       <c r="Q173" s="41"/>
       <c r="R173" s="41"/>
       <c r="S173" s="41"/>
       <c r="T173" s="41"/>
       <c r="U173" s="42"/>
     </row>
-    <row r="174" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
+    <row r="174" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D174" s="46"/>
-      <c r="E174" s="245"/>
-[...8 lines deleted...]
-        <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.3),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.3))</f>
+      <c r="E174" s="217"/>
+      <c r="F174" s="229" t="s">
+        <v>191</v>
+      </c>
+      <c r="G174" s="229"/>
+      <c r="H174" s="229"/>
+      <c r="I174" s="229"/>
+      <c r="J174" s="229"/>
+      <c r="K174" s="178">
+        <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.1),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.1))</f>
         <v>0</v>
       </c>
       <c r="L174" s="47"/>
       <c r="P174" s="40"/>
       <c r="Q174" s="41"/>
       <c r="R174" s="41"/>
       <c r="S174" s="41"/>
       <c r="T174" s="41"/>
       <c r="U174" s="42"/>
     </row>
-    <row r="175" spans="4:21" ht="14" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="175" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D175" s="46"/>
-      <c r="E175" s="244"/>
-[...2 lines deleted...]
-      <c r="K175" s="52"/>
+      <c r="E175" s="217"/>
+      <c r="F175" s="229" t="s">
+        <v>192</v>
+      </c>
+      <c r="G175" s="229"/>
+      <c r="H175" s="229"/>
+      <c r="I175" s="229"/>
+      <c r="J175" s="229"/>
+      <c r="K175" s="178">
+        <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.3),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.3))</f>
+        <v>0</v>
+      </c>
       <c r="L175" s="47"/>
       <c r="P175" s="40"/>
       <c r="Q175" s="41"/>
       <c r="R175" s="41"/>
       <c r="S175" s="41"/>
       <c r="T175" s="41"/>
       <c r="U175" s="42"/>
     </row>
-    <row r="176" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="176" spans="4:21" ht="14.25" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D176" s="46"/>
-      <c r="E176" s="244"/>
-      <c r="F176" s="7"/>
+      <c r="E176" s="216"/>
+      <c r="F176" s="51"/>
+      <c r="J176" s="175"/>
       <c r="K176" s="52"/>
       <c r="L176" s="47"/>
       <c r="P176" s="40"/>
       <c r="Q176" s="41"/>
       <c r="R176" s="41"/>
       <c r="S176" s="41"/>
       <c r="T176" s="41"/>
       <c r="U176" s="42"/>
     </row>
-    <row r="177" spans="4:21" ht="13" outlineLevel="2" x14ac:dyDescent="0.3">
+    <row r="177" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D177" s="46"/>
-      <c r="E177" s="244"/>
+      <c r="E177" s="216"/>
       <c r="F177" s="7"/>
       <c r="K177" s="52"/>
       <c r="L177" s="47"/>
       <c r="P177" s="40"/>
       <c r="Q177" s="41"/>
       <c r="R177" s="41"/>
       <c r="S177" s="41"/>
       <c r="T177" s="41"/>
       <c r="U177" s="42"/>
     </row>
-    <row r="178" spans="4:21" ht="12.75" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
+    <row r="178" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
       <c r="D178" s="46"/>
-      <c r="E178" s="244"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E178" s="216"/>
+      <c r="F178" s="7"/>
+      <c r="K178" s="52"/>
       <c r="L178" s="47"/>
       <c r="P178" s="40"/>
       <c r="Q178" s="41"/>
       <c r="R178" s="41"/>
       <c r="S178" s="41"/>
       <c r="T178" s="41"/>
       <c r="U178" s="42"/>
     </row>
-    <row r="179" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D179" s="46"/>
-      <c r="E179" s="244"/>
-[...2 lines deleted...]
-      <c r="K179" s="52"/>
+      <c r="E179" s="216"/>
+      <c r="F179" s="226" t="s">
+        <v>83</v>
+      </c>
+      <c r="G179" s="223"/>
+      <c r="H179" s="223"/>
+      <c r="I179" s="79"/>
+      <c r="J179" s="80"/>
+      <c r="K179" s="90">
+        <f>(K172+K173+K174+K175)</f>
+        <v>0</v>
+      </c>
       <c r="L179" s="47"/>
       <c r="P179" s="40"/>
       <c r="Q179" s="41"/>
       <c r="R179" s="41"/>
       <c r="S179" s="41"/>
       <c r="T179" s="41"/>
       <c r="U179" s="42"/>
     </row>
-    <row r="180" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D180" s="46"/>
-      <c r="E180" s="244"/>
+      <c r="E180" s="216"/>
       <c r="F180" s="51"/>
+      <c r="J180" s="91"/>
       <c r="K180" s="52"/>
       <c r="L180" s="47"/>
       <c r="P180" s="40"/>
       <c r="Q180" s="41"/>
       <c r="R180" s="41"/>
       <c r="S180" s="41"/>
       <c r="T180" s="41"/>
       <c r="U180" s="42"/>
     </row>
-    <row r="181" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="181" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
       <c r="D181" s="46"/>
-      <c r="E181" s="244"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E181" s="216"/>
+      <c r="F181" s="51"/>
+      <c r="K181" s="52"/>
       <c r="L181" s="47"/>
-      <c r="P181" s="93"/>
+      <c r="P181" s="40"/>
       <c r="Q181" s="41"/>
       <c r="R181" s="41"/>
       <c r="S181" s="41"/>
       <c r="T181" s="41"/>
       <c r="U181" s="42"/>
     </row>
-    <row r="182" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="182" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D182" s="46"/>
-      <c r="E182" s="244"/>
-[...1 lines deleted...]
-      <c r="K182" s="52"/>
+      <c r="E182" s="216"/>
+      <c r="F182" s="82" t="s">
+        <v>89</v>
+      </c>
+      <c r="G182" s="83"/>
+      <c r="H182" s="83"/>
+      <c r="I182" s="83"/>
+      <c r="J182" s="83"/>
+      <c r="K182" s="92">
+        <f>K128+K145+K168+K179</f>
+        <v>19018.125</v>
+      </c>
       <c r="L182" s="47"/>
       <c r="P182" s="93"/>
       <c r="Q182" s="41"/>
       <c r="R182" s="41"/>
       <c r="S182" s="41"/>
       <c r="T182" s="41"/>
       <c r="U182" s="42"/>
     </row>
-    <row r="183" spans="4:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="183" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D183" s="46"/>
-      <c r="E183" s="244"/>
+      <c r="E183" s="216"/>
       <c r="F183" s="51"/>
       <c r="K183" s="52"/>
       <c r="L183" s="47"/>
       <c r="P183" s="93"/>
       <c r="Q183" s="41"/>
       <c r="R183" s="41"/>
       <c r="S183" s="41"/>
       <c r="T183" s="41"/>
       <c r="U183" s="42"/>
     </row>
-    <row r="184" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+    <row r="184" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D184" s="46"/>
-      <c r="E184" s="244"/>
-[...7 lines deleted...]
-      <c r="K184" s="50"/>
+      <c r="E184" s="216"/>
+      <c r="F184" s="51"/>
+      <c r="K184" s="52"/>
       <c r="L184" s="47"/>
-      <c r="P184" s="40"/>
+      <c r="P184" s="93"/>
       <c r="Q184" s="41"/>
       <c r="R184" s="41"/>
       <c r="S184" s="41"/>
       <c r="T184" s="41"/>
       <c r="U184" s="42"/>
     </row>
-    <row r="185" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="185" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D185" s="46"/>
-      <c r="E185" s="244"/>
-[...1 lines deleted...]
-      <c r="K185" s="52"/>
+      <c r="E185" s="216"/>
+      <c r="F185" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="G185" s="49"/>
+      <c r="H185" s="49"/>
+      <c r="I185" s="49"/>
+      <c r="J185" s="49"/>
+      <c r="K185" s="50"/>
       <c r="L185" s="47"/>
       <c r="P185" s="40"/>
       <c r="Q185" s="41"/>
       <c r="R185" s="41"/>
       <c r="S185" s="41"/>
       <c r="T185" s="41"/>
       <c r="U185" s="42"/>
     </row>
-    <row r="186" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+    <row r="186" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D186" s="46"/>
-      <c r="E186" s="244"/>
-[...9 lines deleted...]
-      </c>
+      <c r="E186" s="216"/>
+      <c r="F186" s="51"/>
       <c r="K186" s="52"/>
       <c r="L186" s="47"/>
-      <c r="P186" s="98"/>
-[...6 lines deleted...]
-    <row r="187" spans="4:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="P186" s="40"/>
+      <c r="Q186" s="41"/>
+      <c r="R186" s="41"/>
+      <c r="S186" s="41"/>
+      <c r="T186" s="41"/>
+      <c r="U186" s="42"/>
+    </row>
+    <row r="187" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D187" s="46"/>
-      <c r="E187" s="246"/>
-[...5 lines deleted...]
-      <c r="K187" s="101"/>
+      <c r="E187" s="216"/>
+      <c r="F187" s="94" t="s">
+        <v>9</v>
+      </c>
+      <c r="G187" s="95"/>
+      <c r="H187" s="95"/>
+      <c r="I187" s="96"/>
+      <c r="J187" s="97">
+        <f>SUM($K182:K182)+SUM($K112:K112)</f>
+        <v>19018.125</v>
+      </c>
+      <c r="K187" s="52"/>
       <c r="L187" s="47"/>
-      <c r="P187" s="54"/>
+      <c r="P187" s="98"/>
       <c r="Q187" s="55"/>
       <c r="R187" s="55"/>
       <c r="S187" s="55"/>
       <c r="T187" s="55"/>
       <c r="U187" s="56"/>
     </row>
-    <row r="188" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="188" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D188" s="46"/>
+      <c r="E188" s="218"/>
+      <c r="F188" s="99"/>
+      <c r="G188" s="100"/>
+      <c r="H188" s="100"/>
+      <c r="I188" s="100"/>
+      <c r="J188" s="100"/>
+      <c r="K188" s="101"/>
       <c r="L188" s="47"/>
       <c r="P188" s="54"/>
       <c r="Q188" s="55"/>
       <c r="R188" s="55"/>
       <c r="S188" s="55"/>
       <c r="T188" s="55"/>
       <c r="U188" s="56"/>
     </row>
-    <row r="189" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="189" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D189" s="46"/>
-      <c r="F189" s="35" t="s">
-[...4 lines deleted...]
-      <c r="I189" s="35"/>
       <c r="L189" s="47"/>
       <c r="P189" s="54"/>
       <c r="Q189" s="55"/>
       <c r="R189" s="55"/>
       <c r="S189" s="55"/>
       <c r="T189" s="55"/>
       <c r="U189" s="56"/>
     </row>
-    <row r="190" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="190" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D190" s="46"/>
-      <c r="F190" s="35"/>
+      <c r="F190" s="35" t="s">
+        <v>188</v>
+      </c>
       <c r="G190" s="35"/>
       <c r="H190" s="35"/>
       <c r="I190" s="35"/>
       <c r="L190" s="47"/>
       <c r="P190" s="54"/>
       <c r="Q190" s="55"/>
       <c r="R190" s="55"/>
       <c r="S190" s="55"/>
       <c r="T190" s="55"/>
       <c r="U190" s="56"/>
     </row>
-    <row r="191" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="191" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D191" s="46"/>
-      <c r="F191" s="102"/>
+      <c r="F191" s="35"/>
       <c r="G191" s="35"/>
       <c r="H191" s="35"/>
       <c r="I191" s="35"/>
-      <c r="J191" s="35"/>
-      <c r="K191" s="35"/>
       <c r="L191" s="47"/>
       <c r="P191" s="54"/>
       <c r="Q191" s="55"/>
       <c r="R191" s="55"/>
       <c r="S191" s="55"/>
       <c r="T191" s="55"/>
       <c r="U191" s="56"/>
     </row>
-    <row r="192" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="192" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D192" s="46"/>
-      <c r="F192" s="35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F192" s="102"/>
       <c r="G192" s="35"/>
       <c r="H192" s="35"/>
       <c r="I192" s="35"/>
       <c r="J192" s="35"/>
       <c r="K192" s="35"/>
       <c r="L192" s="47"/>
       <c r="P192" s="54"/>
       <c r="Q192" s="55"/>
       <c r="R192" s="55"/>
       <c r="S192" s="55"/>
       <c r="T192" s="55"/>
       <c r="U192" s="56"/>
     </row>
-    <row r="193" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="193" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D193" s="46"/>
-      <c r="F193" s="35"/>
+      <c r="F193" s="35" t="s">
+        <v>7</v>
+      </c>
       <c r="G193" s="35"/>
       <c r="H193" s="35"/>
       <c r="I193" s="35"/>
       <c r="J193" s="35"/>
       <c r="K193" s="35"/>
       <c r="L193" s="47"/>
       <c r="P193" s="54"/>
       <c r="Q193" s="55"/>
       <c r="R193" s="55"/>
       <c r="S193" s="55"/>
       <c r="T193" s="55"/>
       <c r="U193" s="56"/>
     </row>
-    <row r="194" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="194" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D194" s="46"/>
-      <c r="F194" s="103"/>
+      <c r="F194" s="35"/>
       <c r="G194" s="35"/>
       <c r="H194" s="35"/>
       <c r="I194" s="35"/>
+      <c r="J194" s="35"/>
+      <c r="K194" s="35"/>
       <c r="L194" s="47"/>
       <c r="P194" s="54"/>
       <c r="Q194" s="55"/>
       <c r="R194" s="55"/>
       <c r="S194" s="55"/>
       <c r="T194" s="55"/>
       <c r="U194" s="56"/>
     </row>
-    <row r="195" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="195" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D195" s="46"/>
-      <c r="F195" s="35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F195" s="103"/>
       <c r="G195" s="35"/>
       <c r="H195" s="35"/>
       <c r="I195" s="35"/>
-      <c r="J195" s="35"/>
-      <c r="K195" s="35"/>
       <c r="L195" s="47"/>
       <c r="P195" s="54"/>
       <c r="Q195" s="55"/>
       <c r="R195" s="55"/>
       <c r="S195" s="55"/>
       <c r="T195" s="55"/>
       <c r="U195" s="56"/>
     </row>
-    <row r="196" spans="4:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-[...46 lines deleted...]
-      <c r="L201" s="130"/>
+    <row r="196" spans="4:21" x14ac:dyDescent="0.2">
+      <c r="D196" s="46"/>
+      <c r="F196" s="35" t="s">
+        <v>8</v>
+      </c>
+      <c r="G196" s="35"/>
+      <c r="H196" s="35"/>
+      <c r="I196" s="35"/>
+      <c r="J196" s="35"/>
+      <c r="K196" s="35"/>
+      <c r="L196" s="47"/>
+      <c r="P196" s="54"/>
+      <c r="Q196" s="55"/>
+      <c r="R196" s="55"/>
+      <c r="S196" s="55"/>
+      <c r="T196" s="55"/>
+      <c r="U196" s="56"/>
+    </row>
+    <row r="197" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="D197" s="104"/>
+      <c r="E197" s="105"/>
+      <c r="F197" s="105"/>
+      <c r="G197" s="105"/>
+      <c r="H197" s="105"/>
+      <c r="I197" s="105"/>
+      <c r="J197" s="105"/>
+      <c r="K197" s="105"/>
+      <c r="L197" s="106"/>
+      <c r="P197" s="107"/>
+      <c r="Q197" s="108"/>
+      <c r="R197" s="108"/>
+      <c r="S197" s="108"/>
+      <c r="T197" s="108"/>
+      <c r="U197" s="109"/>
+    </row>
+    <row r="198" spans="4:21" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="200" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="201" spans="4:21" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="D201" s="128"/>
+      <c r="E201" s="84"/>
+      <c r="F201" s="84"/>
+      <c r="G201" s="84"/>
+      <c r="H201" s="84"/>
+      <c r="I201" s="84"/>
+      <c r="J201" s="84"/>
+      <c r="K201" s="84"/>
+      <c r="L201" s="129"/>
       <c r="M201" s="35"/>
       <c r="N201" s="35"/>
-      <c r="P201" s="214" t="s">
-[...8 lines deleted...]
-    <row r="202" spans="4:21" ht="13.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P201" s="37"/>
+      <c r="Q201" s="110"/>
+      <c r="R201" s="110"/>
+      <c r="S201" s="110"/>
+      <c r="T201" s="110"/>
+      <c r="U201" s="111"/>
+    </row>
+    <row r="202" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D202" s="51"/>
+      <c r="F202" s="112" t="s">
+        <v>99</v>
+      </c>
+      <c r="G202" s="112"/>
+      <c r="H202" s="112"/>
+      <c r="I202" s="112"/>
+      <c r="J202" s="112"/>
       <c r="L202" s="130"/>
       <c r="M202" s="35"/>
       <c r="N202" s="35"/>
-      <c r="O202" s="35"/>
-[...7 lines deleted...]
-    <row r="203" spans="4:21" x14ac:dyDescent="0.25">
+      <c r="P202" s="198" t="s">
+        <v>199</v>
+      </c>
+      <c r="Q202" s="208"/>
+      <c r="R202" s="208"/>
+      <c r="S202" s="208"/>
+      <c r="T202" s="208"/>
+      <c r="U202" s="209"/>
+    </row>
+    <row r="203" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D203" s="51"/>
-      <c r="F203" s="113" t="s">
-[...3 lines deleted...]
-      <c r="H203" s="115"/>
       <c r="L203" s="130"/>
       <c r="M203" s="35"/>
       <c r="N203" s="35"/>
       <c r="O203" s="35"/>
-      <c r="P203" s="217"/>
-[...6 lines deleted...]
-    <row r="204" spans="4:21" ht="13.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P203" s="210"/>
+      <c r="Q203" s="208"/>
+      <c r="R203" s="208"/>
+      <c r="S203" s="208"/>
+      <c r="T203" s="208"/>
+      <c r="U203" s="209"/>
+    </row>
+    <row r="204" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D204" s="51"/>
+      <c r="F204" s="113" t="s">
+        <v>27</v>
+      </c>
+      <c r="G204" s="114"/>
+      <c r="H204" s="115"/>
       <c r="L204" s="130"/>
       <c r="M204" s="35"/>
       <c r="N204" s="35"/>
       <c r="O204" s="35"/>
-      <c r="P204" s="54"/>
-[...6 lines deleted...]
-    <row r="205" spans="4:21" ht="13.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P204" s="210"/>
+      <c r="Q204" s="208"/>
+      <c r="R204" s="208"/>
+      <c r="S204" s="208"/>
+      <c r="T204" s="208"/>
+      <c r="U204" s="209"/>
+    </row>
+    <row r="205" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D205" s="51"/>
-      <c r="F205" s="67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L205" s="130"/>
       <c r="M205" s="35"/>
       <c r="N205" s="35"/>
       <c r="O205" s="35"/>
-      <c r="P205" s="214" t="s">
-[...8 lines deleted...]
-    <row r="206" spans="4:21" ht="13.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P205" s="54"/>
+      <c r="Q205" s="55"/>
+      <c r="R205" s="55"/>
+      <c r="S205" s="55"/>
+      <c r="T205" s="55"/>
+      <c r="U205" s="56"/>
+    </row>
+    <row r="206" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D206" s="51"/>
-      <c r="F206" s="72" t="s">
-[...7 lines deleted...]
-        <v>2080</v>
+      <c r="F206" s="67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G206" s="67" t="s">
+        <v>13</v>
+      </c>
+      <c r="H206" s="67" t="s">
+        <v>14</v>
       </c>
       <c r="L206" s="130"/>
       <c r="M206" s="35"/>
       <c r="N206" s="35"/>
       <c r="O206" s="35"/>
-      <c r="P206" s="217"/>
-[...6 lines deleted...]
-    <row r="207" spans="4:21" x14ac:dyDescent="0.25">
+      <c r="P206" s="198" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q206" s="208"/>
+      <c r="R206" s="208"/>
+      <c r="S206" s="208"/>
+      <c r="T206" s="208"/>
+      <c r="U206" s="209"/>
+    </row>
+    <row r="207" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D207" s="51"/>
-      <c r="F207" s="117" t="s">
-        <v>26</v>
+      <c r="F207" s="72" t="s">
+        <v>15</v>
       </c>
       <c r="G207" s="116">
-        <v>10</v>
+        <v>260</v>
       </c>
       <c r="H207" s="116">
-        <f>2*40</f>
-        <v>80</v>
+        <f>52*40</f>
+        <v>2080</v>
       </c>
       <c r="L207" s="130"/>
       <c r="M207" s="35"/>
       <c r="N207" s="35"/>
       <c r="O207" s="35"/>
-      <c r="P207" s="217"/>
-[...6 lines deleted...]
-    <row r="208" spans="4:21" x14ac:dyDescent="0.25">
+      <c r="P207" s="210"/>
+      <c r="Q207" s="208"/>
+      <c r="R207" s="208"/>
+      <c r="S207" s="208"/>
+      <c r="T207" s="208"/>
+      <c r="U207" s="209"/>
+    </row>
+    <row r="208" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D208" s="51"/>
-      <c r="F208" s="118" t="s">
-[...8 lines deleted...]
-        <v>2000</v>
+      <c r="F208" s="117" t="s">
+        <v>26</v>
+      </c>
+      <c r="G208" s="116">
+        <v>10</v>
+      </c>
+      <c r="H208" s="116">
+        <f>2*40</f>
+        <v>80</v>
       </c>
       <c r="L208" s="130"/>
       <c r="M208" s="35"/>
       <c r="N208" s="35"/>
       <c r="O208" s="35"/>
-      <c r="P208" s="54"/>
-[...6 lines deleted...]
-    <row r="209" spans="4:21" x14ac:dyDescent="0.25">
+      <c r="P208" s="210"/>
+      <c r="Q208" s="208"/>
+      <c r="R208" s="208"/>
+      <c r="S208" s="208"/>
+      <c r="T208" s="208"/>
+      <c r="U208" s="209"/>
+    </row>
+    <row r="209" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D209" s="51"/>
-      <c r="F209" s="117" t="s">
-[...7 lines deleted...]
-        <v>280</v>
+      <c r="F209" s="118" t="s">
+        <v>16</v>
+      </c>
+      <c r="G209" s="119">
+        <f>G207-G208</f>
+        <v>250</v>
+      </c>
+      <c r="H209" s="119">
+        <f>H207-H208</f>
+        <v>2000</v>
       </c>
       <c r="L209" s="130"/>
       <c r="M209" s="35"/>
       <c r="N209" s="35"/>
       <c r="O209" s="35"/>
       <c r="P209" s="54"/>
       <c r="Q209" s="55"/>
       <c r="R209" s="55"/>
       <c r="S209" s="55"/>
       <c r="T209" s="55"/>
       <c r="U209" s="56"/>
     </row>
-    <row r="210" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="210" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D210" s="51"/>
       <c r="F210" s="117" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G210" s="115">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="H210" s="116">
         <f>G210*8</f>
-        <v>40</v>
+        <v>280</v>
       </c>
       <c r="L210" s="130"/>
       <c r="M210" s="35"/>
       <c r="N210" s="35"/>
       <c r="O210" s="35"/>
       <c r="P210" s="54"/>
       <c r="Q210" s="55"/>
       <c r="R210" s="55"/>
       <c r="S210" s="55"/>
       <c r="T210" s="55"/>
       <c r="U210" s="56"/>
     </row>
-    <row r="211" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+    <row r="211" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D211" s="51"/>
-      <c r="F211" s="120" t="s">
+      <c r="F211" s="117" t="s">
+        <v>23</v>
+      </c>
+      <c r="G211" s="115">
+        <v>5</v>
+      </c>
+      <c r="H211" s="116">
+        <f>G211*8</f>
         <v>40</v>
-      </c>
-[...6 lines deleted...]
-        <v>1680</v>
       </c>
       <c r="L211" s="130"/>
       <c r="M211" s="35"/>
       <c r="N211" s="35"/>
       <c r="O211" s="35"/>
       <c r="P211" s="54"/>
       <c r="Q211" s="55"/>
       <c r="R211" s="55"/>
       <c r="S211" s="55"/>
       <c r="T211" s="55"/>
       <c r="U211" s="56"/>
     </row>
-    <row r="212" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="212" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D212" s="51"/>
-      <c r="F212" s="72" t="s">
-[...7 lines deleted...]
-        <v>80</v>
+      <c r="F212" s="120" t="s">
+        <v>40</v>
+      </c>
+      <c r="G212" s="121">
+        <f>G209-G210-G211</f>
+        <v>210</v>
+      </c>
+      <c r="H212" s="121">
+        <f>H209-H210-H211</f>
+        <v>1680</v>
       </c>
       <c r="L212" s="130"/>
       <c r="M212" s="35"/>
       <c r="N212" s="35"/>
       <c r="O212" s="35"/>
       <c r="P212" s="54"/>
       <c r="Q212" s="55"/>
       <c r="R212" s="55"/>
       <c r="S212" s="55"/>
       <c r="T212" s="55"/>
       <c r="U212" s="56"/>
     </row>
-    <row r="213" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="213" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D213" s="51"/>
       <c r="F213" s="72" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G213" s="115">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H213" s="116">
         <f>G213*8</f>
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="L213" s="130"/>
       <c r="M213" s="35"/>
       <c r="N213" s="35"/>
       <c r="O213" s="35"/>
       <c r="P213" s="54"/>
       <c r="Q213" s="55"/>
       <c r="R213" s="55"/>
       <c r="S213" s="55"/>
       <c r="T213" s="55"/>
       <c r="U213" s="56"/>
     </row>
-    <row r="214" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="214" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D214" s="51"/>
       <c r="F214" s="72" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G214" s="115">
         <v>25</v>
       </c>
       <c r="H214" s="116">
         <f>G214*8</f>
         <v>200</v>
       </c>
       <c r="L214" s="130"/>
       <c r="M214" s="35"/>
       <c r="N214" s="35"/>
       <c r="O214" s="35"/>
       <c r="P214" s="54"/>
       <c r="Q214" s="55"/>
       <c r="R214" s="55"/>
       <c r="S214" s="55"/>
       <c r="T214" s="55"/>
       <c r="U214" s="56"/>
     </row>
-    <row r="215" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="215" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D215" s="51"/>
-      <c r="F215" s="118" t="s">
-[...8 lines deleted...]
-        <v>480</v>
+      <c r="F215" s="72" t="s">
+        <v>19</v>
+      </c>
+      <c r="G215" s="115">
+        <v>25</v>
+      </c>
+      <c r="H215" s="116">
+        <f>G215*8</f>
+        <v>200</v>
       </c>
       <c r="L215" s="130"/>
       <c r="M215" s="35"/>
       <c r="N215" s="35"/>
       <c r="O215" s="35"/>
       <c r="P215" s="54"/>
       <c r="Q215" s="55"/>
       <c r="R215" s="55"/>
       <c r="S215" s="55"/>
       <c r="T215" s="55"/>
       <c r="U215" s="56"/>
     </row>
-    <row r="216" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+    <row r="216" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D216" s="51"/>
-      <c r="F216" s="120" t="s">
-[...8 lines deleted...]
-        <v>1200</v>
+      <c r="F216" s="118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G216" s="119">
+        <f>SUM(G213:G215)</f>
+        <v>60</v>
+      </c>
+      <c r="H216" s="119">
+        <f>SUM(H213:H215)</f>
+        <v>480</v>
       </c>
       <c r="L216" s="130"/>
       <c r="M216" s="35"/>
       <c r="N216" s="35"/>
       <c r="O216" s="35"/>
       <c r="P216" s="54"/>
       <c r="Q216" s="55"/>
       <c r="R216" s="55"/>
       <c r="S216" s="55"/>
       <c r="T216" s="55"/>
       <c r="U216" s="56"/>
     </row>
-    <row r="217" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="217" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D217" s="51"/>
+      <c r="F217" s="120" t="s">
+        <v>25</v>
+      </c>
+      <c r="G217" s="121">
+        <f>G212-G216</f>
+        <v>150</v>
+      </c>
+      <c r="H217" s="121">
+        <f>H212-H216</f>
+        <v>1200</v>
+      </c>
       <c r="L217" s="130"/>
       <c r="M217" s="35"/>
       <c r="N217" s="35"/>
       <c r="O217" s="35"/>
       <c r="P217" s="54"/>
       <c r="Q217" s="55"/>
       <c r="R217" s="55"/>
       <c r="S217" s="55"/>
       <c r="T217" s="55"/>
       <c r="U217" s="56"/>
     </row>
-    <row r="218" spans="4:21" x14ac:dyDescent="0.25">
+    <row r="218" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D218" s="51"/>
       <c r="L218" s="130"/>
       <c r="M218" s="35"/>
       <c r="N218" s="35"/>
       <c r="O218" s="35"/>
       <c r="P218" s="54"/>
       <c r="Q218" s="55"/>
       <c r="R218" s="55"/>
       <c r="S218" s="55"/>
       <c r="T218" s="55"/>
       <c r="U218" s="56"/>
     </row>
-    <row r="219" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+    <row r="219" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D219" s="51"/>
-      <c r="F219" s="122" t="str">
-[...9 lines deleted...]
-      </c>
       <c r="L219" s="130"/>
       <c r="M219" s="35"/>
       <c r="N219" s="35"/>
       <c r="O219" s="35"/>
       <c r="P219" s="54"/>
       <c r="Q219" s="55"/>
       <c r="R219" s="55"/>
       <c r="S219" s="55"/>
       <c r="T219" s="55"/>
       <c r="U219" s="56"/>
     </row>
-    <row r="220" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+    <row r="220" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D220" s="51"/>
-      <c r="F220" s="122"/>
-      <c r="H220" s="123"/>
+      <c r="F220" s="122" t="str">
+        <f>IF(H204="","Ange månadslön","Timkostnad exkl. LKP externa uppdrag:")</f>
+        <v>Ange månadslön</v>
+      </c>
+      <c r="H220" s="123">
+        <f>ROUND(H204/(H217/12),2)</f>
+        <v>0</v>
+      </c>
+      <c r="I220" s="33" t="s">
+        <v>21</v>
+      </c>
       <c r="L220" s="130"/>
       <c r="M220" s="35"/>
       <c r="N220" s="35"/>
       <c r="O220" s="35"/>
       <c r="P220" s="54"/>
       <c r="Q220" s="55"/>
       <c r="R220" s="55"/>
       <c r="S220" s="55"/>
       <c r="T220" s="55"/>
       <c r="U220" s="56"/>
     </row>
-    <row r="221" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+    <row r="221" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D221" s="51"/>
       <c r="F221" s="122"/>
       <c r="H221" s="123"/>
       <c r="L221" s="130"/>
       <c r="M221" s="35"/>
       <c r="N221" s="35"/>
       <c r="O221" s="35"/>
       <c r="P221" s="54"/>
       <c r="Q221" s="55"/>
       <c r="R221" s="55"/>
       <c r="S221" s="55"/>
       <c r="T221" s="55"/>
       <c r="U221" s="56"/>
     </row>
-    <row r="222" spans="4:21" ht="13" x14ac:dyDescent="0.3">
+    <row r="222" spans="4:21" x14ac:dyDescent="0.2">
       <c r="D222" s="51"/>
       <c r="F222" s="122"/>
       <c r="H222" s="123"/>
       <c r="L222" s="130"/>
       <c r="M222" s="35"/>
       <c r="N222" s="35"/>
       <c r="O222" s="35"/>
       <c r="P222" s="54"/>
       <c r="Q222" s="55"/>
       <c r="R222" s="55"/>
       <c r="S222" s="55"/>
       <c r="T222" s="55"/>
       <c r="U222" s="56"/>
     </row>
-    <row r="223" spans="4:21" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="L223" s="101"/>
+    <row r="223" spans="4:21" x14ac:dyDescent="0.2">
+      <c r="D223" s="51"/>
+      <c r="F223" s="122"/>
+      <c r="H223" s="123"/>
+      <c r="L223" s="130"/>
       <c r="M223" s="35"/>
       <c r="N223" s="35"/>
       <c r="O223" s="35"/>
-      <c r="P223" s="124"/>
-[...6 lines deleted...]
-    <row r="224" spans="4:21" x14ac:dyDescent="0.25">
+      <c r="P223" s="54"/>
+      <c r="Q223" s="55"/>
+      <c r="R223" s="55"/>
+      <c r="S223" s="55"/>
+      <c r="T223" s="55"/>
+      <c r="U223" s="56"/>
+    </row>
+    <row r="224" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="D224" s="63"/>
+      <c r="E224" s="64"/>
+      <c r="F224" s="64"/>
+      <c r="G224" s="64"/>
+      <c r="H224" s="64"/>
+      <c r="I224" s="64"/>
+      <c r="J224" s="64"/>
+      <c r="K224" s="64"/>
+      <c r="L224" s="101"/>
+      <c r="M224" s="35"/>
+      <c r="N224" s="35"/>
       <c r="O224" s="35"/>
-    </row>
-    <row r="225" spans="15:15" x14ac:dyDescent="0.25">
+      <c r="P224" s="124"/>
+      <c r="Q224" s="125"/>
+      <c r="R224" s="125"/>
+      <c r="S224" s="125"/>
+      <c r="T224" s="125"/>
+      <c r="U224" s="126"/>
+    </row>
+    <row r="225" spans="15:15" x14ac:dyDescent="0.2">
       <c r="O225" s="35"/>
+    </row>
+    <row r="226" spans="15:15" x14ac:dyDescent="0.2">
+      <c r="O226" s="35"/>
     </row>
   </sheetData>
   <sheetProtection formatColumns="0" insertRows="0" deleteRows="0"/>
-  <mergeCells count="101">
+  <mergeCells count="99">
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="E40:E112"/>
+    <mergeCell ref="F91:J91"/>
+    <mergeCell ref="F106:J106"/>
+    <mergeCell ref="F81:J81"/>
+    <mergeCell ref="F82:J82"/>
+    <mergeCell ref="F83:J83"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="F74:J74"/>
+    <mergeCell ref="F80:J80"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="P19:U21"/>
+    <mergeCell ref="D3:L3"/>
+    <mergeCell ref="E6:L6"/>
+    <mergeCell ref="D5:L5"/>
+    <mergeCell ref="E8:L8"/>
+    <mergeCell ref="E10:L10"/>
+    <mergeCell ref="E13:L13"/>
+    <mergeCell ref="D11:L11"/>
+    <mergeCell ref="P202:U204"/>
+    <mergeCell ref="P206:U208"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="F69:I69"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="F85:J85"/>
+    <mergeCell ref="F132:H132"/>
+    <mergeCell ref="F95:J95"/>
+    <mergeCell ref="F109:H109"/>
+    <mergeCell ref="F101:J101"/>
+    <mergeCell ref="F102:J102"/>
+    <mergeCell ref="F103:J103"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="F70:I70"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="F173:J173"/>
+    <mergeCell ref="F164:I164"/>
+    <mergeCell ref="F128:J128"/>
+    <mergeCell ref="F138:H138"/>
+    <mergeCell ref="F140:H140"/>
+    <mergeCell ref="F141:H141"/>
+    <mergeCell ref="F142:H142"/>
+    <mergeCell ref="F139:H139"/>
+    <mergeCell ref="F174:J174"/>
+    <mergeCell ref="F175:J175"/>
+    <mergeCell ref="F84:J84"/>
+    <mergeCell ref="F98:J98"/>
+    <mergeCell ref="F96:J96"/>
+    <mergeCell ref="F97:J97"/>
     <mergeCell ref="F161:H161"/>
     <mergeCell ref="F150:H150"/>
     <mergeCell ref="F151:H151"/>
     <mergeCell ref="F152:H152"/>
     <mergeCell ref="F153:H153"/>
     <mergeCell ref="F149:H149"/>
     <mergeCell ref="F136:H136"/>
+    <mergeCell ref="F86:J86"/>
+    <mergeCell ref="F87:J87"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="E115:E188"/>
+    <mergeCell ref="F124:H124"/>
+    <mergeCell ref="F125:H125"/>
+    <mergeCell ref="F119:J119"/>
+    <mergeCell ref="F120:J120"/>
+    <mergeCell ref="F123:H123"/>
+    <mergeCell ref="F133:H133"/>
+    <mergeCell ref="F134:H134"/>
+    <mergeCell ref="F179:H179"/>
+    <mergeCell ref="F168:J168"/>
+    <mergeCell ref="F156:H156"/>
+    <mergeCell ref="F157:H157"/>
+    <mergeCell ref="F158:H158"/>
     <mergeCell ref="F172:J172"/>
+    <mergeCell ref="F163:I163"/>
+    <mergeCell ref="G25:H25"/>
     <mergeCell ref="P41:U44"/>
     <mergeCell ref="F135:H135"/>
     <mergeCell ref="F145:J145"/>
     <mergeCell ref="P101:U103"/>
     <mergeCell ref="P93:U97"/>
     <mergeCell ref="P76:U77"/>
     <mergeCell ref="P78:U79"/>
     <mergeCell ref="G61:H61"/>
     <mergeCell ref="G62:H62"/>
     <mergeCell ref="G54:H54"/>
     <mergeCell ref="G55:H55"/>
     <mergeCell ref="G56:H56"/>
     <mergeCell ref="G57:H57"/>
     <mergeCell ref="G58:H58"/>
     <mergeCell ref="F88:J88"/>
-    <mergeCell ref="G46:H46"/>
-[...76 lines deleted...]
-    <mergeCell ref="F87:J87"/>
   </mergeCells>
   <conditionalFormatting sqref="K125">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="equal">
       <formula>"Fyll i antal bredvid"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="7">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Uppdragsbeskrivning" prompt="Detta är ett fritextfält som man kan nyttja till att beskriva kort vad uppdraget är" sqref="G27:H27 H31:H32 G32" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G33:G34" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"Ja,Nej"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Ansvarig" prompt="Den på insitutionen som är ansvarig för uppdraget" sqref="G26:H26" xr:uid="{00000000-0002-0000-0000-000002000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Institutionens projektnummer" prompt="Detta är ett fritextfält där insititutionens projektnummer från UBW/Agresso anges. Detta påverkar uppföljningsfliken." sqref="G25" xr:uid="{5832A455-A095-4455-B3E0-608C9562E2D5}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="UF-UU projektnummer" prompt="Detta är ett fritextfält där UFs projektnummer från UBW/Agresso anges. Detta påverkar uppföljningsfliken." sqref="G29:H29" xr:uid="{00000000-0002-0000-0000-000004000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="UF-UU projektledare" prompt="Detta är ett fritextfält där UFs projektledare för uppdraget anges." sqref="G30:H30" xr:uid="{00000000-0002-0000-0000-000005000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Delta nummer" prompt="Här anges UFs Delta nummer/kod för uppdraget/utbildningen" sqref="G31" xr:uid="{00000000-0002-0000-0000-000006000000}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="J44" location="Uppdragsutbildning!F196" display="Timkostnad (se beräkning)" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="77" fitToWidth="3" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="32" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="74" min="3" max="11" man="1"/>
-    <brk id="145" min="3" max="11" man="1"/>
+    <brk id="111" min="3" max="20" man="1"/>
+    <brk id="112" max="14" man="1"/>
   </rowBreaks>
-  <legacyDrawing r:id="rId2"/>
+  <colBreaks count="2" manualBreakCount="2">
+    <brk id="10" man="1"/>
+    <brk id="11" man="1"/>
+  </colBreaks>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="6">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Institutionskod från UBW/Agresso" error="Ni måste välja en av de befintliga institutionskoderna i rullmenyn " promptTitle="Institutionskod från UBW/Agresso" prompt="Välj den institutionskod som uppdraget genomförs av" xr:uid="{00000000-0002-0000-0000-000007000000}">
           <x14:formula1>
             <xm:f>Tabeller!$A$2:$A$36</xm:f>
           </x14:formula1>
           <xm:sqref>G21</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="information" showErrorMessage="1" errorTitle="Värde" error="Du har valt ett värde som inte finns i befintlig rullista. Vill du behålla detta värde, tryck ok annars tryck avbryt." xr:uid="{00000000-0002-0000-0000-000008000000}">
           <x14:formula1>
             <xm:f>Tabeller!$C$2:$C$9</xm:f>
           </x14:formula1>
           <xm:sqref>F133:H136</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="information" showErrorMessage="1" errorTitle="Värde" error="Du har valt ett värde som inte finns i befintlig rullista. Vill du behålla detta värde, tryck ok annars tryck avbryt." xr:uid="{00000000-0002-0000-0000-000009000000}">
           <x14:formula1>
             <xm:f>Tabeller!$E$2:$E$14</xm:f>
           </x14:formula1>
           <xm:sqref>F151:H153</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-00000A000000}">
           <x14:formula1>
             <xm:f>Tabeller!$J$2:$J$20</xm:f>
           </x14:formula1>
           <xm:sqref>H22:H24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-00000B000000}">
           <x14:formula1>
             <xm:f>Tabeller!$K$2:$K$13</xm:f>
           </x14:formula1>
           <xm:sqref>G22:G23</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" showErrorMessage="1" errorTitle="Värde" error="Du har valt ett värde som inte finns i befintlig rullista." xr:uid="{00000000-0002-0000-0000-00000C000000}">
           <x14:formula1>
             <xm:f>Tabeller!$E$2:$E$14</xm:f>
           </x14:formula1>
           <xm:sqref>F150:H150</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Blad1"/>
-  <dimension ref="A1:I46"/>
+  <dimension ref="B1:I46"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A28" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H37" sqref="H37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.08203125" style="33" customWidth="1"/>
-    <col min="2" max="2" width="21.08203125" style="33" customWidth="1"/>
+    <col min="1" max="1" width="3.125" style="33" customWidth="1"/>
+    <col min="2" max="2" width="21.125" style="33" customWidth="1"/>
     <col min="3" max="3" width="9" style="33"/>
     <col min="4" max="4" width="5" style="33" customWidth="1"/>
-    <col min="5" max="5" width="2.58203125" style="33" customWidth="1"/>
-    <col min="6" max="6" width="3.33203125" style="33" customWidth="1"/>
+    <col min="5" max="5" width="2.625" style="33" customWidth="1"/>
+    <col min="6" max="6" width="3.375" style="33" customWidth="1"/>
     <col min="7" max="7" width="9" style="33"/>
-    <col min="8" max="8" width="11.83203125" style="33" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.875" style="33" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.5" style="33" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9" style="33"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="20" x14ac:dyDescent="0.4">
-[...2 lines deleted...]
-      </c>
+    <row r="1" spans="2:9" ht="20.25" x14ac:dyDescent="0.3">
       <c r="B1" s="127" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="C1" s="34"/>
       <c r="D1" s="34"/>
       <c r="E1" s="34"/>
       <c r="F1" s="34"/>
       <c r="G1" s="34"/>
       <c r="H1" s="34"/>
       <c r="I1" s="122"/>
     </row>
-    <row r="2" spans="1:9" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B3" s="257" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C3" s="258"/>
       <c r="D3" s="258"/>
       <c r="E3" s="258"/>
       <c r="F3" s="258"/>
       <c r="G3" s="258"/>
       <c r="H3" s="259"/>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B4" s="260"/>
       <c r="C4" s="261"/>
       <c r="D4" s="261"/>
       <c r="E4" s="261"/>
       <c r="F4" s="261"/>
       <c r="G4" s="261"/>
       <c r="H4" s="262"/>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B5" s="260"/>
       <c r="C5" s="261"/>
       <c r="D5" s="261"/>
       <c r="E5" s="261"/>
       <c r="F5" s="261"/>
       <c r="G5" s="261"/>
       <c r="H5" s="262"/>
     </row>
-    <row r="6" spans="1:9" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="263"/>
       <c r="C6" s="264"/>
       <c r="D6" s="264"/>
       <c r="E6" s="264"/>
       <c r="F6" s="264"/>
       <c r="G6" s="264"/>
       <c r="H6" s="265"/>
     </row>
-    <row r="8" spans="1:9" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="9" spans="1:9" ht="13" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B9" s="48" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="49"/>
       <c r="D9" s="49"/>
       <c r="E9" s="49"/>
       <c r="F9" s="49"/>
       <c r="G9" s="49"/>
       <c r="H9" s="50"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B10" s="51"/>
       <c r="H10" s="52"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B11" s="131" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="132"/>
       <c r="D11" s="132"/>
       <c r="E11" s="95"/>
       <c r="F11" s="95"/>
       <c r="G11" s="272">
         <f>Uppdragsutbildning!G21</f>
         <v>0</v>
       </c>
       <c r="H11" s="273"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B12" s="131" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" s="132"/>
       <c r="D12" s="132"/>
       <c r="E12" s="95"/>
       <c r="F12" s="95"/>
       <c r="G12" s="272">
         <f>Uppdragsutbildning!G29</f>
         <v>0</v>
       </c>
       <c r="H12" s="273"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B13" s="51"/>
       <c r="G13" s="133"/>
       <c r="H13" s="134"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B14" s="135" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C14" s="132"/>
       <c r="D14" s="132"/>
       <c r="E14" s="95"/>
       <c r="F14" s="95"/>
       <c r="G14" s="278">
         <f>Uppdragsutbildning!G35</f>
         <v>0</v>
       </c>
       <c r="H14" s="279"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B15" s="51"/>
       <c r="G15" s="133"/>
       <c r="H15" s="134"/>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B16" s="135" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C16" s="132"/>
       <c r="D16" s="132"/>
       <c r="E16" s="95"/>
       <c r="F16" s="95"/>
       <c r="G16" s="272">
         <f>Uppdragsutbildning!G36</f>
         <v>0</v>
       </c>
       <c r="H16" s="273"/>
     </row>
-    <row r="17" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B17" s="135" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C17" s="132"/>
       <c r="D17" s="132"/>
       <c r="E17" s="95"/>
       <c r="F17" s="95"/>
       <c r="G17" s="276"/>
       <c r="H17" s="277"/>
     </row>
-    <row r="18" spans="2:8" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="63"/>
       <c r="C18" s="64"/>
       <c r="D18" s="64"/>
       <c r="E18" s="64"/>
       <c r="F18" s="64"/>
       <c r="G18" s="64"/>
       <c r="H18" s="65"/>
     </row>
-    <row r="20" spans="2:8" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="21" spans="2:8" ht="13" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B21" s="48" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C21" s="49"/>
       <c r="D21" s="49"/>
       <c r="E21" s="49"/>
       <c r="F21" s="49"/>
       <c r="G21" s="49"/>
       <c r="H21" s="50"/>
     </row>
-    <row r="22" spans="2:8" ht="13" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B22" s="66"/>
       <c r="H22" s="52"/>
     </row>
-    <row r="23" spans="2:8" ht="13" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B23" s="66" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H23" s="52"/>
     </row>
-    <row r="24" spans="2:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="274" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C24" s="275"/>
       <c r="D24" s="275"/>
       <c r="E24" s="275"/>
       <c r="F24" s="275"/>
-      <c r="H24" s="188">
+      <c r="H24" s="189">
         <f>G16*G17</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B25" s="51"/>
       <c r="H25" s="52"/>
     </row>
-    <row r="26" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B26" s="267" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C26" s="256"/>
       <c r="D26" s="256"/>
       <c r="E26" s="256"/>
       <c r="F26" s="256"/>
-      <c r="H26" s="176"/>
-[...1 lines deleted...]
-    <row r="27" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="H26" s="177"/>
+    </row>
+    <row r="27" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B27" s="51"/>
       <c r="H27" s="52"/>
     </row>
-    <row r="28" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B28" s="51"/>
       <c r="H28" s="52"/>
     </row>
-    <row r="29" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B29" s="51"/>
       <c r="H29" s="52"/>
     </row>
-    <row r="30" spans="2:8" ht="13" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B30" s="266" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C30" s="256"/>
       <c r="D30" s="256"/>
       <c r="E30" s="256"/>
       <c r="F30" s="256"/>
       <c r="H30" s="138">
         <f>H24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B31" s="51"/>
       <c r="H31" s="52"/>
     </row>
-    <row r="32" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B32" s="51"/>
       <c r="H32" s="52"/>
     </row>
-    <row r="33" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B33" s="51"/>
       <c r="H33" s="52"/>
     </row>
-    <row r="34" spans="2:8" ht="13" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B34" s="66" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H34" s="52"/>
     </row>
-    <row r="35" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B35" s="267" t="s">
         <v>11</v>
       </c>
       <c r="C35" s="256"/>
       <c r="D35" s="256"/>
       <c r="E35" s="256"/>
       <c r="F35" s="256"/>
       <c r="H35" s="137">
         <f>SUM(Uppdragsutbildning!$K112:K112)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B36" s="268" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C36" s="269"/>
       <c r="D36" s="269"/>
       <c r="E36" s="269"/>
       <c r="F36" s="269"/>
       <c r="H36" s="137">
-        <f>SUM(Uppdragsutbildning!$K181:K181)-H37</f>
-[...11 lines deleted...]
-      <c r="H37" s="194">
+        <f>SUM(Uppdragsutbildning!$K182:K182)-H37</f>
+        <v>19018.125</v>
+      </c>
+    </row>
+    <row r="37" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B37" s="192" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" s="193"/>
+      <c r="D37" s="193"/>
+      <c r="E37" s="193"/>
+      <c r="F37" s="193"/>
+      <c r="H37" s="195">
         <f>Uppdragsutbildning!K145</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="2:8" s="122" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="2:8" s="122" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B38" s="270" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C38" s="271"/>
       <c r="D38" s="271"/>
       <c r="E38" s="271"/>
       <c r="F38" s="271"/>
       <c r="G38" s="139"/>
       <c r="H38" s="140">
         <f>SUM(H35:H37)</f>
-        <v>24018.125</v>
-[...3 lines deleted...]
-    <row r="41" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+        <v>19018.125</v>
+      </c>
+    </row>
+    <row r="40" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="41" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="48" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C41" s="49"/>
       <c r="D41" s="49"/>
       <c r="E41" s="49"/>
       <c r="F41" s="49"/>
       <c r="G41" s="49"/>
       <c r="H41" s="50"/>
     </row>
-    <row r="42" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B42" s="128"/>
       <c r="C42" s="84"/>
       <c r="D42" s="84"/>
       <c r="E42" s="84"/>
       <c r="F42" s="84"/>
       <c r="G42" s="84"/>
       <c r="H42" s="141"/>
     </row>
-    <row r="43" spans="2:8" ht="13" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B43" s="266" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C43" s="256"/>
       <c r="D43" s="256"/>
       <c r="E43" s="256"/>
       <c r="F43" s="256"/>
       <c r="H43" s="73">
         <f>H30-H38</f>
-        <v>-24018.125</v>
-[...2 lines deleted...]
-    <row r="44" spans="2:8" x14ac:dyDescent="0.25">
+        <v>-19018.125</v>
+      </c>
+    </row>
+    <row r="44" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B44" s="51"/>
       <c r="H44" s="52"/>
     </row>
-    <row r="45" spans="2:8" ht="13" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B45" s="255" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C45" s="256"/>
       <c r="D45" s="256"/>
       <c r="E45" s="256"/>
       <c r="F45" s="256"/>
       <c r="H45" s="142">
         <f>H35+H43</f>
-        <v>-24018.125</v>
-[...2 lines deleted...]
-    <row r="46" spans="2:8" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+        <v>-19018.125</v>
+      </c>
+    </row>
+    <row r="46" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="63"/>
       <c r="C46" s="64"/>
       <c r="D46" s="64"/>
       <c r="E46" s="64"/>
       <c r="F46" s="64"/>
       <c r="G46" s="64"/>
       <c r="H46" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="B45:F45"/>
     <mergeCell ref="B3:H6"/>
     <mergeCell ref="B30:F30"/>
     <mergeCell ref="B35:F35"/>
     <mergeCell ref="B36:F36"/>
     <mergeCell ref="B38:F38"/>
     <mergeCell ref="B43:F43"/>
     <mergeCell ref="B26:F26"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="B24:F24"/>
     <mergeCell ref="G17:H17"/>
     <mergeCell ref="G16:H16"/>
     <mergeCell ref="G14:H14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Blad2"/>
   <dimension ref="A1:Q36"/>
   <sheetViews>
-    <sheetView topLeftCell="D1" workbookViewId="0">
-      <selection activeCell="E18" sqref="E18"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="J3" sqref="J3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="3" max="3" width="44.08203125" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="16" max="17" width="7.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="44.125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="32.875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="4.875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="4.625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="13.375" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="7.375" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.375" bestFit="1" customWidth="1"/>
+    <col min="16" max="17" width="7.375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" s="31" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:17" s="31" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="31" t="str">
         <f>Uppdragsutbildning!F132</f>
         <v>Övrig material-/ tjänster</v>
       </c>
       <c r="E1" s="31" t="str">
         <f>Uppdragsutbildning!F149</f>
         <v>Arbetsmoment</v>
       </c>
       <c r="F1" s="31" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H1" s="31" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="J1" s="31" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K1" s="31" t="s">
-        <v>108</v>
-[...9 lines deleted...]
-    <row r="2" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>111</v>
+      </c>
+      <c r="M1" s="31" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="C2" s="32" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="E2" s="32" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="F2" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="H2" s="6">
         <v>0</v>
       </c>
       <c r="J2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K2" s="153" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="L2" s="153"/>
-      <c r="M2" s="195" t="s">
-[...15 lines deleted...]
-    <row r="3" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="M2" t="s">
+        <v>125</v>
+      </c>
+      <c r="N2" s="153" t="s">
+        <v>127</v>
+      </c>
+      <c r="O2" s="155" t="s">
+        <v>128</v>
+      </c>
+      <c r="P2" t="s">
+        <v>212</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E3" t="s">
         <v>45</v>
       </c>
       <c r="F3">
         <v>640</v>
       </c>
-      <c r="G3" s="155"/>
+      <c r="G3" s="156"/>
       <c r="H3" s="6">
         <f t="shared" ref="H3:H12" si="0">H2+0.01</f>
         <v>0.01</v>
       </c>
       <c r="J3">
         <f t="shared" ref="J3:J20" si="1">J2+1</f>
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="K3" s="153" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="L3" s="153"/>
-      <c r="M3" s="196" t="s">
-[...2 lines deleted...]
-      <c r="N3" s="198">
+      <c r="M3" s="153" t="s">
+        <v>129</v>
+      </c>
+      <c r="N3" s="156">
         <v>19018.125</v>
       </c>
-      <c r="O3" s="198">
+      <c r="O3" s="156">
         <v>49447.125</v>
       </c>
-      <c r="P3" s="198">
+      <c r="P3" s="156">
         <v>59590.124999999993</v>
       </c>
-      <c r="Q3" s="198">
+      <c r="Q3" s="156">
         <v>65549.137499999997</v>
       </c>
     </row>
-    <row r="4" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4">
         <v>640</v>
       </c>
-      <c r="G4" s="155"/>
+      <c r="G4" s="156"/>
       <c r="H4" s="6">
         <f t="shared" si="0"/>
         <v>0.02</v>
       </c>
       <c r="J4">
         <f t="shared" si="1"/>
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="K4" s="153" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="L4" s="153"/>
-      <c r="M4" s="196" t="s">
-[...2 lines deleted...]
-      <c r="N4" s="198">
+      <c r="M4" s="153" t="s">
+        <v>130</v>
+      </c>
+      <c r="N4" s="156">
         <v>38036.25</v>
       </c>
-      <c r="O4" s="198">
+      <c r="O4" s="156">
         <v>59590.124999999993</v>
       </c>
-      <c r="P4" s="198">
+      <c r="P4" s="156">
         <v>72268.875</v>
       </c>
-      <c r="Q4" s="198">
+      <c r="Q4" s="156">
         <v>79495.762499999997</v>
       </c>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E5" t="s">
         <v>47</v>
       </c>
       <c r="F5">
         <v>640</v>
       </c>
-      <c r="G5" s="155"/>
+      <c r="G5" s="156"/>
       <c r="H5" s="6">
         <f t="shared" si="0"/>
         <v>0.03</v>
       </c>
       <c r="J5">
         <f t="shared" si="1"/>
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="K5" s="153" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="L5" s="153"/>
-      <c r="M5" s="195" t="s">
-[...2 lines deleted...]
-      <c r="N5" s="198">
+      <c r="M5" t="s">
+        <v>131</v>
+      </c>
+      <c r="N5" s="156">
         <v>59590.124999999993</v>
       </c>
-      <c r="O5" s="198">
+      <c r="O5" s="156">
         <v>79876.125</v>
       </c>
-      <c r="P5" s="198">
+      <c r="P5" s="156">
         <v>91287</v>
       </c>
-      <c r="Q5" s="198">
+      <c r="Q5" s="156">
         <v>100415.70000000003</v>
       </c>
     </row>
-    <row r="6" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>48</v>
       </c>
       <c r="F6">
         <v>750</v>
       </c>
-      <c r="G6" s="155"/>
+      <c r="G6" s="156"/>
       <c r="H6" s="6">
         <f t="shared" si="0"/>
         <v>0.04</v>
       </c>
       <c r="J6">
         <f t="shared" si="1"/>
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="K6" s="153" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="L6" s="153"/>
-      <c r="M6" s="195" t="s">
-[...2 lines deleted...]
-      <c r="N6" s="198">
+      <c r="M6" t="s">
+        <v>132</v>
+      </c>
+      <c r="N6" s="156">
         <v>68465.25</v>
       </c>
-      <c r="O6" s="198">
+      <c r="O6" s="156">
         <v>96358.5</v>
       </c>
-      <c r="P6" s="198">
+      <c r="P6" s="156">
         <v>112840.87499999999</v>
       </c>
-      <c r="Q6" s="198">
+      <c r="Q6" s="156">
         <v>124124.96250000001</v>
       </c>
     </row>
-    <row r="7" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7">
         <v>640</v>
       </c>
-      <c r="G7" s="155"/>
+      <c r="G7" s="156"/>
       <c r="H7" s="6">
         <f t="shared" si="0"/>
         <v>0.05</v>
       </c>
       <c r="J7">
         <f t="shared" si="1"/>
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="K7" s="153" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="L7" s="153"/>
-      <c r="M7" s="195" t="s">
-[...2 lines deleted...]
-      <c r="N7" s="198">
+      <c r="M7" t="s">
+        <v>133</v>
+      </c>
+      <c r="N7" s="156">
         <v>82411.875</v>
       </c>
-      <c r="O7" s="198">
+      <c r="O7" s="156">
         <v>110305.12499999999</v>
       </c>
-      <c r="P7" s="198">
+      <c r="P7" s="156">
         <v>150877.125</v>
       </c>
-      <c r="Q7" s="198">
+      <c r="Q7" s="156">
         <v>165964.83749999999</v>
       </c>
     </row>
-    <row r="8" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8">
         <v>430</v>
       </c>
-      <c r="G8" s="155"/>
+      <c r="G8" s="156"/>
       <c r="H8" s="6">
         <f t="shared" si="0"/>
         <v>6.0000000000000005E-2</v>
       </c>
       <c r="J8">
         <f t="shared" si="1"/>
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="K8" s="153" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="L8" s="153"/>
     </row>
-    <row r="9" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C9" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="E9" t="s">
         <v>51</v>
       </c>
       <c r="F9">
         <v>430</v>
       </c>
-      <c r="G9" s="155"/>
+      <c r="G9" s="156"/>
       <c r="H9" s="6">
         <f t="shared" si="0"/>
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="J9">
         <f t="shared" si="1"/>
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="K9" s="153" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L9" s="153"/>
-      <c r="N9" s="155"/>
-[...4 lines deleted...]
-    <row r="10" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="N9" s="156"/>
+      <c r="O9" s="156"/>
+      <c r="P9" s="156"/>
+      <c r="Q9" s="156"/>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="E10" t="s">
         <v>52</v>
       </c>
       <c r="F10">
         <v>430</v>
       </c>
-      <c r="G10" s="155"/>
+      <c r="G10" s="156"/>
       <c r="H10" s="6">
         <f t="shared" si="0"/>
         <v>0.08</v>
       </c>
       <c r="J10">
         <f t="shared" si="1"/>
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="K10" s="153" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="L10" s="153"/>
-      <c r="N10" s="155"/>
-[...4 lines deleted...]
-    <row r="11" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="N10" s="156"/>
+      <c r="O10" s="156"/>
+      <c r="P10" s="156"/>
+      <c r="Q10" s="156"/>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="E11" t="s">
         <v>53</v>
       </c>
       <c r="F11">
         <v>430</v>
       </c>
-      <c r="G11" s="155"/>
+      <c r="G11" s="156"/>
       <c r="H11" s="6">
         <f>H10+0.01</f>
         <v>0.09</v>
       </c>
       <c r="J11">
         <f t="shared" si="1"/>
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="K11" s="153" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="L11" s="153"/>
-      <c r="N11" s="155"/>
-[...4 lines deleted...]
-    <row r="12" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="N11" s="156"/>
+      <c r="O11" s="156"/>
+      <c r="P11" s="156"/>
+      <c r="Q11" s="156"/>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12">
         <v>530</v>
       </c>
-      <c r="G12" s="155"/>
+      <c r="G12" s="156"/>
       <c r="H12" s="6">
         <f t="shared" si="0"/>
         <v>9.9999999999999992E-2</v>
       </c>
       <c r="J12">
         <f t="shared" si="1"/>
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="K12" s="153" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="L12" s="153"/>
-      <c r="N12" s="155"/>
-[...4 lines deleted...]
-    <row r="13" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="N12" s="156"/>
+      <c r="O12" s="156"/>
+      <c r="P12" s="156"/>
+      <c r="Q12" s="156"/>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13">
         <v>640</v>
       </c>
-      <c r="G13" s="155"/>
+      <c r="G13" s="156"/>
       <c r="J13">
         <f t="shared" si="1"/>
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="K13" s="153" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="L13" s="153"/>
-      <c r="N13" s="155"/>
-[...4 lines deleted...]
-    <row r="14" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="N13" s="156"/>
+      <c r="O13" s="156"/>
+      <c r="P13" s="156"/>
+      <c r="Q13" s="156"/>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="E14" t="s">
         <v>56</v>
       </c>
       <c r="F14">
         <v>550</v>
       </c>
-      <c r="G14" s="155"/>
+      <c r="G14" s="156"/>
       <c r="J14">
         <f t="shared" si="1"/>
-        <v>2037</v>
-[...6 lines deleted...]
-    <row r="15" spans="1:17" x14ac:dyDescent="0.3">
+        <v>2038</v>
+      </c>
+      <c r="N14" s="156"/>
+      <c r="O14" s="156"/>
+      <c r="P14" s="156"/>
+      <c r="Q14" s="156"/>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="J15">
         <f t="shared" si="1"/>
-        <v>2038</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:17" x14ac:dyDescent="0.3">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="J16">
         <f t="shared" si="1"/>
-        <v>2039</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="J17">
         <f t="shared" si="1"/>
-        <v>2040</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
+        <v>2041</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="J18">
         <f t="shared" si="1"/>
-        <v>2041</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" x14ac:dyDescent="0.3">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="J19">
         <f t="shared" si="1"/>
-        <v>2042</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" x14ac:dyDescent="0.3">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="J20">
         <f t="shared" si="1"/>
-        <v>2043</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" x14ac:dyDescent="0.3">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" x14ac:dyDescent="0.3">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" x14ac:dyDescent="0.3">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" x14ac:dyDescent="0.3">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" x14ac:dyDescent="0.3">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" x14ac:dyDescent="0.3">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" x14ac:dyDescent="0.3">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" x14ac:dyDescent="0.3">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" x14ac:dyDescent="0.3">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="C1:M95"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.58203125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2" style="3" customWidth="1"/>
-    <col min="2" max="2" width="2.33203125" style="3" customWidth="1"/>
-    <col min="3" max="3" width="4.83203125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="2.375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="4.875" style="3" customWidth="1"/>
     <col min="4" max="4" width="22" style="3" customWidth="1"/>
-    <col min="5" max="5" width="29.58203125" style="3" customWidth="1"/>
-    <col min="6" max="6" width="6.08203125" style="3" customWidth="1"/>
+    <col min="5" max="5" width="29.625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="6.125" style="3" customWidth="1"/>
     <col min="7" max="7" width="19" style="3" customWidth="1"/>
-    <col min="8" max="8" width="19.08203125" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="10.08203125" style="3" customWidth="1"/>
+    <col min="8" max="8" width="19.125" style="3" customWidth="1"/>
+    <col min="9" max="9" width="10.625" style="3" customWidth="1"/>
+    <col min="10" max="10" width="10.125" style="3" customWidth="1"/>
     <col min="11" max="11" width="13.5" style="3" customWidth="1"/>
-    <col min="12" max="12" width="17.08203125" style="3" customWidth="1"/>
-    <col min="13" max="16384" width="8.58203125" style="3"/>
+    <col min="12" max="12" width="17.125" style="3" customWidth="1"/>
+    <col min="13" max="16384" width="8.625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:13" ht="25" x14ac:dyDescent="0.5">
+    <row r="1" spans="3:13" ht="26.25" x14ac:dyDescent="0.4">
       <c r="C1" s="5" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
     </row>
-    <row r="2" spans="3:13" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="3:13" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
     </row>
-    <row r="3" spans="3:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C3" s="280" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="D3" s="281"/>
       <c r="E3" s="281"/>
       <c r="F3" s="281"/>
       <c r="G3" s="281"/>
       <c r="H3" s="281"/>
       <c r="I3" s="281"/>
       <c r="J3" s="281"/>
       <c r="K3" s="281"/>
       <c r="L3" s="281"/>
       <c r="M3" s="282"/>
     </row>
-    <row r="4" spans="3:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C4" s="283"/>
       <c r="D4" s="284"/>
       <c r="E4" s="284"/>
       <c r="F4" s="284"/>
       <c r="G4" s="284"/>
       <c r="H4" s="284"/>
       <c r="I4" s="284"/>
       <c r="J4" s="284"/>
       <c r="K4" s="284"/>
       <c r="L4" s="284"/>
       <c r="M4" s="285"/>
     </row>
-    <row r="5" spans="3:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C5" s="283"/>
       <c r="D5" s="284"/>
       <c r="E5" s="284"/>
       <c r="F5" s="284"/>
       <c r="G5" s="284"/>
       <c r="H5" s="284"/>
       <c r="I5" s="284"/>
       <c r="J5" s="284"/>
       <c r="K5" s="284"/>
       <c r="L5" s="284"/>
       <c r="M5" s="285"/>
     </row>
-    <row r="6" spans="3:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C6" s="283"/>
       <c r="D6" s="284"/>
       <c r="E6" s="284"/>
       <c r="F6" s="284"/>
       <c r="G6" s="284"/>
       <c r="H6" s="284"/>
       <c r="I6" s="284"/>
       <c r="J6" s="284"/>
       <c r="K6" s="284"/>
       <c r="L6" s="284"/>
       <c r="M6" s="285"/>
     </row>
-    <row r="7" spans="3:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C7" s="283"/>
       <c r="D7" s="284"/>
       <c r="E7" s="284"/>
       <c r="F7" s="284"/>
       <c r="G7" s="284"/>
       <c r="H7" s="284"/>
       <c r="I7" s="284"/>
       <c r="J7" s="284"/>
       <c r="K7" s="284"/>
       <c r="L7" s="284"/>
       <c r="M7" s="285"/>
     </row>
-    <row r="8" spans="3:13" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="3:13" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C8" s="286"/>
       <c r="D8" s="287"/>
       <c r="E8" s="287"/>
       <c r="F8" s="287"/>
       <c r="G8" s="287"/>
       <c r="H8" s="287"/>
       <c r="I8" s="287"/>
       <c r="J8" s="287"/>
       <c r="K8" s="287"/>
       <c r="L8" s="287"/>
       <c r="M8" s="288"/>
     </row>
-    <row r="9" spans="3:13" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="3:13" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20"/>
       <c r="H9" s="20"/>
       <c r="I9" s="20"/>
       <c r="J9" s="20"/>
       <c r="K9" s="20"/>
       <c r="L9" s="20"/>
     </row>
-    <row r="10" spans="3:13" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      <c r="C11" s="167"/>
+    <row r="10" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C10" s="165"/>
+      <c r="D10" s="166"/>
+      <c r="E10" s="166"/>
+      <c r="F10" s="166"/>
+      <c r="G10" s="166"/>
+      <c r="H10" s="166"/>
+      <c r="I10" s="166"/>
+      <c r="J10" s="166"/>
+      <c r="K10" s="166"/>
+      <c r="L10" s="166"/>
+      <c r="M10" s="167"/>
+    </row>
+    <row r="11" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C11" s="168"/>
       <c r="D11" s="4" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
-      <c r="M11" s="168"/>
-[...2 lines deleted...]
-      <c r="C12" s="167"/>
+      <c r="M11" s="169"/>
+    </row>
+    <row r="12" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C12" s="168"/>
       <c r="D12" s="28"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
-      <c r="M12" s="168"/>
-[...2 lines deleted...]
-      <c r="C13" s="167"/>
+      <c r="M12" s="169"/>
+    </row>
+    <row r="13" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C13" s="168"/>
       <c r="D13" s="28" t="s">
         <v>35</v>
       </c>
       <c r="E13" s="28" t="s">
         <v>38</v>
       </c>
       <c r="F13" s="28" t="s">
         <v>31</v>
       </c>
       <c r="G13" s="28" t="s">
         <v>32</v>
       </c>
       <c r="H13" s="28" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="I13" s="28" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="J13" s="29" t="s">
         <v>34</v>
       </c>
       <c r="K13" s="29" t="s">
         <v>33</v>
       </c>
-      <c r="M13" s="168"/>
-[...3 lines deleted...]
-      <c r="D14" s="190" t="str">
+      <c r="M13" s="169"/>
+    </row>
+    <row r="14" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C14" s="168"/>
+      <c r="D14" s="191" t="str">
         <f>IF(RIGHT(G14,1)="5","11","12")</f>
         <v>12</v>
       </c>
       <c r="E14" s="1" t="str">
         <f>IF(D14="11","Intäkter av uppdrag","Intäkter av bidrag")</f>
         <v>Intäkter av bidrag</v>
       </c>
       <c r="F14" s="8">
         <f>IF(RIGHT(G14,1)="4","3564",3367)</f>
         <v>3367</v>
       </c>
       <c r="G14" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H14" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I14" s="10" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J14" s="11">
         <f>-'Uppdragsutb Ekonomi total'!H30</f>
         <v>0</v>
       </c>
       <c r="K14" s="10" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
-      <c r="M14" s="168"/>
-[...2 lines deleted...]
-      <c r="C15" s="167"/>
+      <c r="M14" s="169"/>
+    </row>
+    <row r="15" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C15" s="168"/>
       <c r="D15" s="1">
         <v>21</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F15" s="12">
         <v>40</v>
       </c>
       <c r="G15" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H15" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I15" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J15" s="15">
         <f>Uppdragsutbildning!$K74+SUM(Uppdragsutbildning!$K102:$K103)</f>
         <v>0</v>
       </c>
       <c r="K15" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
-      <c r="M15" s="168"/>
-[...2 lines deleted...]
-      <c r="C16" s="167"/>
+      <c r="M15" s="169"/>
+    </row>
+    <row r="16" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C16" s="168"/>
       <c r="D16" s="1">
         <v>22</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="12">
         <v>50</v>
       </c>
       <c r="G16" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H16" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I16" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J16" s="15">
         <f>SUM(Uppdragsutbildning!$K96:$K98)</f>
         <v>0</v>
       </c>
       <c r="K16" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
-      <c r="M16" s="168"/>
-[...2 lines deleted...]
-      <c r="C17" s="167"/>
+      <c r="M16" s="169"/>
+    </row>
+    <row r="17" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C17" s="168"/>
       <c r="D17" s="1">
         <v>23</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="F17" s="12">
         <v>57819</v>
       </c>
       <c r="G17" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H17" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I17" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J17" s="15">
         <f>'Uppdragsutb Ekonomi total'!H36</f>
-        <v>24018.125</v>
+        <v>19018.125</v>
       </c>
       <c r="K17" s="14" t="s">
-        <v>211</v>
-[...4 lines deleted...]
-      <c r="C18" s="167"/>
+        <v>220</v>
+      </c>
+      <c r="M17" s="169"/>
+    </row>
+    <row r="18" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="C18" s="168"/>
       <c r="D18" s="1">
         <v>23</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F18" s="16">
         <v>52</v>
       </c>
       <c r="G18" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H18" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I18" s="18" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J18" s="19">
         <f>Uppdragsutbildning!$K91</f>
         <v>0</v>
       </c>
       <c r="K18" s="18" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
-      <c r="M18" s="168"/>
-[...14 lines deleted...]
-    <row r="20" spans="3:13" x14ac:dyDescent="0.3">
+      <c r="M18" s="169"/>
+    </row>
+    <row r="19" spans="3:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C19" s="170"/>
+      <c r="D19" s="171"/>
+      <c r="E19" s="171"/>
+      <c r="F19" s="172"/>
+      <c r="G19" s="172"/>
+      <c r="H19" s="172"/>
+      <c r="I19" s="172"/>
+      <c r="J19" s="173"/>
+      <c r="K19" s="173"/>
+      <c r="L19" s="173"/>
+      <c r="M19" s="174"/>
+    </row>
+    <row r="20" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
     </row>
-    <row r="21" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
     </row>
-    <row r="22" spans="3:13" ht="14.5" hidden="1" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="3:13" ht="15" hidden="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="C22" s="21"/>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="22"/>
     </row>
-    <row r="23" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C23" s="23"/>
       <c r="D23" s="4" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
       <c r="J23" s="4"/>
       <c r="K23" s="4"/>
       <c r="L23" s="4"/>
       <c r="M23" s="24"/>
     </row>
-    <row r="24" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C24" s="23"/>
       <c r="D24" s="28"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="M24" s="24"/>
     </row>
-    <row r="25" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C25" s="23"/>
       <c r="D25" s="28" t="s">
         <v>35</v>
       </c>
       <c r="E25" s="28" t="s">
         <v>38</v>
       </c>
       <c r="F25" s="28" t="s">
         <v>31</v>
       </c>
       <c r="G25" s="28" t="s">
         <v>10</v>
       </c>
       <c r="H25" s="28" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="28" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="J25" s="28" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="K25" s="29" t="s">
         <v>34</v>
       </c>
       <c r="L25" s="29" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="24"/>
     </row>
-    <row r="26" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C26" s="23"/>
       <c r="D26" s="1">
         <v>12</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F26" s="8">
         <v>33</v>
       </c>
       <c r="G26" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H26" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I26" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J26" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K26" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,-Uppdragsutbildning!$K$112,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>0</v>
       </c>
       <c r="L26" s="10" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M26" s="24"/>
     </row>
-    <row r="27" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C27" s="23"/>
       <c r="D27" s="1">
         <v>21</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F27" s="12">
         <v>40</v>
       </c>
       <c r="G27" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H27" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I27" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J27" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K27" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103),(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>0</v>
       </c>
       <c r="L27" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M27" s="24"/>
     </row>
-    <row r="28" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C28" s="23"/>
       <c r="D28" s="1">
         <v>22</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F28" s="12">
         <v>50</v>
       </c>
       <c r="G28" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H28" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I28" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J28" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K28" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,SUM(Uppdragsutbildning!G$96:$K98),SUM(Uppdragsutbildning!$K$96:$K$98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>0</v>
       </c>
       <c r="L28" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M28" s="24"/>
     </row>
-    <row r="29" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C29" s="23"/>
       <c r="D29" s="1">
         <v>23</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F29" s="16">
         <v>52</v>
       </c>
       <c r="G29" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H29" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I29" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J29" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K29" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,Uppdragsutbildning!$K$91,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>0</v>
       </c>
       <c r="L29" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M29" s="24"/>
     </row>
-    <row r="30" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C30" s="23"/>
       <c r="D30" s="1">
         <v>12</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F30" s="8">
         <v>33</v>
       </c>
       <c r="G30" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H30" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I30" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J30" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K30" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L30" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M30" s="24"/>
     </row>
-    <row r="31" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C31" s="23"/>
       <c r="D31" s="1">
         <v>21</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F31" s="12">
         <v>40</v>
       </c>
       <c r="G31" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H31" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I31" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J31" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K31" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L31" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M31" s="24"/>
     </row>
-    <row r="32" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C32" s="23"/>
       <c r="D32" s="1">
         <v>22</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F32" s="12">
         <v>50</v>
       </c>
       <c r="G32" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H32" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I32" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J32" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K32" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,SUM(Uppdragsutbildning!G$96:$K98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L32" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M32" s="24"/>
     </row>
-    <row r="33" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C33" s="23"/>
       <c r="D33" s="1">
         <v>23</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F33" s="16">
         <v>52</v>
       </c>
       <c r="G33" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H33" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I33" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J33" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K33" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L33" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M33" s="24"/>
     </row>
-    <row r="34" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C34" s="23"/>
       <c r="D34" s="1">
         <v>12</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F34" s="8">
         <v>33</v>
       </c>
       <c r="G34" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H34" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I34" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J34" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K34" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L34" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M34" s="24"/>
     </row>
-    <row r="35" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C35" s="23"/>
       <c r="D35" s="1">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F35" s="12">
         <v>40</v>
       </c>
       <c r="G35" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H35" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I35" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J35" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K35" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L35" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M35" s="24"/>
     </row>
-    <row r="36" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C36" s="23"/>
       <c r="D36" s="1">
         <v>22</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F36" s="12">
         <v>50</v>
       </c>
       <c r="G36" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H36" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I36" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J36" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K36" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,SUM(Uppdragsutbildning!G$96:$K98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L36" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M36" s="24"/>
     </row>
-    <row r="37" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C37" s="23"/>
       <c r="D37" s="1">
         <v>23</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F37" s="16">
         <v>52</v>
       </c>
       <c r="G37" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H37" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I37" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J37" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K37" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L37" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M37" s="24"/>
     </row>
-    <row r="38" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C38" s="23"/>
       <c r="D38" s="1">
         <v>12</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F38" s="8">
         <v>33</v>
       </c>
       <c r="G38" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H38" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I38" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J38" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K38" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L38" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M38" s="24"/>
     </row>
-    <row r="39" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C39" s="23"/>
       <c r="D39" s="1">
         <v>21</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F39" s="12">
         <v>40</v>
       </c>
       <c r="G39" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H39" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I39" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J39" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K39" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L39" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M39" s="24"/>
     </row>
-    <row r="40" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C40" s="23"/>
       <c r="D40" s="1">
         <v>22</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F40" s="12">
         <v>50</v>
       </c>
       <c r="G40" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H40" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I40" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J40" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K40" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,SUM(Uppdragsutbildning!G$96:$K98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L40" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M40" s="24"/>
     </row>
-    <row r="41" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C41" s="23"/>
       <c r="D41" s="1">
         <v>23</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F41" s="16">
         <v>52</v>
       </c>
       <c r="G41" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H41" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I41" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J41" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K41" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L41" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M41" s="24"/>
     </row>
-    <row r="42" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C42" s="23"/>
       <c r="D42" s="1">
         <v>12</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F42" s="8">
         <v>33</v>
       </c>
       <c r="G42" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H42" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I42" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J42" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K42" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L42" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M42" s="24"/>
     </row>
-    <row r="43" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C43" s="23"/>
       <c r="D43" s="1">
         <v>21</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F43" s="12">
         <v>40</v>
       </c>
       <c r="G43" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H43" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I43" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J43" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K43" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L43" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M43" s="24"/>
     </row>
-    <row r="44" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C44" s="23"/>
       <c r="D44" s="1">
         <v>22</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F44" s="12">
         <v>50</v>
       </c>
       <c r="G44" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H44" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I44" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J44" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K44" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,SUM(Uppdragsutbildning!G$96:$K98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L44" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M44" s="24"/>
     </row>
-    <row r="45" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C45" s="23"/>
       <c r="D45" s="1">
         <v>23</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F45" s="16">
         <v>52</v>
       </c>
       <c r="G45" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H45" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I45" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J45" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K45" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L45" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M45" s="24"/>
     </row>
-    <row r="46" spans="3:13" ht="14.5" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="3:13" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C46" s="25"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="30"/>
       <c r="J46" s="30"/>
       <c r="K46" s="30"/>
       <c r="L46" s="30"/>
       <c r="M46" s="26"/>
     </row>
-    <row r="47" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47"/>
     </row>
-    <row r="48" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="48" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
     </row>
-    <row r="49" spans="3:13" ht="25" x14ac:dyDescent="0.5">
+    <row r="49" spans="3:13" ht="26.25" x14ac:dyDescent="0.4">
       <c r="C49" s="5" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="D49" s="5"/>
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
       <c r="G49" s="5"/>
       <c r="H49" s="5"/>
       <c r="I49" s="5"/>
       <c r="J49" s="5"/>
       <c r="K49" s="5"/>
       <c r="L49" s="5"/>
       <c r="M49" s="5"/>
     </row>
-    <row r="50" spans="3:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="3:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>
     </row>
-    <row r="51" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="51" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C51" s="280" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="D51" s="281"/>
       <c r="E51" s="281"/>
       <c r="F51" s="281"/>
       <c r="G51" s="281"/>
       <c r="H51" s="281"/>
       <c r="I51" s="281"/>
       <c r="J51" s="281"/>
       <c r="K51" s="281"/>
       <c r="L51" s="281"/>
       <c r="M51" s="282"/>
     </row>
-    <row r="52" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="52" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C52" s="283"/>
       <c r="D52" s="284"/>
       <c r="E52" s="284"/>
       <c r="F52" s="284"/>
       <c r="G52" s="284"/>
       <c r="H52" s="284"/>
       <c r="I52" s="284"/>
       <c r="J52" s="284"/>
       <c r="K52" s="284"/>
       <c r="L52" s="284"/>
       <c r="M52" s="285"/>
     </row>
-    <row r="53" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="53" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C53" s="283"/>
       <c r="D53" s="284"/>
       <c r="E53" s="284"/>
       <c r="F53" s="284"/>
       <c r="G53" s="284"/>
       <c r="H53" s="284"/>
       <c r="I53" s="284"/>
       <c r="J53" s="284"/>
       <c r="K53" s="284"/>
       <c r="L53" s="284"/>
       <c r="M53" s="285"/>
     </row>
-    <row r="54" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="54" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C54" s="283"/>
       <c r="D54" s="284"/>
       <c r="E54" s="284"/>
       <c r="F54" s="284"/>
       <c r="G54" s="284"/>
       <c r="H54" s="284"/>
       <c r="I54" s="284"/>
       <c r="J54" s="284"/>
       <c r="K54" s="284"/>
       <c r="L54" s="284"/>
       <c r="M54" s="285"/>
     </row>
-    <row r="55" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="55" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C55" s="283"/>
       <c r="D55" s="284"/>
       <c r="E55" s="284"/>
       <c r="F55" s="284"/>
       <c r="G55" s="284"/>
       <c r="H55" s="284"/>
       <c r="I55" s="284"/>
       <c r="J55" s="284"/>
       <c r="K55" s="284"/>
       <c r="L55" s="284"/>
       <c r="M55" s="285"/>
     </row>
-    <row r="56" spans="3:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="3:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C56" s="286"/>
       <c r="D56" s="287"/>
       <c r="E56" s="287"/>
       <c r="F56" s="287"/>
       <c r="G56" s="287"/>
       <c r="H56" s="287"/>
       <c r="I56" s="287"/>
       <c r="J56" s="287"/>
       <c r="K56" s="287"/>
       <c r="L56" s="287"/>
       <c r="M56" s="288"/>
     </row>
-    <row r="57" spans="3:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="3:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D57" s="20"/>
       <c r="E57" s="20"/>
       <c r="F57" s="20"/>
       <c r="G57" s="20"/>
       <c r="H57" s="20"/>
       <c r="I57" s="20"/>
       <c r="J57" s="20"/>
       <c r="K57" s="20"/>
       <c r="L57" s="20"/>
     </row>
-    <row r="58" spans="3:13" ht="14.5" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="3:13" ht="15" thickTop="1" x14ac:dyDescent="0.2">
       <c r="C58" s="21"/>
       <c r="D58" s="27"/>
       <c r="E58" s="27"/>
       <c r="F58" s="27"/>
       <c r="G58" s="27"/>
       <c r="H58" s="27"/>
       <c r="I58" s="27"/>
       <c r="J58" s="27"/>
       <c r="K58" s="27"/>
       <c r="L58" s="27"/>
       <c r="M58" s="22"/>
     </row>
-    <row r="59" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="59" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C59" s="23"/>
       <c r="D59" s="4" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="4"/>
       <c r="H59" s="4"/>
       <c r="I59" s="4"/>
       <c r="J59" s="4"/>
       <c r="K59" s="4"/>
       <c r="L59" s="4"/>
       <c r="M59" s="24"/>
     </row>
-    <row r="60" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="60" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C60" s="23"/>
       <c r="D60" s="28"/>
       <c r="E60"/>
       <c r="F60"/>
       <c r="G60"/>
       <c r="H60"/>
       <c r="I60"/>
       <c r="M60" s="24"/>
     </row>
-    <row r="61" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="61" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C61" s="23"/>
       <c r="D61" s="28" t="s">
         <v>35</v>
       </c>
       <c r="E61" s="28" t="s">
         <v>38</v>
       </c>
       <c r="F61" s="28" t="s">
         <v>31</v>
       </c>
       <c r="G61" s="28" t="s">
         <v>32</v>
       </c>
       <c r="H61" s="28" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="I61" s="28" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="J61" s="29" t="s">
         <v>34</v>
       </c>
       <c r="K61" s="29" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="24"/>
     </row>
-    <row r="62" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="62" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C62" s="23"/>
-      <c r="D62" s="190" t="str">
+      <c r="D62" s="191" t="str">
         <f>IF(RIGHT(G62,1)="5","11","12")</f>
         <v>12</v>
       </c>
       <c r="E62" s="1" t="str">
         <f>IF(D62="11","Intäkter av uppdrag","Intäkter av bidrag")</f>
         <v>Intäkter av bidrag</v>
       </c>
-      <c r="F62" s="189" t="str">
+      <c r="F62" s="190" t="str">
         <f>IF(RIGHT(G62,1)="4","35","334")</f>
         <v>334</v>
       </c>
       <c r="G62" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H62" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I62" s="10" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J62" s="11">
         <f>-'Uppdragsutb Ekonomi total'!H30</f>
         <v>0</v>
       </c>
       <c r="K62" s="10" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M62" s="24"/>
     </row>
-    <row r="63" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="63" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C63" s="23"/>
-      <c r="D63" s="190" t="str">
+      <c r="D63" s="191" t="str">
         <f>IF(RIGHT(G63,1)="5","11","12")</f>
         <v>12</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="F63" s="12">
         <f>IF(RIGHT(G63,1)="4","3564",3367)</f>
         <v>3367</v>
       </c>
       <c r="G63" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H63" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I63" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J63" s="15">
         <f>'Uppdragsutb Ekonomi total'!H30</f>
         <v>0</v>
       </c>
       <c r="K63" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M63" s="24"/>
     </row>
-    <row r="64" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="64" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C64" s="23"/>
       <c r="D64" s="1">
         <v>121</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="F64" s="12">
         <v>34119</v>
       </c>
       <c r="G64" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H64" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I64" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J64" s="15">
         <f>-'Uppdragsutb Ekonomi total'!H36</f>
-        <v>-24018.125</v>
+        <v>-19018.125</v>
       </c>
       <c r="K64" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M64" s="24"/>
     </row>
-    <row r="65" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="65" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C65" s="23"/>
       <c r="D65" s="1">
         <v>21</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F65" s="12">
         <v>40</v>
       </c>
       <c r="G65" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H65" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I65" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J65" s="15">
-        <f>IFERROR(Uppdragsutbildning!$K$167+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$178*((Uppdragsutbildning!$K$172+Uppdragsutbildning!$K$174)/Uppdragsutbildning!$K$178)),0)</f>
+        <f>IFERROR(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="K65" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M65" s="24"/>
     </row>
-    <row r="66" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="66" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C66" s="23"/>
       <c r="D66" s="1">
         <v>22</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F66" s="12">
         <v>50</v>
       </c>
       <c r="G66" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H66" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I66" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J66" s="15">
-        <f>IFERROR((Uppdragsutbildning!$K178*(Uppdragsutbildning!$K171/Uppdragsutbildning!$K178)),0)+Uppdragsutbildning!K145</f>
+        <f>IFERROR((Uppdragsutbildning!$K179*(Uppdragsutbildning!$K172/Uppdragsutbildning!$K179)),0)+Uppdragsutbildning!K145</f>
         <v>0</v>
       </c>
       <c r="K66" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M66" s="24"/>
     </row>
-    <row r="67" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="67" spans="3:13" x14ac:dyDescent="0.2">
       <c r="C67" s="23"/>
       <c r="D67" s="1">
         <v>23</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F67" s="16">
         <v>52</v>
       </c>
       <c r="G67" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H67" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I67" s="18" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J67" s="19">
-        <f>IFERROR(SUM(Uppdragsutbildning!K$133:$K136)+(Uppdragsutbildning!$K178*(Uppdragsutbildning!$K173/Uppdragsutbildning!$K178)),0)</f>
+        <f>IFERROR(SUM(Uppdragsutbildning!K$133:$K136)+(Uppdragsutbildning!$K179*(Uppdragsutbildning!$K174/Uppdragsutbildning!$K179)),0)</f>
         <v>0</v>
       </c>
       <c r="K67" s="18" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M67" s="24"/>
     </row>
-    <row r="68" spans="3:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="3:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C68" s="25"/>
       <c r="D68" s="2"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
       <c r="I68" s="2"/>
       <c r="J68" s="30"/>
       <c r="K68" s="30"/>
       <c r="L68" s="30"/>
       <c r="M68" s="26"/>
     </row>
-    <row r="69" spans="3:13" ht="14.5" thickTop="1" x14ac:dyDescent="0.3"/>
-    <row r="71" spans="3:13" ht="14.5" hidden="1" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="3:13" ht="15" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="71" spans="3:13" ht="15" hidden="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="C71" s="21"/>
       <c r="D71" s="27"/>
       <c r="E71" s="27"/>
       <c r="F71" s="27"/>
       <c r="G71" s="27"/>
       <c r="H71" s="27"/>
       <c r="I71" s="27"/>
       <c r="J71" s="27"/>
       <c r="K71" s="27"/>
       <c r="L71" s="27"/>
       <c r="M71" s="22"/>
     </row>
-    <row r="72" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C72" s="23"/>
       <c r="D72" s="4" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="E72" s="4"/>
       <c r="F72" s="4"/>
       <c r="G72" s="4"/>
       <c r="H72" s="4"/>
       <c r="I72" s="4"/>
       <c r="J72" s="4"/>
       <c r="K72" s="4"/>
       <c r="L72" s="4"/>
       <c r="M72" s="24"/>
     </row>
-    <row r="73" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C73" s="23"/>
       <c r="D73" s="28"/>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73"/>
       <c r="I73"/>
       <c r="M73" s="24"/>
     </row>
-    <row r="74" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C74" s="23"/>
       <c r="D74" s="28" t="s">
         <v>35</v>
       </c>
       <c r="E74" s="28" t="s">
         <v>38</v>
       </c>
       <c r="F74" s="28" t="s">
         <v>31</v>
       </c>
       <c r="G74" s="28" t="s">
         <v>10</v>
       </c>
       <c r="H74" s="28" t="s">
         <v>32</v>
       </c>
       <c r="I74" s="28" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="J74" s="28" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="K74" s="29" t="s">
         <v>34</v>
       </c>
       <c r="L74" s="29" t="s">
         <v>33</v>
       </c>
       <c r="M74" s="24"/>
     </row>
-    <row r="75" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C75" s="23"/>
       <c r="D75" s="1">
         <v>12</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F75" s="8">
         <v>33</v>
       </c>
       <c r="G75" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H75" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I75" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J75" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K75" s="11">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,-Uppdragsutbildning!$K$181,-Uppdragsutbildning!$K$181/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
-        <v>-24018.125</v>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,-Uppdragsutbildning!$K$182,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
+        <v>-19018.125</v>
       </c>
       <c r="L75" s="10" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M75" s="24"/>
     </row>
-    <row r="76" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C76" s="23"/>
       <c r="D76" s="1">
         <v>21</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F76" s="12">
         <v>40</v>
       </c>
       <c r="G76" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H76" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I76" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J76" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K76" s="15" t="e">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,Uppdragsutbildning!$K$167+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$178*((Uppdragsutbildning!$K$172+Uppdragsutbildning!$K$174)/Uppdragsutbildning!$K$178)),(Uppdragsutbildning!$K$167+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$178*((Uppdragsutbildning!$K$172+Uppdragsutbildning!$K$174)/Uppdragsutbildning!$K$178)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)),(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>#DIV/0!</v>
       </c>
       <c r="L76" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M76" s="24"/>
     </row>
-    <row r="77" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C77" s="23"/>
       <c r="D77" s="1">
         <v>22</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F77" s="12">
         <v>50</v>
       </c>
       <c r="G77" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H77" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I77" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J77" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K77" s="15" t="e">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$171/Uppdragsutbildning!$K$178)),(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$171/Uppdragsutbildning!$K$178))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179)),(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>#DIV/0!</v>
       </c>
       <c r="L77" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M77" s="24"/>
     </row>
-    <row r="78" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C78" s="23"/>
       <c r="D78" s="1">
         <v>23</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F78" s="16">
         <v>52</v>
       </c>
       <c r="G78" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H78" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I78" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J78" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K78" s="19" t="e">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$173/Uppdragsutbildning!$K$178)),SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$173/Uppdragsutbildning!$K$178))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>#DIV/0!</v>
       </c>
       <c r="L78" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M78" s="24"/>
     </row>
-    <row r="79" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C79" s="23"/>
       <c r="D79" s="1">
         <v>12</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F79" s="8">
         <v>33</v>
       </c>
       <c r="G79" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H79" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I79" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J79" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K79" s="11">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,-Uppdragsutbildning!$K$181/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L79" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M79" s="24"/>
     </row>
-    <row r="80" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C80" s="23"/>
       <c r="D80" s="1">
         <v>21</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F80" s="12">
         <v>40</v>
       </c>
       <c r="G80" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H80" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I80" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J80" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K80" s="15">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,(Uppdragsutbildning!$K$167+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!G$124:$K125)+(Uppdragsutbildning!$K$178*((Uppdragsutbildning!$K$172+Uppdragsutbildning!$K$174)/Uppdragsutbildning!$K$178)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!G$124:$K125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L80" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M80" s="24"/>
     </row>
-    <row r="81" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C81" s="23"/>
       <c r="D81" s="1">
         <v>22</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F81" s="12">
         <v>50</v>
       </c>
       <c r="G81" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H81" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I81" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J81" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K81" s="15">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$171/Uppdragsutbildning!$K$178))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L81" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M81" s="24"/>
     </row>
-    <row r="82" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C82" s="23"/>
       <c r="D82" s="1">
         <v>23</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F82" s="16">
         <v>52</v>
       </c>
       <c r="G82" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H82" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I82" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J82" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K82" s="19">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$173/Uppdragsutbildning!$K$178)),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="L82" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M82" s="24"/>
     </row>
-    <row r="83" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C83" s="23"/>
       <c r="D83" s="1">
         <v>12</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F83" s="8">
         <v>33</v>
       </c>
       <c r="G83" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H83" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I83" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J83" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K83" s="11">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,-Uppdragsutbildning!$K$181/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L83" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M83" s="24"/>
     </row>
-    <row r="84" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C84" s="23"/>
       <c r="D84" s="1">
         <v>21</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F84" s="12">
         <v>40</v>
       </c>
       <c r="G84" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H84" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I84" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J84" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K84" s="15">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,(Uppdragsutbildning!$K$167+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$178*((Uppdragsutbildning!$K$172+Uppdragsutbildning!$K$174)/Uppdragsutbildning!$K$178)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L84" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M84" s="24"/>
     </row>
-    <row r="85" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C85" s="23"/>
       <c r="D85" s="1">
         <v>22</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F85" s="12">
         <v>50</v>
       </c>
       <c r="G85" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H85" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I85" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J85" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K85" s="15">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$171/Uppdragsutbildning!$K$178))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L85" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M85" s="24"/>
     </row>
-    <row r="86" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C86" s="23"/>
       <c r="D86" s="1">
         <v>23</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F86" s="16">
         <v>52</v>
       </c>
       <c r="G86" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H86" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I86" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J86" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K86" s="19">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$173/Uppdragsutbildning!$K$178)),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="L86" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M86" s="24"/>
     </row>
-    <row r="87" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C87" s="23"/>
       <c r="D87" s="1">
         <v>12</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F87" s="8">
         <v>33</v>
       </c>
       <c r="G87" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H87" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I87" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J87" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K87" s="11">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,-Uppdragsutbildning!$K$181/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L87" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M87" s="24"/>
     </row>
-    <row r="88" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C88" s="23"/>
       <c r="D88" s="1">
         <v>21</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F88" s="12">
         <v>40</v>
       </c>
       <c r="G88" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H88" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I88" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J88" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K88" s="15">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,(Uppdragsutbildning!$K$167+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$178*((Uppdragsutbildning!$K$172+Uppdragsutbildning!$K$174)/Uppdragsutbildning!$K$178)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L88" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M88" s="24"/>
     </row>
-    <row r="89" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C89" s="23"/>
       <c r="D89" s="1">
         <v>22</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F89" s="12">
         <v>50</v>
       </c>
       <c r="G89" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H89" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I89" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J89" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K89" s="15">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$171/Uppdragsutbildning!$K$178))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L89" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M89" s="24"/>
     </row>
-    <row r="90" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C90" s="23"/>
       <c r="D90" s="1">
         <v>23</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F90" s="16">
         <v>52</v>
       </c>
       <c r="G90" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H90" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I90" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J90" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K90" s="19">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$173/Uppdragsutbildning!$K$178)),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="L90" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M90" s="24"/>
     </row>
-    <row r="91" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C91" s="23"/>
       <c r="D91" s="1">
         <v>12</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F91" s="8">
         <v>33</v>
       </c>
       <c r="G91" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H91" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I91" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J91" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K91" s="11">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,-Uppdragsutbildning!$K$181/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L91" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M91" s="24"/>
     </row>
-    <row r="92" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C92" s="23"/>
       <c r="D92" s="1">
         <v>21</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F92" s="12">
         <v>40</v>
       </c>
       <c r="G92" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H92" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I92" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J92" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K92" s="15">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,(Uppdragsutbildning!$K$167+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$178*((Uppdragsutbildning!$K$172+Uppdragsutbildning!$K$174)/Uppdragsutbildning!$K$178)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L92" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M92" s="24"/>
     </row>
-    <row r="93" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C93" s="23"/>
       <c r="D93" s="1">
         <v>22</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F93" s="12">
         <v>50</v>
       </c>
       <c r="G93" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H93" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I93" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J93" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K93" s="15">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$171/Uppdragsutbildning!$K$178))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L93" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M93" s="24"/>
     </row>
-    <row r="94" spans="3:13" hidden="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
       <c r="C94" s="23"/>
       <c r="D94" s="1">
         <v>23</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F94" s="16">
         <v>52</v>
       </c>
       <c r="G94" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H94" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I94" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J94" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K94" s="19">
-        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$178*(Uppdragsutbildning!$K$173/Uppdragsutbildning!$K$178)),0)</f>
+        <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="L94" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M94" s="24"/>
     </row>
-    <row r="95" spans="3:13" ht="14.5" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="95" spans="3:13" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C95" s="25"/>
       <c r="D95" s="2"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
       <c r="I95" s="30"/>
       <c r="J95" s="30"/>
       <c r="K95" s="30"/>
       <c r="L95" s="30"/>
       <c r="M95" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="C51:M56"/>
     <mergeCell ref="C3:M8"/>
   </mergeCells>
   <conditionalFormatting sqref="D30:L45 D79:L94">
     <cfRule type="expression" dxfId="0" priority="20">
       <formula>(#REF!=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="49" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100F2DC2C470B584241A100D405E4C41B21" ma:contentTypeVersion="8" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="e397f272865ac8449f73ae18108b2031">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="f8bc0796-d35d-46b5-89b9-96942bae3484" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="364cfc47f851cb2ccc99833bf2ad6036" ns3:_="">
     <xsd:import namespace="f8bc0796-d35d-46b5-89b9-96942bae3484"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
@@ -11398,102 +11385,95 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EAC7819-A50C-4C18-8218-0EF6F2D3F5D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f8bc0796-d35d-46b5-89b9-96942bae3484"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00AEB6CD-CE72-4409-9EA7-55ABF0D74F05}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD474FB7-133A-4E89-B93B-CD85551AAD61}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD474FB7-133A-4E89-B93B-CD85551AAD61}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00AEB6CD-CE72-4409-9EA7-55ABF0D74F05}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Namngivna områden</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>