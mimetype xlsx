--- v1 (2026-01-08)
+++ v2 (2026-01-28)
@@ -7,65 +7,65 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\UF\JPE_open\Redovisning och controlling\Medarbetarportalen\Underlag och inlästa dokument\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B66D979F-1B5B-4308-9571-B096DE9957C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7E50CE96-F4B4-4219-A218-588A979E9694}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Uppdragsutbildning" sheetId="11" r:id="rId1"/>
     <sheet name="Uppdragsutb Ekonomi total" sheetId="18" r:id="rId2"/>
-    <sheet name="Tabeller" sheetId="17" r:id="rId3"/>
+    <sheet name="Tabeller" sheetId="17" state="hidden" r:id="rId3"/>
     <sheet name="Budget för inläsning UU &amp; Inst" sheetId="6" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="Print_Area2" localSheetId="0">Uppdragsutbildning!$A$16:$O$198</definedName>
     <definedName name="TIMKOSTNAD">#REF!</definedName>
     <definedName name="UppräkningINDI">[1]Tabeller!$E$1:$E$11</definedName>
     <definedName name="Uppstartsår">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Budget för inläsning UU &amp; Inst'!$C$1:$M$95</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Uppdragsutb Ekonomi total'!$A$1:$H$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Uppdragsutbildning!$D$17:$L$197</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Uppdragsutbildning!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>