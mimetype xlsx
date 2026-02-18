--- v2 (2026-01-28)
+++ v3 (2026-02-18)
@@ -1,138 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\UF\JPE_open\Redovisning och controlling\Medarbetarportalen\Underlag och inlästa dokument\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/anne-marie_windahl_ki_se/Documents/Copied_from_HomeFolder/JPE/Webb/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7E50CE96-F4B4-4219-A218-588A979E9694}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E7321F0E-A2BC-4FBB-BB10-4671BC9A2BC6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1440" yWindow="1752" windowWidth="21600" windowHeight="12648" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Uppdragsutbildning" sheetId="11" r:id="rId1"/>
     <sheet name="Uppdragsutb Ekonomi total" sheetId="18" r:id="rId2"/>
     <sheet name="Tabeller" sheetId="17" state="hidden" r:id="rId3"/>
     <sheet name="Budget för inläsning UU &amp; Inst" sheetId="6" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="Print_Area2" localSheetId="0">Uppdragsutbildning!$A$16:$O$198</definedName>
     <definedName name="TIMKOSTNAD">#REF!</definedName>
     <definedName name="UppräkningINDI">[1]Tabeller!$E$1:$E$11</definedName>
     <definedName name="Uppstartsår">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Budget för inläsning UU &amp; Inst'!$C$1:$M$95</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Uppdragsutb Ekonomi total'!$A$1:$H$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Uppdragsutbildning!$D$17:$L$197</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Uppdragsutbildning!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K140" i="11" l="1"/>
+  <c r="I124" i="11" l="1"/>
+  <c r="K120" i="11" a="1"/>
+  <c r="K120" i="11" s="1"/>
+  <c r="J16" i="6" l="1"/>
+  <c r="K140" i="11"/>
   <c r="K141" i="11"/>
   <c r="K134" i="11"/>
   <c r="I62" i="6"/>
   <c r="F163" i="11" l="1"/>
   <c r="K142" i="11"/>
   <c r="K139" i="11"/>
   <c r="H17" i="6"/>
   <c r="I17" i="6"/>
   <c r="G17" i="6"/>
-  <c r="K120" i="11"/>
-[...1 lines deleted...]
-  <c r="K45" i="11"/>
+  <c r="K45" i="11" l="1"/>
   <c r="K63" i="6"/>
   <c r="I63" i="6"/>
   <c r="H63" i="6"/>
   <c r="G63" i="6"/>
   <c r="F63" i="6" s="1"/>
   <c r="K64" i="6"/>
   <c r="I64" i="6"/>
   <c r="H64" i="6"/>
   <c r="G64" i="6"/>
   <c r="K61" i="11"/>
   <c r="K53" i="11"/>
   <c r="K54" i="11"/>
   <c r="K55" i="11"/>
   <c r="K56" i="11"/>
   <c r="K57" i="11"/>
   <c r="K59" i="11"/>
   <c r="K60" i="11"/>
   <c r="I67" i="11"/>
-  <c r="J16" i="6"/>
   <c r="D63" i="6" l="1"/>
   <c r="I67" i="6"/>
   <c r="I66" i="6"/>
   <c r="I65" i="6"/>
   <c r="I18" i="6"/>
   <c r="I16" i="6"/>
   <c r="I15" i="6"/>
   <c r="I14" i="6"/>
   <c r="L94" i="6"/>
   <c r="L93" i="6"/>
   <c r="L92" i="6"/>
   <c r="L91" i="6"/>
   <c r="L90" i="6"/>
   <c r="L89" i="6"/>
   <c r="L88" i="6"/>
   <c r="L87" i="6"/>
   <c r="L86" i="6"/>
   <c r="L85" i="6"/>
   <c r="L84" i="6"/>
   <c r="L83" i="6"/>
   <c r="L82" i="6"/>
   <c r="L81" i="6"/>
   <c r="L80" i="6"/>
   <c r="L79" i="6"/>
   <c r="L78" i="6"/>
@@ -377,1070 +381,1093 @@
   <c r="G67" i="6"/>
   <c r="G66" i="6"/>
   <c r="G65" i="6"/>
   <c r="G62" i="6"/>
   <c r="K158" i="11"/>
   <c r="K157" i="11"/>
   <c r="K136" i="11"/>
   <c r="K135" i="11"/>
   <c r="K133" i="11"/>
   <c r="K64" i="11"/>
   <c r="K63" i="11"/>
   <c r="K52" i="11"/>
   <c r="K51" i="11"/>
   <c r="K50" i="11"/>
   <c r="K49" i="11"/>
   <c r="K48" i="11"/>
   <c r="K47" i="11"/>
   <c r="K46" i="11"/>
   <c r="G11" i="18"/>
   <c r="G16" i="18"/>
   <c r="H24" i="18" s="1"/>
   <c r="H30" i="18" s="1"/>
   <c r="G12" i="18"/>
   <c r="F220" i="11"/>
   <c r="J124" i="11"/>
-  <c r="I124" i="11"/>
-  <c r="I125" i="11"/>
+  <c r="K125" i="11"/>
   <c r="K91" i="11"/>
+  <c r="J18" i="6" s="1"/>
   <c r="K106" i="11"/>
   <c r="J3" i="17"/>
   <c r="J4" i="17" s="1"/>
   <c r="J5" i="17" s="1"/>
   <c r="J6" i="17" s="1"/>
   <c r="J7" i="17" s="1"/>
   <c r="J8" i="17" s="1"/>
   <c r="J9" i="17" s="1"/>
   <c r="J10" i="17" s="1"/>
   <c r="J11" i="17" s="1"/>
   <c r="J12" i="17" s="1"/>
   <c r="J13" i="17" s="1"/>
   <c r="J14" i="17" s="1"/>
   <c r="J15" i="17" s="1"/>
   <c r="J16" i="17" s="1"/>
   <c r="J17" i="17" s="1"/>
   <c r="J18" i="17" s="1"/>
   <c r="J19" i="17" s="1"/>
   <c r="J20" i="17" s="1"/>
   <c r="H3" i="17"/>
   <c r="H4" i="17" s="1"/>
   <c r="H5" i="17" s="1"/>
   <c r="H6" i="17" s="1"/>
   <c r="H7" i="17" s="1"/>
   <c r="H8" i="17" s="1"/>
   <c r="H9" i="17" s="1"/>
   <c r="H10" i="17" s="1"/>
   <c r="H11" i="17" s="1"/>
   <c r="H12" i="17" s="1"/>
   <c r="G14" i="18"/>
   <c r="C1" i="17"/>
   <c r="E1" i="17"/>
-  <c r="J150" i="11" s="1"/>
   <c r="K150" i="11" s="1"/>
   <c r="I161" i="11"/>
   <c r="J153" i="11"/>
   <c r="K153" i="11" s="1"/>
   <c r="J151" i="11"/>
   <c r="K151" i="11" s="1"/>
   <c r="J152" i="11"/>
   <c r="K152" i="11" s="1"/>
   <c r="G216" i="11"/>
   <c r="H215" i="11"/>
   <c r="H214" i="11"/>
   <c r="H213" i="11"/>
   <c r="H211" i="11"/>
   <c r="H210" i="11"/>
   <c r="G209" i="11"/>
   <c r="G212" i="11" s="1"/>
   <c r="H208" i="11"/>
   <c r="H207" i="11"/>
-  <c r="K145" i="11" l="1"/>
+  <c r="J14" i="6" l="1"/>
+  <c r="J62" i="6"/>
+  <c r="J63" i="6"/>
+  <c r="K145" i="11"/>
   <c r="K173" i="11"/>
   <c r="K175" i="11"/>
   <c r="K174" i="11"/>
   <c r="K172" i="11"/>
   <c r="F62" i="6"/>
   <c r="D62" i="6"/>
   <c r="E62" i="6" s="1"/>
   <c r="F14" i="6"/>
   <c r="D14" i="6"/>
   <c r="E14" i="6" s="1"/>
   <c r="K29" i="6"/>
-  <c r="J18" i="6"/>
   <c r="K109" i="11"/>
   <c r="H216" i="11"/>
   <c r="K67" i="11"/>
   <c r="K74" i="11" s="1"/>
+  <c r="J15" i="6" s="1"/>
   <c r="H209" i="11"/>
   <c r="H212" i="11" s="1"/>
   <c r="G217" i="11"/>
   <c r="K124" i="11"/>
   <c r="K161" i="11"/>
   <c r="K168" i="11" s="1"/>
   <c r="H37" i="18" l="1"/>
-  <c r="J66" i="6"/>
   <c r="K128" i="11"/>
   <c r="H217" i="11"/>
   <c r="H220" i="11" s="1"/>
-  <c r="J14" i="6"/>
-[...1 lines deleted...]
-  <c r="J62" i="6"/>
   <c r="K179" i="11"/>
-  <c r="J15" i="6"/>
   <c r="K27" i="6"/>
   <c r="K112" i="11"/>
   <c r="H35" i="18" s="1"/>
-  <c r="K182" i="11" l="1"/>
+  <c r="J67" i="6" l="1"/>
+  <c r="J66" i="6"/>
+  <c r="J65" i="6"/>
+  <c r="K182" i="11"/>
   <c r="H36" i="18" s="1"/>
-  <c r="J64" i="6" s="1"/>
-  <c r="J65" i="6"/>
+  <c r="J17" i="6" s="1"/>
   <c r="K76" i="6"/>
-  <c r="J67" i="6"/>
   <c r="K77" i="6"/>
   <c r="K78" i="6"/>
   <c r="K26" i="6"/>
-  <c r="H38" i="18" l="1"/>
+  <c r="J64" i="6" l="1"/>
+  <c r="H38" i="18"/>
   <c r="J187" i="11"/>
   <c r="K75" i="6"/>
-  <c r="J17" i="6" l="1"/>
-  <c r="H43" i="18"/>
+  <c r="H43" i="18" l="1"/>
   <c r="H45" i="18" s="1"/>
 </calcChain>
 </file>
 
+<file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+  <metadataTypes count="1">
+    <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
+  </metadataTypes>
+  <futureMetadata name="XLDAPR" count="1">
+    <bk>
+      <extLst>
+        <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
+          <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
+        </ext>
+      </extLst>
+    </bk>
+  </futureMetadata>
+  <cellMetadata count="1">
+    <bk>
+      <rc t="1" v="0"/>
+    </bk>
+  </cellMetadata>
+</metadata>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="246">
-[...4 lines deleted...]
-    <t>Antal timmar</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="247">
+  <si>
+    <t>UPPDRAGSUTBILDNING och SK-KURSER - KALKYLMALL</t>
+  </si>
+  <si>
+    <t>Denna kalkylmodell ska enbart användas vid beräkning av kostnader som debiteras vid externa utbildningsuppdrag. Syftet med modellen är att prissättningen ska leda till att full kostnadstäckning uppnås.</t>
+  </si>
+  <si>
+    <t>Vid kalkylering är det framför allt viktigt att tänka på följande:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">→ Den ersättning som begärs för olika uppdrag ska täcka alla kostnader (direkta och indirekta) som uppkommit pga uppdraget. Förutom lönekostnader inkl sociala kostnader, kan kostnaderna utgöras av t ex  flygresor, hotellkostnader, hyra av utrustning eller föreläsningsrum, litteratur, mm som föranletts av uppdraget. </t>
+  </si>
+  <si>
+    <t>→ Indirekta kostnader ska endast beräknas i den mån som utbildningsuppdraget tar institutionens egen gemensamma administration i anspråk (fast belopp i kronor).</t>
+  </si>
+  <si>
+    <t>→ Timkostnad ska beräknas så att hänsyn tas till debiterbar tid. Hur debiterbar tid beräknas framgår av blad "2. Mall för timkostnad"</t>
+  </si>
+  <si>
+    <t>Anvisning för hur Du fyller i kalkylmallen:</t>
+  </si>
+  <si>
+    <t>Alla kostnader anges i kronor och exklusive moms!</t>
+  </si>
+  <si>
+    <t>Vita celler/rader är skrivbara. Ljusblå är beräkning, fler rader kan läggas till vid behov för dessa.</t>
   </si>
   <si>
     <t>GRUNDLÄGGANDE UPPGIFTER</t>
   </si>
   <si>
-    <t>Semestertillägg</t>
-[...179 lines deleted...]
-    <t>Pärmar/mappar/block</t>
+    <t>Grundinfo: Fyll i uppgifter om institution, institutionskod, namn, datum i blad "1. Grundinfo".</t>
+  </si>
+  <si>
+    <t>Inst kod</t>
+  </si>
+  <si>
+    <t>Uppdragets start, mån/år</t>
+  </si>
+  <si>
+    <t>Uppdragets slut, mån/år</t>
+  </si>
+  <si>
+    <t>Inst projektnummer (UBW)</t>
+  </si>
+  <si>
+    <t>Uppdragsansvarig</t>
+  </si>
+  <si>
+    <t>Kurs/Beskrivning</t>
+  </si>
+  <si>
+    <t>UF-UU projektnummer (UBW)</t>
+  </si>
+  <si>
+    <t>UF-UU projektledare</t>
+  </si>
+  <si>
+    <t>UF-UU delta nummer</t>
+  </si>
+  <si>
+    <t>HP-kurs (ja / nej)</t>
+  </si>
+  <si>
+    <t>SK-kurs uppdrag (ja / nej)</t>
+  </si>
+  <si>
+    <t>Kurslängd/poäng (talformat)</t>
+  </si>
+  <si>
+    <t>Antal deltagare</t>
+  </si>
+  <si>
+    <t>INSTITUTION              INSTITUTION              INSTITUTION              INSTITUTION              INSTITUTION              INSTITUTION              INSTITUTION              INSTITUTION              INSTITUTION              INSTITUTION</t>
   </si>
   <si>
     <t>PROJEKTKOSTNADER - INSTITUTION</t>
-  </si>
-[...429 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">A. </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Hit förs lönekostnader för dem som arbetar i uppdraget t ex lärare, administratörer. Även externa lärare med endast A-skatt. Räkna ut timpris enligt "Beräkning debiterbar timkostnad" längst ned i fliken Uppdragsutbildningen för en person i taget.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Obs!</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Om fler rader läggs till, tänk på att kopiera formel i kolumn K.</t>
     </r>
   </si>
   <si>
+    <t>A. Personalkostnader</t>
+  </si>
+  <si>
+    <t>Namn/Roll</t>
+  </si>
+  <si>
+    <t>Arbetsmoment</t>
+  </si>
+  <si>
+    <t>Antal timmar</t>
+  </si>
+  <si>
+    <t>Timkostnad (se beräkning)</t>
+  </si>
+  <si>
+    <t>Kostnad exkl. LKP</t>
+  </si>
+  <si>
+    <t>Planering av kurs</t>
+  </si>
+  <si>
+    <t>Föreläsning</t>
+  </si>
+  <si>
+    <t>Distansundervisning</t>
+  </si>
+  <si>
+    <t>Handledning</t>
+  </si>
+  <si>
+    <t>Examination</t>
+  </si>
+  <si>
+    <t>LADOK-rapportör</t>
+  </si>
+  <si>
+    <t>Kostnad för utbildningsnämnd och kursplaner</t>
+  </si>
+  <si>
+    <t>Extern lärare med A-skatt</t>
+  </si>
+  <si>
+    <t>Summa Personalkostnader exkl. lönekostnadspålägg (LKP)</t>
+  </si>
+  <si>
+    <t>Sociala avgifter  (LKP) - 2026</t>
+  </si>
+  <si>
+    <t>Semestertillägg</t>
+  </si>
+  <si>
+    <t>LKP Total</t>
+  </si>
+  <si>
+    <t>Summa personalkostnad där lönekostnadspålägg (LKP) ingår</t>
+  </si>
+  <si>
+    <t>B. Driftkostnader</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">B. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Här tas hänsyn till de driftkostnader som är direkt hänförbara till uppdraget men inte ingår i personalkostnader.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B.1 Direkta driftkostnader </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Lokal- och KI-interna kostnader kommer under övriga driftkostnader)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>B.1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Här tas alla direkta driftkostnader upp, t.ex. Externa lärare, utrustning, fika/lunch, m.m.</t>
+    </r>
+  </si>
+  <si>
+    <t>Driftkostnader</t>
+  </si>
+  <si>
+    <t>Summa kostnad</t>
+  </si>
+  <si>
+    <t>Extern lärare med f-skatt (exkl. moms)</t>
+  </si>
+  <si>
+    <t>Utrustning</t>
+  </si>
+  <si>
+    <t>Fika/lunch</t>
+  </si>
+  <si>
+    <t>Resor</t>
+  </si>
+  <si>
+    <t>Traktamenta</t>
+  </si>
+  <si>
+    <t>Kurslitteratur</t>
+  </si>
+  <si>
+    <t>Summa direkta driftkostnader</t>
+  </si>
+  <si>
+    <t>B.2 Övriga driftkostnader</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>B.2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Här tas alla övriga driftskostnader upp så som lokalkostnader och konstader för instituionens stödverksamhet. För instituionens stödverksamhet som beräknas ett fast belopp som avser den tid och kostnader som belastar instituionens egen stödverksamhet. Ej instituionens INDI-procentsats. </t>
     </r>
   </si>
   <si>
+    <t>Lokalkostnader</t>
+  </si>
+  <si>
+    <t>Kontorslokal</t>
+  </si>
+  <si>
+    <t>Utbildningslokal</t>
+  </si>
+  <si>
+    <t>Institutionens kostnader för direkt stöd</t>
+  </si>
+  <si>
+    <t>Admin1</t>
+  </si>
+  <si>
+    <t>Admin2</t>
+  </si>
+  <si>
+    <t>Summa Övriga driftkostnader</t>
+  </si>
+  <si>
+    <t>Summa driftkostnader</t>
+  </si>
+  <si>
+    <t>DELSUMMA PROJEKTKOSTNADER - INSTITUTION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UPPDRAGSUTBILDNING              UPPDRAGSUTBILDNING              UPPDRAGSUTBILDNING              UPPDRAGSUTBILDNING              UPPDRAGSUTBILDNING              UPPDRAGSUTBILDNING              UPPDRAGSUTBILDNING              </t>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...7 lines deleted...]
-      <t>B.1</t>
+      <t xml:space="preserve">PROJEKTKOSTNADER - STÖDVERKSAMHET </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> Här tas alla direkta driftkostnader upp, t.ex. Externa lärare, utrustning, fika/lunch, m.m.</t>
+      <t>(fylls i av, eller tillsammans med enheten för uppdragsutbildning)</t>
     </r>
   </si>
   <si>
+    <t>C. Direkta personalkostnader</t>
+  </si>
+  <si>
+    <t>Personalkostnader stödverksamhete enligt KI:s uppdrag</t>
+  </si>
+  <si>
+    <t>Ersättningen är beroende av antal HP och deltagare</t>
+  </si>
+  <si>
+    <t>Särskilda kostnader för poänggivande uppdragsutbildning och SK-kurser</t>
+  </si>
+  <si>
+    <t>Kostnad / enhet</t>
+  </si>
+  <si>
+    <t>Antal</t>
+  </si>
+  <si>
+    <t>Administrationsavgift för SK-kurs</t>
+  </si>
+  <si>
+    <t>Administrationskostnad vid hp-kurser LADOK/SELMA (per kursplan)</t>
+  </si>
+  <si>
+    <t>Summa fasta kostnader</t>
+  </si>
+  <si>
+    <t>D. Externa leverantörskostnader</t>
+  </si>
+  <si>
+    <t>Övrig material-/ tjänster</t>
+  </si>
+  <si>
+    <t>Välj kostnadspost från rullista eller skriv in ett värde</t>
+  </si>
+  <si>
+    <t>Extern inhyrd personal</t>
+  </si>
+  <si>
+    <t>Kostnad / timme</t>
+  </si>
+  <si>
+    <t>Summa externa leverantörskostnader</t>
+  </si>
+  <si>
+    <t>E.Utökat uppdrag - Direkt personal</t>
+  </si>
+  <si>
+    <t>Offert/Upphandling</t>
+  </si>
+  <si>
+    <t>Lärarersättningar - beskrivning</t>
+  </si>
+  <si>
+    <t>Summa direkta personalkostnader utökat uppdrag</t>
+  </si>
+  <si>
+    <t>Summa direkt personalkostnad där lönekostnadspålägg (LKP) ingår</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">F. Enhetsgemensamma kostnader </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(beräknas på totala kostnader exkl. fasta poster)</t>
+    </r>
+  </si>
+  <si>
+    <t>Kontorslokaler (lokaler)</t>
+  </si>
+  <si>
+    <t>Ekonomi och ledning (personal)</t>
+  </si>
+  <si>
+    <t>Systemstöd (drift)</t>
+  </si>
+  <si>
+    <t>Universitetsgemensamma (drift)</t>
+  </si>
+  <si>
+    <t>Summa indirekta och direkta personalkostnader</t>
+  </si>
+  <si>
+    <t>DELSUMMA PROJEKTKOSTNADER - UPPDRAGSUTBILDNING</t>
+  </si>
+  <si>
+    <t>FULL KOSTNADSSPECIFIKATION</t>
+  </si>
+  <si>
+    <t>SUMMA KOSTNADER (EXKL MOMS)</t>
+  </si>
+  <si>
+    <t>Administrativ chef</t>
+  </si>
+  <si>
+    <t>Signatur</t>
+  </si>
+  <si>
+    <t>Namnförtydligande</t>
+  </si>
+  <si>
+    <t>BERÄKNING AV DEBITERBAR  TIMKOSTNAD OCH TID (Exkl. LKP)</t>
+  </si>
+  <si>
+    <t>För att kunna bestämma direkt tid eller s k debiterbar tid, räknas tiden bort för betald ledighet och indirekt tid såsom administration, utbildning och utvecklingsarbete etc.</t>
+  </si>
+  <si>
+    <t>Ange månadslön (hela kronor):</t>
+  </si>
+  <si>
+    <t>Arbetstid på årsbas</t>
+  </si>
+  <si>
+    <t>Dagar</t>
+  </si>
+  <si>
+    <t>Timmar totalt</t>
+  </si>
+  <si>
+    <t>I kalkylen bör standardtid vara i stort sett oförändrad år från år, även om det aktuella årets timmar beror på hur helgdagarna infaller.</t>
+  </si>
+  <si>
+    <t>52 veckor x 40 tim (heltid)</t>
+  </si>
+  <si>
+    <t>- 2 veckor helgdagar avgår</t>
+  </si>
+  <si>
+    <t>Betald tid</t>
+  </si>
+  <si>
+    <t>- betalda semesterdagar</t>
+  </si>
+  <si>
+    <t>- övrig betald frånvaro</t>
+  </si>
+  <si>
+    <t>STANDARDTID</t>
+  </si>
+  <si>
+    <t>- egen administration</t>
+  </si>
+  <si>
+    <t>- egen utveckling etc</t>
+  </si>
+  <si>
+    <t>- resor, sammankomster</t>
+  </si>
+  <si>
+    <t>Summa indirekt tid</t>
+  </si>
+  <si>
+    <t>DEBITERBAR TID (DIREKT TID)</t>
+  </si>
+  <si>
+    <t>kr/tim</t>
+  </si>
+  <si>
+    <t>TOTAL EKONOMI - ÖVERSIKT</t>
+  </si>
+  <si>
+    <t>Inledning</t>
+  </si>
+  <si>
+    <t>Institutions kod</t>
+  </si>
+  <si>
+    <t>KI:s Projektnummer:</t>
+  </si>
+  <si>
+    <t>Kurslängd/poäng</t>
+  </si>
+  <si>
+    <t>Planerat antal deltagare</t>
+  </si>
+  <si>
+    <t>Beräknat pris per deltagare</t>
+  </si>
+  <si>
+    <t>KOSTNADER OCH INTÄKTER</t>
+  </si>
+  <si>
+    <t>Intäkt öppen kurs</t>
+  </si>
+  <si>
+    <t>Intäkt för full kostnadstäckning/marknadspris pris * deltagare</t>
+  </si>
+  <si>
+    <t>Intäkt hel kurs - fast pris</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Summa intäkt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kostnader </t>
+  </si>
+  <si>
+    <t>Institution</t>
+  </si>
+  <si>
+    <t>KI Uppdragsutbildning:</t>
+  </si>
+  <si>
+    <t>Externa leverantörskostnader (KI UU)</t>
+  </si>
+  <si>
+    <t>Summa kostnader</t>
+  </si>
+  <si>
+    <t>RESULTAT OCH ERSÄTTNING</t>
+  </si>
+  <si>
+    <t>Resultat projekt</t>
+  </si>
+  <si>
+    <t>SUMMA ERSÄTTNING INSTITUTION</t>
+  </si>
+  <si>
+    <t>Inst</t>
+  </si>
+  <si>
+    <t>Pris</t>
+  </si>
+  <si>
+    <t>Riskmarginal</t>
+  </si>
+  <si>
+    <t>ÅR</t>
+  </si>
+  <si>
+    <t>Mån</t>
+  </si>
+  <si>
+    <t>Basersättning</t>
+  </si>
+  <si>
+    <t>C1</t>
+  </si>
+  <si>
     <t>Välj kostnadspost från rullista</t>
   </si>
   <si>
-    <t>Välj kostnadspost från rullista eller skriv in ett värde</t>
-[...38 lines deleted...]
-    <t>Kontorslokal</t>
+    <t>Välj arb.moment</t>
+  </si>
+  <si>
+    <t>01</t>
+  </si>
+  <si>
+    <t>HP</t>
+  </si>
+  <si>
+    <t>0-7 delt.</t>
+  </si>
+  <si>
+    <t>8-19 delt.</t>
   </si>
   <si>
     <t>20- 29</t>
   </si>
   <si>
-    <t>30-</t>
-[...8 lines deleted...]
-    <t>UPPDRAGSUTBILDNING - BUDGET FÖR INLÄSNING TILL UBW</t>
+    <t>30-39</t>
+  </si>
+  <si>
+    <t>40-</t>
+  </si>
+  <si>
+    <t>C2</t>
+  </si>
+  <si>
+    <t>Utredningsarbete/Förstudie</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>0-</t>
+  </si>
+  <si>
+    <t>C3</t>
+  </si>
+  <si>
+    <t>Teknik/Video/Lärobjekt</t>
+  </si>
+  <si>
+    <t>03</t>
+  </si>
+  <si>
+    <t>8-</t>
+  </si>
+  <si>
+    <t>C4</t>
+  </si>
+  <si>
+    <t>Hotell, Rese- och traktamentskostnader</t>
+  </si>
+  <si>
+    <t>Förhandling kund</t>
+  </si>
+  <si>
+    <t>04</t>
+  </si>
+  <si>
+    <t>16-</t>
+  </si>
+  <si>
+    <t>C5</t>
+  </si>
+  <si>
+    <t>Pärmar/mappar/block</t>
+  </si>
+  <si>
+    <t>Juridisk bedömning</t>
+  </si>
+  <si>
+    <t>05</t>
+  </si>
+  <si>
+    <t>45-</t>
+  </si>
+  <si>
+    <t>C6</t>
+  </si>
+  <si>
+    <t>Kostnader undervisningslokal</t>
+  </si>
+  <si>
+    <t>Utökat budgetarbete - flera parter</t>
+  </si>
+  <si>
+    <t>06</t>
+  </si>
+  <si>
+    <t>60-</t>
+  </si>
+  <si>
+    <t>C7</t>
+  </si>
+  <si>
+    <t>Marknadsföring/annonsering/utskick</t>
+  </si>
+  <si>
+    <t>Beställning av kurslitteratur/Fika/lunch</t>
+  </si>
+  <si>
+    <t>07</t>
+  </si>
+  <si>
+    <t>C8</t>
+  </si>
+  <si>
+    <t>Fika/Lunch till deltagare</t>
+  </si>
+  <si>
+    <t>Bokning Lokaler, Resor, hotell mm.</t>
+  </si>
+  <si>
+    <t>08</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Produktion av kursmaterial och pärmar</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>CB</t>
+  </si>
+  <si>
+    <t>Marknadsföring/annonsering/Utskick</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>CC</t>
+  </si>
+  <si>
+    <t>Rekrytering av deltagare</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>Webbutveckling</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>Webbproduktion</t>
+  </si>
+  <si>
+    <t>D1</t>
+  </si>
+  <si>
+    <t>H1</t>
+  </si>
+  <si>
+    <t>H5</t>
+  </si>
+  <si>
+    <t>H7</t>
+  </si>
+  <si>
+    <t>H9</t>
+  </si>
+  <si>
+    <t>K1</t>
+  </si>
+  <si>
+    <t>K2</t>
+  </si>
+  <si>
+    <t>K6</t>
+  </si>
+  <si>
+    <t>K7</t>
+  </si>
+  <si>
+    <t>K8</t>
+  </si>
+  <si>
+    <t>K9</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>OF</t>
+  </si>
+  <si>
+    <t>OV</t>
+  </si>
+  <si>
+    <t>S1</t>
+  </si>
+  <si>
+    <t>UE</t>
+  </si>
+  <si>
+    <t>UF</t>
+  </si>
+  <si>
+    <t>UG</t>
+  </si>
+  <si>
+    <t>UI</t>
+  </si>
+  <si>
+    <t>UK</t>
+  </si>
+  <si>
+    <t>UL</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>INSTITUTION - BUDGET FÖR INLÄSNING TILL UBW</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Inledning</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Denna flik summerar kostnader och intäkter som fyllts in i kalkylfliken och återvisar dem i en budget modell som kan enkelt föras in i UBWs Planner modul för uppföljningsändamål i saldotabell. Posterna hämtas till olika konton beroende på vad som fyllts i under respektive rubrik i kalkylen. 
 Budgeten fördelas jämt under vald tidsperiod i kalkylmallen.
 OBS! Kopiera endast gråa fält och klistra in direkt som värden i läsningsmall för projektbudget för att läsa in i UBW. Se gärna "Budgetsidan" på medarbetarprotalen för mer information om hur inläsning till UBW går till och för tillgång till inläsningsmallen.</t>
     </r>
   </si>
   <si>
+    <t>INST BUDGET</t>
+  </si>
+  <si>
+    <t>RR2</t>
+  </si>
+  <si>
+    <t>Beskrivning</t>
+  </si>
+  <si>
+    <t>Konto</t>
+  </si>
+  <si>
+    <t>Proj</t>
+  </si>
+  <si>
+    <t>Per från</t>
+  </si>
+  <si>
+    <t>Per till</t>
+  </si>
+  <si>
+    <t>Budget (BB)</t>
+  </si>
+  <si>
+    <t>Text</t>
+  </si>
+  <si>
+    <t>Personalkostnader</t>
+  </si>
+  <si>
+    <t>Kostnad enheten för uppdragsutbildning</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budget totalt </t>
+  </si>
+  <si>
+    <t>Övriga driftskostnader</t>
+  </si>
+  <si>
+    <t>ÅRSFÖRDELAD BUDGET</t>
+  </si>
+  <si>
+    <t>Intäkter av uppdrag</t>
+  </si>
+  <si>
+    <t>UPPDRAGSUTBILDNING - BUDGET FÖR INLÄSNING TILL UBW</t>
+  </si>
+  <si>
+    <t>UU BUDGET</t>
+  </si>
+  <si>
+    <t>Fördelning till institution</t>
+  </si>
+  <si>
     <t>Intäkt enheten för uppdragsutbildning</t>
-  </si>
-[...91 lines deleted...]
-    <t>Sociala avgifter  (LKP) - 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1586,51 +1613,51 @@
       <b/>
       <i/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="16">
+  <fills count="17">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD40963"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1673,50 +1700,56 @@
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC5EFF1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="51">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -2589,53 +2622,50 @@
     <xf numFmtId="3" fontId="15" fillId="4" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="10" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="11" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="12" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="12" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="12" fillId="8" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="3" fontId="14" fillId="8" borderId="33" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="1" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="4" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyProtection="1">
@@ -2681,207 +2711,210 @@
     <xf numFmtId="0" fontId="23" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="22" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="24" fillId="8" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="15" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="8" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="14" fillId="16" borderId="33" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="47" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="6" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="6" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...122 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
@@ -2973,148 +3006,92 @@
       </fill>
       <border>
         <left/>
         <right/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD40963"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFFCC99"/>
       <color rgb="FFC5EFF1"/>
       <color rgb="FFD40963"/>
       <color rgb="FFB0CA3B"/>
       <color rgb="FF09306F"/>
       <color rgb="FFFFCCCC"/>
-      <color rgb="FFFFCC99"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Ea/Redovisning%20och%20controlling/Budget%20och%20kalkyl/Kalkylmallar/2017/Forskningskalkylmall%20bidrag%20och%20uppdrag%20-%202017%20v4.xlsm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///G:\Ea\Redovisning%20och%20controlling\Budget%20och%20kalkyl\Kalkylmallar\2017\Forskningskalkylmall%20bidrag%20och%20uppdrag%20-%202017%20v4.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Tabeller"/>
       <sheetName val="Uppdragsforskning"/>
       <sheetName val="Uppföljning uppdrag"/>
       <sheetName val="Bidragsforskning"/>
       <sheetName val="Spec-indir-kostn-inst &amp; -proj"/>
       <sheetName val="Uppföljning bidrag"/>
       <sheetName val="INDI FO 2017"/>
     </sheetNames>
     <sheetDataSet>
-      <sheetData sheetId="0">
-[...55 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="0"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="KI-tema">
   <a:themeElements>
     <a:clrScheme name="">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -3519,7813 +3496,7940 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="KI-tema" id="{3EA63724-4386-435B-BD23-AF97CCD19B44}" vid="{A574FFD5-5EEA-4DB9-BE80-CD341E3F3E57}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr codeName="Sheet4">
-[...1 lines deleted...]
-  </sheetPr>
+  <sheetPr codeName="Sheet4"/>
   <dimension ref="C1:U226"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="109" zoomScalePageLayoutView="90" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.625" defaultRowHeight="12.75" outlineLevelRow="2" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.59765625" defaultRowHeight="13.2" outlineLevelRow="2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="2.625" style="35" customWidth="1"/>
-    <col min="3" max="3" width="2.625" style="33" customWidth="1"/>
+    <col min="1" max="2" width="2.59765625" style="35" customWidth="1"/>
+    <col min="3" max="3" width="2.59765625" style="33" customWidth="1"/>
     <col min="4" max="5" width="2.5" style="33" customWidth="1"/>
-    <col min="6" max="6" width="23.875" style="33" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="23" max="16384" width="8.625" style="35"/>
+    <col min="6" max="6" width="23.8984375" style="33" customWidth="1"/>
+    <col min="7" max="7" width="8.8984375" style="33" customWidth="1"/>
+    <col min="8" max="8" width="22.59765625" style="33" customWidth="1"/>
+    <col min="9" max="9" width="15.59765625" style="33" customWidth="1"/>
+    <col min="10" max="10" width="13.3984375" style="33" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.59765625" style="33" bestFit="1" customWidth="1"/>
+    <col min="12" max="14" width="3.3984375" style="33" customWidth="1"/>
+    <col min="15" max="15" width="2.3984375" style="33" customWidth="1"/>
+    <col min="16" max="21" width="8.59765625" style="33"/>
+    <col min="22" max="22" width="27.59765625" style="35" customWidth="1"/>
+    <col min="23" max="16384" width="8.59765625" style="35"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:21" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="1" spans="3:21" ht="21" x14ac:dyDescent="0.4">
       <c r="D1" s="127" t="s">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="E1" s="127"/>
       <c r="F1" s="34"/>
       <c r="G1" s="34"/>
       <c r="H1" s="34"/>
       <c r="I1" s="34"/>
       <c r="J1" s="34"/>
       <c r="K1" s="34"/>
       <c r="L1" s="34"/>
       <c r="M1" s="34"/>
       <c r="N1" s="34"/>
       <c r="O1" s="34"/>
       <c r="P1" s="34"/>
       <c r="Q1" s="34"/>
       <c r="R1" s="34"/>
       <c r="S1" s="34"/>
       <c r="T1" s="34"/>
       <c r="U1" s="34"/>
     </row>
-    <row r="2" spans="3:21" s="36" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
-[...12 lines deleted...]
-      <c r="L3" s="243"/>
+    <row r="2" spans="3:21" s="36" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="3:21" s="36" customFormat="1" ht="28.65" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="C3" s="175"/>
+      <c r="D3" s="218" t="s">
+        <v>1</v>
+      </c>
+      <c r="E3" s="219"/>
+      <c r="F3" s="219"/>
+      <c r="G3" s="219"/>
+      <c r="H3" s="219"/>
+      <c r="I3" s="219"/>
+      <c r="J3" s="219"/>
+      <c r="K3" s="219"/>
+      <c r="L3" s="220"/>
       <c r="P3" s="37"/>
       <c r="Q3" s="38"/>
       <c r="R3" s="38"/>
       <c r="S3" s="38"/>
       <c r="T3" s="38"/>
       <c r="U3" s="39"/>
     </row>
-    <row r="4" spans="3:21" s="36" customFormat="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="L4" s="181"/>
+    <row r="4" spans="3:21" s="36" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C4" s="175"/>
+      <c r="D4" s="179"/>
+      <c r="E4" s="179"/>
+      <c r="F4" s="179"/>
+      <c r="G4" s="179"/>
+      <c r="H4" s="179"/>
+      <c r="I4" s="179"/>
+      <c r="J4" s="179"/>
+      <c r="K4" s="179"/>
+      <c r="L4" s="180"/>
       <c r="P4" s="40"/>
       <c r="Q4" s="41"/>
       <c r="R4" s="41"/>
       <c r="S4" s="41"/>
       <c r="T4" s="41"/>
       <c r="U4" s="42"/>
     </row>
-    <row r="5" spans="3:21" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="L5" s="247"/>
+    <row r="5" spans="3:21" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="175"/>
+      <c r="D5" s="223" t="s">
+        <v>2</v>
+      </c>
+      <c r="E5" s="223"/>
+      <c r="F5" s="223"/>
+      <c r="G5" s="223"/>
+      <c r="H5" s="223"/>
+      <c r="I5" s="223"/>
+      <c r="J5" s="223"/>
+      <c r="K5" s="223"/>
+      <c r="L5" s="224"/>
       <c r="M5" s="36"/>
       <c r="N5" s="36"/>
       <c r="P5" s="40"/>
       <c r="Q5" s="41"/>
       <c r="R5" s="41"/>
       <c r="S5" s="41"/>
       <c r="T5" s="41"/>
       <c r="U5" s="42"/>
     </row>
-    <row r="6" spans="3:21" ht="43.7" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="3:21" ht="43.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C6" s="47"/>
-      <c r="D6" s="186"/>
-[...9 lines deleted...]
-      <c r="L6" s="245"/>
+      <c r="D6" s="185"/>
+      <c r="E6" s="221" t="s">
+        <v>3</v>
+      </c>
+      <c r="F6" s="221"/>
+      <c r="G6" s="221"/>
+      <c r="H6" s="221"/>
+      <c r="I6" s="221"/>
+      <c r="J6" s="221"/>
+      <c r="K6" s="221"/>
+      <c r="L6" s="222"/>
       <c r="M6" s="36"/>
       <c r="N6" s="36"/>
       <c r="P6" s="40"/>
       <c r="Q6" s="41"/>
       <c r="R6" s="41"/>
       <c r="S6" s="41"/>
       <c r="T6" s="41"/>
       <c r="U6" s="42"/>
     </row>
-    <row r="7" spans="3:21" x14ac:dyDescent="0.2">
+    <row r="7" spans="3:21" x14ac:dyDescent="0.25">
       <c r="C7" s="47"/>
-      <c r="D7" s="180"/>
-[...7 lines deleted...]
-      <c r="L7" s="181"/>
+      <c r="D7" s="179"/>
+      <c r="E7" s="179"/>
+      <c r="F7" s="179"/>
+      <c r="G7" s="179"/>
+      <c r="H7" s="179"/>
+      <c r="I7" s="179"/>
+      <c r="J7" s="179"/>
+      <c r="K7" s="179"/>
+      <c r="L7" s="180"/>
       <c r="M7" s="36"/>
       <c r="N7" s="36"/>
       <c r="P7" s="40"/>
       <c r="Q7" s="41"/>
       <c r="R7" s="41"/>
       <c r="S7" s="41"/>
       <c r="T7" s="41"/>
       <c r="U7" s="42"/>
     </row>
-    <row r="8" spans="3:21" ht="29.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="3:21" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C8" s="47"/>
-      <c r="D8" s="186"/>
-[...9 lines deleted...]
-      <c r="L8" s="245"/>
+      <c r="D8" s="185"/>
+      <c r="E8" s="221" t="s">
+        <v>4</v>
+      </c>
+      <c r="F8" s="221"/>
+      <c r="G8" s="221"/>
+      <c r="H8" s="221"/>
+      <c r="I8" s="221"/>
+      <c r="J8" s="221"/>
+      <c r="K8" s="221"/>
+      <c r="L8" s="222"/>
       <c r="M8" s="36"/>
       <c r="N8" s="36"/>
       <c r="P8" s="40"/>
-      <c r="Q8" s="179"/>
+      <c r="Q8" s="178"/>
       <c r="R8" s="41"/>
       <c r="S8" s="41"/>
       <c r="T8" s="41"/>
       <c r="U8" s="42"/>
     </row>
-    <row r="9" spans="3:21" ht="10.7" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="3:21" ht="10.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C9" s="47"/>
-      <c r="D9" s="180"/>
-[...7 lines deleted...]
-      <c r="L9" s="181"/>
+      <c r="D9" s="179"/>
+      <c r="E9" s="179"/>
+      <c r="F9" s="179"/>
+      <c r="G9" s="179"/>
+      <c r="H9" s="179"/>
+      <c r="I9" s="179"/>
+      <c r="J9" s="179"/>
+      <c r="K9" s="179"/>
+      <c r="L9" s="180"/>
       <c r="M9" s="36"/>
       <c r="N9" s="36"/>
       <c r="P9" s="40"/>
       <c r="Q9" s="41"/>
       <c r="R9" s="41"/>
       <c r="S9" s="41"/>
       <c r="T9" s="41"/>
       <c r="U9" s="42"/>
     </row>
-    <row r="10" spans="3:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="3:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C10" s="47"/>
-      <c r="D10" s="186"/>
-[...9 lines deleted...]
-      <c r="L10" s="245"/>
+      <c r="D10" s="185"/>
+      <c r="E10" s="221" t="s">
+        <v>5</v>
+      </c>
+      <c r="F10" s="221"/>
+      <c r="G10" s="221"/>
+      <c r="H10" s="221"/>
+      <c r="I10" s="221"/>
+      <c r="J10" s="221"/>
+      <c r="K10" s="221"/>
+      <c r="L10" s="222"/>
       <c r="M10" s="36"/>
       <c r="N10" s="36"/>
       <c r="P10" s="40"/>
       <c r="Q10" s="41"/>
       <c r="R10" s="41"/>
       <c r="S10" s="41"/>
       <c r="T10" s="41"/>
       <c r="U10" s="42"/>
     </row>
-    <row r="11" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C11" s="47"/>
-      <c r="D11" s="246" t="s">
-[...9 lines deleted...]
-      <c r="L11" s="247"/>
+      <c r="D11" s="223" t="s">
+        <v>6</v>
+      </c>
+      <c r="E11" s="223"/>
+      <c r="F11" s="223"/>
+      <c r="G11" s="223"/>
+      <c r="H11" s="223"/>
+      <c r="I11" s="223"/>
+      <c r="J11" s="223"/>
+      <c r="K11" s="223"/>
+      <c r="L11" s="224"/>
       <c r="M11" s="36"/>
       <c r="N11" s="36"/>
       <c r="P11" s="40"/>
       <c r="Q11" s="41"/>
       <c r="R11" s="41"/>
       <c r="S11" s="41"/>
       <c r="T11" s="41"/>
       <c r="U11" s="42"/>
     </row>
-    <row r="12" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C12" s="47"/>
-      <c r="D12" s="186"/>
-[...9 lines deleted...]
-      <c r="L12" s="182"/>
+      <c r="D12" s="185"/>
+      <c r="E12" s="184" t="s">
+        <v>7</v>
+      </c>
+      <c r="F12" s="183"/>
+      <c r="G12" s="183"/>
+      <c r="H12" s="183"/>
+      <c r="I12" s="183"/>
+      <c r="J12" s="183"/>
+      <c r="K12" s="183"/>
+      <c r="L12" s="181"/>
       <c r="M12" s="36"/>
       <c r="N12" s="36"/>
       <c r="P12" s="40"/>
       <c r="Q12" s="41"/>
       <c r="R12" s="41"/>
       <c r="S12" s="41"/>
       <c r="T12" s="41"/>
       <c r="U12" s="42"/>
     </row>
-    <row r="13" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="3:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C13" s="47"/>
-      <c r="D13" s="186"/>
-[...9 lines deleted...]
-      <c r="L13" s="245"/>
+      <c r="D13" s="185"/>
+      <c r="E13" s="221" t="s">
+        <v>8</v>
+      </c>
+      <c r="F13" s="221"/>
+      <c r="G13" s="221"/>
+      <c r="H13" s="221"/>
+      <c r="I13" s="221"/>
+      <c r="J13" s="221"/>
+      <c r="K13" s="221"/>
+      <c r="L13" s="222"/>
       <c r="M13" s="36"/>
       <c r="N13" s="36"/>
       <c r="P13" s="40"/>
       <c r="Q13" s="41"/>
       <c r="R13" s="41"/>
       <c r="S13" s="41"/>
       <c r="T13" s="41"/>
       <c r="U13" s="42"/>
     </row>
-    <row r="14" spans="3:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="3:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D14" s="107"/>
       <c r="E14" s="108"/>
       <c r="F14" s="108"/>
       <c r="G14" s="108"/>
       <c r="H14" s="108"/>
       <c r="I14" s="108"/>
       <c r="J14" s="108"/>
       <c r="K14" s="108"/>
-      <c r="L14" s="183"/>
+      <c r="L14" s="182"/>
       <c r="M14" s="36"/>
       <c r="N14" s="36"/>
       <c r="P14" s="40"/>
       <c r="Q14" s="41"/>
       <c r="R14" s="41"/>
       <c r="S14" s="41"/>
       <c r="T14" s="41"/>
       <c r="U14" s="42"/>
     </row>
-    <row r="15" spans="3:21" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="3:21" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="D15" s="36"/>
       <c r="E15" s="36"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="36"/>
       <c r="K15" s="36"/>
       <c r="P15" s="40"/>
       <c r="Q15" s="41"/>
       <c r="R15" s="41"/>
       <c r="S15" s="41"/>
       <c r="T15" s="41"/>
       <c r="U15" s="42"/>
     </row>
-    <row r="16" spans="3:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="3:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D16" s="36"/>
       <c r="E16" s="36"/>
       <c r="F16" s="36"/>
       <c r="G16" s="36"/>
       <c r="H16" s="36"/>
       <c r="I16" s="36"/>
       <c r="J16" s="36"/>
       <c r="K16" s="36"/>
       <c r="P16" s="40"/>
       <c r="Q16" s="41"/>
       <c r="R16" s="41"/>
       <c r="S16" s="41"/>
       <c r="T16" s="41"/>
       <c r="U16" s="42"/>
     </row>
-    <row r="17" spans="4:21" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="4:21" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="D17" s="43"/>
       <c r="E17" s="44"/>
       <c r="F17" s="44"/>
       <c r="G17" s="44"/>
       <c r="H17" s="44"/>
       <c r="I17" s="44"/>
       <c r="J17" s="44"/>
       <c r="K17" s="44"/>
       <c r="L17" s="45"/>
       <c r="P17" s="40"/>
       <c r="Q17" s="41"/>
       <c r="R17" s="41"/>
       <c r="S17" s="41"/>
       <c r="T17" s="41"/>
       <c r="U17" s="42"/>
     </row>
-    <row r="18" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D18" s="46"/>
       <c r="L18" s="47"/>
       <c r="P18" s="40"/>
       <c r="Q18" s="41"/>
       <c r="R18" s="41"/>
       <c r="S18" s="41"/>
       <c r="T18" s="41"/>
       <c r="U18" s="42"/>
     </row>
-    <row r="19" spans="4:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="4:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D19" s="46"/>
       <c r="F19" s="48" t="s">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="G19" s="49"/>
       <c r="H19" s="49"/>
       <c r="I19" s="49"/>
       <c r="J19" s="49"/>
       <c r="K19" s="50"/>
       <c r="L19" s="47"/>
-      <c r="P19" s="198" t="s">
-[...8 lines deleted...]
-    <row r="20" spans="4:21" x14ac:dyDescent="0.2">
+      <c r="P19" s="214" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q19" s="215"/>
+      <c r="R19" s="215"/>
+      <c r="S19" s="215"/>
+      <c r="T19" s="215"/>
+      <c r="U19" s="216"/>
+    </row>
+    <row r="20" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D20" s="46"/>
       <c r="F20" s="51"/>
       <c r="K20" s="52"/>
       <c r="L20" s="47"/>
-      <c r="P20" s="210"/>
-[...6 lines deleted...]
-    <row r="21" spans="4:21" x14ac:dyDescent="0.2">
+      <c r="P20" s="217"/>
+      <c r="Q20" s="215"/>
+      <c r="R20" s="215"/>
+      <c r="S20" s="215"/>
+      <c r="T20" s="215"/>
+      <c r="U20" s="216"/>
+    </row>
+    <row r="21" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D21" s="46"/>
       <c r="F21" s="146" t="s">
-        <v>179</v>
+        <v>11</v>
       </c>
       <c r="G21" s="53"/>
       <c r="K21" s="52"/>
       <c r="L21" s="47"/>
-      <c r="P21" s="210"/>
-[...6 lines deleted...]
-    <row r="22" spans="4:21" x14ac:dyDescent="0.2">
+      <c r="P21" s="217"/>
+      <c r="Q21" s="215"/>
+      <c r="R21" s="215"/>
+      <c r="S21" s="215"/>
+      <c r="T21" s="215"/>
+      <c r="U21" s="216"/>
+    </row>
+    <row r="22" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D22" s="46"/>
       <c r="F22" s="146" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="H22" s="164"/>
+        <v>12</v>
+      </c>
+      <c r="G22" s="162"/>
+      <c r="H22" s="163"/>
       <c r="K22" s="52"/>
       <c r="L22" s="47"/>
       <c r="P22" s="54"/>
       <c r="Q22" s="55"/>
       <c r="R22" s="55"/>
       <c r="S22" s="55"/>
       <c r="T22" s="55"/>
       <c r="U22" s="56"/>
     </row>
-    <row r="23" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="23" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D23" s="46"/>
       <c r="F23" s="146" t="s">
-        <v>110</v>
+        <v>13</v>
       </c>
       <c r="G23" s="72"/>
       <c r="H23" s="154"/>
       <c r="K23" s="52"/>
       <c r="L23" s="47"/>
       <c r="P23" s="54"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
       <c r="S23" s="55"/>
       <c r="T23" s="55"/>
       <c r="U23" s="56"/>
     </row>
-    <row r="24" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="24" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D24" s="46"/>
       <c r="F24" s="57"/>
       <c r="G24" s="58"/>
       <c r="H24" s="59"/>
       <c r="K24" s="52"/>
       <c r="L24" s="47"/>
       <c r="P24" s="54"/>
       <c r="Q24" s="55"/>
       <c r="R24" s="55"/>
       <c r="S24" s="55"/>
       <c r="T24" s="55"/>
       <c r="U24" s="56"/>
     </row>
-    <row r="25" spans="4:21" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="25" spans="4:21" ht="13.8" x14ac:dyDescent="0.25">
       <c r="D25" s="46"/>
       <c r="F25" s="146" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-      <c r="H25" s="197"/>
+        <v>14</v>
+      </c>
+      <c r="G25" s="249"/>
+      <c r="H25" s="250"/>
       <c r="K25" s="52"/>
       <c r="L25" s="47"/>
       <c r="P25" s="54"/>
       <c r="Q25" s="55"/>
       <c r="R25" s="55"/>
       <c r="S25" s="55"/>
       <c r="T25" s="55"/>
       <c r="U25" s="56"/>
     </row>
-    <row r="26" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="26" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D26" s="46"/>
       <c r="F26" s="146" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="H26" s="228"/>
+        <v>15</v>
+      </c>
+      <c r="G26" s="196"/>
+      <c r="H26" s="197"/>
       <c r="K26" s="52"/>
       <c r="L26" s="47"/>
       <c r="P26" s="54"/>
       <c r="Q26" s="55"/>
       <c r="R26" s="55"/>
       <c r="S26" s="55"/>
       <c r="T26" s="55"/>
       <c r="U26" s="56"/>
     </row>
-    <row r="27" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="27" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D27" s="46"/>
       <c r="F27" s="146" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-      <c r="H27" s="228"/>
+        <v>16</v>
+      </c>
+      <c r="G27" s="196"/>
+      <c r="H27" s="197"/>
       <c r="K27" s="52"/>
       <c r="L27" s="47"/>
       <c r="P27" s="54"/>
       <c r="Q27" s="55"/>
       <c r="R27" s="55"/>
       <c r="S27" s="55"/>
       <c r="T27" s="55"/>
       <c r="U27" s="56"/>
     </row>
-    <row r="28" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="28" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D28" s="46"/>
       <c r="F28" s="57"/>
       <c r="G28" s="58"/>
       <c r="H28" s="59"/>
       <c r="K28" s="52"/>
       <c r="L28" s="47"/>
       <c r="P28" s="54"/>
       <c r="Q28" s="55"/>
       <c r="R28" s="55"/>
       <c r="S28" s="55"/>
       <c r="T28" s="55"/>
       <c r="U28" s="56"/>
     </row>
-    <row r="29" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="29" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D29" s="46"/>
       <c r="F29" s="147" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="H29" s="228"/>
+        <v>17</v>
+      </c>
+      <c r="G29" s="196"/>
+      <c r="H29" s="197"/>
       <c r="K29" s="52"/>
       <c r="L29" s="47"/>
       <c r="P29" s="54"/>
       <c r="Q29" s="55"/>
       <c r="R29" s="55"/>
       <c r="S29" s="55"/>
       <c r="T29" s="55"/>
       <c r="U29" s="56"/>
     </row>
-    <row r="30" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="30" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D30" s="46"/>
       <c r="F30" s="147" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="H30" s="249"/>
+        <v>18</v>
+      </c>
+      <c r="G30" s="198"/>
+      <c r="H30" s="199"/>
       <c r="K30" s="52"/>
       <c r="L30" s="47"/>
       <c r="P30" s="54"/>
       <c r="Q30" s="55"/>
       <c r="R30" s="55"/>
       <c r="S30" s="55"/>
       <c r="T30" s="55"/>
       <c r="U30" s="56"/>
     </row>
-    <row r="31" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="31" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D31" s="46"/>
       <c r="F31" s="147" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="G31" s="143"/>
       <c r="H31" s="35"/>
       <c r="K31" s="52"/>
       <c r="L31" s="47"/>
       <c r="P31" s="54"/>
       <c r="Q31" s="55"/>
       <c r="R31" s="55"/>
       <c r="S31" s="55"/>
       <c r="T31" s="55"/>
       <c r="U31" s="56"/>
     </row>
-    <row r="32" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="32" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D32" s="46"/>
       <c r="F32" s="57"/>
       <c r="G32" s="58"/>
       <c r="H32" s="59"/>
       <c r="K32" s="52"/>
       <c r="L32" s="47"/>
       <c r="P32" s="54"/>
       <c r="Q32" s="55"/>
       <c r="R32" s="55"/>
       <c r="S32" s="55"/>
       <c r="T32" s="55"/>
       <c r="U32" s="56"/>
     </row>
-    <row r="33" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="33" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D33" s="46"/>
       <c r="F33" s="147" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="G33" s="60"/>
       <c r="H33" s="61"/>
       <c r="I33" s="61"/>
       <c r="K33" s="52"/>
       <c r="L33" s="47"/>
       <c r="P33" s="54"/>
       <c r="Q33" s="55"/>
       <c r="R33" s="55"/>
       <c r="S33" s="55"/>
       <c r="T33" s="55"/>
       <c r="U33" s="56"/>
     </row>
-    <row r="34" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="34" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D34" s="46"/>
       <c r="F34" s="147" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="G34" s="60"/>
       <c r="H34" s="61"/>
       <c r="I34" s="61"/>
       <c r="K34" s="52"/>
       <c r="L34" s="47"/>
       <c r="P34" s="54"/>
       <c r="Q34" s="55"/>
       <c r="R34" s="55"/>
       <c r="S34" s="55"/>
       <c r="T34" s="55"/>
       <c r="U34" s="56"/>
     </row>
-    <row r="35" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="35" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D35" s="46"/>
       <c r="F35" s="147" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="G35" s="60"/>
       <c r="H35" s="61"/>
       <c r="I35" s="61"/>
       <c r="K35" s="52"/>
       <c r="L35" s="47"/>
       <c r="P35" s="54"/>
       <c r="Q35" s="55"/>
       <c r="R35" s="55"/>
       <c r="S35" s="55"/>
       <c r="T35" s="55"/>
       <c r="U35" s="56"/>
     </row>
-    <row r="36" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="36" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D36" s="46"/>
       <c r="F36" s="147" t="s">
-        <v>90</v>
+        <v>23</v>
       </c>
       <c r="G36" s="62"/>
       <c r="H36" s="61"/>
       <c r="I36" s="61"/>
       <c r="K36" s="52"/>
       <c r="L36" s="47"/>
       <c r="P36" s="54"/>
       <c r="Q36" s="55"/>
       <c r="R36" s="55"/>
       <c r="S36" s="55"/>
       <c r="T36" s="55"/>
       <c r="U36" s="56"/>
     </row>
-    <row r="37" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D37" s="46"/>
       <c r="F37" s="63"/>
       <c r="G37" s="64"/>
       <c r="H37" s="64"/>
       <c r="I37" s="64"/>
       <c r="J37" s="64"/>
       <c r="K37" s="65"/>
       <c r="L37" s="47"/>
       <c r="P37" s="54"/>
       <c r="Q37" s="55"/>
       <c r="R37" s="55"/>
       <c r="S37" s="55"/>
       <c r="T37" s="55"/>
       <c r="U37" s="56"/>
     </row>
-    <row r="38" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="38" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D38" s="46"/>
       <c r="L38" s="47"/>
       <c r="P38" s="54"/>
       <c r="Q38" s="55"/>
       <c r="R38" s="55"/>
       <c r="S38" s="55"/>
       <c r="T38" s="55"/>
       <c r="U38" s="56"/>
     </row>
-    <row r="39" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D39" s="46"/>
       <c r="L39" s="47"/>
       <c r="P39" s="54"/>
       <c r="Q39" s="55"/>
       <c r="R39" s="55"/>
       <c r="S39" s="55"/>
       <c r="T39" s="55"/>
       <c r="U39" s="56"/>
     </row>
-    <row r="40" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="40" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D40" s="46"/>
-      <c r="E40" s="250" t="s">
-        <v>105</v>
+      <c r="E40" s="200" t="s">
+        <v>24</v>
       </c>
       <c r="F40" s="144" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="G40" s="49"/>
       <c r="H40" s="49"/>
       <c r="I40" s="49"/>
       <c r="J40" s="49"/>
       <c r="K40" s="50"/>
       <c r="L40" s="47"/>
       <c r="P40" s="54"/>
       <c r="Q40" s="55"/>
       <c r="R40" s="55"/>
       <c r="S40" s="55"/>
       <c r="T40" s="55"/>
       <c r="U40" s="56"/>
     </row>
-    <row r="41" spans="4:21" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="4:21" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D41" s="46"/>
-      <c r="E41" s="251"/>
+      <c r="E41" s="201"/>
       <c r="K41" s="52"/>
       <c r="L41" s="47"/>
-      <c r="P41" s="198" t="s">
-[...8 lines deleted...]
-    <row r="42" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="P41" s="214" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q41" s="251"/>
+      <c r="R41" s="251"/>
+      <c r="S41" s="251"/>
+      <c r="T41" s="251"/>
+      <c r="U41" s="252"/>
+    </row>
+    <row r="42" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D42" s="46"/>
-      <c r="E42" s="251"/>
+      <c r="E42" s="201"/>
       <c r="F42" s="122" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="K42" s="52"/>
       <c r="L42" s="47"/>
-      <c r="P42" s="201"/>
-[...6 lines deleted...]
-    <row r="43" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P42" s="253"/>
+      <c r="Q42" s="251"/>
+      <c r="R42" s="251"/>
+      <c r="S42" s="251"/>
+      <c r="T42" s="251"/>
+      <c r="U42" s="252"/>
+    </row>
+    <row r="43" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D43" s="46"/>
-      <c r="E43" s="251"/>
+      <c r="E43" s="201"/>
       <c r="F43" s="122"/>
       <c r="K43" s="52"/>
       <c r="L43" s="47"/>
-      <c r="P43" s="201"/>
-[...6 lines deleted...]
-    <row r="44" spans="4:21" ht="25.5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P43" s="253"/>
+      <c r="Q43" s="251"/>
+      <c r="R43" s="251"/>
+      <c r="S43" s="251"/>
+      <c r="T43" s="251"/>
+      <c r="U43" s="252"/>
+    </row>
+    <row r="44" spans="4:21" ht="26.4" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D44" s="46"/>
-      <c r="E44" s="251"/>
+      <c r="E44" s="201"/>
       <c r="F44" s="88" t="s">
-        <v>82</v>
-[...4 lines deleted...]
-      <c r="H44" s="239"/>
+        <v>28</v>
+      </c>
+      <c r="G44" s="225" t="s">
+        <v>29</v>
+      </c>
+      <c r="H44" s="226"/>
       <c r="I44" s="67" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>30</v>
+      </c>
+      <c r="J44" s="160" t="s">
+        <v>31</v>
       </c>
       <c r="K44" s="74" t="s">
-        <v>142</v>
+        <v>32</v>
       </c>
       <c r="L44" s="47"/>
-      <c r="P44" s="201"/>
-[...6 lines deleted...]
-    <row r="45" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P44" s="253"/>
+      <c r="Q44" s="251"/>
+      <c r="R44" s="251"/>
+      <c r="S44" s="251"/>
+      <c r="T44" s="251"/>
+      <c r="U44" s="252"/>
+    </row>
+    <row r="45" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D45" s="46"/>
-      <c r="E45" s="251"/>
-[...4 lines deleted...]
-      <c r="H45" s="204"/>
+      <c r="E45" s="201"/>
+      <c r="F45" s="186"/>
+      <c r="G45" s="196" t="s">
+        <v>33</v>
+      </c>
+      <c r="H45" s="209"/>
       <c r="I45" s="69"/>
       <c r="J45" s="69"/>
       <c r="K45" s="70">
         <f>IF(OR(I45="",J45=""),0,(I45*J45))</f>
         <v>0</v>
       </c>
       <c r="L45" s="47"/>
       <c r="P45" s="54"/>
       <c r="Q45" s="55"/>
       <c r="R45" s="55"/>
       <c r="S45" s="55"/>
       <c r="T45" s="55"/>
       <c r="U45" s="56"/>
     </row>
-    <row r="46" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="46" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D46" s="46"/>
-      <c r="E46" s="251"/>
-[...4 lines deleted...]
-      <c r="H46" s="204"/>
+      <c r="E46" s="201"/>
+      <c r="F46" s="186"/>
+      <c r="G46" s="196" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46" s="209"/>
       <c r="I46" s="69"/>
       <c r="J46" s="69"/>
       <c r="K46" s="70">
         <f t="shared" ref="K46:K64" si="0">IF(OR(I46="",J46=""),0,(I46*J46))</f>
         <v>0</v>
       </c>
       <c r="L46" s="47"/>
       <c r="P46" s="54"/>
       <c r="Q46" s="55"/>
       <c r="R46" s="55"/>
       <c r="S46" s="55"/>
       <c r="T46" s="55"/>
       <c r="U46" s="56"/>
     </row>
-    <row r="47" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="47" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D47" s="46"/>
-      <c r="E47" s="251"/>
-[...4 lines deleted...]
-      <c r="H47" s="204"/>
+      <c r="E47" s="201"/>
+      <c r="F47" s="187"/>
+      <c r="G47" s="196" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47" s="209"/>
       <c r="I47" s="69"/>
       <c r="J47" s="69"/>
       <c r="K47" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L47" s="47"/>
       <c r="P47" s="54"/>
       <c r="Q47" s="55"/>
       <c r="R47" s="55"/>
       <c r="S47" s="55"/>
       <c r="T47" s="55"/>
       <c r="U47" s="56"/>
     </row>
-    <row r="48" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="48" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D48" s="46"/>
-      <c r="E48" s="251"/>
-[...4 lines deleted...]
-      <c r="H48" s="204"/>
+      <c r="E48" s="201"/>
+      <c r="F48" s="187"/>
+      <c r="G48" s="196" t="s">
+        <v>36</v>
+      </c>
+      <c r="H48" s="209"/>
       <c r="I48" s="69"/>
       <c r="J48" s="69"/>
       <c r="K48" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L48" s="47"/>
       <c r="P48" s="54"/>
       <c r="Q48" s="55"/>
       <c r="R48" s="55"/>
       <c r="S48" s="55"/>
       <c r="T48" s="55"/>
       <c r="U48" s="56"/>
     </row>
-    <row r="49" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="49" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D49" s="46"/>
-      <c r="E49" s="251"/>
-[...4 lines deleted...]
-      <c r="H49" s="204"/>
+      <c r="E49" s="201"/>
+      <c r="F49" s="187"/>
+      <c r="G49" s="196" t="s">
+        <v>37</v>
+      </c>
+      <c r="H49" s="209"/>
       <c r="I49" s="69"/>
       <c r="J49" s="69"/>
       <c r="K49" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L49" s="47"/>
       <c r="P49" s="54"/>
       <c r="Q49" s="55"/>
       <c r="R49" s="55"/>
       <c r="S49" s="55"/>
       <c r="T49" s="55"/>
       <c r="U49" s="56"/>
     </row>
-    <row r="50" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="50" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D50" s="46"/>
-      <c r="E50" s="251"/>
-[...4 lines deleted...]
-      <c r="H50" s="204"/>
+      <c r="E50" s="201"/>
+      <c r="F50" s="187"/>
+      <c r="G50" s="196" t="s">
+        <v>38</v>
+      </c>
+      <c r="H50" s="209"/>
       <c r="I50" s="69"/>
       <c r="J50" s="69"/>
       <c r="K50" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L50" s="47"/>
       <c r="P50" s="54"/>
       <c r="Q50" s="55"/>
       <c r="R50" s="55"/>
       <c r="S50" s="55"/>
       <c r="T50" s="55"/>
       <c r="U50" s="56"/>
     </row>
-    <row r="51" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="51" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D51" s="46"/>
-      <c r="E51" s="251"/>
-[...4 lines deleted...]
-      <c r="H51" s="204"/>
+      <c r="E51" s="201"/>
+      <c r="F51" s="187"/>
+      <c r="G51" s="196" t="s">
+        <v>39</v>
+      </c>
+      <c r="H51" s="209"/>
       <c r="I51" s="69"/>
       <c r="J51" s="69"/>
       <c r="K51" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L51" s="47"/>
       <c r="P51" s="54"/>
       <c r="Q51" s="55"/>
       <c r="R51" s="55"/>
       <c r="S51" s="55"/>
       <c r="T51" s="55"/>
       <c r="U51" s="56"/>
     </row>
-    <row r="52" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="52" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D52" s="46"/>
-      <c r="E52" s="251"/>
-[...4 lines deleted...]
-      <c r="H52" s="204"/>
+      <c r="E52" s="201"/>
+      <c r="F52" s="187"/>
+      <c r="G52" s="196" t="s">
+        <v>40</v>
+      </c>
+      <c r="H52" s="209"/>
       <c r="I52" s="69"/>
       <c r="J52" s="69"/>
       <c r="K52" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L52" s="47"/>
       <c r="P52" s="54"/>
       <c r="Q52" s="55"/>
       <c r="R52" s="55"/>
       <c r="S52" s="55"/>
       <c r="T52" s="55"/>
       <c r="U52" s="56"/>
     </row>
-    <row r="53" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="53" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D53" s="46"/>
-      <c r="E53" s="251"/>
-[...2 lines deleted...]
-      <c r="H53" s="204"/>
+      <c r="E53" s="201"/>
+      <c r="F53" s="187"/>
+      <c r="G53" s="196"/>
+      <c r="H53" s="209"/>
       <c r="I53" s="69"/>
       <c r="J53" s="69"/>
       <c r="K53" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L53" s="47"/>
       <c r="P53" s="54"/>
       <c r="Q53" s="55"/>
       <c r="R53" s="55"/>
       <c r="S53" s="55"/>
       <c r="T53" s="55"/>
       <c r="U53" s="56"/>
     </row>
-    <row r="54" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="54" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D54" s="46"/>
-      <c r="E54" s="251"/>
-[...2 lines deleted...]
-      <c r="H54" s="204"/>
+      <c r="E54" s="201"/>
+      <c r="F54" s="187"/>
+      <c r="G54" s="196"/>
+      <c r="H54" s="209"/>
       <c r="I54" s="69"/>
       <c r="J54" s="69"/>
       <c r="K54" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L54" s="47"/>
       <c r="P54" s="54"/>
       <c r="Q54" s="55"/>
       <c r="R54" s="55"/>
       <c r="S54" s="55"/>
       <c r="T54" s="55"/>
       <c r="U54" s="56"/>
     </row>
-    <row r="55" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="55" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D55" s="46"/>
-      <c r="E55" s="251"/>
-[...2 lines deleted...]
-      <c r="H55" s="204"/>
+      <c r="E55" s="201"/>
+      <c r="F55" s="187"/>
+      <c r="G55" s="196"/>
+      <c r="H55" s="209"/>
       <c r="I55" s="69"/>
       <c r="J55" s="69"/>
       <c r="K55" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L55" s="47"/>
       <c r="P55" s="54"/>
       <c r="Q55" s="55"/>
       <c r="R55" s="55"/>
       <c r="S55" s="55"/>
       <c r="T55" s="55"/>
       <c r="U55" s="56"/>
     </row>
-    <row r="56" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="56" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D56" s="46"/>
-      <c r="E56" s="251"/>
-[...2 lines deleted...]
-      <c r="H56" s="204"/>
+      <c r="E56" s="201"/>
+      <c r="F56" s="187"/>
+      <c r="G56" s="196"/>
+      <c r="H56" s="209"/>
       <c r="I56" s="69"/>
       <c r="J56" s="69"/>
       <c r="K56" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L56" s="47"/>
       <c r="P56" s="54"/>
       <c r="Q56" s="55"/>
       <c r="R56" s="55"/>
       <c r="S56" s="55"/>
       <c r="T56" s="55"/>
       <c r="U56" s="56"/>
     </row>
-    <row r="57" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="57" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D57" s="46"/>
-      <c r="E57" s="251"/>
-[...2 lines deleted...]
-      <c r="H57" s="204"/>
+      <c r="E57" s="201"/>
+      <c r="F57" s="187"/>
+      <c r="G57" s="196"/>
+      <c r="H57" s="209"/>
       <c r="I57" s="69"/>
       <c r="J57" s="69"/>
       <c r="K57" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L57" s="47"/>
       <c r="P57" s="54"/>
       <c r="Q57" s="55"/>
       <c r="R57" s="55"/>
       <c r="S57" s="55"/>
       <c r="T57" s="55"/>
       <c r="U57" s="56"/>
     </row>
-    <row r="58" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="58" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D58" s="46"/>
-      <c r="E58" s="251"/>
-[...2 lines deleted...]
-      <c r="H58" s="204"/>
+      <c r="E58" s="201"/>
+      <c r="F58" s="187"/>
+      <c r="G58" s="196"/>
+      <c r="H58" s="209"/>
       <c r="I58" s="69"/>
       <c r="J58" s="69"/>
       <c r="K58" s="70"/>
       <c r="L58" s="47"/>
       <c r="P58" s="54"/>
       <c r="Q58" s="55"/>
       <c r="R58" s="55"/>
       <c r="S58" s="55"/>
       <c r="T58" s="55"/>
       <c r="U58" s="56"/>
     </row>
-    <row r="59" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="59" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D59" s="46"/>
-      <c r="E59" s="251"/>
-[...2 lines deleted...]
-      <c r="H59" s="204"/>
+      <c r="E59" s="201"/>
+      <c r="F59" s="187"/>
+      <c r="G59" s="196"/>
+      <c r="H59" s="209"/>
       <c r="I59" s="69"/>
       <c r="J59" s="69"/>
       <c r="K59" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L59" s="47"/>
       <c r="P59" s="54"/>
       <c r="Q59" s="55"/>
       <c r="R59" s="55"/>
       <c r="S59" s="55"/>
       <c r="T59" s="55"/>
       <c r="U59" s="56"/>
     </row>
-    <row r="60" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="60" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D60" s="46"/>
-      <c r="E60" s="251"/>
-[...2 lines deleted...]
-      <c r="H60" s="204"/>
+      <c r="E60" s="201"/>
+      <c r="F60" s="187"/>
+      <c r="G60" s="196"/>
+      <c r="H60" s="209"/>
       <c r="I60" s="69"/>
       <c r="J60" s="69"/>
       <c r="K60" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L60" s="47"/>
       <c r="P60" s="54"/>
       <c r="Q60" s="55"/>
       <c r="R60" s="55"/>
       <c r="S60" s="55"/>
       <c r="T60" s="55"/>
       <c r="U60" s="56"/>
     </row>
-    <row r="61" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="61" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D61" s="46"/>
-      <c r="E61" s="251"/>
-[...2 lines deleted...]
-      <c r="H61" s="204"/>
+      <c r="E61" s="201"/>
+      <c r="F61" s="187"/>
+      <c r="G61" s="196"/>
+      <c r="H61" s="209"/>
       <c r="I61" s="69"/>
       <c r="J61" s="69"/>
       <c r="K61" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L61" s="47"/>
       <c r="P61" s="54"/>
       <c r="Q61" s="55"/>
       <c r="R61" s="55"/>
       <c r="S61" s="55"/>
       <c r="T61" s="55"/>
       <c r="U61" s="56"/>
     </row>
-    <row r="62" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="62" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D62" s="46"/>
-      <c r="E62" s="251"/>
-[...2 lines deleted...]
-      <c r="H62" s="204"/>
+      <c r="E62" s="201"/>
+      <c r="F62" s="187"/>
+      <c r="G62" s="196"/>
+      <c r="H62" s="209"/>
       <c r="I62" s="69"/>
       <c r="J62" s="69"/>
       <c r="K62" s="70"/>
       <c r="L62" s="47"/>
       <c r="P62" s="54"/>
       <c r="Q62" s="55"/>
       <c r="R62" s="55"/>
       <c r="S62" s="55"/>
       <c r="T62" s="55"/>
       <c r="U62" s="56"/>
     </row>
-    <row r="63" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="63" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D63" s="46"/>
-      <c r="E63" s="251"/>
-[...2 lines deleted...]
-      <c r="H63" s="204"/>
+      <c r="E63" s="201"/>
+      <c r="F63" s="187"/>
+      <c r="G63" s="196"/>
+      <c r="H63" s="209"/>
       <c r="I63" s="69"/>
       <c r="J63" s="69"/>
       <c r="K63" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L63" s="47"/>
       <c r="P63" s="54"/>
       <c r="Q63" s="55"/>
       <c r="R63" s="55"/>
       <c r="S63" s="55"/>
       <c r="T63" s="55"/>
       <c r="U63" s="56"/>
     </row>
-    <row r="64" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="64" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D64" s="46"/>
-      <c r="E64" s="251"/>
-[...2 lines deleted...]
-      <c r="H64" s="204"/>
+      <c r="E64" s="201"/>
+      <c r="F64" s="187"/>
+      <c r="G64" s="196"/>
+      <c r="H64" s="209"/>
       <c r="I64" s="69"/>
       <c r="J64" s="69"/>
       <c r="K64" s="70">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L64" s="47"/>
       <c r="P64" s="54"/>
       <c r="Q64" s="55"/>
       <c r="R64" s="55"/>
       <c r="S64" s="55"/>
       <c r="T64" s="55"/>
       <c r="U64" s="56"/>
     </row>
-    <row r="65" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="65" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D65" s="46"/>
-      <c r="E65" s="251"/>
+      <c r="E65" s="201"/>
       <c r="K65" s="52"/>
       <c r="L65" s="47"/>
       <c r="P65" s="54"/>
       <c r="Q65" s="55"/>
       <c r="R65" s="55"/>
       <c r="S65" s="55"/>
       <c r="T65" s="55"/>
       <c r="U65" s="56"/>
     </row>
-    <row r="66" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="66" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D66" s="46"/>
-      <c r="E66" s="251"/>
+      <c r="E66" s="201"/>
       <c r="K66" s="52"/>
       <c r="L66" s="47"/>
       <c r="P66" s="54"/>
       <c r="Q66" s="55"/>
       <c r="R66" s="55"/>
       <c r="S66" s="55"/>
       <c r="T66" s="55"/>
       <c r="U66" s="56"/>
     </row>
-    <row r="67" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="67" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D67" s="46"/>
-      <c r="E67" s="251"/>
-[...4 lines deleted...]
-      <c r="H67" s="159"/>
+      <c r="E67" s="201"/>
+      <c r="F67" s="157" t="s">
+        <v>41</v>
+      </c>
+      <c r="G67" s="158"/>
+      <c r="H67" s="158"/>
       <c r="I67" s="150">
         <f>SUM(I$45:I64)</f>
         <v>0</v>
       </c>
-      <c r="J67" s="160"/>
+      <c r="J67" s="159"/>
       <c r="K67" s="149">
         <f>SUM(K$45:K64)</f>
         <v>0</v>
       </c>
       <c r="L67" s="47"/>
       <c r="P67" s="54"/>
       <c r="Q67" s="55"/>
       <c r="R67" s="55"/>
       <c r="S67" s="55"/>
       <c r="T67" s="55"/>
       <c r="U67" s="56"/>
     </row>
-    <row r="68" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="68" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D68" s="46"/>
-      <c r="E68" s="251"/>
+      <c r="E68" s="201"/>
       <c r="K68" s="52"/>
       <c r="L68" s="47"/>
       <c r="P68" s="54"/>
       <c r="Q68" s="55"/>
       <c r="R68" s="55"/>
       <c r="S68" s="55"/>
       <c r="T68" s="55"/>
       <c r="U68" s="56"/>
     </row>
-    <row r="69" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="69" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D69" s="46"/>
-      <c r="E69" s="251"/>
-[...5 lines deleted...]
-      <c r="I69" s="231"/>
+      <c r="E69" s="201"/>
+      <c r="F69" s="227" t="s">
+        <v>42</v>
+      </c>
+      <c r="G69" s="228"/>
+      <c r="H69" s="228"/>
+      <c r="I69" s="228"/>
       <c r="J69" s="71">
         <v>0.58009999999999995</v>
       </c>
       <c r="K69" s="52"/>
       <c r="L69" s="47"/>
       <c r="P69" s="54"/>
       <c r="Q69" s="55"/>
       <c r="R69" s="55"/>
       <c r="S69" s="55"/>
       <c r="T69" s="55"/>
       <c r="U69" s="56"/>
     </row>
-    <row r="70" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="70" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D70" s="46"/>
-      <c r="E70" s="251"/>
-[...5 lines deleted...]
-      <c r="I70" s="231"/>
+      <c r="E70" s="201"/>
+      <c r="F70" s="227" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" s="228"/>
+      <c r="H70" s="228"/>
+      <c r="I70" s="228"/>
       <c r="J70" s="71">
         <v>1.8499999999999999E-2</v>
       </c>
       <c r="K70" s="52"/>
       <c r="L70" s="47"/>
       <c r="P70" s="40"/>
       <c r="Q70" s="41"/>
       <c r="R70" s="41"/>
       <c r="S70" s="41"/>
       <c r="T70" s="41"/>
       <c r="U70" s="42"/>
     </row>
-    <row r="71" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="71" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D71" s="46"/>
-      <c r="E71" s="251"/>
+      <c r="E71" s="201"/>
       <c r="I71" s="151" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="J71" s="152">
         <f>SUM(J69:J70)</f>
         <v>0.59859999999999991</v>
       </c>
       <c r="K71" s="52"/>
       <c r="L71" s="47"/>
       <c r="P71" s="40"/>
       <c r="Q71" s="41"/>
       <c r="R71" s="41"/>
       <c r="S71" s="41"/>
       <c r="T71" s="41"/>
       <c r="U71" s="42"/>
     </row>
-    <row r="72" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="72" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D72" s="46"/>
-      <c r="E72" s="251"/>
+      <c r="E72" s="201"/>
       <c r="K72" s="52"/>
       <c r="L72" s="47"/>
       <c r="P72" s="40"/>
       <c r="Q72" s="41"/>
       <c r="R72" s="41"/>
       <c r="S72" s="41"/>
       <c r="T72" s="41"/>
       <c r="U72" s="42"/>
     </row>
-    <row r="73" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="73" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D73" s="46"/>
-      <c r="E73" s="251"/>
+      <c r="E73" s="201"/>
       <c r="K73" s="52"/>
       <c r="L73" s="47"/>
       <c r="P73" s="40"/>
       <c r="Q73" s="41"/>
       <c r="R73" s="41"/>
       <c r="S73" s="41"/>
       <c r="T73" s="41"/>
       <c r="U73" s="42"/>
     </row>
-    <row r="74" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D74" s="46"/>
-      <c r="E74" s="251"/>
-[...6 lines deleted...]
-      <c r="J74" s="214"/>
+      <c r="E74" s="201"/>
+      <c r="F74" s="210" t="s">
+        <v>45</v>
+      </c>
+      <c r="G74" s="207"/>
+      <c r="H74" s="207"/>
+      <c r="I74" s="207"/>
+      <c r="J74" s="208"/>
       <c r="K74" s="73">
         <f>K67*(1+J71)</f>
         <v>0</v>
       </c>
       <c r="L74" s="47"/>
       <c r="P74" s="40"/>
       <c r="Q74" s="41"/>
       <c r="R74" s="41"/>
       <c r="S74" s="41"/>
       <c r="T74" s="41"/>
       <c r="U74" s="42"/>
     </row>
-    <row r="75" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D75" s="46"/>
-      <c r="E75" s="251"/>
+      <c r="E75" s="201"/>
       <c r="K75" s="52"/>
       <c r="L75" s="47"/>
       <c r="P75" s="40"/>
       <c r="Q75" s="41"/>
       <c r="R75" s="41"/>
       <c r="S75" s="41"/>
       <c r="T75" s="41"/>
       <c r="U75" s="42"/>
     </row>
-    <row r="76" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D76" s="46"/>
-      <c r="E76" s="251"/>
+      <c r="E76" s="201"/>
       <c r="F76" s="122" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="K76" s="52"/>
       <c r="L76" s="47"/>
-      <c r="P76" s="198" t="s">
-[...8 lines deleted...]
-    <row r="77" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="P76" s="214" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q76" s="251"/>
+      <c r="R76" s="251"/>
+      <c r="S76" s="251"/>
+      <c r="T76" s="251"/>
+      <c r="U76" s="252"/>
+    </row>
+    <row r="77" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D77" s="46"/>
-      <c r="E77" s="251"/>
+      <c r="E77" s="201"/>
       <c r="F77" s="122"/>
       <c r="K77" s="52"/>
       <c r="L77" s="47"/>
-      <c r="P77" s="201"/>
-[...6 lines deleted...]
-    <row r="78" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P77" s="253"/>
+      <c r="Q77" s="251"/>
+      <c r="R77" s="251"/>
+      <c r="S77" s="251"/>
+      <c r="T77" s="251"/>
+      <c r="U77" s="252"/>
+    </row>
+    <row r="78" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D78" s="46"/>
-      <c r="E78" s="251"/>
+      <c r="E78" s="201"/>
       <c r="F78" s="145" t="s">
-        <v>182</v>
+        <v>48</v>
       </c>
       <c r="K78" s="52"/>
       <c r="L78" s="47"/>
-      <c r="P78" s="198" t="s">
-[...8 lines deleted...]
-    <row r="79" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P78" s="214" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q78" s="251"/>
+      <c r="R78" s="251"/>
+      <c r="S78" s="251"/>
+      <c r="T78" s="251"/>
+      <c r="U78" s="252"/>
+    </row>
+    <row r="79" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D79" s="46"/>
-      <c r="E79" s="251"/>
+      <c r="E79" s="201"/>
       <c r="F79" s="35"/>
       <c r="G79" s="35"/>
       <c r="H79" s="35"/>
       <c r="I79" s="35"/>
       <c r="J79" s="35"/>
       <c r="K79" s="52"/>
       <c r="L79" s="47"/>
-      <c r="P79" s="201"/>
-[...6 lines deleted...]
-    <row r="80" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P79" s="253"/>
+      <c r="Q79" s="251"/>
+      <c r="R79" s="251"/>
+      <c r="S79" s="251"/>
+      <c r="T79" s="251"/>
+      <c r="U79" s="252"/>
+    </row>
+    <row r="80" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D80" s="46"/>
-      <c r="E80" s="251"/>
-[...6 lines deleted...]
-      <c r="J80" s="224"/>
+      <c r="E80" s="201"/>
+      <c r="F80" s="211" t="s">
+        <v>50</v>
+      </c>
+      <c r="G80" s="212"/>
+      <c r="H80" s="212"/>
+      <c r="I80" s="212"/>
+      <c r="J80" s="213"/>
       <c r="K80" s="74" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="L80" s="47"/>
       <c r="P80" s="54"/>
       <c r="Q80" s="41"/>
       <c r="R80" s="41"/>
       <c r="S80" s="41"/>
       <c r="T80" s="41"/>
       <c r="U80" s="42"/>
     </row>
-    <row r="81" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="81" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D81" s="46"/>
-      <c r="E81" s="251"/>
-[...6 lines deleted...]
-      <c r="J81" s="214"/>
+      <c r="E81" s="201"/>
+      <c r="F81" s="205" t="s">
+        <v>52</v>
+      </c>
+      <c r="G81" s="206"/>
+      <c r="H81" s="206"/>
+      <c r="I81" s="207"/>
+      <c r="J81" s="208"/>
       <c r="K81" s="136"/>
       <c r="L81" s="47"/>
       <c r="P81" s="40"/>
       <c r="Q81" s="41"/>
       <c r="R81" s="41"/>
       <c r="S81" s="41"/>
       <c r="T81" s="41"/>
       <c r="U81" s="42"/>
     </row>
-    <row r="82" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="82" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D82" s="46"/>
-      <c r="E82" s="251"/>
-[...6 lines deleted...]
-      <c r="J82" s="214"/>
+      <c r="E82" s="201"/>
+      <c r="F82" s="205" t="s">
+        <v>53</v>
+      </c>
+      <c r="G82" s="206"/>
+      <c r="H82" s="206"/>
+      <c r="I82" s="207"/>
+      <c r="J82" s="208"/>
       <c r="K82" s="136"/>
       <c r="L82" s="47"/>
       <c r="P82" s="40"/>
       <c r="Q82" s="41"/>
       <c r="R82" s="41"/>
       <c r="S82" s="41"/>
       <c r="T82" s="41"/>
       <c r="U82" s="42"/>
     </row>
-    <row r="83" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="83" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D83" s="46"/>
-      <c r="E83" s="251"/>
-[...6 lines deleted...]
-      <c r="J83" s="214"/>
+      <c r="E83" s="201"/>
+      <c r="F83" s="205" t="s">
+        <v>54</v>
+      </c>
+      <c r="G83" s="206"/>
+      <c r="H83" s="206"/>
+      <c r="I83" s="207"/>
+      <c r="J83" s="208"/>
       <c r="K83" s="136"/>
       <c r="L83" s="47"/>
       <c r="P83" s="40"/>
       <c r="Q83" s="41"/>
       <c r="R83" s="41"/>
       <c r="S83" s="41"/>
       <c r="T83" s="41"/>
       <c r="U83" s="42"/>
     </row>
-    <row r="84" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="84" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D84" s="46"/>
-      <c r="E84" s="251"/>
-[...6 lines deleted...]
-      <c r="J84" s="214"/>
+      <c r="E84" s="201"/>
+      <c r="F84" s="205" t="s">
+        <v>55</v>
+      </c>
+      <c r="G84" s="206"/>
+      <c r="H84" s="206"/>
+      <c r="I84" s="207"/>
+      <c r="J84" s="208"/>
       <c r="K84" s="136"/>
       <c r="L84" s="47"/>
       <c r="P84" s="40"/>
       <c r="Q84" s="41"/>
       <c r="R84" s="41"/>
       <c r="S84" s="41"/>
       <c r="T84" s="41"/>
       <c r="U84" s="42"/>
     </row>
-    <row r="85" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="85" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D85" s="46"/>
-      <c r="E85" s="251"/>
-[...6 lines deleted...]
-      <c r="J85" s="214"/>
+      <c r="E85" s="201"/>
+      <c r="F85" s="205" t="s">
+        <v>56</v>
+      </c>
+      <c r="G85" s="206"/>
+      <c r="H85" s="206"/>
+      <c r="I85" s="207"/>
+      <c r="J85" s="208"/>
       <c r="K85" s="136"/>
       <c r="L85" s="47"/>
       <c r="P85" s="40"/>
       <c r="Q85" s="41"/>
       <c r="R85" s="41"/>
       <c r="S85" s="41"/>
       <c r="T85" s="41"/>
       <c r="U85" s="42"/>
     </row>
-    <row r="86" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="86" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D86" s="46"/>
-      <c r="E86" s="251"/>
-[...6 lines deleted...]
-      <c r="J86" s="214"/>
+      <c r="E86" s="201"/>
+      <c r="F86" s="205" t="s">
+        <v>57</v>
+      </c>
+      <c r="G86" s="206"/>
+      <c r="H86" s="206"/>
+      <c r="I86" s="207"/>
+      <c r="J86" s="208"/>
       <c r="K86" s="136"/>
       <c r="L86" s="47"/>
       <c r="P86" s="40"/>
       <c r="Q86" s="41"/>
       <c r="R86" s="41"/>
       <c r="S86" s="41"/>
       <c r="T86" s="41"/>
       <c r="U86" s="42"/>
     </row>
-    <row r="87" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="87" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D87" s="46"/>
-      <c r="E87" s="251"/>
-[...4 lines deleted...]
-      <c r="J87" s="214"/>
+      <c r="E87" s="201"/>
+      <c r="F87" s="205"/>
+      <c r="G87" s="206"/>
+      <c r="H87" s="206"/>
+      <c r="I87" s="207"/>
+      <c r="J87" s="208"/>
       <c r="K87" s="136"/>
       <c r="L87" s="47"/>
       <c r="P87" s="40"/>
       <c r="Q87" s="41"/>
       <c r="R87" s="41"/>
       <c r="S87" s="41"/>
       <c r="T87" s="41"/>
       <c r="U87" s="42"/>
     </row>
-    <row r="88" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="88" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D88" s="46"/>
-      <c r="E88" s="251"/>
-[...4 lines deleted...]
-      <c r="J88" s="214"/>
+      <c r="E88" s="201"/>
+      <c r="F88" s="205"/>
+      <c r="G88" s="206"/>
+      <c r="H88" s="206"/>
+      <c r="I88" s="207"/>
+      <c r="J88" s="208"/>
       <c r="K88" s="136"/>
       <c r="L88" s="47"/>
       <c r="P88" s="40"/>
       <c r="Q88" s="41"/>
       <c r="R88" s="41"/>
       <c r="S88" s="41"/>
       <c r="T88" s="41"/>
       <c r="U88" s="42"/>
     </row>
-    <row r="89" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="89" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D89" s="46"/>
-      <c r="E89" s="251"/>
+      <c r="E89" s="201"/>
       <c r="K89" s="52"/>
       <c r="L89" s="47"/>
       <c r="P89" s="40"/>
       <c r="Q89" s="41"/>
       <c r="R89" s="41"/>
       <c r="S89" s="41"/>
       <c r="T89" s="41"/>
       <c r="U89" s="42"/>
     </row>
-    <row r="90" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="90" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D90" s="46"/>
-      <c r="E90" s="251"/>
+      <c r="E90" s="201"/>
       <c r="K90" s="52"/>
       <c r="L90" s="47"/>
       <c r="P90" s="40"/>
       <c r="Q90" s="41"/>
       <c r="R90" s="41"/>
       <c r="S90" s="41"/>
       <c r="T90" s="41"/>
       <c r="U90" s="42"/>
     </row>
-    <row r="91" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="91" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D91" s="46"/>
-      <c r="E91" s="251"/>
-[...6 lines deleted...]
-      <c r="J91" s="254"/>
+      <c r="E91" s="201"/>
+      <c r="F91" s="203" t="s">
+        <v>58</v>
+      </c>
+      <c r="G91" s="204"/>
+      <c r="H91" s="204"/>
+      <c r="I91" s="204"/>
+      <c r="J91" s="204"/>
       <c r="K91" s="148">
         <f>SUM(K$81:K88)</f>
         <v>0</v>
       </c>
       <c r="L91" s="47"/>
       <c r="P91" s="40"/>
       <c r="Q91" s="41"/>
       <c r="R91" s="41"/>
       <c r="S91" s="41"/>
       <c r="T91" s="41"/>
       <c r="U91" s="42"/>
     </row>
-    <row r="92" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="92" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D92" s="46"/>
-      <c r="E92" s="251"/>
+      <c r="E92" s="201"/>
       <c r="K92" s="75"/>
       <c r="L92" s="47"/>
       <c r="P92" s="40"/>
       <c r="Q92" s="41"/>
       <c r="R92" s="41"/>
       <c r="S92" s="41"/>
       <c r="T92" s="41"/>
       <c r="U92" s="42"/>
     </row>
-    <row r="93" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="93" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D93" s="46"/>
-      <c r="E93" s="251"/>
+      <c r="E93" s="201"/>
       <c r="F93" s="145" t="s">
-        <v>126</v>
+        <v>59</v>
       </c>
       <c r="K93" s="52"/>
       <c r="L93" s="47"/>
-      <c r="P93" s="198" t="s">
-[...8 lines deleted...]
-    <row r="94" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P93" s="214" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q93" s="215"/>
+      <c r="R93" s="215"/>
+      <c r="S93" s="215"/>
+      <c r="T93" s="215"/>
+      <c r="U93" s="216"/>
+    </row>
+    <row r="94" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D94" s="46"/>
-      <c r="E94" s="251"/>
+      <c r="E94" s="201"/>
       <c r="F94" s="35"/>
       <c r="G94" s="35"/>
       <c r="H94" s="35"/>
       <c r="I94" s="35"/>
       <c r="J94" s="35"/>
       <c r="K94" s="52"/>
       <c r="L94" s="47"/>
-      <c r="P94" s="210"/>
-[...6 lines deleted...]
-    <row r="95" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P94" s="217"/>
+      <c r="Q94" s="215"/>
+      <c r="R94" s="215"/>
+      <c r="S94" s="215"/>
+      <c r="T94" s="215"/>
+      <c r="U94" s="216"/>
+    </row>
+    <row r="95" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D95" s="46"/>
-      <c r="E95" s="251"/>
-[...6 lines deleted...]
-      <c r="J95" s="224"/>
+      <c r="E95" s="201"/>
+      <c r="F95" s="211" t="s">
+        <v>61</v>
+      </c>
+      <c r="G95" s="212"/>
+      <c r="H95" s="212"/>
+      <c r="I95" s="212"/>
+      <c r="J95" s="213"/>
       <c r="K95" s="74" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="L95" s="47"/>
-      <c r="P95" s="210"/>
-[...6 lines deleted...]
-    <row r="96" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P95" s="217"/>
+      <c r="Q95" s="215"/>
+      <c r="R95" s="215"/>
+      <c r="S95" s="215"/>
+      <c r="T95" s="215"/>
+      <c r="U95" s="216"/>
+    </row>
+    <row r="96" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D96" s="46"/>
-      <c r="E96" s="251"/>
-[...6 lines deleted...]
-      <c r="J96" s="214"/>
+      <c r="E96" s="201"/>
+      <c r="F96" s="205" t="s">
+        <v>62</v>
+      </c>
+      <c r="G96" s="206"/>
+      <c r="H96" s="206"/>
+      <c r="I96" s="207"/>
+      <c r="J96" s="208"/>
       <c r="K96" s="136"/>
       <c r="L96" s="47"/>
-      <c r="P96" s="210"/>
-[...6 lines deleted...]
-    <row r="97" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P96" s="217"/>
+      <c r="Q96" s="215"/>
+      <c r="R96" s="215"/>
+      <c r="S96" s="215"/>
+      <c r="T96" s="215"/>
+      <c r="U96" s="216"/>
+    </row>
+    <row r="97" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D97" s="46"/>
-      <c r="E97" s="251"/>
-[...6 lines deleted...]
-      <c r="J97" s="214"/>
+      <c r="E97" s="201"/>
+      <c r="F97" s="205" t="s">
+        <v>63</v>
+      </c>
+      <c r="G97" s="206"/>
+      <c r="H97" s="206"/>
+      <c r="I97" s="207"/>
+      <c r="J97" s="208"/>
       <c r="K97" s="136"/>
       <c r="L97" s="47"/>
-      <c r="P97" s="210"/>
-[...6 lines deleted...]
-    <row r="98" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P97" s="217"/>
+      <c r="Q97" s="215"/>
+      <c r="R97" s="215"/>
+      <c r="S97" s="215"/>
+      <c r="T97" s="215"/>
+      <c r="U97" s="216"/>
+    </row>
+    <row r="98" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D98" s="46"/>
-      <c r="E98" s="251"/>
-[...4 lines deleted...]
-      <c r="J98" s="214"/>
+      <c r="E98" s="201"/>
+      <c r="F98" s="205"/>
+      <c r="G98" s="206"/>
+      <c r="H98" s="206"/>
+      <c r="I98" s="207"/>
+      <c r="J98" s="208"/>
       <c r="K98" s="136"/>
       <c r="L98" s="47"/>
       <c r="P98" s="54"/>
       <c r="Q98" s="55"/>
       <c r="R98" s="55"/>
       <c r="S98" s="55"/>
       <c r="T98" s="55"/>
       <c r="U98" s="56"/>
     </row>
-    <row r="99" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="99" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D99" s="46"/>
-      <c r="E99" s="251"/>
+      <c r="E99" s="201"/>
       <c r="K99" s="52"/>
       <c r="L99" s="47"/>
       <c r="P99" s="54"/>
       <c r="Q99" s="55"/>
       <c r="R99" s="55"/>
       <c r="S99" s="55"/>
       <c r="T99" s="55"/>
       <c r="U99" s="56"/>
     </row>
-    <row r="100" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="100" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D100" s="46"/>
-      <c r="E100" s="251"/>
+      <c r="E100" s="201"/>
       <c r="K100" s="52"/>
       <c r="L100" s="47"/>
       <c r="P100" s="54"/>
       <c r="Q100" s="55"/>
       <c r="R100" s="55"/>
       <c r="S100" s="55"/>
       <c r="T100" s="55"/>
       <c r="U100" s="56"/>
     </row>
-    <row r="101" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="101" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D101" s="46"/>
-      <c r="E101" s="251"/>
-[...6 lines deleted...]
-      <c r="J101" s="224"/>
+      <c r="E101" s="201"/>
+      <c r="F101" s="211" t="s">
+        <v>64</v>
+      </c>
+      <c r="G101" s="212"/>
+      <c r="H101" s="212"/>
+      <c r="I101" s="212"/>
+      <c r="J101" s="213"/>
       <c r="K101" s="74" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="L101" s="47"/>
-      <c r="P101" s="198"/>
-[...6 lines deleted...]
-    <row r="102" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P101" s="214"/>
+      <c r="Q101" s="215"/>
+      <c r="R101" s="215"/>
+      <c r="S101" s="215"/>
+      <c r="T101" s="215"/>
+      <c r="U101" s="216"/>
+    </row>
+    <row r="102" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D102" s="46"/>
-      <c r="E102" s="251"/>
-[...6 lines deleted...]
-      <c r="J102" s="214"/>
+      <c r="E102" s="201"/>
+      <c r="F102" s="205" t="s">
+        <v>65</v>
+      </c>
+      <c r="G102" s="206"/>
+      <c r="H102" s="206"/>
+      <c r="I102" s="207"/>
+      <c r="J102" s="208"/>
       <c r="K102" s="136"/>
       <c r="L102" s="47"/>
-      <c r="P102" s="210"/>
-[...6 lines deleted...]
-    <row r="103" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P102" s="217"/>
+      <c r="Q102" s="215"/>
+      <c r="R102" s="215"/>
+      <c r="S102" s="215"/>
+      <c r="T102" s="215"/>
+      <c r="U102" s="216"/>
+    </row>
+    <row r="103" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D103" s="46"/>
-      <c r="E103" s="251"/>
-[...6 lines deleted...]
-      <c r="J103" s="214"/>
+      <c r="E103" s="201"/>
+      <c r="F103" s="205" t="s">
+        <v>66</v>
+      </c>
+      <c r="G103" s="206"/>
+      <c r="H103" s="206"/>
+      <c r="I103" s="207"/>
+      <c r="J103" s="208"/>
       <c r="K103" s="136"/>
       <c r="L103" s="47"/>
-      <c r="P103" s="210"/>
-[...6 lines deleted...]
-    <row r="104" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="P103" s="217"/>
+      <c r="Q103" s="215"/>
+      <c r="R103" s="215"/>
+      <c r="S103" s="215"/>
+      <c r="T103" s="215"/>
+      <c r="U103" s="216"/>
+    </row>
+    <row r="104" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D104" s="46"/>
-      <c r="E104" s="251"/>
+      <c r="E104" s="201"/>
       <c r="F104" s="58"/>
       <c r="G104" s="59"/>
       <c r="H104" s="59"/>
       <c r="I104" s="76"/>
       <c r="J104" s="77"/>
       <c r="K104" s="78"/>
       <c r="L104" s="47"/>
       <c r="P104" s="40"/>
       <c r="Q104" s="41"/>
       <c r="R104" s="41"/>
       <c r="S104" s="41"/>
       <c r="T104" s="41"/>
       <c r="U104" s="42"/>
     </row>
-    <row r="105" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="105" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D105" s="46"/>
-      <c r="E105" s="251"/>
+      <c r="E105" s="201"/>
       <c r="F105" s="58"/>
       <c r="G105" s="59"/>
       <c r="H105" s="59"/>
       <c r="I105" s="76"/>
       <c r="J105" s="77"/>
       <c r="K105" s="78"/>
       <c r="L105" s="47"/>
       <c r="P105" s="40"/>
       <c r="Q105" s="41"/>
       <c r="R105" s="41"/>
       <c r="S105" s="41"/>
       <c r="T105" s="41"/>
       <c r="U105" s="42"/>
     </row>
-    <row r="106" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="106" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D106" s="46"/>
-      <c r="E106" s="251"/>
-[...6 lines deleted...]
-      <c r="J106" s="254"/>
+      <c r="E106" s="201"/>
+      <c r="F106" s="203" t="s">
+        <v>67</v>
+      </c>
+      <c r="G106" s="204"/>
+      <c r="H106" s="204"/>
+      <c r="I106" s="204"/>
+      <c r="J106" s="204"/>
       <c r="K106" s="148">
         <f>SUM(K$96:K98)+SUM(K$102:K103)</f>
         <v>0</v>
       </c>
       <c r="L106" s="47"/>
       <c r="P106" s="40"/>
       <c r="Q106" s="41"/>
       <c r="R106" s="41"/>
       <c r="S106" s="41"/>
       <c r="T106" s="41"/>
       <c r="U106" s="42"/>
     </row>
-    <row r="107" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="107" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D107" s="46"/>
-      <c r="E107" s="251"/>
+      <c r="E107" s="201"/>
       <c r="F107" s="58"/>
       <c r="G107" s="59"/>
       <c r="H107" s="59"/>
       <c r="I107" s="76"/>
       <c r="J107" s="77"/>
       <c r="K107" s="78"/>
       <c r="L107" s="47"/>
       <c r="P107" s="40"/>
       <c r="Q107" s="41"/>
       <c r="R107" s="41"/>
       <c r="S107" s="41"/>
       <c r="T107" s="41"/>
       <c r="U107" s="42"/>
     </row>
-    <row r="108" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="108" spans="4:21" ht="14.25" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D108" s="46"/>
-      <c r="E108" s="251"/>
+      <c r="E108" s="201"/>
       <c r="F108" s="58"/>
       <c r="G108" s="59"/>
       <c r="H108" s="59"/>
       <c r="I108" s="76"/>
       <c r="J108" s="77"/>
       <c r="K108" s="78"/>
       <c r="L108" s="47"/>
       <c r="P108" s="40"/>
       <c r="Q108" s="41"/>
       <c r="R108" s="41"/>
       <c r="S108" s="41"/>
       <c r="T108" s="41"/>
       <c r="U108" s="42"/>
     </row>
-    <row r="109" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="109" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D109" s="46"/>
-      <c r="E109" s="251"/>
-[...4 lines deleted...]
-      <c r="H109" s="223"/>
+      <c r="E109" s="201"/>
+      <c r="F109" s="231" t="s">
+        <v>68</v>
+      </c>
+      <c r="G109" s="212"/>
+      <c r="H109" s="212"/>
       <c r="I109" s="79"/>
       <c r="J109" s="80"/>
       <c r="K109" s="81">
         <f>K91+K106</f>
         <v>0</v>
       </c>
       <c r="L109" s="47"/>
       <c r="P109" s="40"/>
       <c r="Q109" s="41"/>
       <c r="R109" s="41"/>
       <c r="S109" s="41"/>
       <c r="T109" s="41"/>
       <c r="U109" s="42"/>
     </row>
-    <row r="110" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D110" s="46"/>
-      <c r="E110" s="251"/>
+      <c r="E110" s="201"/>
       <c r="F110" s="58"/>
       <c r="G110" s="59"/>
       <c r="H110" s="59"/>
       <c r="I110" s="76"/>
       <c r="J110" s="77"/>
       <c r="K110" s="78"/>
       <c r="L110" s="47"/>
       <c r="P110" s="40"/>
       <c r="Q110" s="41"/>
       <c r="R110" s="41"/>
       <c r="S110" s="41"/>
       <c r="T110" s="41"/>
       <c r="U110" s="42"/>
     </row>
-    <row r="111" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="4:21" ht="14.25" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D111" s="46"/>
-      <c r="E111" s="251"/>
+      <c r="E111" s="201"/>
       <c r="F111" s="58"/>
       <c r="G111" s="59"/>
       <c r="H111" s="59"/>
       <c r="I111" s="76"/>
       <c r="J111" s="77"/>
       <c r="K111" s="78"/>
       <c r="L111" s="47"/>
       <c r="P111" s="40"/>
       <c r="Q111" s="41"/>
       <c r="R111" s="41"/>
       <c r="S111" s="41"/>
       <c r="T111" s="41"/>
       <c r="U111" s="42"/>
     </row>
-    <row r="112" spans="4:21" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="4:21" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D112" s="46"/>
-      <c r="E112" s="252"/>
+      <c r="E112" s="202"/>
       <c r="F112" s="83" t="s">
-        <v>88</v>
+        <v>69</v>
       </c>
       <c r="G112" s="83"/>
       <c r="H112" s="83"/>
       <c r="I112" s="83"/>
       <c r="J112" s="83"/>
-      <c r="K112" s="162">
+      <c r="K112" s="161">
         <f>K74+K109</f>
         <v>0</v>
       </c>
       <c r="L112" s="47"/>
       <c r="P112" s="40"/>
       <c r="Q112" s="41"/>
       <c r="R112" s="41"/>
       <c r="S112" s="41"/>
       <c r="T112" s="41"/>
       <c r="U112" s="42"/>
     </row>
-    <row r="113" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="113" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D113" s="46"/>
       <c r="L113" s="47"/>
       <c r="P113" s="40"/>
       <c r="Q113" s="41"/>
       <c r="R113" s="41"/>
       <c r="S113" s="41"/>
       <c r="T113" s="41"/>
       <c r="U113" s="42"/>
     </row>
-    <row r="114" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D114" s="46"/>
       <c r="F114" s="64"/>
       <c r="G114" s="64"/>
       <c r="H114" s="64"/>
       <c r="I114" s="64"/>
       <c r="J114" s="64"/>
       <c r="K114" s="64"/>
       <c r="L114" s="47"/>
       <c r="P114" s="40"/>
       <c r="Q114" s="41"/>
       <c r="R114" s="41"/>
       <c r="S114" s="41"/>
       <c r="T114" s="41"/>
       <c r="U114" s="42"/>
     </row>
-    <row r="115" spans="4:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="115" spans="4:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D115" s="46"/>
-      <c r="E115" s="215" t="s">
-        <v>106</v>
+      <c r="E115" s="239" t="s">
+        <v>70</v>
       </c>
       <c r="F115" s="48" t="s">
-        <v>187</v>
-[...4 lines deleted...]
-      <c r="J115" s="49"/>
+        <v>71</v>
+      </c>
+      <c r="G115" s="48"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="48"/>
       <c r="K115" s="50"/>
       <c r="L115" s="47"/>
       <c r="P115" s="40"/>
       <c r="Q115" s="41"/>
       <c r="R115" s="41"/>
       <c r="S115" s="41"/>
       <c r="T115" s="41"/>
       <c r="U115" s="42"/>
     </row>
-    <row r="116" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="116" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D116" s="46"/>
-      <c r="E116" s="216"/>
+      <c r="E116" s="240"/>
       <c r="F116" s="7"/>
       <c r="K116" s="52"/>
       <c r="L116" s="47"/>
       <c r="P116" s="40"/>
       <c r="Q116" s="41"/>
       <c r="R116" s="41"/>
       <c r="S116" s="41"/>
       <c r="T116" s="41"/>
       <c r="U116" s="42"/>
     </row>
-    <row r="117" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="117" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D117" s="46"/>
-      <c r="E117" s="216"/>
+      <c r="E117" s="240"/>
       <c r="F117" s="66" t="s">
-        <v>236</v>
+        <v>72</v>
       </c>
       <c r="K117" s="52"/>
       <c r="L117" s="47"/>
       <c r="P117" s="40"/>
       <c r="Q117" s="41"/>
       <c r="R117" s="41"/>
       <c r="S117" s="41"/>
       <c r="T117" s="41"/>
       <c r="U117" s="42"/>
     </row>
-    <row r="118" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="118" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D118" s="46"/>
-      <c r="E118" s="216"/>
+      <c r="E118" s="240"/>
       <c r="F118" s="7"/>
       <c r="K118" s="52"/>
       <c r="L118" s="47"/>
       <c r="P118" s="40"/>
       <c r="Q118" s="41"/>
       <c r="R118" s="41"/>
       <c r="S118" s="41"/>
       <c r="T118" s="41"/>
       <c r="U118" s="42"/>
     </row>
-    <row r="119" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="119" spans="4:21" ht="12.75" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D119" s="46"/>
-      <c r="E119" s="216"/>
-[...6 lines deleted...]
-      <c r="J119" s="224"/>
+      <c r="E119" s="240"/>
+      <c r="F119" s="211" t="s">
+        <v>73</v>
+      </c>
+      <c r="G119" s="212"/>
+      <c r="H119" s="212"/>
+      <c r="I119" s="212"/>
+      <c r="J119" s="213"/>
       <c r="K119" s="74" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="L119" s="47"/>
       <c r="P119" s="40"/>
       <c r="Q119" s="41"/>
       <c r="R119" s="41"/>
       <c r="S119" s="41"/>
       <c r="T119" s="41"/>
       <c r="U119" s="42"/>
     </row>
-    <row r="120" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="120" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D120" s="46"/>
-      <c r="E120" s="216"/>
-[...9 lines deleted...]
-        <v>19018.125</v>
+      <c r="E120" s="240"/>
+      <c r="F120" s="205" t="s">
+        <v>74</v>
+      </c>
+      <c r="G120" s="206"/>
+      <c r="H120" s="206"/>
+      <c r="I120" s="207"/>
+      <c r="J120" s="208"/>
+      <c r="K120" s="195" t="str" cm="1">
+        <f t="array" ref="K120">IF(OR(G35="",G36=""),"",IF(G34="Ja",0,INDEX(Tabeller!M2:R7,
+    IF(G35&lt;8,2,IF(AND(G35&gt;=8,G35&lt;16),3,IF(AND(G35&gt;=16,G35&lt;45),4,IF(AND(G35&gt;=45,G35&lt;60),5,6)))),
+    IF(G36&lt;8,2,IF(AND(G36&gt;=8,G36&lt;20),3,IF(AND(G36&gt;=20,G36&lt;30),4,IF(AND(G36&gt;=30,G36&lt;40),5,6))))
+)))</f>
+        <v/>
       </c>
       <c r="L120" s="47"/>
       <c r="P120" s="40"/>
       <c r="Q120" s="41"/>
       <c r="R120" s="41"/>
       <c r="S120" s="41"/>
       <c r="T120" s="41"/>
       <c r="U120" s="42"/>
     </row>
-    <row r="121" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="121" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D121" s="46"/>
-      <c r="E121" s="216"/>
+      <c r="E121" s="240"/>
       <c r="F121" s="7"/>
       <c r="K121" s="52"/>
       <c r="L121" s="47"/>
       <c r="P121" s="40"/>
       <c r="Q121" s="41"/>
       <c r="R121" s="41"/>
       <c r="S121" s="41"/>
       <c r="T121" s="41"/>
       <c r="U121" s="42"/>
     </row>
-    <row r="122" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="122" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D122" s="46"/>
-      <c r="E122" s="216"/>
+      <c r="E122" s="240"/>
       <c r="F122" s="7"/>
       <c r="K122" s="52"/>
       <c r="L122" s="47"/>
       <c r="P122" s="40"/>
       <c r="Q122" s="41"/>
       <c r="R122" s="41"/>
       <c r="S122" s="41"/>
       <c r="T122" s="41"/>
       <c r="U122" s="42"/>
     </row>
-    <row r="123" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="123" spans="4:21" ht="12.75" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D123" s="46"/>
-      <c r="E123" s="216"/>
-[...4 lines deleted...]
-      <c r="H123" s="224"/>
+      <c r="E123" s="240"/>
+      <c r="F123" s="246" t="s">
+        <v>75</v>
+      </c>
+      <c r="G123" s="212"/>
+      <c r="H123" s="213"/>
       <c r="I123" s="67" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="J123" s="67" t="s">
-        <v>4</v>
+        <v>77</v>
       </c>
       <c r="K123" s="68" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="L123" s="47"/>
       <c r="P123" s="40"/>
       <c r="Q123" s="41"/>
       <c r="R123" s="41"/>
       <c r="S123" s="41"/>
       <c r="T123" s="41"/>
       <c r="U123" s="42"/>
     </row>
-    <row r="124" spans="4:21" ht="14.25" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="124" spans="4:21" ht="13.8" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D124" s="46"/>
-      <c r="E124" s="216"/>
-[...4 lines deleted...]
-      <c r="H124" s="221"/>
+      <c r="E124" s="240"/>
+      <c r="F124" s="243" t="s">
+        <v>78</v>
+      </c>
+      <c r="G124" s="244"/>
+      <c r="H124" s="245"/>
       <c r="I124" s="85" t="str">
-        <f>IF(G34="Ja",10000,"")</f>
+        <f>IF(G34="Ja",11000,"")</f>
         <v/>
       </c>
       <c r="J124" s="85" t="str">
         <f>IF(G34="Ja",1,"")</f>
         <v/>
       </c>
       <c r="K124" s="70">
         <f>IF(J124="",0,I124*J124)</f>
         <v>0</v>
       </c>
       <c r="L124" s="47"/>
       <c r="P124" s="40"/>
       <c r="Q124" s="41"/>
       <c r="R124" s="41"/>
       <c r="S124" s="41"/>
       <c r="T124" s="41"/>
       <c r="U124" s="42"/>
     </row>
-    <row r="125" spans="4:21" ht="14.25" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="125" spans="4:21" ht="13.8" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D125" s="46"/>
-      <c r="E125" s="216"/>
-[...7 lines deleted...]
-        <v/>
+      <c r="E125" s="240"/>
+      <c r="F125" s="243" t="s">
+        <v>79</v>
+      </c>
+      <c r="G125" s="244"/>
+      <c r="H125" s="245"/>
+      <c r="I125" s="85">
+        <v>5000</v>
       </c>
       <c r="J125" s="72"/>
       <c r="K125" s="86">
         <f>IF(J125="",0,I125*J125)</f>
         <v>0</v>
       </c>
       <c r="L125" s="47"/>
       <c r="P125" s="40"/>
       <c r="Q125" s="41"/>
       <c r="R125" s="41"/>
       <c r="S125" s="41"/>
       <c r="T125" s="41"/>
       <c r="U125" s="42"/>
     </row>
-    <row r="126" spans="4:21" ht="14.25" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="126" spans="4:21" ht="13.8" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D126" s="46"/>
-      <c r="E126" s="216"/>
-      <c r="F126" s="194"/>
+      <c r="E126" s="240"/>
+      <c r="F126" s="193"/>
       <c r="G126"/>
       <c r="H126"/>
       <c r="K126" s="52"/>
       <c r="L126" s="47"/>
       <c r="P126" s="40"/>
       <c r="Q126" s="41"/>
       <c r="R126" s="41"/>
       <c r="S126" s="41"/>
       <c r="T126" s="41"/>
       <c r="U126" s="42"/>
     </row>
-    <row r="127" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="127" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D127" s="46"/>
-      <c r="E127" s="216"/>
+      <c r="E127" s="240"/>
       <c r="F127" s="7"/>
       <c r="K127" s="52"/>
       <c r="L127" s="47"/>
       <c r="P127" s="40"/>
       <c r="Q127" s="41"/>
       <c r="R127" s="41"/>
       <c r="S127" s="41"/>
       <c r="T127" s="41"/>
       <c r="U127" s="42"/>
     </row>
-    <row r="128" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="128" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D128" s="46"/>
-      <c r="E128" s="216"/>
-[...6 lines deleted...]
-      <c r="J128" s="214"/>
+      <c r="E128" s="240"/>
+      <c r="F128" s="234" t="s">
+        <v>80</v>
+      </c>
+      <c r="G128" s="207"/>
+      <c r="H128" s="207"/>
+      <c r="I128" s="207"/>
+      <c r="J128" s="208"/>
       <c r="K128" s="81">
         <f>SUM(K120,K124:K125)</f>
-        <v>19018.125</v>
+        <v>0</v>
       </c>
       <c r="L128" s="47"/>
       <c r="P128" s="40"/>
       <c r="Q128" s="41"/>
       <c r="R128" s="41"/>
       <c r="S128" s="41"/>
       <c r="T128" s="41"/>
       <c r="U128" s="42"/>
     </row>
-    <row r="129" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="129" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D129" s="46"/>
-      <c r="E129" s="216"/>
+      <c r="E129" s="240"/>
       <c r="F129" s="7"/>
       <c r="K129" s="52"/>
       <c r="L129" s="47"/>
       <c r="P129" s="40"/>
       <c r="Q129" s="41"/>
       <c r="R129" s="41"/>
       <c r="S129" s="41"/>
       <c r="T129" s="41"/>
       <c r="U129" s="42"/>
     </row>
-    <row r="130" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="130" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D130" s="46"/>
-      <c r="E130" s="216"/>
+      <c r="E130" s="240"/>
       <c r="F130" s="66" t="s">
-        <v>238</v>
+        <v>81</v>
       </c>
       <c r="K130" s="52"/>
       <c r="L130" s="47"/>
       <c r="P130" s="40"/>
       <c r="Q130" s="41"/>
       <c r="R130" s="41"/>
       <c r="S130" s="41"/>
       <c r="T130" s="41"/>
       <c r="U130" s="42"/>
     </row>
-    <row r="131" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="131" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D131" s="46"/>
-      <c r="E131" s="216"/>
+      <c r="E131" s="240"/>
       <c r="F131" s="51"/>
       <c r="K131" s="52"/>
       <c r="L131" s="47"/>
       <c r="P131" s="40"/>
       <c r="Q131" s="41"/>
       <c r="R131" s="41"/>
       <c r="S131" s="41"/>
       <c r="T131" s="41"/>
       <c r="U131" s="42"/>
     </row>
-    <row r="132" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="132" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D132" s="46"/>
-      <c r="E132" s="216"/>
-[...4 lines deleted...]
-      <c r="H132" s="236"/>
+      <c r="E132" s="240"/>
+      <c r="F132" s="229" t="s">
+        <v>82</v>
+      </c>
+      <c r="G132" s="230"/>
+      <c r="H132" s="230"/>
       <c r="I132" s="67" t="s">
-        <v>4</v>
+        <v>77</v>
       </c>
       <c r="J132" s="67" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="K132" s="68" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="L132" s="47"/>
       <c r="P132" s="40"/>
       <c r="Q132" s="41"/>
       <c r="R132" s="41"/>
       <c r="S132" s="41"/>
       <c r="T132" s="41"/>
       <c r="U132" s="42"/>
     </row>
-    <row r="133" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="133" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D133" s="46"/>
-      <c r="E133" s="216"/>
-[...4 lines deleted...]
-      <c r="H133" s="204"/>
+      <c r="E133" s="240"/>
+      <c r="F133" s="235" t="s">
+        <v>83</v>
+      </c>
+      <c r="G133" s="205"/>
+      <c r="H133" s="209"/>
       <c r="I133" s="87"/>
       <c r="J133" s="69"/>
       <c r="K133" s="70">
         <f>IF(OR(I133="",J133=""),0,(I133*J133))</f>
         <v>0</v>
       </c>
       <c r="L133" s="47"/>
       <c r="P133" s="40"/>
       <c r="Q133" s="41"/>
       <c r="R133" s="41"/>
       <c r="S133" s="41"/>
       <c r="T133" s="41"/>
       <c r="U133" s="42"/>
     </row>
-    <row r="134" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="134" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D134" s="46"/>
-      <c r="E134" s="216"/>
-[...2 lines deleted...]
-      <c r="H134" s="204"/>
+      <c r="E134" s="240"/>
+      <c r="F134" s="235"/>
+      <c r="G134" s="205"/>
+      <c r="H134" s="209"/>
       <c r="I134" s="87"/>
       <c r="J134" s="69"/>
       <c r="K134" s="70">
         <f>IF(OR(I134="",J134=""),0,(I134*J134))</f>
         <v>0</v>
       </c>
       <c r="L134" s="47"/>
       <c r="P134" s="40"/>
       <c r="Q134" s="41"/>
       <c r="R134" s="41"/>
       <c r="S134" s="41"/>
       <c r="T134" s="41"/>
       <c r="U134" s="42"/>
     </row>
-    <row r="135" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="135" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D135" s="46"/>
-      <c r="E135" s="216"/>
-[...2 lines deleted...]
-      <c r="H135" s="204"/>
+      <c r="E135" s="240"/>
+      <c r="F135" s="235"/>
+      <c r="G135" s="205"/>
+      <c r="H135" s="209"/>
       <c r="I135" s="87"/>
       <c r="J135" s="69"/>
       <c r="K135" s="70">
         <f t="shared" ref="K135:K136" si="1">IF(OR(I135="",J135=""),0,(I135*J135))</f>
         <v>0</v>
       </c>
       <c r="L135" s="47"/>
       <c r="P135" s="40"/>
       <c r="Q135" s="41"/>
       <c r="R135" s="41"/>
       <c r="S135" s="41"/>
       <c r="T135" s="41"/>
       <c r="U135" s="42"/>
     </row>
-    <row r="136" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="136" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D136" s="46"/>
-      <c r="E136" s="216"/>
-[...2 lines deleted...]
-      <c r="H136" s="204"/>
+      <c r="E136" s="240"/>
+      <c r="F136" s="235"/>
+      <c r="G136" s="205"/>
+      <c r="H136" s="209"/>
       <c r="I136" s="87"/>
       <c r="J136" s="69"/>
       <c r="K136" s="70">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L136" s="47"/>
       <c r="P136" s="40"/>
       <c r="Q136" s="41"/>
       <c r="R136" s="41"/>
       <c r="S136" s="41"/>
       <c r="T136" s="41"/>
       <c r="U136" s="42"/>
     </row>
-    <row r="137" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="137" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D137" s="46"/>
-      <c r="E137" s="216"/>
+      <c r="E137" s="240"/>
       <c r="F137" s="51"/>
       <c r="K137" s="52"/>
       <c r="L137" s="47"/>
       <c r="P137" s="40"/>
       <c r="Q137" s="41"/>
       <c r="R137" s="41"/>
       <c r="S137" s="41"/>
       <c r="T137" s="41"/>
       <c r="U137" s="42"/>
     </row>
-    <row r="138" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="138" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D138" s="46"/>
-      <c r="E138" s="216"/>
-[...4 lines deleted...]
-      <c r="H138" s="236"/>
+      <c r="E138" s="240"/>
+      <c r="F138" s="229" t="s">
+        <v>84</v>
+      </c>
+      <c r="G138" s="230"/>
+      <c r="H138" s="230"/>
       <c r="I138" s="67" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="J138" s="67" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="K138" s="68" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="L138" s="47"/>
       <c r="P138" s="40"/>
       <c r="Q138" s="41"/>
       <c r="R138" s="41"/>
       <c r="S138" s="41"/>
       <c r="T138" s="41"/>
       <c r="U138" s="42"/>
     </row>
-    <row r="139" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="139" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D139" s="46"/>
-      <c r="E139" s="216"/>
-[...2 lines deleted...]
-      <c r="H139" s="204"/>
+      <c r="E139" s="240"/>
+      <c r="F139" s="235"/>
+      <c r="G139" s="205"/>
+      <c r="H139" s="209"/>
       <c r="I139" s="87"/>
       <c r="J139" s="69"/>
       <c r="K139" s="70">
         <f>IF(OR(I139="",J139=""),0,(I139*J139))</f>
         <v>0</v>
       </c>
       <c r="L139" s="47"/>
       <c r="P139" s="40"/>
       <c r="Q139" s="41"/>
       <c r="R139" s="41"/>
       <c r="S139" s="41"/>
       <c r="T139" s="41"/>
       <c r="U139" s="42"/>
     </row>
-    <row r="140" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="140" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D140" s="46"/>
-      <c r="E140" s="216"/>
-[...2 lines deleted...]
-      <c r="H140" s="204"/>
+      <c r="E140" s="240"/>
+      <c r="F140" s="235"/>
+      <c r="G140" s="205"/>
+      <c r="H140" s="209"/>
       <c r="I140" s="87"/>
       <c r="J140" s="69"/>
       <c r="K140" s="70">
         <f t="shared" ref="K140:K141" si="2">IF(OR(I140="",J140=""),0,(I140*J140))</f>
         <v>0</v>
       </c>
       <c r="L140" s="47"/>
       <c r="P140" s="40"/>
       <c r="Q140" s="41"/>
       <c r="R140" s="41"/>
       <c r="S140" s="41"/>
       <c r="T140" s="41"/>
       <c r="U140" s="42"/>
     </row>
-    <row r="141" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="141" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D141" s="46"/>
-      <c r="E141" s="216"/>
-[...2 lines deleted...]
-      <c r="H141" s="204"/>
+      <c r="E141" s="240"/>
+      <c r="F141" s="235"/>
+      <c r="G141" s="205"/>
+      <c r="H141" s="209"/>
       <c r="I141" s="87"/>
       <c r="J141" s="69"/>
       <c r="K141" s="70">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L141" s="47"/>
       <c r="P141" s="40"/>
       <c r="Q141" s="41"/>
       <c r="R141" s="41"/>
       <c r="S141" s="41"/>
       <c r="T141" s="41"/>
       <c r="U141" s="42"/>
     </row>
-    <row r="142" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="142" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D142" s="46"/>
-      <c r="E142" s="216"/>
-[...2 lines deleted...]
-      <c r="H142" s="204"/>
+      <c r="E142" s="240"/>
+      <c r="F142" s="235"/>
+      <c r="G142" s="205"/>
+      <c r="H142" s="209"/>
       <c r="I142" s="87"/>
       <c r="J142" s="69"/>
       <c r="K142" s="70">
         <f t="shared" ref="K142" si="3">IF(OR(I142="",J142=""),0,(I142*J142))</f>
         <v>0</v>
       </c>
       <c r="L142" s="47"/>
       <c r="P142" s="40"/>
       <c r="Q142" s="41"/>
       <c r="R142" s="41"/>
       <c r="S142" s="41"/>
       <c r="T142" s="41"/>
       <c r="U142" s="42"/>
     </row>
-    <row r="143" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="143" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D143" s="46"/>
-      <c r="E143" s="216"/>
+      <c r="E143" s="240"/>
       <c r="F143" s="51"/>
       <c r="K143" s="52"/>
       <c r="L143" s="47"/>
       <c r="P143" s="40"/>
       <c r="Q143" s="41"/>
       <c r="R143" s="41"/>
       <c r="S143" s="41"/>
       <c r="T143" s="41"/>
       <c r="U143" s="42"/>
     </row>
-    <row r="144" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="144" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D144" s="46"/>
-      <c r="E144" s="216"/>
+      <c r="E144" s="240"/>
       <c r="F144" s="51"/>
       <c r="K144" s="52"/>
       <c r="L144" s="47"/>
       <c r="P144" s="40"/>
       <c r="Q144" s="41"/>
       <c r="R144" s="41"/>
       <c r="S144" s="41"/>
       <c r="T144" s="41"/>
       <c r="U144" s="42"/>
     </row>
-    <row r="145" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="145" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D145" s="46"/>
-      <c r="E145" s="216"/>
-[...6 lines deleted...]
-      <c r="J145" s="207"/>
+      <c r="E145" s="240"/>
+      <c r="F145" s="234" t="s">
+        <v>86</v>
+      </c>
+      <c r="G145" s="210"/>
+      <c r="H145" s="210"/>
+      <c r="I145" s="210"/>
+      <c r="J145" s="254"/>
       <c r="K145" s="81">
         <f>SUM(K133:K136,K139:K142)</f>
         <v>0</v>
       </c>
       <c r="L145" s="47"/>
       <c r="P145" s="40"/>
       <c r="Q145" s="41"/>
       <c r="R145" s="41"/>
       <c r="S145" s="41"/>
       <c r="T145" s="41"/>
       <c r="U145" s="42"/>
     </row>
-    <row r="146" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="146" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D146" s="46"/>
-      <c r="E146" s="216"/>
+      <c r="E146" s="240"/>
       <c r="F146" s="7"/>
       <c r="K146" s="52"/>
       <c r="L146" s="47"/>
       <c r="P146" s="40"/>
       <c r="Q146" s="41"/>
       <c r="R146" s="41"/>
       <c r="S146" s="41"/>
       <c r="T146" s="41"/>
       <c r="U146" s="42"/>
     </row>
-    <row r="147" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="147" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D147" s="46"/>
-      <c r="E147" s="216"/>
+      <c r="E147" s="240"/>
       <c r="F147" s="66" t="s">
-        <v>239</v>
+        <v>87</v>
       </c>
       <c r="K147" s="52"/>
       <c r="L147" s="47"/>
       <c r="P147" s="40"/>
       <c r="Q147" s="41"/>
       <c r="R147" s="41"/>
       <c r="S147" s="41"/>
       <c r="T147" s="41"/>
       <c r="U147" s="42"/>
     </row>
-    <row r="148" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="148" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D148" s="46"/>
-      <c r="E148" s="216"/>
+      <c r="E148" s="240"/>
       <c r="F148" s="51"/>
       <c r="K148" s="52"/>
       <c r="L148" s="47"/>
       <c r="P148" s="40"/>
       <c r="Q148" s="41"/>
       <c r="R148" s="41"/>
       <c r="S148" s="41"/>
       <c r="T148" s="41"/>
       <c r="U148" s="42"/>
     </row>
-    <row r="149" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="149" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D149" s="46"/>
-      <c r="E149" s="216"/>
-[...4 lines deleted...]
-      <c r="H149" s="236"/>
+      <c r="E149" s="240"/>
+      <c r="F149" s="229" t="s">
+        <v>29</v>
+      </c>
+      <c r="G149" s="230"/>
+      <c r="H149" s="230"/>
       <c r="I149" s="67" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="J149" s="67" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="K149" s="68" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="L149" s="47"/>
       <c r="P149" s="40"/>
       <c r="Q149" s="41"/>
       <c r="R149" s="41"/>
       <c r="S149" s="41"/>
       <c r="T149" s="41"/>
       <c r="U149" s="42"/>
     </row>
-    <row r="150" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="150" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D150" s="46"/>
-      <c r="E150" s="216"/>
-[...4 lines deleted...]
-      <c r="H150" s="204"/>
+      <c r="E150" s="240"/>
+      <c r="F150" s="235" t="s">
+        <v>88</v>
+      </c>
+      <c r="G150" s="205"/>
+      <c r="H150" s="209"/>
       <c r="I150" s="87"/>
-      <c r="J150" s="85">
-[...2 lines deleted...]
-      </c>
+      <c r="J150" s="85"/>
       <c r="K150" s="70">
         <f>IF(OR(I150="",J150="",J150="Välj arb.moment"),0,(I150*J150))</f>
         <v>0</v>
       </c>
       <c r="L150" s="47"/>
       <c r="P150" s="40"/>
       <c r="Q150" s="41"/>
       <c r="R150" s="41"/>
       <c r="S150" s="41"/>
       <c r="T150" s="41"/>
       <c r="U150" s="42"/>
     </row>
-    <row r="151" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="151" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D151" s="46"/>
-      <c r="E151" s="216"/>
-[...2 lines deleted...]
-      <c r="H151" s="204"/>
+      <c r="E151" s="240"/>
+      <c r="F151" s="235"/>
+      <c r="G151" s="205"/>
+      <c r="H151" s="209"/>
       <c r="I151" s="87"/>
       <c r="J151" s="85" t="str">
         <f>IF(F151="","",IFERROR(VLOOKUP(F151,Tabeller!E:F,2,0),"kontrollera formel"))</f>
         <v/>
       </c>
       <c r="K151" s="70">
         <f t="shared" ref="K151:K153" si="4">IF(OR(I151="",J151="",J151="Välj arb.moment"),0,(I151*J151))</f>
         <v>0</v>
       </c>
       <c r="L151" s="47"/>
       <c r="P151" s="40"/>
       <c r="Q151" s="41"/>
       <c r="R151" s="41"/>
       <c r="S151" s="41"/>
       <c r="T151" s="41"/>
       <c r="U151" s="42"/>
     </row>
-    <row r="152" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="152" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D152" s="46"/>
-      <c r="E152" s="216"/>
-[...2 lines deleted...]
-      <c r="H152" s="204"/>
+      <c r="E152" s="240"/>
+      <c r="F152" s="235"/>
+      <c r="G152" s="205"/>
+      <c r="H152" s="209"/>
       <c r="I152" s="87"/>
       <c r="J152" s="85" t="str">
         <f>IF(F152="","",IFERROR(VLOOKUP(F152,Tabeller!E:F,2,0),"kontrollera formel"))</f>
         <v/>
       </c>
       <c r="K152" s="70">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L152" s="47"/>
       <c r="P152" s="40"/>
       <c r="Q152" s="41"/>
       <c r="R152" s="41"/>
       <c r="S152" s="41"/>
       <c r="T152" s="41"/>
       <c r="U152" s="42"/>
     </row>
-    <row r="153" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="153" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D153" s="46"/>
-      <c r="E153" s="216"/>
-[...2 lines deleted...]
-      <c r="H153" s="204"/>
+      <c r="E153" s="240"/>
+      <c r="F153" s="235"/>
+      <c r="G153" s="205"/>
+      <c r="H153" s="209"/>
       <c r="I153" s="87"/>
       <c r="J153" s="85" t="str">
         <f>IF(F153="","",IFERROR(VLOOKUP(F153,Tabeller!E:F,2,0),"kontrollera formel"))</f>
         <v/>
       </c>
       <c r="K153" s="70">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L153" s="47"/>
       <c r="P153" s="40"/>
       <c r="Q153" s="41"/>
       <c r="R153" s="41"/>
       <c r="S153" s="41"/>
       <c r="T153" s="41"/>
       <c r="U153" s="42"/>
     </row>
-    <row r="154" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="154" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D154" s="46"/>
-      <c r="E154" s="216"/>
+      <c r="E154" s="240"/>
       <c r="F154" s="7"/>
       <c r="K154" s="52"/>
       <c r="L154" s="47"/>
       <c r="P154" s="40"/>
       <c r="Q154" s="41"/>
       <c r="R154" s="41"/>
       <c r="S154" s="41"/>
       <c r="T154" s="41"/>
       <c r="U154" s="42"/>
     </row>
-    <row r="155" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="155" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D155" s="46"/>
-      <c r="E155" s="216"/>
+      <c r="E155" s="240"/>
       <c r="F155" s="51"/>
       <c r="K155" s="52"/>
       <c r="L155" s="47"/>
       <c r="P155" s="40"/>
       <c r="Q155" s="41"/>
       <c r="R155" s="41"/>
       <c r="S155" s="41"/>
       <c r="T155" s="41"/>
       <c r="U155" s="42"/>
     </row>
-    <row r="156" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="156" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D156" s="46"/>
-      <c r="E156" s="216"/>
-      <c r="F156" s="225" t="s">
+      <c r="E156" s="240"/>
+      <c r="F156" s="246" t="s">
+        <v>89</v>
+      </c>
+      <c r="G156" s="211"/>
+      <c r="H156" s="248"/>
+      <c r="I156" s="67" t="s">
+        <v>30</v>
+      </c>
+      <c r="J156" s="67" t="s">
         <v>85</v>
       </c>
-      <c r="G156" s="222"/>
-[...6 lines deleted...]
-      </c>
       <c r="K156" s="68" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="L156" s="47"/>
       <c r="P156" s="40"/>
       <c r="Q156" s="41"/>
       <c r="R156" s="41"/>
       <c r="S156" s="41"/>
       <c r="T156" s="41"/>
       <c r="U156" s="42"/>
     </row>
-    <row r="157" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="157" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D157" s="46"/>
-      <c r="E157" s="216"/>
-[...2 lines deleted...]
-      <c r="H157" s="204"/>
+      <c r="E157" s="240"/>
+      <c r="F157" s="235"/>
+      <c r="G157" s="205"/>
+      <c r="H157" s="209"/>
       <c r="I157" s="87"/>
       <c r="J157" s="85"/>
       <c r="K157" s="70">
         <f t="shared" ref="K157:K158" si="5">IF(OR(I157="",J157=""),0,(I157*J157))</f>
         <v>0</v>
       </c>
       <c r="L157" s="47"/>
       <c r="P157" s="40"/>
       <c r="Q157" s="41"/>
       <c r="R157" s="41"/>
       <c r="S157" s="41"/>
       <c r="T157" s="41"/>
       <c r="U157" s="42"/>
     </row>
-    <row r="158" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="158" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D158" s="46"/>
-      <c r="E158" s="216"/>
-[...2 lines deleted...]
-      <c r="H158" s="228"/>
+      <c r="E158" s="240"/>
+      <c r="F158" s="235"/>
+      <c r="G158" s="206"/>
+      <c r="H158" s="197"/>
       <c r="I158" s="87"/>
       <c r="J158" s="85"/>
       <c r="K158" s="70">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L158" s="47"/>
       <c r="P158" s="40"/>
       <c r="Q158" s="41"/>
       <c r="R158" s="41"/>
       <c r="S158" s="41"/>
       <c r="T158" s="41"/>
       <c r="U158" s="42"/>
     </row>
-    <row r="159" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="159" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D159" s="46"/>
-      <c r="E159" s="216"/>
+      <c r="E159" s="240"/>
       <c r="F159" s="7"/>
       <c r="K159" s="52"/>
       <c r="L159" s="47"/>
       <c r="P159" s="40"/>
       <c r="Q159" s="41"/>
       <c r="R159" s="41"/>
       <c r="S159" s="41"/>
       <c r="T159" s="41"/>
       <c r="U159" s="42"/>
     </row>
-    <row r="160" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="160" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D160" s="46"/>
-      <c r="E160" s="216"/>
+      <c r="E160" s="240"/>
       <c r="F160" s="7"/>
       <c r="K160" s="52"/>
       <c r="L160" s="47"/>
       <c r="P160" s="40"/>
       <c r="Q160" s="41"/>
       <c r="R160" s="41"/>
       <c r="S160" s="41"/>
       <c r="T160" s="41"/>
       <c r="U160" s="42"/>
     </row>
-    <row r="161" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="161" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D161" s="46"/>
-      <c r="E161" s="216"/>
-[...4 lines deleted...]
-      <c r="H161" s="234"/>
+      <c r="E161" s="240"/>
+      <c r="F161" s="236" t="s">
+        <v>90</v>
+      </c>
+      <c r="G161" s="237"/>
+      <c r="H161" s="238"/>
       <c r="I161" s="150">
         <f>SUM(I150:I158)</f>
         <v>0</v>
       </c>
-      <c r="J161" s="160"/>
+      <c r="J161" s="159"/>
       <c r="K161" s="149">
         <f>SUM(K$150:K153)+SUM(K$157:K158)</f>
         <v>0</v>
       </c>
       <c r="L161" s="47"/>
       <c r="P161" s="40"/>
       <c r="Q161" s="41"/>
       <c r="R161" s="41"/>
       <c r="S161" s="41"/>
       <c r="T161" s="41"/>
       <c r="U161" s="42"/>
     </row>
-    <row r="162" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="162" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D162" s="46"/>
-      <c r="E162" s="216"/>
+      <c r="E162" s="240"/>
       <c r="F162" s="7"/>
       <c r="K162" s="52"/>
       <c r="L162" s="47"/>
       <c r="P162" s="40"/>
       <c r="Q162" s="41"/>
       <c r="R162" s="41"/>
       <c r="S162" s="41"/>
       <c r="T162" s="41"/>
       <c r="U162" s="42"/>
     </row>
-    <row r="163" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="163" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D163" s="46"/>
-      <c r="E163" s="216"/>
-      <c r="F163" s="230" t="str">
+      <c r="E163" s="240"/>
+      <c r="F163" s="233" t="str">
         <f>F69</f>
         <v>Sociala avgifter  (LKP) - 2026</v>
       </c>
-      <c r="G163" s="231"/>
-[...1 lines deleted...]
-      <c r="I163" s="231"/>
+      <c r="G163" s="228"/>
+      <c r="H163" s="228"/>
+      <c r="I163" s="228"/>
       <c r="J163" s="71">
         <v>0.58009999999999995</v>
       </c>
       <c r="K163" s="52"/>
       <c r="L163" s="47"/>
       <c r="P163" s="40"/>
       <c r="Q163" s="41"/>
       <c r="R163" s="41"/>
       <c r="S163" s="41"/>
       <c r="T163" s="41"/>
       <c r="U163" s="42"/>
     </row>
-    <row r="164" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="164" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D164" s="46"/>
-      <c r="E164" s="216"/>
-[...5 lines deleted...]
-      <c r="I164" s="231"/>
+      <c r="E164" s="240"/>
+      <c r="F164" s="233" t="s">
+        <v>43</v>
+      </c>
+      <c r="G164" s="228"/>
+      <c r="H164" s="228"/>
+      <c r="I164" s="228"/>
       <c r="J164" s="71">
         <v>1.8499999999999999E-2</v>
       </c>
       <c r="K164" s="52"/>
       <c r="L164" s="47"/>
       <c r="P164" s="40"/>
       <c r="Q164" s="41"/>
       <c r="R164" s="41"/>
       <c r="S164" s="41"/>
       <c r="T164" s="41"/>
       <c r="U164" s="42"/>
     </row>
-    <row r="165" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="165" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D165" s="46"/>
-      <c r="E165" s="216"/>
+      <c r="E165" s="240"/>
       <c r="F165" s="51"/>
       <c r="I165" s="151" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="J165" s="152">
         <f>SUM(J163:J164)</f>
         <v>0.59859999999999991</v>
       </c>
       <c r="K165" s="52"/>
       <c r="L165" s="47"/>
       <c r="P165" s="40"/>
       <c r="Q165" s="41"/>
       <c r="R165" s="41"/>
       <c r="S165" s="41"/>
       <c r="T165" s="41"/>
       <c r="U165" s="42"/>
     </row>
-    <row r="166" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="166" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D166" s="46"/>
-      <c r="E166" s="216"/>
+      <c r="E166" s="240"/>
       <c r="F166" s="7"/>
       <c r="K166" s="52"/>
       <c r="L166" s="47"/>
       <c r="P166" s="40"/>
       <c r="Q166" s="41"/>
       <c r="R166" s="41"/>
       <c r="S166" s="41"/>
       <c r="T166" s="41"/>
       <c r="U166" s="42"/>
     </row>
-    <row r="167" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="167" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D167" s="46"/>
-      <c r="E167" s="216"/>
+      <c r="E167" s="240"/>
       <c r="F167" s="7"/>
       <c r="K167" s="52"/>
       <c r="L167" s="47"/>
       <c r="P167" s="40"/>
       <c r="Q167" s="41"/>
       <c r="R167" s="41"/>
       <c r="S167" s="41"/>
       <c r="T167" s="41"/>
       <c r="U167" s="42"/>
     </row>
-    <row r="168" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="168" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D168" s="46"/>
-      <c r="E168" s="216"/>
-[...6 lines deleted...]
-      <c r="J168" s="214"/>
+      <c r="E168" s="240"/>
+      <c r="F168" s="234" t="s">
+        <v>91</v>
+      </c>
+      <c r="G168" s="207"/>
+      <c r="H168" s="207"/>
+      <c r="I168" s="207"/>
+      <c r="J168" s="208"/>
       <c r="K168" s="73">
         <f>K161*(1+J165)</f>
         <v>0</v>
       </c>
       <c r="L168" s="47"/>
       <c r="P168" s="40"/>
       <c r="Q168" s="41"/>
       <c r="R168" s="41"/>
       <c r="S168" s="41"/>
       <c r="T168" s="41"/>
       <c r="U168" s="42"/>
     </row>
-    <row r="169" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="169" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D169" s="46"/>
-      <c r="E169" s="216"/>
+      <c r="E169" s="240"/>
       <c r="F169" s="7"/>
       <c r="K169" s="52"/>
       <c r="L169" s="47"/>
       <c r="P169" s="40"/>
       <c r="Q169" s="41"/>
       <c r="R169" s="41"/>
       <c r="S169" s="41"/>
       <c r="T169" s="41"/>
       <c r="U169" s="42"/>
     </row>
-    <row r="170" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="170" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D170" s="46"/>
-      <c r="E170" s="216"/>
+      <c r="E170" s="240"/>
       <c r="F170" s="66" t="s">
-        <v>237</v>
+        <v>92</v>
       </c>
       <c r="K170" s="52"/>
       <c r="L170" s="47"/>
       <c r="P170" s="40"/>
       <c r="Q170" s="41"/>
       <c r="R170" s="41"/>
       <c r="S170" s="41"/>
       <c r="T170" s="41"/>
       <c r="U170" s="42"/>
     </row>
-    <row r="171" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="171" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D171" s="46"/>
-      <c r="E171" s="216"/>
+      <c r="E171" s="240"/>
       <c r="F171" s="7"/>
       <c r="J171" s="89"/>
       <c r="K171" s="52"/>
       <c r="L171" s="47"/>
       <c r="P171" s="40"/>
       <c r="Q171" s="41"/>
       <c r="R171" s="41"/>
       <c r="S171" s="41"/>
       <c r="T171" s="41"/>
       <c r="U171" s="42"/>
     </row>
-    <row r="172" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="172" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D172" s="46"/>
-      <c r="E172" s="217"/>
-[...7 lines deleted...]
-      <c r="K172" s="178">
+      <c r="E172" s="241"/>
+      <c r="F172" s="232" t="s">
+        <v>93</v>
+      </c>
+      <c r="G172" s="232"/>
+      <c r="H172" s="232"/>
+      <c r="I172" s="232"/>
+      <c r="J172" s="232"/>
+      <c r="K172" s="177">
         <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.4),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.4))</f>
         <v>0</v>
       </c>
       <c r="L172" s="47"/>
       <c r="P172" s="40"/>
       <c r="Q172" s="41"/>
       <c r="R172" s="41"/>
       <c r="S172" s="41"/>
       <c r="T172" s="41"/>
       <c r="U172" s="42"/>
     </row>
-    <row r="173" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="173" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D173" s="46"/>
-      <c r="E173" s="217"/>
-[...7 lines deleted...]
-      <c r="K173" s="178">
+      <c r="E173" s="241"/>
+      <c r="F173" s="232" t="s">
+        <v>94</v>
+      </c>
+      <c r="G173" s="232"/>
+      <c r="H173" s="232"/>
+      <c r="I173" s="232"/>
+      <c r="J173" s="232"/>
+      <c r="K173" s="177">
         <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.2),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.2))</f>
         <v>0</v>
       </c>
       <c r="L173" s="47"/>
       <c r="P173" s="40"/>
       <c r="Q173" s="41"/>
       <c r="R173" s="41"/>
       <c r="S173" s="41"/>
       <c r="T173" s="41"/>
       <c r="U173" s="42"/>
     </row>
-    <row r="174" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="174" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D174" s="46"/>
-      <c r="E174" s="217"/>
-[...7 lines deleted...]
-      <c r="K174" s="178">
+      <c r="E174" s="241"/>
+      <c r="F174" s="232" t="s">
+        <v>95</v>
+      </c>
+      <c r="G174" s="232"/>
+      <c r="H174" s="232"/>
+      <c r="I174" s="232"/>
+      <c r="J174" s="232"/>
+      <c r="K174" s="177">
         <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.1),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.1))</f>
         <v>0</v>
       </c>
       <c r="L174" s="47"/>
       <c r="P174" s="40"/>
       <c r="Q174" s="41"/>
       <c r="R174" s="41"/>
       <c r="S174" s="41"/>
       <c r="T174" s="41"/>
       <c r="U174" s="42"/>
     </row>
-    <row r="175" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="175" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D175" s="46"/>
-      <c r="E175" s="217"/>
-[...7 lines deleted...]
-      <c r="K175" s="178">
+      <c r="E175" s="241"/>
+      <c r="F175" s="232" t="s">
+        <v>96</v>
+      </c>
+      <c r="G175" s="232"/>
+      <c r="H175" s="232"/>
+      <c r="I175" s="232"/>
+      <c r="J175" s="232"/>
+      <c r="K175" s="177">
         <f>IF('Uppdragsutb Ekonomi total'!H30&gt;1000000,('Uppdragsutb Ekonomi total'!H30)*(0.03*0.3),('Uppdragsutb Ekonomi total'!H30)*(0.04*0.3))</f>
         <v>0</v>
       </c>
       <c r="L175" s="47"/>
       <c r="P175" s="40"/>
       <c r="Q175" s="41"/>
       <c r="R175" s="41"/>
       <c r="S175" s="41"/>
       <c r="T175" s="41"/>
       <c r="U175" s="42"/>
     </row>
-    <row r="176" spans="4:21" ht="14.25" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="176" spans="4:21" ht="13.8" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D176" s="46"/>
-      <c r="E176" s="216"/>
+      <c r="E176" s="240"/>
       <c r="F176" s="51"/>
-      <c r="J176" s="175"/>
+      <c r="J176" s="174"/>
       <c r="K176" s="52"/>
       <c r="L176" s="47"/>
       <c r="P176" s="40"/>
       <c r="Q176" s="41"/>
       <c r="R176" s="41"/>
       <c r="S176" s="41"/>
       <c r="T176" s="41"/>
       <c r="U176" s="42"/>
     </row>
-    <row r="177" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="177" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D177" s="46"/>
-      <c r="E177" s="216"/>
+      <c r="E177" s="240"/>
       <c r="F177" s="7"/>
       <c r="K177" s="52"/>
       <c r="L177" s="47"/>
       <c r="P177" s="40"/>
       <c r="Q177" s="41"/>
       <c r="R177" s="41"/>
       <c r="S177" s="41"/>
       <c r="T177" s="41"/>
       <c r="U177" s="42"/>
     </row>
-    <row r="178" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.2">
+    <row r="178" spans="4:21" outlineLevel="2" x14ac:dyDescent="0.25">
       <c r="D178" s="46"/>
-      <c r="E178" s="216"/>
+      <c r="E178" s="240"/>
       <c r="F178" s="7"/>
       <c r="K178" s="52"/>
       <c r="L178" s="47"/>
       <c r="P178" s="40"/>
       <c r="Q178" s="41"/>
       <c r="R178" s="41"/>
       <c r="S178" s="41"/>
       <c r="T178" s="41"/>
       <c r="U178" s="42"/>
     </row>
-    <row r="179" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="179" spans="4:21" ht="12.75" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D179" s="46"/>
-      <c r="E179" s="216"/>
-[...4 lines deleted...]
-      <c r="H179" s="223"/>
+      <c r="E179" s="240"/>
+      <c r="F179" s="247" t="s">
+        <v>97</v>
+      </c>
+      <c r="G179" s="212"/>
+      <c r="H179" s="212"/>
       <c r="I179" s="79"/>
       <c r="J179" s="80"/>
       <c r="K179" s="90">
         <f>(K172+K173+K174+K175)</f>
         <v>0</v>
       </c>
       <c r="L179" s="47"/>
       <c r="P179" s="40"/>
       <c r="Q179" s="41"/>
       <c r="R179" s="41"/>
       <c r="S179" s="41"/>
       <c r="T179" s="41"/>
       <c r="U179" s="42"/>
     </row>
-    <row r="180" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="180" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D180" s="46"/>
-      <c r="E180" s="216"/>
+      <c r="E180" s="240"/>
       <c r="F180" s="51"/>
       <c r="J180" s="91"/>
       <c r="K180" s="52"/>
       <c r="L180" s="47"/>
       <c r="P180" s="40"/>
       <c r="Q180" s="41"/>
       <c r="R180" s="41"/>
       <c r="S180" s="41"/>
       <c r="T180" s="41"/>
       <c r="U180" s="42"/>
     </row>
-    <row r="181" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.2">
+    <row r="181" spans="4:21" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="D181" s="46"/>
-      <c r="E181" s="216"/>
+      <c r="E181" s="240"/>
       <c r="F181" s="51"/>
       <c r="K181" s="52"/>
       <c r="L181" s="47"/>
       <c r="P181" s="40"/>
       <c r="Q181" s="41"/>
       <c r="R181" s="41"/>
       <c r="S181" s="41"/>
       <c r="T181" s="41"/>
       <c r="U181" s="42"/>
     </row>
-    <row r="182" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D182" s="46"/>
-      <c r="E182" s="216"/>
+      <c r="E182" s="240"/>
       <c r="F182" s="82" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="G182" s="83"/>
       <c r="H182" s="83"/>
       <c r="I182" s="83"/>
       <c r="J182" s="83"/>
       <c r="K182" s="92">
         <f>K128+K145+K168+K179</f>
-        <v>19018.125</v>
+        <v>0</v>
       </c>
       <c r="L182" s="47"/>
       <c r="P182" s="93"/>
       <c r="Q182" s="41"/>
       <c r="R182" s="41"/>
       <c r="S182" s="41"/>
       <c r="T182" s="41"/>
       <c r="U182" s="42"/>
     </row>
-    <row r="183" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="183" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D183" s="46"/>
-      <c r="E183" s="216"/>
+      <c r="E183" s="240"/>
       <c r="F183" s="51"/>
       <c r="K183" s="52"/>
       <c r="L183" s="47"/>
       <c r="P183" s="93"/>
       <c r="Q183" s="41"/>
       <c r="R183" s="41"/>
       <c r="S183" s="41"/>
       <c r="T183" s="41"/>
       <c r="U183" s="42"/>
     </row>
-    <row r="184" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D184" s="46"/>
-      <c r="E184" s="216"/>
+      <c r="E184" s="240"/>
       <c r="F184" s="51"/>
       <c r="K184" s="52"/>
       <c r="L184" s="47"/>
       <c r="P184" s="93"/>
       <c r="Q184" s="41"/>
       <c r="R184" s="41"/>
       <c r="S184" s="41"/>
       <c r="T184" s="41"/>
       <c r="U184" s="42"/>
     </row>
-    <row r="185" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="185" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D185" s="46"/>
-      <c r="E185" s="216"/>
+      <c r="E185" s="240"/>
       <c r="F185" s="48" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="G185" s="49"/>
       <c r="H185" s="49"/>
       <c r="I185" s="49"/>
       <c r="J185" s="49"/>
       <c r="K185" s="50"/>
       <c r="L185" s="47"/>
       <c r="P185" s="40"/>
       <c r="Q185" s="41"/>
       <c r="R185" s="41"/>
       <c r="S185" s="41"/>
       <c r="T185" s="41"/>
       <c r="U185" s="42"/>
     </row>
-    <row r="186" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="186" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D186" s="46"/>
-      <c r="E186" s="216"/>
+      <c r="E186" s="240"/>
       <c r="F186" s="51"/>
       <c r="K186" s="52"/>
       <c r="L186" s="47"/>
       <c r="P186" s="40"/>
       <c r="Q186" s="41"/>
       <c r="R186" s="41"/>
       <c r="S186" s="41"/>
       <c r="T186" s="41"/>
       <c r="U186" s="42"/>
     </row>
-    <row r="187" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="187" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D187" s="46"/>
-      <c r="E187" s="216"/>
+      <c r="E187" s="240"/>
       <c r="F187" s="94" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="G187" s="95"/>
       <c r="H187" s="95"/>
       <c r="I187" s="96"/>
       <c r="J187" s="97">
         <f>SUM($K182:K182)+SUM($K112:K112)</f>
-        <v>19018.125</v>
+        <v>0</v>
       </c>
       <c r="K187" s="52"/>
       <c r="L187" s="47"/>
       <c r="P187" s="98"/>
       <c r="Q187" s="55"/>
       <c r="R187" s="55"/>
       <c r="S187" s="55"/>
       <c r="T187" s="55"/>
       <c r="U187" s="56"/>
     </row>
-    <row r="188" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D188" s="46"/>
-      <c r="E188" s="218"/>
+      <c r="E188" s="242"/>
       <c r="F188" s="99"/>
       <c r="G188" s="100"/>
       <c r="H188" s="100"/>
       <c r="I188" s="100"/>
       <c r="J188" s="100"/>
       <c r="K188" s="101"/>
       <c r="L188" s="47"/>
       <c r="P188" s="54"/>
       <c r="Q188" s="55"/>
       <c r="R188" s="55"/>
       <c r="S188" s="55"/>
       <c r="T188" s="55"/>
       <c r="U188" s="56"/>
     </row>
-    <row r="189" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="189" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D189" s="46"/>
       <c r="L189" s="47"/>
       <c r="P189" s="54"/>
       <c r="Q189" s="55"/>
       <c r="R189" s="55"/>
       <c r="S189" s="55"/>
       <c r="T189" s="55"/>
       <c r="U189" s="56"/>
     </row>
-    <row r="190" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="190" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D190" s="46"/>
       <c r="F190" s="35" t="s">
-        <v>188</v>
+        <v>101</v>
       </c>
       <c r="G190" s="35"/>
       <c r="H190" s="35"/>
       <c r="I190" s="35"/>
       <c r="L190" s="47"/>
       <c r="P190" s="54"/>
       <c r="Q190" s="55"/>
       <c r="R190" s="55"/>
       <c r="S190" s="55"/>
       <c r="T190" s="55"/>
       <c r="U190" s="56"/>
     </row>
-    <row r="191" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="191" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D191" s="46"/>
       <c r="F191" s="35"/>
       <c r="G191" s="35"/>
       <c r="H191" s="35"/>
       <c r="I191" s="35"/>
       <c r="L191" s="47"/>
       <c r="P191" s="54"/>
       <c r="Q191" s="55"/>
       <c r="R191" s="55"/>
       <c r="S191" s="55"/>
       <c r="T191" s="55"/>
       <c r="U191" s="56"/>
     </row>
-    <row r="192" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="192" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D192" s="46"/>
       <c r="F192" s="102"/>
       <c r="G192" s="35"/>
       <c r="H192" s="35"/>
       <c r="I192" s="35"/>
       <c r="J192" s="35"/>
       <c r="K192" s="35"/>
       <c r="L192" s="47"/>
       <c r="P192" s="54"/>
       <c r="Q192" s="55"/>
       <c r="R192" s="55"/>
       <c r="S192" s="55"/>
       <c r="T192" s="55"/>
       <c r="U192" s="56"/>
     </row>
-    <row r="193" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="193" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D193" s="46"/>
       <c r="F193" s="35" t="s">
-        <v>7</v>
+        <v>102</v>
       </c>
       <c r="G193" s="35"/>
       <c r="H193" s="35"/>
       <c r="I193" s="35"/>
       <c r="J193" s="35"/>
       <c r="K193" s="35"/>
       <c r="L193" s="47"/>
       <c r="P193" s="54"/>
       <c r="Q193" s="55"/>
       <c r="R193" s="55"/>
       <c r="S193" s="55"/>
       <c r="T193" s="55"/>
       <c r="U193" s="56"/>
     </row>
-    <row r="194" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="194" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D194" s="46"/>
       <c r="F194" s="35"/>
       <c r="G194" s="35"/>
       <c r="H194" s="35"/>
       <c r="I194" s="35"/>
       <c r="J194" s="35"/>
       <c r="K194" s="35"/>
       <c r="L194" s="47"/>
       <c r="P194" s="54"/>
       <c r="Q194" s="55"/>
       <c r="R194" s="55"/>
       <c r="S194" s="55"/>
       <c r="T194" s="55"/>
       <c r="U194" s="56"/>
     </row>
-    <row r="195" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="195" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D195" s="46"/>
       <c r="F195" s="103"/>
       <c r="G195" s="35"/>
       <c r="H195" s="35"/>
       <c r="I195" s="35"/>
       <c r="L195" s="47"/>
       <c r="P195" s="54"/>
       <c r="Q195" s="55"/>
       <c r="R195" s="55"/>
       <c r="S195" s="55"/>
       <c r="T195" s="55"/>
       <c r="U195" s="56"/>
     </row>
-    <row r="196" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="196" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D196" s="46"/>
       <c r="F196" s="35" t="s">
-        <v>8</v>
+        <v>103</v>
       </c>
       <c r="G196" s="35"/>
       <c r="H196" s="35"/>
       <c r="I196" s="35"/>
       <c r="J196" s="35"/>
       <c r="K196" s="35"/>
       <c r="L196" s="47"/>
       <c r="P196" s="54"/>
       <c r="Q196" s="55"/>
       <c r="R196" s="55"/>
       <c r="S196" s="55"/>
       <c r="T196" s="55"/>
       <c r="U196" s="56"/>
     </row>
-    <row r="197" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D197" s="104"/>
       <c r="E197" s="105"/>
       <c r="F197" s="105"/>
       <c r="G197" s="105"/>
       <c r="H197" s="105"/>
       <c r="I197" s="105"/>
       <c r="J197" s="105"/>
       <c r="K197" s="105"/>
       <c r="L197" s="106"/>
       <c r="P197" s="107"/>
       <c r="Q197" s="108"/>
       <c r="R197" s="108"/>
       <c r="S197" s="108"/>
       <c r="T197" s="108"/>
       <c r="U197" s="109"/>
     </row>
-    <row r="198" spans="4:21" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="201" spans="4:21" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="198" spans="4:21" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="200" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="201" spans="4:21" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="D201" s="128"/>
       <c r="E201" s="84"/>
       <c r="F201" s="84"/>
       <c r="G201" s="84"/>
       <c r="H201" s="84"/>
       <c r="I201" s="84"/>
       <c r="J201" s="84"/>
       <c r="K201" s="84"/>
       <c r="L201" s="129"/>
       <c r="M201" s="35"/>
       <c r="N201" s="35"/>
       <c r="P201" s="37"/>
       <c r="Q201" s="110"/>
       <c r="R201" s="110"/>
       <c r="S201" s="110"/>
       <c r="T201" s="110"/>
       <c r="U201" s="111"/>
     </row>
-    <row r="202" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="202" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D202" s="51"/>
       <c r="F202" s="112" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="G202" s="112"/>
       <c r="H202" s="112"/>
       <c r="I202" s="112"/>
       <c r="J202" s="112"/>
       <c r="L202" s="130"/>
       <c r="M202" s="35"/>
       <c r="N202" s="35"/>
-      <c r="P202" s="198" t="s">
-[...8 lines deleted...]
-    <row r="203" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P202" s="214" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q202" s="215"/>
+      <c r="R202" s="215"/>
+      <c r="S202" s="215"/>
+      <c r="T202" s="215"/>
+      <c r="U202" s="216"/>
+    </row>
+    <row r="203" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D203" s="51"/>
       <c r="L203" s="130"/>
       <c r="M203" s="35"/>
       <c r="N203" s="35"/>
       <c r="O203" s="35"/>
-      <c r="P203" s="210"/>
-[...6 lines deleted...]
-    <row r="204" spans="4:21" x14ac:dyDescent="0.2">
+      <c r="P203" s="217"/>
+      <c r="Q203" s="215"/>
+      <c r="R203" s="215"/>
+      <c r="S203" s="215"/>
+      <c r="T203" s="215"/>
+      <c r="U203" s="216"/>
+    </row>
+    <row r="204" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D204" s="51"/>
       <c r="F204" s="113" t="s">
-        <v>27</v>
+        <v>106</v>
       </c>
       <c r="G204" s="114"/>
       <c r="H204" s="115"/>
       <c r="L204" s="130"/>
       <c r="M204" s="35"/>
       <c r="N204" s="35"/>
       <c r="O204" s="35"/>
-      <c r="P204" s="210"/>
-[...6 lines deleted...]
-    <row r="205" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P204" s="217"/>
+      <c r="Q204" s="215"/>
+      <c r="R204" s="215"/>
+      <c r="S204" s="215"/>
+      <c r="T204" s="215"/>
+      <c r="U204" s="216"/>
+    </row>
+    <row r="205" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D205" s="51"/>
       <c r="L205" s="130"/>
       <c r="M205" s="35"/>
       <c r="N205" s="35"/>
       <c r="O205" s="35"/>
       <c r="P205" s="54"/>
       <c r="Q205" s="55"/>
       <c r="R205" s="55"/>
       <c r="S205" s="55"/>
       <c r="T205" s="55"/>
       <c r="U205" s="56"/>
     </row>
-    <row r="206" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="206" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D206" s="51"/>
       <c r="F206" s="67" t="s">
-        <v>12</v>
+        <v>107</v>
       </c>
       <c r="G206" s="67" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="H206" s="67" t="s">
-        <v>14</v>
+        <v>109</v>
       </c>
       <c r="L206" s="130"/>
       <c r="M206" s="35"/>
       <c r="N206" s="35"/>
       <c r="O206" s="35"/>
-      <c r="P206" s="198" t="s">
-[...8 lines deleted...]
-    <row r="207" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P206" s="214" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q206" s="215"/>
+      <c r="R206" s="215"/>
+      <c r="S206" s="215"/>
+      <c r="T206" s="215"/>
+      <c r="U206" s="216"/>
+    </row>
+    <row r="207" spans="4:21" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D207" s="51"/>
       <c r="F207" s="72" t="s">
-        <v>15</v>
+        <v>111</v>
       </c>
       <c r="G207" s="116">
         <v>260</v>
       </c>
       <c r="H207" s="116">
         <f>52*40</f>
         <v>2080</v>
       </c>
       <c r="L207" s="130"/>
       <c r="M207" s="35"/>
       <c r="N207" s="35"/>
       <c r="O207" s="35"/>
-      <c r="P207" s="210"/>
-[...6 lines deleted...]
-    <row r="208" spans="4:21" x14ac:dyDescent="0.2">
+      <c r="P207" s="217"/>
+      <c r="Q207" s="215"/>
+      <c r="R207" s="215"/>
+      <c r="S207" s="215"/>
+      <c r="T207" s="215"/>
+      <c r="U207" s="216"/>
+    </row>
+    <row r="208" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D208" s="51"/>
       <c r="F208" s="117" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="G208" s="116">
         <v>10</v>
       </c>
       <c r="H208" s="116">
         <f>2*40</f>
         <v>80</v>
       </c>
       <c r="L208" s="130"/>
       <c r="M208" s="35"/>
       <c r="N208" s="35"/>
       <c r="O208" s="35"/>
-      <c r="P208" s="210"/>
-[...6 lines deleted...]
-    <row r="209" spans="4:21" x14ac:dyDescent="0.2">
+      <c r="P208" s="217"/>
+      <c r="Q208" s="215"/>
+      <c r="R208" s="215"/>
+      <c r="S208" s="215"/>
+      <c r="T208" s="215"/>
+      <c r="U208" s="216"/>
+    </row>
+    <row r="209" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D209" s="51"/>
       <c r="F209" s="118" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="G209" s="119">
         <f>G207-G208</f>
         <v>250</v>
       </c>
       <c r="H209" s="119">
         <f>H207-H208</f>
         <v>2000</v>
       </c>
       <c r="L209" s="130"/>
       <c r="M209" s="35"/>
       <c r="N209" s="35"/>
       <c r="O209" s="35"/>
       <c r="P209" s="54"/>
       <c r="Q209" s="55"/>
       <c r="R209" s="55"/>
       <c r="S209" s="55"/>
       <c r="T209" s="55"/>
       <c r="U209" s="56"/>
     </row>
-    <row r="210" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="210" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D210" s="51"/>
       <c r="F210" s="117" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="G210" s="115">
         <v>35</v>
       </c>
       <c r="H210" s="116">
         <f>G210*8</f>
         <v>280</v>
       </c>
       <c r="L210" s="130"/>
       <c r="M210" s="35"/>
       <c r="N210" s="35"/>
       <c r="O210" s="35"/>
       <c r="P210" s="54"/>
       <c r="Q210" s="55"/>
       <c r="R210" s="55"/>
       <c r="S210" s="55"/>
       <c r="T210" s="55"/>
       <c r="U210" s="56"/>
     </row>
-    <row r="211" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="211" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D211" s="51"/>
       <c r="F211" s="117" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="G211" s="115">
         <v>5</v>
       </c>
       <c r="H211" s="116">
         <f>G211*8</f>
         <v>40</v>
       </c>
       <c r="L211" s="130"/>
       <c r="M211" s="35"/>
       <c r="N211" s="35"/>
       <c r="O211" s="35"/>
       <c r="P211" s="54"/>
       <c r="Q211" s="55"/>
       <c r="R211" s="55"/>
       <c r="S211" s="55"/>
       <c r="T211" s="55"/>
       <c r="U211" s="56"/>
     </row>
-    <row r="212" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="212" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D212" s="51"/>
       <c r="F212" s="120" t="s">
-        <v>40</v>
+        <v>116</v>
       </c>
       <c r="G212" s="121">
         <f>G209-G210-G211</f>
         <v>210</v>
       </c>
       <c r="H212" s="121">
         <f>H209-H210-H211</f>
         <v>1680</v>
       </c>
       <c r="L212" s="130"/>
       <c r="M212" s="35"/>
       <c r="N212" s="35"/>
       <c r="O212" s="35"/>
       <c r="P212" s="54"/>
       <c r="Q212" s="55"/>
       <c r="R212" s="55"/>
       <c r="S212" s="55"/>
       <c r="T212" s="55"/>
       <c r="U212" s="56"/>
     </row>
-    <row r="213" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="213" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D213" s="51"/>
       <c r="F213" s="72" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="G213" s="115">
         <v>10</v>
       </c>
       <c r="H213" s="116">
         <f>G213*8</f>
         <v>80</v>
       </c>
       <c r="L213" s="130"/>
       <c r="M213" s="35"/>
       <c r="N213" s="35"/>
       <c r="O213" s="35"/>
       <c r="P213" s="54"/>
       <c r="Q213" s="55"/>
       <c r="R213" s="55"/>
       <c r="S213" s="55"/>
       <c r="T213" s="55"/>
       <c r="U213" s="56"/>
     </row>
-    <row r="214" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="214" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D214" s="51"/>
       <c r="F214" s="72" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="G214" s="115">
         <v>25</v>
       </c>
       <c r="H214" s="116">
         <f>G214*8</f>
         <v>200</v>
       </c>
       <c r="L214" s="130"/>
       <c r="M214" s="35"/>
       <c r="N214" s="35"/>
       <c r="O214" s="35"/>
       <c r="P214" s="54"/>
       <c r="Q214" s="55"/>
       <c r="R214" s="55"/>
       <c r="S214" s="55"/>
       <c r="T214" s="55"/>
       <c r="U214" s="56"/>
     </row>
-    <row r="215" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="215" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D215" s="51"/>
       <c r="F215" s="72" t="s">
-        <v>19</v>
+        <v>119</v>
       </c>
       <c r="G215" s="115">
         <v>25</v>
       </c>
       <c r="H215" s="116">
         <f>G215*8</f>
         <v>200</v>
       </c>
       <c r="L215" s="130"/>
       <c r="M215" s="35"/>
       <c r="N215" s="35"/>
       <c r="O215" s="35"/>
       <c r="P215" s="54"/>
       <c r="Q215" s="55"/>
       <c r="R215" s="55"/>
       <c r="S215" s="55"/>
       <c r="T215" s="55"/>
       <c r="U215" s="56"/>
     </row>
-    <row r="216" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="216" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D216" s="51"/>
       <c r="F216" s="118" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="G216" s="119">
         <f>SUM(G213:G215)</f>
         <v>60</v>
       </c>
       <c r="H216" s="119">
         <f>SUM(H213:H215)</f>
         <v>480</v>
       </c>
       <c r="L216" s="130"/>
       <c r="M216" s="35"/>
       <c r="N216" s="35"/>
       <c r="O216" s="35"/>
       <c r="P216" s="54"/>
       <c r="Q216" s="55"/>
       <c r="R216" s="55"/>
       <c r="S216" s="55"/>
       <c r="T216" s="55"/>
       <c r="U216" s="56"/>
     </row>
-    <row r="217" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="217" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D217" s="51"/>
       <c r="F217" s="120" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="G217" s="121">
         <f>G212-G216</f>
         <v>150</v>
       </c>
       <c r="H217" s="121">
         <f>H212-H216</f>
         <v>1200</v>
       </c>
       <c r="L217" s="130"/>
       <c r="M217" s="35"/>
       <c r="N217" s="35"/>
       <c r="O217" s="35"/>
       <c r="P217" s="54"/>
       <c r="Q217" s="55"/>
       <c r="R217" s="55"/>
       <c r="S217" s="55"/>
       <c r="T217" s="55"/>
       <c r="U217" s="56"/>
     </row>
-    <row r="218" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="218" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D218" s="51"/>
       <c r="L218" s="130"/>
       <c r="M218" s="35"/>
       <c r="N218" s="35"/>
       <c r="O218" s="35"/>
       <c r="P218" s="54"/>
       <c r="Q218" s="55"/>
       <c r="R218" s="55"/>
       <c r="S218" s="55"/>
       <c r="T218" s="55"/>
       <c r="U218" s="56"/>
     </row>
-    <row r="219" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="219" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D219" s="51"/>
       <c r="L219" s="130"/>
       <c r="M219" s="35"/>
       <c r="N219" s="35"/>
       <c r="O219" s="35"/>
       <c r="P219" s="54"/>
       <c r="Q219" s="55"/>
       <c r="R219" s="55"/>
       <c r="S219" s="55"/>
       <c r="T219" s="55"/>
       <c r="U219" s="56"/>
     </row>
-    <row r="220" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="220" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D220" s="51"/>
       <c r="F220" s="122" t="str">
         <f>IF(H204="","Ange månadslön","Timkostnad exkl. LKP externa uppdrag:")</f>
         <v>Ange månadslön</v>
       </c>
       <c r="H220" s="123">
         <f>ROUND(H204/(H217/12),2)</f>
         <v>0</v>
       </c>
       <c r="I220" s="33" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="L220" s="130"/>
       <c r="M220" s="35"/>
       <c r="N220" s="35"/>
       <c r="O220" s="35"/>
       <c r="P220" s="54"/>
       <c r="Q220" s="55"/>
       <c r="R220" s="55"/>
       <c r="S220" s="55"/>
       <c r="T220" s="55"/>
       <c r="U220" s="56"/>
     </row>
-    <row r="221" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="221" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D221" s="51"/>
       <c r="F221" s="122"/>
       <c r="H221" s="123"/>
       <c r="L221" s="130"/>
       <c r="M221" s="35"/>
       <c r="N221" s="35"/>
       <c r="O221" s="35"/>
       <c r="P221" s="54"/>
       <c r="Q221" s="55"/>
       <c r="R221" s="55"/>
       <c r="S221" s="55"/>
       <c r="T221" s="55"/>
       <c r="U221" s="56"/>
     </row>
-    <row r="222" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="222" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D222" s="51"/>
       <c r="F222" s="122"/>
       <c r="H222" s="123"/>
       <c r="L222" s="130"/>
       <c r="M222" s="35"/>
       <c r="N222" s="35"/>
       <c r="O222" s="35"/>
       <c r="P222" s="54"/>
       <c r="Q222" s="55"/>
       <c r="R222" s="55"/>
       <c r="S222" s="55"/>
       <c r="T222" s="55"/>
       <c r="U222" s="56"/>
     </row>
-    <row r="223" spans="4:21" x14ac:dyDescent="0.2">
+    <row r="223" spans="4:21" x14ac:dyDescent="0.25">
       <c r="D223" s="51"/>
       <c r="F223" s="122"/>
       <c r="H223" s="123"/>
       <c r="L223" s="130"/>
       <c r="M223" s="35"/>
       <c r="N223" s="35"/>
       <c r="O223" s="35"/>
       <c r="P223" s="54"/>
       <c r="Q223" s="55"/>
       <c r="R223" s="55"/>
       <c r="S223" s="55"/>
       <c r="T223" s="55"/>
       <c r="U223" s="56"/>
     </row>
-    <row r="224" spans="4:21" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="4:21" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D224" s="63"/>
       <c r="E224" s="64"/>
       <c r="F224" s="64"/>
       <c r="G224" s="64"/>
       <c r="H224" s="64"/>
       <c r="I224" s="64"/>
       <c r="J224" s="64"/>
       <c r="K224" s="64"/>
       <c r="L224" s="101"/>
       <c r="M224" s="35"/>
       <c r="N224" s="35"/>
       <c r="O224" s="35"/>
       <c r="P224" s="124"/>
       <c r="Q224" s="125"/>
       <c r="R224" s="125"/>
       <c r="S224" s="125"/>
       <c r="T224" s="125"/>
       <c r="U224" s="126"/>
     </row>
-    <row r="225" spans="15:15" x14ac:dyDescent="0.2">
+    <row r="225" spans="15:15" x14ac:dyDescent="0.25">
       <c r="O225" s="35"/>
     </row>
-    <row r="226" spans="15:15" x14ac:dyDescent="0.2">
+    <row r="226" spans="15:15" x14ac:dyDescent="0.25">
       <c r="O226" s="35"/>
     </row>
   </sheetData>
   <sheetProtection formatColumns="0" insertRows="0" deleteRows="0"/>
   <mergeCells count="99">
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="P41:U44"/>
+    <mergeCell ref="F135:H135"/>
+    <mergeCell ref="F145:J145"/>
+    <mergeCell ref="P101:U103"/>
+    <mergeCell ref="P93:U97"/>
+    <mergeCell ref="P76:U77"/>
+    <mergeCell ref="P78:U79"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="F88:J88"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="E115:E188"/>
+    <mergeCell ref="F124:H124"/>
+    <mergeCell ref="F125:H125"/>
+    <mergeCell ref="F119:J119"/>
+    <mergeCell ref="F120:J120"/>
+    <mergeCell ref="F123:H123"/>
+    <mergeCell ref="F133:H133"/>
+    <mergeCell ref="F134:H134"/>
+    <mergeCell ref="F179:H179"/>
+    <mergeCell ref="F168:J168"/>
+    <mergeCell ref="F156:H156"/>
+    <mergeCell ref="F157:H157"/>
+    <mergeCell ref="F158:H158"/>
+    <mergeCell ref="F172:J172"/>
+    <mergeCell ref="F163:I163"/>
+    <mergeCell ref="F174:J174"/>
+    <mergeCell ref="F175:J175"/>
+    <mergeCell ref="F84:J84"/>
+    <mergeCell ref="F98:J98"/>
+    <mergeCell ref="F96:J96"/>
+    <mergeCell ref="F97:J97"/>
+    <mergeCell ref="F161:H161"/>
+    <mergeCell ref="F150:H150"/>
+    <mergeCell ref="F151:H151"/>
+    <mergeCell ref="F152:H152"/>
+    <mergeCell ref="F153:H153"/>
+    <mergeCell ref="F149:H149"/>
+    <mergeCell ref="F136:H136"/>
+    <mergeCell ref="F86:J86"/>
+    <mergeCell ref="F87:J87"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="F70:I70"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="F173:J173"/>
+    <mergeCell ref="F164:I164"/>
+    <mergeCell ref="F128:J128"/>
+    <mergeCell ref="F138:H138"/>
+    <mergeCell ref="F140:H140"/>
+    <mergeCell ref="F141:H141"/>
+    <mergeCell ref="F142:H142"/>
+    <mergeCell ref="F139:H139"/>
+    <mergeCell ref="P202:U204"/>
+    <mergeCell ref="P206:U208"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="F69:I69"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="F85:J85"/>
+    <mergeCell ref="F132:H132"/>
+    <mergeCell ref="F95:J95"/>
+    <mergeCell ref="F109:H109"/>
+    <mergeCell ref="F101:J101"/>
+    <mergeCell ref="F102:J102"/>
+    <mergeCell ref="F103:J103"/>
+    <mergeCell ref="P19:U21"/>
+    <mergeCell ref="D3:L3"/>
+    <mergeCell ref="E6:L6"/>
+    <mergeCell ref="D5:L5"/>
+    <mergeCell ref="E8:L8"/>
+    <mergeCell ref="E10:L10"/>
+    <mergeCell ref="E13:L13"/>
+    <mergeCell ref="D11:L11"/>
     <mergeCell ref="G26:H26"/>
     <mergeCell ref="G29:H29"/>
     <mergeCell ref="G30:H30"/>
     <mergeCell ref="E40:E112"/>
     <mergeCell ref="F91:J91"/>
     <mergeCell ref="F106:J106"/>
     <mergeCell ref="F81:J81"/>
     <mergeCell ref="F82:J82"/>
     <mergeCell ref="F83:J83"/>
     <mergeCell ref="G50:H50"/>
     <mergeCell ref="F74:J74"/>
     <mergeCell ref="F80:J80"/>
     <mergeCell ref="G53:H53"/>
     <mergeCell ref="G59:H59"/>
     <mergeCell ref="G60:H60"/>
     <mergeCell ref="G47:H47"/>
-    <mergeCell ref="P19:U21"/>
-[...81 lines deleted...]
-    <mergeCell ref="F88:J88"/>
   </mergeCells>
   <conditionalFormatting sqref="K125">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="equal">
       <formula>"Fyll i antal bredvid"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="7">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Uppdragsbeskrivning" prompt="Detta är ett fritextfält som man kan nyttja till att beskriva kort vad uppdraget är" sqref="G27:H27 H31:H32 G32" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G33:G34" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"Ja,Nej"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Ansvarig" prompt="Den på insitutionen som är ansvarig för uppdraget" sqref="G26:H26" xr:uid="{00000000-0002-0000-0000-000002000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Institutionens projektnummer" prompt="Detta är ett fritextfält där insititutionens projektnummer från UBW/Agresso anges. Detta påverkar uppföljningsfliken." sqref="G25" xr:uid="{5832A455-A095-4455-B3E0-608C9562E2D5}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="UF-UU projektnummer" prompt="Detta är ett fritextfält där UFs projektnummer från UBW/Agresso anges. Detta påverkar uppföljningsfliken." sqref="G29:H29" xr:uid="{00000000-0002-0000-0000-000004000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="UF-UU projektledare" prompt="Detta är ett fritextfält där UFs projektledare för uppdraget anges." sqref="G30:H30" xr:uid="{00000000-0002-0000-0000-000005000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Delta nummer" prompt="Här anges UFs Delta nummer/kod för uppdraget/utbildningen" sqref="G31" xr:uid="{00000000-0002-0000-0000-000006000000}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="J44" location="Uppdragsutbildning!F196" display="Timkostnad (se beräkning)" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="32" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="111" min="3" max="20" man="1"/>
-    <brk id="112" max="14" man="1"/>
+    <brk id="74" min="3" max="11" man="1"/>
+    <brk id="145" min="3" max="11" man="1"/>
   </rowBreaks>
-  <colBreaks count="2" manualBreakCount="2">
-[...2 lines deleted...]
-  </colBreaks>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="6">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Institutionskod från UBW/Agresso" error="Ni måste välja en av de befintliga institutionskoderna i rullmenyn " promptTitle="Institutionskod från UBW/Agresso" prompt="Välj den institutionskod som uppdraget genomförs av" xr:uid="{00000000-0002-0000-0000-000007000000}">
           <x14:formula1>
             <xm:f>Tabeller!$A$2:$A$36</xm:f>
           </x14:formula1>
           <xm:sqref>G21</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="information" showErrorMessage="1" errorTitle="Värde" error="Du har valt ett värde som inte finns i befintlig rullista. Vill du behålla detta värde, tryck ok annars tryck avbryt." xr:uid="{00000000-0002-0000-0000-000008000000}">
           <x14:formula1>
             <xm:f>Tabeller!$C$2:$C$9</xm:f>
           </x14:formula1>
           <xm:sqref>F133:H136</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="information" showErrorMessage="1" errorTitle="Värde" error="Du har valt ett värde som inte finns i befintlig rullista. Vill du behålla detta värde, tryck ok annars tryck avbryt." xr:uid="{00000000-0002-0000-0000-000009000000}">
           <x14:formula1>
             <xm:f>Tabeller!$E$2:$E$14</xm:f>
           </x14:formula1>
           <xm:sqref>F151:H153</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-00000A000000}">
           <x14:formula1>
             <xm:f>Tabeller!$J$2:$J$20</xm:f>
           </x14:formula1>
           <xm:sqref>H22:H24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-00000B000000}">
           <x14:formula1>
             <xm:f>Tabeller!$K$2:$K$13</xm:f>
           </x14:formula1>
           <xm:sqref>G22:G23</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" showErrorMessage="1" errorTitle="Värde" error="Du har valt ett värde som inte finns i befintlig rullista." xr:uid="{00000000-0002-0000-0000-00000C000000}">
           <x14:formula1>
             <xm:f>Tabeller!$E$2:$E$14</xm:f>
           </x14:formula1>
           <xm:sqref>F150:H150</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Blad1"/>
   <dimension ref="B1:I46"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H37" sqref="H37"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G17" sqref="G17:H17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.125" style="33" customWidth="1"/>
-    <col min="2" max="2" width="21.125" style="33" customWidth="1"/>
+    <col min="1" max="1" width="3.09765625" style="33" customWidth="1"/>
+    <col min="2" max="2" width="21.09765625" style="33" customWidth="1"/>
     <col min="3" max="3" width="9" style="33"/>
     <col min="4" max="4" width="5" style="33" customWidth="1"/>
-    <col min="5" max="5" width="2.625" style="33" customWidth="1"/>
-    <col min="6" max="6" width="3.375" style="33" customWidth="1"/>
+    <col min="5" max="5" width="2.59765625" style="33" customWidth="1"/>
+    <col min="6" max="6" width="3.3984375" style="33" customWidth="1"/>
     <col min="7" max="7" width="9" style="33"/>
-    <col min="8" max="8" width="11.875" style="33" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.8984375" style="33" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.5" style="33" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9" style="33"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:9" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:9" ht="21" x14ac:dyDescent="0.4">
       <c r="B1" s="127" t="s">
-        <v>235</v>
+        <v>123</v>
       </c>
       <c r="C1" s="34"/>
       <c r="D1" s="34"/>
       <c r="E1" s="34"/>
       <c r="F1" s="34"/>
       <c r="G1" s="34"/>
       <c r="H1" s="34"/>
       <c r="I1" s="122"/>
     </row>
-    <row r="2" spans="2:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="3" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:9" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B3" s="257" t="s">
-        <v>97</v>
+        <v>124</v>
       </c>
       <c r="C3" s="258"/>
       <c r="D3" s="258"/>
       <c r="E3" s="258"/>
       <c r="F3" s="258"/>
       <c r="G3" s="258"/>
       <c r="H3" s="259"/>
     </row>
-    <row r="4" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B4" s="260"/>
       <c r="C4" s="261"/>
       <c r="D4" s="261"/>
       <c r="E4" s="261"/>
       <c r="F4" s="261"/>
       <c r="G4" s="261"/>
       <c r="H4" s="262"/>
     </row>
-    <row r="5" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B5" s="260"/>
       <c r="C5" s="261"/>
       <c r="D5" s="261"/>
       <c r="E5" s="261"/>
       <c r="F5" s="261"/>
       <c r="G5" s="261"/>
       <c r="H5" s="262"/>
     </row>
-    <row r="6" spans="2:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:9" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="263"/>
       <c r="C6" s="264"/>
       <c r="D6" s="264"/>
       <c r="E6" s="264"/>
       <c r="F6" s="264"/>
       <c r="G6" s="264"/>
       <c r="H6" s="265"/>
     </row>
-    <row r="8" spans="2:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="9" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:9" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="9" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B9" s="48" t="s">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="C9" s="49"/>
       <c r="D9" s="49"/>
       <c r="E9" s="49"/>
       <c r="F9" s="49"/>
       <c r="G9" s="49"/>
       <c r="H9" s="50"/>
     </row>
-    <row r="10" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B10" s="51"/>
       <c r="H10" s="52"/>
     </row>
-    <row r="11" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B11" s="131" t="s">
-        <v>0</v>
+        <v>125</v>
       </c>
       <c r="C11" s="132"/>
       <c r="D11" s="132"/>
       <c r="E11" s="95"/>
       <c r="F11" s="95"/>
       <c r="G11" s="272">
         <f>Uppdragsutbildning!G21</f>
         <v>0</v>
       </c>
       <c r="H11" s="273"/>
     </row>
-    <row r="12" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B12" s="131" t="s">
-        <v>65</v>
+        <v>126</v>
       </c>
       <c r="C12" s="132"/>
       <c r="D12" s="132"/>
       <c r="E12" s="95"/>
       <c r="F12" s="95"/>
       <c r="G12" s="272">
         <f>Uppdragsutbildning!G29</f>
         <v>0</v>
       </c>
       <c r="H12" s="273"/>
     </row>
-    <row r="13" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B13" s="51"/>
       <c r="G13" s="133"/>
       <c r="H13" s="134"/>
     </row>
-    <row r="14" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B14" s="135" t="s">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="C14" s="132"/>
       <c r="D14" s="132"/>
       <c r="E14" s="95"/>
       <c r="F14" s="95"/>
       <c r="G14" s="278">
         <f>Uppdragsutbildning!G35</f>
         <v>0</v>
       </c>
       <c r="H14" s="279"/>
     </row>
-    <row r="15" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B15" s="51"/>
       <c r="G15" s="133"/>
       <c r="H15" s="134"/>
     </row>
-    <row r="16" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B16" s="135" t="s">
-        <v>66</v>
+        <v>128</v>
       </c>
       <c r="C16" s="132"/>
       <c r="D16" s="132"/>
       <c r="E16" s="95"/>
       <c r="F16" s="95"/>
       <c r="G16" s="272">
         <f>Uppdragsutbildning!G36</f>
         <v>0</v>
       </c>
       <c r="H16" s="273"/>
     </row>
-    <row r="17" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B17" s="135" t="s">
-        <v>93</v>
+        <v>129</v>
       </c>
       <c r="C17" s="132"/>
       <c r="D17" s="132"/>
       <c r="E17" s="95"/>
       <c r="F17" s="95"/>
       <c r="G17" s="276"/>
       <c r="H17" s="277"/>
     </row>
-    <row r="18" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:8" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="63"/>
       <c r="C18" s="64"/>
       <c r="D18" s="64"/>
       <c r="E18" s="64"/>
       <c r="F18" s="64"/>
       <c r="G18" s="64"/>
       <c r="H18" s="65"/>
     </row>
-    <row r="20" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="21" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:8" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="21" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B21" s="48" t="s">
-        <v>94</v>
+        <v>130</v>
       </c>
       <c r="C21" s="49"/>
       <c r="D21" s="49"/>
       <c r="E21" s="49"/>
       <c r="F21" s="49"/>
       <c r="G21" s="49"/>
       <c r="H21" s="50"/>
     </row>
-    <row r="22" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B22" s="66"/>
       <c r="H22" s="52"/>
     </row>
-    <row r="23" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B23" s="66" t="s">
-        <v>67</v>
+        <v>131</v>
       </c>
       <c r="H23" s="52"/>
     </row>
-    <row r="24" spans="2:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="274" t="s">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="C24" s="275"/>
       <c r="D24" s="275"/>
       <c r="E24" s="275"/>
       <c r="F24" s="275"/>
-      <c r="H24" s="189">
+      <c r="H24" s="188">
         <f>G16*G17</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B25" s="51"/>
       <c r="H25" s="52"/>
     </row>
-    <row r="26" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B26" s="267" t="s">
-        <v>68</v>
+        <v>133</v>
       </c>
       <c r="C26" s="256"/>
       <c r="D26" s="256"/>
       <c r="E26" s="256"/>
       <c r="F26" s="256"/>
-      <c r="H26" s="177"/>
-[...1 lines deleted...]
-    <row r="27" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H26" s="176"/>
+    </row>
+    <row r="27" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B27" s="51"/>
       <c r="H27" s="52"/>
     </row>
-    <row r="28" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B28" s="51"/>
       <c r="H28" s="52"/>
     </row>
-    <row r="29" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B29" s="51"/>
       <c r="H29" s="52"/>
     </row>
-    <row r="30" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B30" s="266" t="s">
-        <v>69</v>
+        <v>134</v>
       </c>
       <c r="C30" s="256"/>
       <c r="D30" s="256"/>
       <c r="E30" s="256"/>
       <c r="F30" s="256"/>
       <c r="H30" s="138">
         <f>H24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B31" s="51"/>
       <c r="H31" s="52"/>
     </row>
-    <row r="32" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B32" s="51"/>
       <c r="H32" s="52"/>
     </row>
-    <row r="33" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B33" s="51"/>
       <c r="H33" s="52"/>
     </row>
-    <row r="34" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B34" s="66" t="s">
-        <v>70</v>
+        <v>135</v>
       </c>
       <c r="H34" s="52"/>
     </row>
-    <row r="35" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B35" s="267" t="s">
-        <v>11</v>
+        <v>136</v>
       </c>
       <c r="C35" s="256"/>
       <c r="D35" s="256"/>
       <c r="E35" s="256"/>
       <c r="F35" s="256"/>
       <c r="H35" s="137">
         <f>SUM(Uppdragsutbildning!$K112:K112)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B36" s="268" t="s">
-        <v>71</v>
+        <v>137</v>
       </c>
       <c r="C36" s="269"/>
       <c r="D36" s="269"/>
       <c r="E36" s="269"/>
       <c r="F36" s="269"/>
       <c r="H36" s="137">
         <f>SUM(Uppdragsutbildning!$K182:K182)-H37</f>
-        <v>19018.125</v>
-[...10 lines deleted...]
-      <c r="H37" s="195">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B37" s="191" t="s">
+        <v>138</v>
+      </c>
+      <c r="C37" s="192"/>
+      <c r="D37" s="192"/>
+      <c r="E37" s="192"/>
+      <c r="F37" s="192"/>
+      <c r="H37" s="194">
         <f>Uppdragsutbildning!K145</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="2:8" s="122" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:8" s="122" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="270" t="s">
-        <v>72</v>
+        <v>139</v>
       </c>
       <c r="C38" s="271"/>
       <c r="D38" s="271"/>
       <c r="E38" s="271"/>
       <c r="F38" s="271"/>
       <c r="G38" s="139"/>
       <c r="H38" s="140">
         <f>SUM(H35:H37)</f>
-        <v>19018.125</v>
-[...3 lines deleted...]
-    <row r="41" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="2:8" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="41" spans="2:8" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B41" s="48" t="s">
-        <v>95</v>
+        <v>140</v>
       </c>
       <c r="C41" s="49"/>
       <c r="D41" s="49"/>
       <c r="E41" s="49"/>
       <c r="F41" s="49"/>
       <c r="G41" s="49"/>
       <c r="H41" s="50"/>
     </row>
-    <row r="42" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B42" s="128"/>
       <c r="C42" s="84"/>
       <c r="D42" s="84"/>
       <c r="E42" s="84"/>
       <c r="F42" s="84"/>
       <c r="G42" s="84"/>
       <c r="H42" s="141"/>
     </row>
-    <row r="43" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B43" s="266" t="s">
-        <v>73</v>
+        <v>141</v>
       </c>
       <c r="C43" s="256"/>
       <c r="D43" s="256"/>
       <c r="E43" s="256"/>
       <c r="F43" s="256"/>
       <c r="H43" s="73">
         <f>H30-H38</f>
-        <v>-19018.125</v>
-[...2 lines deleted...]
-    <row r="44" spans="2:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B44" s="51"/>
       <c r="H44" s="52"/>
     </row>
-    <row r="45" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B45" s="255" t="s">
-        <v>74</v>
+        <v>142</v>
       </c>
       <c r="C45" s="256"/>
       <c r="D45" s="256"/>
       <c r="E45" s="256"/>
       <c r="F45" s="256"/>
       <c r="H45" s="142">
         <f>H35+H43</f>
-        <v>-19018.125</v>
-[...2 lines deleted...]
-    <row r="46" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="2:8" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B46" s="63"/>
       <c r="C46" s="64"/>
       <c r="D46" s="64"/>
       <c r="E46" s="64"/>
       <c r="F46" s="64"/>
       <c r="G46" s="64"/>
       <c r="H46" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="B45:F45"/>
     <mergeCell ref="B3:H6"/>
     <mergeCell ref="B30:F30"/>
     <mergeCell ref="B35:F35"/>
     <mergeCell ref="B36:F36"/>
     <mergeCell ref="B38:F38"/>
     <mergeCell ref="B43:F43"/>
     <mergeCell ref="B26:F26"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="B24:F24"/>
     <mergeCell ref="G17:H17"/>
     <mergeCell ref="G16:H16"/>
     <mergeCell ref="G14:H14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Blad2"/>
-  <dimension ref="A1:Q36"/>
+  <dimension ref="A1:R36"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="J3" sqref="J3"/>
+    <sheetView topLeftCell="E1" workbookViewId="0">
+      <selection activeCell="O4" sqref="O4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="3" max="3" width="44.125" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="16" max="17" width="7.375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="44.09765625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="32.8984375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.09765625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.09765625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="4.8984375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="4.59765625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="13.3984375" bestFit="1" customWidth="1"/>
+    <col min="14" max="15" width="8.3984375" bestFit="1" customWidth="1"/>
+    <col min="16" max="17" width="7.3984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" s="31" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" s="31" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="C1" s="31" t="str">
         <f>Uppdragsutbildning!F132</f>
         <v>Övrig material-/ tjänster</v>
       </c>
       <c r="E1" s="31" t="str">
         <f>Uppdragsutbildning!F149</f>
         <v>Arbetsmoment</v>
       </c>
       <c r="F1" s="31" t="s">
-        <v>79</v>
+        <v>144</v>
       </c>
       <c r="H1" s="31" t="s">
-        <v>91</v>
+        <v>145</v>
       </c>
       <c r="J1" s="31" t="s">
-        <v>96</v>
+        <v>146</v>
       </c>
       <c r="K1" s="31" t="s">
-        <v>111</v>
+        <v>147</v>
       </c>
       <c r="M1" s="31" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:17" x14ac:dyDescent="0.2">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C2" s="32" t="s">
-        <v>198</v>
+        <v>83</v>
       </c>
       <c r="E2" s="32" t="s">
-        <v>197</v>
+        <v>150</v>
       </c>
       <c r="F2" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="H2" s="6">
         <v>0</v>
       </c>
       <c r="J2">
         <v>2026</v>
       </c>
       <c r="K2" s="153" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="L2" s="153"/>
       <c r="M2" t="s">
-        <v>125</v>
+        <v>153</v>
       </c>
       <c r="N2" s="153" t="s">
-        <v>127</v>
+        <v>154</v>
       </c>
       <c r="O2" s="155" t="s">
-        <v>128</v>
+        <v>155</v>
       </c>
       <c r="P2" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="Q2" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
+        <v>157</v>
+      </c>
+      <c r="R2" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>144</v>
+        <v>159</v>
       </c>
       <c r="C3" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="E3" t="s">
-        <v>45</v>
+        <v>160</v>
       </c>
       <c r="F3">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="G3" s="156"/>
       <c r="H3" s="6">
         <f t="shared" ref="H3:H12" si="0">H2+0.01</f>
         <v>0.01</v>
       </c>
       <c r="J3">
         <f t="shared" ref="J3:J20" si="1">J2+1</f>
         <v>2027</v>
       </c>
       <c r="K3" s="153" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="L3" s="153"/>
       <c r="M3" s="153" t="s">
-        <v>129</v>
+        <v>162</v>
       </c>
       <c r="N3" s="156">
-        <v>19018.125</v>
+        <v>20539.575000000001</v>
       </c>
       <c r="O3" s="156">
-        <v>49447.125</v>
+        <v>53402.895000000004</v>
       </c>
       <c r="P3" s="156">
-        <v>59590.124999999993</v>
+        <v>64357.334999999999</v>
       </c>
       <c r="Q3" s="156">
-        <v>65549.137499999997</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
+        <v>70793.068500000008</v>
+      </c>
+      <c r="R3" s="156">
+        <v>76456.513980000018</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="C4" t="s">
-        <v>62</v>
+        <v>164</v>
       </c>
       <c r="E4" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="F4">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="G4" s="156"/>
       <c r="H4" s="6">
         <f t="shared" si="0"/>
         <v>0.02</v>
       </c>
       <c r="J4">
         <f t="shared" si="1"/>
         <v>2028</v>
       </c>
       <c r="K4" s="153" t="s">
-        <v>114</v>
+        <v>165</v>
       </c>
       <c r="L4" s="153"/>
       <c r="M4" s="153" t="s">
-        <v>130</v>
+        <v>166</v>
       </c>
       <c r="N4" s="156">
-        <v>38036.25</v>
+        <v>41079.15</v>
       </c>
       <c r="O4" s="156">
-        <v>59590.124999999993</v>
+        <v>64357.334999999999</v>
       </c>
       <c r="P4" s="156">
-        <v>72268.875</v>
+        <v>78050.385000000009</v>
       </c>
       <c r="Q4" s="156">
-        <v>79495.762499999997</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+        <v>85855.423500000004</v>
+      </c>
+      <c r="R4" s="156">
+        <v>92723.857380000016</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="C5" t="s">
-        <v>86</v>
+        <v>168</v>
       </c>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="F5">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="G5" s="156"/>
       <c r="H5" s="6">
         <f t="shared" si="0"/>
         <v>0.03</v>
       </c>
       <c r="J5">
         <f t="shared" si="1"/>
         <v>2029</v>
       </c>
       <c r="K5" s="153" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="L5" s="153"/>
       <c r="M5" t="s">
-        <v>131</v>
+        <v>171</v>
       </c>
       <c r="N5" s="156">
-        <v>59590.124999999993</v>
+        <v>64357.334999999999</v>
       </c>
       <c r="O5" s="156">
-        <v>79876.125</v>
+        <v>86266.215000000011</v>
       </c>
       <c r="P5" s="156">
-        <v>91287</v>
+        <v>98589.96</v>
       </c>
       <c r="Q5" s="156">
-        <v>100415.70000000003</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:17" x14ac:dyDescent="0.2">
+        <v>108448.95600000003</v>
+      </c>
+      <c r="R5" s="156">
+        <v>117124.87248000005</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>147</v>
+        <v>172</v>
       </c>
       <c r="C6" t="s">
-        <v>63</v>
+        <v>173</v>
       </c>
       <c r="E6" t="s">
-        <v>48</v>
+        <v>174</v>
       </c>
       <c r="F6">
-        <v>750</v>
+        <v>790</v>
       </c>
       <c r="G6" s="156"/>
       <c r="H6" s="6">
         <f t="shared" si="0"/>
         <v>0.04</v>
       </c>
       <c r="J6">
         <f t="shared" si="1"/>
         <v>2030</v>
       </c>
       <c r="K6" s="153" t="s">
-        <v>116</v>
+        <v>175</v>
       </c>
       <c r="L6" s="153"/>
       <c r="M6" t="s">
-        <v>132</v>
+        <v>176</v>
       </c>
       <c r="N6" s="156">
-        <v>68465.25</v>
+        <v>73942.47</v>
       </c>
       <c r="O6" s="156">
-        <v>96358.5</v>
+        <v>104067.18000000001</v>
       </c>
       <c r="P6" s="156">
-        <v>112840.87499999999</v>
+        <v>121868.14499999999</v>
       </c>
       <c r="Q6" s="156">
-        <v>124124.96250000001</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:17" x14ac:dyDescent="0.2">
+        <v>134054.95950000003</v>
+      </c>
+      <c r="R6" s="156">
+        <v>144779.35626000003</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="C7" t="s">
-        <v>75</v>
+        <v>178</v>
       </c>
       <c r="E7" t="s">
-        <v>49</v>
+        <v>179</v>
       </c>
       <c r="F7">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="G7" s="156"/>
       <c r="H7" s="6">
         <f t="shared" si="0"/>
         <v>0.05</v>
       </c>
       <c r="J7">
         <f t="shared" si="1"/>
         <v>2031</v>
       </c>
       <c r="K7" s="153" t="s">
-        <v>117</v>
+        <v>180</v>
       </c>
       <c r="L7" s="153"/>
       <c r="M7" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="N7" s="156">
-        <v>82411.875</v>
+        <v>89004.825000000012</v>
       </c>
       <c r="O7" s="156">
-        <v>110305.12499999999</v>
+        <v>119129.53499999999</v>
       </c>
       <c r="P7" s="156">
-        <v>150877.125</v>
+        <v>162947.29500000001</v>
       </c>
       <c r="Q7" s="156">
-        <v>165964.83749999999</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
+        <v>179242.0245</v>
+      </c>
+      <c r="R7" s="156">
+        <v>193581.38646000001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>149</v>
+        <v>182</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>183</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>184</v>
       </c>
       <c r="F8">
-        <v>430</v>
+        <v>450</v>
       </c>
       <c r="G8" s="156"/>
       <c r="H8" s="6">
         <f t="shared" si="0"/>
         <v>6.0000000000000005E-2</v>
       </c>
       <c r="J8">
         <f t="shared" si="1"/>
         <v>2032</v>
       </c>
       <c r="K8" s="153" t="s">
-        <v>118</v>
+        <v>185</v>
       </c>
       <c r="L8" s="153"/>
     </row>
-    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="C9" t="s">
-        <v>244</v>
+        <v>187</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>188</v>
       </c>
       <c r="F9">
-        <v>430</v>
+        <v>450</v>
       </c>
       <c r="G9" s="156"/>
       <c r="H9" s="6">
         <f t="shared" si="0"/>
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="J9">
         <f t="shared" si="1"/>
         <v>2033</v>
       </c>
       <c r="K9" s="153" t="s">
-        <v>119</v>
+        <v>189</v>
       </c>
       <c r="L9" s="153"/>
       <c r="N9" s="156"/>
       <c r="O9" s="156"/>
       <c r="P9" s="156"/>
       <c r="Q9" s="156"/>
     </row>
-    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>151</v>
+        <v>190</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>191</v>
       </c>
       <c r="F10">
-        <v>430</v>
+        <v>450</v>
       </c>
       <c r="G10" s="156"/>
       <c r="H10" s="6">
         <f t="shared" si="0"/>
         <v>0.08</v>
       </c>
       <c r="J10">
         <f t="shared" si="1"/>
         <v>2034</v>
       </c>
       <c r="K10" s="153" t="s">
-        <v>120</v>
+        <v>192</v>
       </c>
       <c r="L10" s="153"/>
       <c r="N10" s="156"/>
       <c r="O10" s="156"/>
       <c r="P10" s="156"/>
       <c r="Q10" s="156"/>
     </row>
-    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>152</v>
+        <v>193</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>194</v>
       </c>
       <c r="F11">
-        <v>430</v>
+        <v>450</v>
       </c>
       <c r="G11" s="156"/>
       <c r="H11" s="6">
         <f>H10+0.01</f>
         <v>0.09</v>
       </c>
       <c r="J11">
         <f t="shared" si="1"/>
         <v>2035</v>
       </c>
       <c r="K11" s="153" t="s">
-        <v>121</v>
+        <v>195</v>
       </c>
       <c r="L11" s="153"/>
-      <c r="N11" s="156"/>
-[...4 lines deleted...]
-    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="N11" s="153"/>
+      <c r="O11" s="155"/>
+    </row>
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>153</v>
+        <v>196</v>
       </c>
       <c r="E12" t="s">
-        <v>54</v>
+        <v>197</v>
       </c>
       <c r="F12">
-        <v>530</v>
+        <v>550</v>
       </c>
       <c r="G12" s="156"/>
       <c r="H12" s="6">
         <f t="shared" si="0"/>
         <v>9.9999999999999992E-2</v>
       </c>
       <c r="J12">
         <f t="shared" si="1"/>
         <v>2036</v>
       </c>
       <c r="K12" s="153" t="s">
-        <v>122</v>
+        <v>198</v>
       </c>
       <c r="L12" s="153"/>
+      <c r="M12" s="153"/>
       <c r="N12" s="156"/>
       <c r="O12" s="156"/>
       <c r="P12" s="156"/>
       <c r="Q12" s="156"/>
-    </row>
-    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="R12" s="156"/>
+    </row>
+    <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>154</v>
+        <v>199</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>200</v>
       </c>
       <c r="F13">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="G13" s="156"/>
       <c r="J13">
         <f t="shared" si="1"/>
         <v>2037</v>
       </c>
       <c r="K13" s="153" t="s">
-        <v>123</v>
+        <v>201</v>
       </c>
       <c r="L13" s="153"/>
+      <c r="M13" s="153"/>
       <c r="N13" s="156"/>
       <c r="O13" s="156"/>
       <c r="P13" s="156"/>
       <c r="Q13" s="156"/>
-    </row>
-    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="R13" s="156"/>
+    </row>
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>155</v>
+        <v>202</v>
       </c>
       <c r="E14" t="s">
-        <v>56</v>
+        <v>203</v>
       </c>
       <c r="F14">
-        <v>550</v>
+        <v>570</v>
       </c>
       <c r="G14" s="156"/>
       <c r="J14">
         <f t="shared" si="1"/>
         <v>2038</v>
       </c>
       <c r="N14" s="156"/>
       <c r="O14" s="156"/>
       <c r="P14" s="156"/>
       <c r="Q14" s="156"/>
-    </row>
-    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="R14" s="156"/>
+    </row>
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>156</v>
+        <v>204</v>
       </c>
       <c r="J15">
         <f t="shared" si="1"/>
         <v>2039</v>
       </c>
-    </row>
-    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="N15" s="156"/>
+      <c r="O15" s="156"/>
+      <c r="P15" s="156"/>
+      <c r="Q15" s="156"/>
+      <c r="R15" s="156"/>
+    </row>
+    <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>157</v>
+        <v>205</v>
       </c>
       <c r="J16">
         <f t="shared" si="1"/>
         <v>2040</v>
       </c>
-    </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="N16" s="156"/>
+      <c r="O16" s="156"/>
+      <c r="P16" s="156"/>
+      <c r="Q16" s="156"/>
+      <c r="R16" s="156"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>158</v>
+        <v>206</v>
       </c>
       <c r="J17">
         <f t="shared" si="1"/>
         <v>2041</v>
       </c>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>159</v>
+        <v>207</v>
       </c>
       <c r="J18">
         <f t="shared" si="1"/>
         <v>2042</v>
       </c>
-    </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="N18" s="156"/>
+      <c r="O18" s="156"/>
+      <c r="P18" s="156"/>
+      <c r="Q18" s="156"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>160</v>
+        <v>208</v>
       </c>
       <c r="J19">
         <f t="shared" si="1"/>
         <v>2043</v>
       </c>
-    </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="N19" s="156"/>
+      <c r="O19" s="156"/>
+      <c r="P19" s="156"/>
+      <c r="Q19" s="156"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>161</v>
+        <v>209</v>
       </c>
       <c r="J20">
         <f t="shared" si="1"/>
         <v>2044</v>
       </c>
-    </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="N20" s="156"/>
+      <c r="O20" s="156"/>
+      <c r="P20" s="156"/>
+      <c r="Q20" s="156"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
+        <v>210</v>
+      </c>
+      <c r="N21" s="156"/>
+      <c r="O21" s="156"/>
+      <c r="P21" s="156"/>
+      <c r="Q21" s="156"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+        <v>211</v>
+      </c>
+      <c r="N22" s="156"/>
+      <c r="O22" s="156"/>
+      <c r="P22" s="156"/>
+      <c r="Q22" s="156"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>177</v>
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="C1:M95"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="H103" sqref="H103"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.59765625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2" style="3" customWidth="1"/>
-    <col min="2" max="2" width="2.375" style="3" customWidth="1"/>
-    <col min="3" max="3" width="4.875" style="3" customWidth="1"/>
+    <col min="2" max="2" width="2.3984375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="4.8984375" style="3" customWidth="1"/>
     <col min="4" max="4" width="22" style="3" customWidth="1"/>
-    <col min="5" max="5" width="29.625" style="3" customWidth="1"/>
-    <col min="6" max="6" width="6.125" style="3" customWidth="1"/>
+    <col min="5" max="5" width="29.59765625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="6.09765625" style="3" customWidth="1"/>
     <col min="7" max="7" width="19" style="3" customWidth="1"/>
-    <col min="8" max="8" width="19.125" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="10.125" style="3" customWidth="1"/>
+    <col min="8" max="8" width="19.09765625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="10.59765625" style="3" customWidth="1"/>
+    <col min="10" max="10" width="10.09765625" style="3" customWidth="1"/>
     <col min="11" max="11" width="13.5" style="3" customWidth="1"/>
-    <col min="12" max="12" width="17.125" style="3" customWidth="1"/>
-    <col min="13" max="16384" width="8.625" style="3"/>
+    <col min="12" max="12" width="17.09765625" style="3" customWidth="1"/>
+    <col min="13" max="16384" width="8.59765625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:13" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="1" spans="3:13" ht="24.6" x14ac:dyDescent="0.4">
       <c r="C1" s="5" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
     </row>
-    <row r="2" spans="3:13" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="3:13" ht="14.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
     </row>
-    <row r="3" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="3:13" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C3" s="280" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="D3" s="281"/>
       <c r="E3" s="281"/>
       <c r="F3" s="281"/>
       <c r="G3" s="281"/>
       <c r="H3" s="281"/>
       <c r="I3" s="281"/>
       <c r="J3" s="281"/>
       <c r="K3" s="281"/>
       <c r="L3" s="281"/>
       <c r="M3" s="282"/>
     </row>
-    <row r="4" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="3:13" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C4" s="283"/>
       <c r="D4" s="284"/>
       <c r="E4" s="284"/>
       <c r="F4" s="284"/>
       <c r="G4" s="284"/>
       <c r="H4" s="284"/>
       <c r="I4" s="284"/>
       <c r="J4" s="284"/>
       <c r="K4" s="284"/>
       <c r="L4" s="284"/>
       <c r="M4" s="285"/>
     </row>
-    <row r="5" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="3:13" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C5" s="283"/>
       <c r="D5" s="284"/>
       <c r="E5" s="284"/>
       <c r="F5" s="284"/>
       <c r="G5" s="284"/>
       <c r="H5" s="284"/>
       <c r="I5" s="284"/>
       <c r="J5" s="284"/>
       <c r="K5" s="284"/>
       <c r="L5" s="284"/>
       <c r="M5" s="285"/>
     </row>
-    <row r="6" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="3:13" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C6" s="283"/>
       <c r="D6" s="284"/>
       <c r="E6" s="284"/>
       <c r="F6" s="284"/>
       <c r="G6" s="284"/>
       <c r="H6" s="284"/>
       <c r="I6" s="284"/>
       <c r="J6" s="284"/>
       <c r="K6" s="284"/>
       <c r="L6" s="284"/>
       <c r="M6" s="285"/>
     </row>
-    <row r="7" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="3:13" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C7" s="283"/>
       <c r="D7" s="284"/>
       <c r="E7" s="284"/>
       <c r="F7" s="284"/>
       <c r="G7" s="284"/>
       <c r="H7" s="284"/>
       <c r="I7" s="284"/>
       <c r="J7" s="284"/>
       <c r="K7" s="284"/>
       <c r="L7" s="284"/>
       <c r="M7" s="285"/>
     </row>
-    <row r="8" spans="3:13" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="3:13" ht="14.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C8" s="286"/>
       <c r="D8" s="287"/>
       <c r="E8" s="287"/>
       <c r="F8" s="287"/>
       <c r="G8" s="287"/>
       <c r="H8" s="287"/>
       <c r="I8" s="287"/>
       <c r="J8" s="287"/>
       <c r="K8" s="287"/>
       <c r="L8" s="287"/>
       <c r="M8" s="288"/>
     </row>
-    <row r="9" spans="3:13" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="3:13" ht="14.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20"/>
       <c r="H9" s="20"/>
       <c r="I9" s="20"/>
       <c r="J9" s="20"/>
       <c r="K9" s="20"/>
       <c r="L9" s="20"/>
     </row>
-    <row r="10" spans="3:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-      <c r="C11" s="168"/>
+    <row r="10" spans="3:13" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C10" s="164"/>
+      <c r="D10" s="165"/>
+      <c r="E10" s="165"/>
+      <c r="F10" s="165"/>
+      <c r="G10" s="165"/>
+      <c r="H10" s="165"/>
+      <c r="I10" s="165"/>
+      <c r="J10" s="165"/>
+      <c r="K10" s="165"/>
+      <c r="L10" s="165"/>
+      <c r="M10" s="166"/>
+    </row>
+    <row r="11" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="C11" s="167"/>
       <c r="D11" s="4" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
-      <c r="M11" s="169"/>
-[...2 lines deleted...]
-      <c r="C12" s="168"/>
+      <c r="M11" s="168"/>
+    </row>
+    <row r="12" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="C12" s="167"/>
       <c r="D12" s="28"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
-      <c r="M12" s="169"/>
-[...2 lines deleted...]
-      <c r="C13" s="168"/>
+      <c r="M12" s="168"/>
+    </row>
+    <row r="13" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="C13" s="167"/>
       <c r="D13" s="28" t="s">
-        <v>35</v>
+        <v>229</v>
       </c>
       <c r="E13" s="28" t="s">
-        <v>38</v>
+        <v>230</v>
       </c>
       <c r="F13" s="28" t="s">
-        <v>31</v>
+        <v>231</v>
       </c>
       <c r="G13" s="28" t="s">
-        <v>32</v>
+        <v>232</v>
       </c>
       <c r="H13" s="28" t="s">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="I13" s="28" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="J13" s="29" t="s">
-        <v>34</v>
+        <v>235</v>
       </c>
       <c r="K13" s="29" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-      <c r="D14" s="191" t="str">
+        <v>236</v>
+      </c>
+      <c r="M13" s="168"/>
+    </row>
+    <row r="14" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="C14" s="167"/>
+      <c r="D14" s="190" t="str">
         <f>IF(RIGHT(G14,1)="5","11","12")</f>
         <v>12</v>
       </c>
       <c r="E14" s="1" t="str">
         <f>IF(D14="11","Intäkter av uppdrag","Intäkter av bidrag")</f>
         <v>Intäkter av bidrag</v>
       </c>
       <c r="F14" s="8">
         <f>IF(RIGHT(G14,1)="4","3564",3367)</f>
         <v>3367</v>
       </c>
       <c r="G14" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H14" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I14" s="10" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J14" s="11">
         <f>-'Uppdragsutb Ekonomi total'!H30</f>
         <v>0</v>
       </c>
       <c r="K14" s="10" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
-      <c r="M14" s="169"/>
-[...2 lines deleted...]
-      <c r="C15" s="168"/>
+      <c r="M14" s="168"/>
+    </row>
+    <row r="15" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="C15" s="167"/>
       <c r="D15" s="1">
         <v>21</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F15" s="12">
         <v>40</v>
       </c>
       <c r="G15" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H15" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I15" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J15" s="15">
         <f>Uppdragsutbildning!$K74+SUM(Uppdragsutbildning!$K102:$K103)</f>
         <v>0</v>
       </c>
       <c r="K15" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
-      <c r="M15" s="169"/>
-[...2 lines deleted...]
-      <c r="C16" s="168"/>
+      <c r="M15" s="168"/>
+    </row>
+    <row r="16" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="C16" s="167"/>
       <c r="D16" s="1">
         <v>22</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F16" s="12">
         <v>50</v>
       </c>
       <c r="G16" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H16" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I16" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J16" s="15">
         <f>SUM(Uppdragsutbildning!$K96:$K98)</f>
         <v>0</v>
       </c>
       <c r="K16" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
-      <c r="M16" s="169"/>
-[...2 lines deleted...]
-      <c r="C17" s="168"/>
+      <c r="M16" s="168"/>
+    </row>
+    <row r="17" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="C17" s="167"/>
       <c r="D17" s="1">
         <v>23</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>219</v>
+        <v>238</v>
       </c>
       <c r="F17" s="12">
         <v>57819</v>
       </c>
       <c r="G17" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H17" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I17" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J17" s="15">
-        <f>'Uppdragsutb Ekonomi total'!H36</f>
-        <v>19018.125</v>
+        <f>'Uppdragsutb Ekonomi total'!H36+'Uppdragsutb Ekonomi total'!H37</f>
+        <v>0</v>
       </c>
       <c r="K17" s="14" t="s">
-        <v>220</v>
-[...4 lines deleted...]
-      <c r="C18" s="168"/>
+        <v>239</v>
+      </c>
+      <c r="M17" s="168"/>
+    </row>
+    <row r="18" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="C18" s="167"/>
       <c r="D18" s="1">
         <v>23</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F18" s="16">
         <v>52</v>
       </c>
       <c r="G18" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$25="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$25)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H18" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I18" s="18" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J18" s="19">
         <f>Uppdragsutbildning!$K91</f>
         <v>0</v>
       </c>
       <c r="K18" s="18" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
-      <c r="M18" s="169"/>
-[...14 lines deleted...]
-    <row r="20" spans="3:13" x14ac:dyDescent="0.2">
+      <c r="M18" s="168"/>
+    </row>
+    <row r="19" spans="3:13" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C19" s="169"/>
+      <c r="D19" s="170"/>
+      <c r="E19" s="170"/>
+      <c r="F19" s="171"/>
+      <c r="G19" s="171"/>
+      <c r="H19" s="171"/>
+      <c r="I19" s="171"/>
+      <c r="J19" s="172"/>
+      <c r="K19" s="172"/>
+      <c r="L19" s="172"/>
+      <c r="M19" s="173"/>
+    </row>
+    <row r="20" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
     </row>
-    <row r="21" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
     </row>
-    <row r="22" spans="3:13" ht="15" hidden="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="3:13" ht="14.4" hidden="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="C22" s="21"/>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="22"/>
     </row>
-    <row r="23" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C23" s="23"/>
       <c r="D23" s="4" t="s">
-        <v>210</v>
+        <v>241</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
       <c r="J23" s="4"/>
       <c r="K23" s="4"/>
       <c r="L23" s="4"/>
       <c r="M23" s="24"/>
     </row>
-    <row r="24" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C24" s="23"/>
       <c r="D24" s="28"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="M24" s="24"/>
     </row>
-    <row r="25" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C25" s="23"/>
       <c r="D25" s="28" t="s">
-        <v>35</v>
+        <v>229</v>
       </c>
       <c r="E25" s="28" t="s">
-        <v>38</v>
+        <v>230</v>
       </c>
       <c r="F25" s="28" t="s">
-        <v>31</v>
+        <v>231</v>
       </c>
       <c r="G25" s="28" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="H25" s="28" t="s">
-        <v>32</v>
+        <v>232</v>
       </c>
       <c r="I25" s="28" t="s">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="J25" s="28" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="K25" s="29" t="s">
-        <v>34</v>
+        <v>235</v>
       </c>
       <c r="L25" s="29" t="s">
-        <v>33</v>
+        <v>236</v>
       </c>
       <c r="M25" s="24"/>
     </row>
-    <row r="26" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C26" s="23"/>
       <c r="D26" s="1">
         <v>12</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F26" s="8">
         <v>33</v>
       </c>
       <c r="G26" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H26" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I26" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J26" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K26" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,-Uppdragsutbildning!$K$112,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>0</v>
       </c>
       <c r="L26" s="10" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M26" s="24"/>
     </row>
-    <row r="27" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C27" s="23"/>
       <c r="D27" s="1">
         <v>21</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F27" s="12">
         <v>40</v>
       </c>
       <c r="G27" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H27" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I27" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J27" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K27" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103),(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>0</v>
       </c>
       <c r="L27" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M27" s="24"/>
     </row>
-    <row r="28" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C28" s="23"/>
       <c r="D28" s="1">
         <v>22</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F28" s="12">
         <v>50</v>
       </c>
       <c r="G28" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H28" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I28" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J28" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K28" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,SUM(Uppdragsutbildning!G$96:$K98),SUM(Uppdragsutbildning!$K$96:$K$98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>0</v>
       </c>
       <c r="L28" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M28" s="24"/>
     </row>
-    <row r="29" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C29" s="23"/>
       <c r="D29" s="1">
         <v>23</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F29" s="16">
         <v>52</v>
       </c>
       <c r="G29" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H29" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I29" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J29" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K29" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,Uppdragsutbildning!$K$91,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>0</v>
       </c>
       <c r="L29" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M29" s="24"/>
     </row>
-    <row r="30" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C30" s="23"/>
       <c r="D30" s="1">
         <v>12</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F30" s="8">
         <v>33</v>
       </c>
       <c r="G30" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H30" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I30" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J30" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K30" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L30" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M30" s="24"/>
     </row>
-    <row r="31" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C31" s="23"/>
       <c r="D31" s="1">
         <v>21</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F31" s="12">
         <v>40</v>
       </c>
       <c r="G31" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H31" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I31" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J31" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K31" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L31" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M31" s="24"/>
     </row>
-    <row r="32" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C32" s="23"/>
       <c r="D32" s="1">
         <v>22</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F32" s="12">
         <v>50</v>
       </c>
       <c r="G32" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H32" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I32" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J32" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K32" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,SUM(Uppdragsutbildning!G$96:$K98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L32" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M32" s="24"/>
     </row>
-    <row r="33" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C33" s="23"/>
       <c r="D33" s="1">
         <v>23</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F33" s="16">
         <v>52</v>
       </c>
       <c r="G33" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H33" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I33" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J33" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K33" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L33" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M33" s="24"/>
     </row>
-    <row r="34" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C34" s="23"/>
       <c r="D34" s="1">
         <v>12</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F34" s="8">
         <v>33</v>
       </c>
       <c r="G34" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H34" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I34" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J34" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K34" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L34" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M34" s="24"/>
     </row>
-    <row r="35" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C35" s="23"/>
       <c r="D35" s="1">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F35" s="12">
         <v>40</v>
       </c>
       <c r="G35" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H35" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I35" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J35" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K35" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L35" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M35" s="24"/>
     </row>
-    <row r="36" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C36" s="23"/>
       <c r="D36" s="1">
         <v>22</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F36" s="12">
         <v>50</v>
       </c>
       <c r="G36" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H36" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I36" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J36" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K36" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,SUM(Uppdragsutbildning!G$96:$K98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L36" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M36" s="24"/>
     </row>
-    <row r="37" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C37" s="23"/>
       <c r="D37" s="1">
         <v>23</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F37" s="16">
         <v>52</v>
       </c>
       <c r="G37" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H37" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I37" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J37" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K37" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L37" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M37" s="24"/>
     </row>
-    <row r="38" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C38" s="23"/>
       <c r="D38" s="1">
         <v>12</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F38" s="8">
         <v>33</v>
       </c>
       <c r="G38" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H38" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I38" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J38" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K38" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L38" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M38" s="24"/>
     </row>
-    <row r="39" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C39" s="23"/>
       <c r="D39" s="1">
         <v>21</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F39" s="12">
         <v>40</v>
       </c>
       <c r="G39" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H39" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I39" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J39" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K39" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L39" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M39" s="24"/>
     </row>
-    <row r="40" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C40" s="23"/>
       <c r="D40" s="1">
         <v>22</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F40" s="12">
         <v>50</v>
       </c>
       <c r="G40" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H40" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I40" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J40" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K40" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,SUM(Uppdragsutbildning!G$96:$K98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L40" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M40" s="24"/>
     </row>
-    <row r="41" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C41" s="23"/>
       <c r="D41" s="1">
         <v>23</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F41" s="16">
         <v>52</v>
       </c>
       <c r="G41" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H41" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I41" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J41" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K41" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L41" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M41" s="24"/>
     </row>
-    <row r="42" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C42" s="23"/>
       <c r="D42" s="1">
         <v>12</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F42" s="8">
         <v>33</v>
       </c>
       <c r="G42" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H42" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I42" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J42" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K42" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,-Uppdragsutbildning!$K$112/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L42" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M42" s="24"/>
     </row>
-    <row r="43" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C43" s="23"/>
       <c r="D43" s="1">
         <v>21</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F43" s="12">
         <v>40</v>
       </c>
       <c r="G43" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H43" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I43" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J43" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K43" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,(Uppdragsutbildning!$K$74+SUM(Uppdragsutbildning!G$102:$K103))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L43" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M43" s="24"/>
     </row>
-    <row r="44" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C44" s="23"/>
       <c r="D44" s="1">
         <v>22</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F44" s="12">
         <v>50</v>
       </c>
       <c r="G44" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H44" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I44" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J44" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K44" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,SUM(Uppdragsutbildning!G$96:$K98)/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L44" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M44" s="24"/>
     </row>
-    <row r="45" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C45" s="23"/>
       <c r="D45" s="1">
         <v>23</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F45" s="16">
         <v>52</v>
       </c>
       <c r="G45" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H45" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I45" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J45" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K45" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,Uppdragsutbildning!$K$91/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L45" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M45" s="24"/>
     </row>
-    <row r="46" spans="3:13" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="3:13" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C46" s="25"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="30"/>
       <c r="J46" s="30"/>
       <c r="K46" s="30"/>
       <c r="L46" s="30"/>
       <c r="M46" s="26"/>
     </row>
-    <row r="47" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47"/>
     </row>
-    <row r="48" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="48" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
     </row>
-    <row r="49" spans="3:13" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="49" spans="3:13" ht="24.6" x14ac:dyDescent="0.4">
       <c r="C49" s="5" t="s">
-        <v>216</v>
+        <v>243</v>
       </c>
       <c r="D49" s="5"/>
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
       <c r="G49" s="5"/>
       <c r="H49" s="5"/>
       <c r="I49" s="5"/>
       <c r="J49" s="5"/>
       <c r="K49" s="5"/>
       <c r="L49" s="5"/>
       <c r="M49" s="5"/>
     </row>
-    <row r="50" spans="3:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="3:13" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>
     </row>
-    <row r="51" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="51" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C51" s="280" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="D51" s="281"/>
       <c r="E51" s="281"/>
       <c r="F51" s="281"/>
       <c r="G51" s="281"/>
       <c r="H51" s="281"/>
       <c r="I51" s="281"/>
       <c r="J51" s="281"/>
       <c r="K51" s="281"/>
       <c r="L51" s="281"/>
       <c r="M51" s="282"/>
     </row>
-    <row r="52" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="52" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C52" s="283"/>
       <c r="D52" s="284"/>
       <c r="E52" s="284"/>
       <c r="F52" s="284"/>
       <c r="G52" s="284"/>
       <c r="H52" s="284"/>
       <c r="I52" s="284"/>
       <c r="J52" s="284"/>
       <c r="K52" s="284"/>
       <c r="L52" s="284"/>
       <c r="M52" s="285"/>
     </row>
-    <row r="53" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="53" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C53" s="283"/>
       <c r="D53" s="284"/>
       <c r="E53" s="284"/>
       <c r="F53" s="284"/>
       <c r="G53" s="284"/>
       <c r="H53" s="284"/>
       <c r="I53" s="284"/>
       <c r="J53" s="284"/>
       <c r="K53" s="284"/>
       <c r="L53" s="284"/>
       <c r="M53" s="285"/>
     </row>
-    <row r="54" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="54" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C54" s="283"/>
       <c r="D54" s="284"/>
       <c r="E54" s="284"/>
       <c r="F54" s="284"/>
       <c r="G54" s="284"/>
       <c r="H54" s="284"/>
       <c r="I54" s="284"/>
       <c r="J54" s="284"/>
       <c r="K54" s="284"/>
       <c r="L54" s="284"/>
       <c r="M54" s="285"/>
     </row>
-    <row r="55" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="55" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C55" s="283"/>
       <c r="D55" s="284"/>
       <c r="E55" s="284"/>
       <c r="F55" s="284"/>
       <c r="G55" s="284"/>
       <c r="H55" s="284"/>
       <c r="I55" s="284"/>
       <c r="J55" s="284"/>
       <c r="K55" s="284"/>
       <c r="L55" s="284"/>
       <c r="M55" s="285"/>
     </row>
-    <row r="56" spans="3:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="3:13" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C56" s="286"/>
       <c r="D56" s="287"/>
       <c r="E56" s="287"/>
       <c r="F56" s="287"/>
       <c r="G56" s="287"/>
       <c r="H56" s="287"/>
       <c r="I56" s="287"/>
       <c r="J56" s="287"/>
       <c r="K56" s="287"/>
       <c r="L56" s="287"/>
       <c r="M56" s="288"/>
     </row>
-    <row r="57" spans="3:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="3:13" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D57" s="20"/>
       <c r="E57" s="20"/>
       <c r="F57" s="20"/>
       <c r="G57" s="20"/>
       <c r="H57" s="20"/>
       <c r="I57" s="20"/>
       <c r="J57" s="20"/>
       <c r="K57" s="20"/>
       <c r="L57" s="20"/>
     </row>
-    <row r="58" spans="3:13" ht="15" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="3:13" ht="14.4" thickTop="1" x14ac:dyDescent="0.25">
       <c r="C58" s="21"/>
       <c r="D58" s="27"/>
       <c r="E58" s="27"/>
       <c r="F58" s="27"/>
       <c r="G58" s="27"/>
       <c r="H58" s="27"/>
       <c r="I58" s="27"/>
       <c r="J58" s="27"/>
       <c r="K58" s="27"/>
       <c r="L58" s="27"/>
       <c r="M58" s="22"/>
     </row>
-    <row r="59" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="59" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C59" s="23"/>
       <c r="D59" s="4" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="4"/>
       <c r="H59" s="4"/>
       <c r="I59" s="4"/>
       <c r="J59" s="4"/>
       <c r="K59" s="4"/>
       <c r="L59" s="4"/>
       <c r="M59" s="24"/>
     </row>
-    <row r="60" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="60" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C60" s="23"/>
       <c r="D60" s="28"/>
       <c r="E60"/>
       <c r="F60"/>
       <c r="G60"/>
       <c r="H60"/>
       <c r="I60"/>
       <c r="M60" s="24"/>
     </row>
-    <row r="61" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="61" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C61" s="23"/>
       <c r="D61" s="28" t="s">
-        <v>35</v>
+        <v>229</v>
       </c>
       <c r="E61" s="28" t="s">
-        <v>38</v>
+        <v>230</v>
       </c>
       <c r="F61" s="28" t="s">
-        <v>31</v>
+        <v>231</v>
       </c>
       <c r="G61" s="28" t="s">
-        <v>32</v>
+        <v>232</v>
       </c>
       <c r="H61" s="28" t="s">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="I61" s="28" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="J61" s="29" t="s">
-        <v>34</v>
+        <v>235</v>
       </c>
       <c r="K61" s="29" t="s">
-        <v>33</v>
+        <v>236</v>
       </c>
       <c r="M61" s="24"/>
     </row>
-    <row r="62" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="62" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C62" s="23"/>
-      <c r="D62" s="191" t="str">
+      <c r="D62" s="190" t="str">
         <f>IF(RIGHT(G62,1)="5","11","12")</f>
         <v>12</v>
       </c>
       <c r="E62" s="1" t="str">
         <f>IF(D62="11","Intäkter av uppdrag","Intäkter av bidrag")</f>
         <v>Intäkter av bidrag</v>
       </c>
-      <c r="F62" s="190" t="str">
+      <c r="F62" s="189" t="str">
         <f>IF(RIGHT(G62,1)="4","35","334")</f>
         <v>334</v>
       </c>
       <c r="G62" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H62" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I62" s="10" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J62" s="11">
         <f>-'Uppdragsutb Ekonomi total'!H30</f>
         <v>0</v>
       </c>
       <c r="K62" s="10" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M62" s="24"/>
     </row>
-    <row r="63" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="63" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C63" s="23"/>
-      <c r="D63" s="191" t="str">
+      <c r="D63" s="190" t="str">
         <f>IF(RIGHT(G63,1)="5","11","12")</f>
         <v>12</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>221</v>
+        <v>245</v>
       </c>
       <c r="F63" s="12">
         <f>IF(RIGHT(G63,1)="4","3564",3367)</f>
         <v>3367</v>
       </c>
       <c r="G63" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H63" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I63" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J63" s="15">
         <f>'Uppdragsutb Ekonomi total'!H30</f>
         <v>0</v>
       </c>
       <c r="K63" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M63" s="24"/>
     </row>
-    <row r="64" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="64" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C64" s="23"/>
       <c r="D64" s="1">
         <v>121</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>218</v>
+        <v>246</v>
       </c>
       <c r="F64" s="12">
         <v>34119</v>
       </c>
       <c r="G64" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H64" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I64" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J64" s="15">
-        <f>-'Uppdragsutb Ekonomi total'!H36</f>
-        <v>-19018.125</v>
+        <f>-'Uppdragsutb Ekonomi total'!H36-'Uppdragsutb Ekonomi total'!H37</f>
+        <v>0</v>
       </c>
       <c r="K64" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M64" s="24"/>
     </row>
-    <row r="65" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="65" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C65" s="23"/>
       <c r="D65" s="1">
         <v>21</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F65" s="12">
         <v>40</v>
       </c>
       <c r="G65" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H65" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I65" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J65" s="15">
-        <f>IFERROR(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)),0)</f>
+        <f>IFERROR(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173)/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="K65" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M65" s="24"/>
     </row>
-    <row r="66" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="66" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C66" s="23"/>
       <c r="D66" s="1">
         <v>22</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F66" s="12">
         <v>50</v>
       </c>
       <c r="G66" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H66" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I66" s="14" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J66" s="15">
-        <f>IFERROR((Uppdragsutbildning!$K179*(Uppdragsutbildning!$K172/Uppdragsutbildning!$K179)),0)+Uppdragsutbildning!K145</f>
+        <f>IFERROR((Uppdragsutbildning!$K179*(Uppdragsutbildning!$K172/Uppdragsutbildning!$K179)),0)</f>
         <v>0</v>
       </c>
       <c r="K66" s="14" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M66" s="24"/>
     </row>
-    <row r="67" spans="3:13" x14ac:dyDescent="0.2">
+    <row r="67" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C67" s="23"/>
       <c r="D67" s="1">
         <v>23</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F67" s="16">
         <v>52</v>
       </c>
       <c r="G67" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="H67" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="I67" s="18" t="str">
         <f>Uppdragsutbildning!$H$23&amp;Uppdragsutbildning!$G$23</f>
         <v/>
       </c>
       <c r="J67" s="19">
-        <f>IFERROR(SUM(Uppdragsutbildning!K$133:$K136)+(Uppdragsutbildning!$K179*(Uppdragsutbildning!$K174/Uppdragsutbildning!$K179)),0)</f>
+        <f>IFERROR(SUM(Uppdragsutbildning!K$133:$K136)+(Uppdragsutbildning!$K179*(Uppdragsutbildning!$K174/Uppdragsutbildning!$K179)+Uppdragsutbildning!$K$175),0)</f>
         <v>0</v>
       </c>
       <c r="K67" s="18" t="str">
         <f>"Budget totalt "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget totalt </v>
       </c>
       <c r="M67" s="24"/>
     </row>
-    <row r="68" spans="3:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="3:13" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C68" s="25"/>
       <c r="D68" s="2"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
       <c r="I68" s="2"/>
       <c r="J68" s="30"/>
       <c r="K68" s="30"/>
       <c r="L68" s="30"/>
       <c r="M68" s="26"/>
     </row>
-    <row r="69" spans="3:13" ht="15" thickTop="1" x14ac:dyDescent="0.2"/>
-    <row r="71" spans="3:13" ht="15" hidden="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="3:13" ht="14.4" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="71" spans="3:13" ht="14.4" hidden="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="C71" s="21"/>
       <c r="D71" s="27"/>
       <c r="E71" s="27"/>
       <c r="F71" s="27"/>
       <c r="G71" s="27"/>
       <c r="H71" s="27"/>
       <c r="I71" s="27"/>
       <c r="J71" s="27"/>
       <c r="K71" s="27"/>
       <c r="L71" s="27"/>
       <c r="M71" s="22"/>
     </row>
-    <row r="72" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C72" s="23"/>
       <c r="D72" s="4" t="s">
-        <v>210</v>
+        <v>241</v>
       </c>
       <c r="E72" s="4"/>
       <c r="F72" s="4"/>
       <c r="G72" s="4"/>
       <c r="H72" s="4"/>
       <c r="I72" s="4"/>
       <c r="J72" s="4"/>
       <c r="K72" s="4"/>
       <c r="L72" s="4"/>
       <c r="M72" s="24"/>
     </row>
-    <row r="73" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C73" s="23"/>
       <c r="D73" s="28"/>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73"/>
       <c r="I73"/>
       <c r="M73" s="24"/>
     </row>
-    <row r="74" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C74" s="23"/>
       <c r="D74" s="28" t="s">
-        <v>35</v>
+        <v>229</v>
       </c>
       <c r="E74" s="28" t="s">
-        <v>38</v>
+        <v>230</v>
       </c>
       <c r="F74" s="28" t="s">
-        <v>31</v>
+        <v>231</v>
       </c>
       <c r="G74" s="28" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="H74" s="28" t="s">
-        <v>32</v>
+        <v>232</v>
       </c>
       <c r="I74" s="28" t="s">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="J74" s="28" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="K74" s="29" t="s">
-        <v>34</v>
+        <v>235</v>
       </c>
       <c r="L74" s="29" t="s">
-        <v>33</v>
+        <v>236</v>
       </c>
       <c r="M74" s="24"/>
     </row>
-    <row r="75" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C75" s="23"/>
       <c r="D75" s="1">
         <v>12</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F75" s="8">
         <v>33</v>
       </c>
       <c r="G75" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H75" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I75" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J75" s="10" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K75" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,-Uppdragsutbildning!$K$182,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
-        <v>-19018.125</v>
+        <v>0</v>
       </c>
       <c r="L75" s="10" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M75" s="24"/>
     </row>
-    <row r="76" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C76" s="23"/>
       <c r="D76" s="1">
         <v>21</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F76" s="12">
         <v>40</v>
       </c>
       <c r="G76" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H76" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I76" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J76" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K76" s="15" t="e">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)),(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
-        <v>#DIV/0!</v>
+        <v>#VALUE!</v>
       </c>
       <c r="L76" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M76" s="24"/>
     </row>
-    <row r="77" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C77" s="23"/>
       <c r="D77" s="1">
         <v>22</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F77" s="12">
         <v>50</v>
       </c>
       <c r="G77" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H77" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I77" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J77" s="14" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K77" s="15" t="e">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179)),(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>#DIV/0!</v>
       </c>
       <c r="L77" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M77" s="24"/>
     </row>
-    <row r="78" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C78" s="23"/>
       <c r="D78" s="1">
         <v>23</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F78" s="16">
         <v>52</v>
       </c>
       <c r="G78" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H78" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I78" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="J78" s="18" t="str">
         <f>Uppdragsutbildning!$H$22&amp;Uppdragsutbildning!$G$22</f>
         <v/>
       </c>
       <c r="K78" s="19" t="e">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22=0,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1))</f>
         <v>#DIV/0!</v>
       </c>
       <c r="L78" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget  </v>
       </c>
       <c r="M78" s="24"/>
     </row>
-    <row r="79" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C79" s="23"/>
       <c r="D79" s="1">
         <v>12</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F79" s="8">
         <v>33</v>
       </c>
       <c r="G79" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H79" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I79" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J79" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K79" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L79" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M79" s="24"/>
     </row>
-    <row r="80" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C80" s="23"/>
       <c r="D80" s="1">
         <v>21</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F80" s="12">
         <v>40</v>
       </c>
       <c r="G80" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H80" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I80" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J80" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K80" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!G$124:$K125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L80" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M80" s="24"/>
     </row>
-    <row r="81" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C81" s="23"/>
       <c r="D81" s="1">
         <v>22</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F81" s="12">
         <v>50</v>
       </c>
       <c r="G81" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H81" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I81" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J81" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K81" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L81" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M81" s="24"/>
     </row>
-    <row r="82" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C82" s="23"/>
       <c r="D82" s="1">
         <v>23</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F82" s="16">
         <v>52</v>
       </c>
       <c r="G82" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H82" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I82" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="J82" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+1&amp;Uppdragsutbildning!$G$22</f>
         <v>1</v>
       </c>
       <c r="K82" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=1,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="L82" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+1&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 1 </v>
       </c>
       <c r="M82" s="24"/>
     </row>
-    <row r="83" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C83" s="23"/>
       <c r="D83" s="1">
         <v>12</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F83" s="8">
         <v>33</v>
       </c>
       <c r="G83" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H83" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I83" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J83" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K83" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L83" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M83" s="24"/>
     </row>
-    <row r="84" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C84" s="23"/>
       <c r="D84" s="1">
         <v>21</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F84" s="12">
         <v>40</v>
       </c>
       <c r="G84" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H84" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I84" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J84" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K84" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L84" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M84" s="24"/>
     </row>
-    <row r="85" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C85" s="23"/>
       <c r="D85" s="1">
         <v>22</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F85" s="12">
         <v>50</v>
       </c>
       <c r="G85" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H85" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I85" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J85" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K85" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L85" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M85" s="24"/>
     </row>
-    <row r="86" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C86" s="23"/>
       <c r="D86" s="1">
         <v>23</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F86" s="16">
         <v>52</v>
       </c>
       <c r="G86" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H86" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I86" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="J86" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+2&amp;Uppdragsutbildning!$G$22</f>
         <v>2</v>
       </c>
       <c r="K86" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=2,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="L86" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+2&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 2 </v>
       </c>
       <c r="M86" s="24"/>
     </row>
-    <row r="87" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C87" s="23"/>
       <c r="D87" s="1">
         <v>12</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F87" s="8">
         <v>33</v>
       </c>
       <c r="G87" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H87" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I87" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J87" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K87" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L87" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M87" s="24"/>
     </row>
-    <row r="88" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C88" s="23"/>
       <c r="D88" s="1">
         <v>21</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F88" s="12">
         <v>40</v>
       </c>
       <c r="G88" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H88" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I88" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J88" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K88" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L88" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M88" s="24"/>
     </row>
-    <row r="89" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C89" s="23"/>
       <c r="D89" s="1">
         <v>22</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F89" s="12">
         <v>50</v>
       </c>
       <c r="G89" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H89" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I89" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J89" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K89" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L89" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M89" s="24"/>
     </row>
-    <row r="90" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C90" s="23"/>
       <c r="D90" s="1">
         <v>23</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F90" s="16">
         <v>52</v>
       </c>
       <c r="G90" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H90" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I90" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="J90" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+3&amp;Uppdragsutbildning!$G$22</f>
         <v>3</v>
       </c>
       <c r="K90" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=3,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="L90" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+3&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 3 </v>
       </c>
       <c r="M90" s="24"/>
     </row>
-    <row r="91" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C91" s="23"/>
       <c r="D91" s="1">
         <v>12</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F91" s="8">
         <v>33</v>
       </c>
       <c r="G91" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H91" s="9" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I91" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J91" s="10" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K91" s="11">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,-Uppdragsutbildning!$K$182/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L91" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M91" s="24"/>
     </row>
-    <row r="92" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C92" s="23"/>
       <c r="D92" s="1">
         <v>21</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="F92" s="12">
         <v>40</v>
       </c>
       <c r="G92" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H92" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I92" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J92" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K92" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,(Uppdragsutbildning!$K$168+Uppdragsutbildning!$K$120+SUM(Uppdragsutbildning!$K$124:$K$125)+(Uppdragsutbildning!$K$179*((Uppdragsutbildning!$K$173+Uppdragsutbildning!$K$175)/Uppdragsutbildning!$K$179)))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L92" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M92" s="24"/>
     </row>
-    <row r="93" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C93" s="23"/>
       <c r="D93" s="1">
         <v>22</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="F93" s="12">
         <v>50</v>
       </c>
       <c r="G93" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H93" s="13" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I93" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J93" s="14" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K93" s="15">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$172/Uppdragsutbildning!$K$179))/(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22+1),0)</f>
         <v>0</v>
       </c>
       <c r="L93" s="14" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M93" s="24"/>
     </row>
-    <row r="94" spans="3:13" hidden="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="3:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="C94" s="23"/>
       <c r="D94" s="1">
         <v>23</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="F94" s="16">
         <v>52</v>
       </c>
       <c r="G94" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$21="","",LEFT(Uppdragsutbildning!$G$21,2))</f>
         <v/>
       </c>
       <c r="H94" s="17" t="str">
         <f>IF(Uppdragsutbildning!$G$29="","FYLL I PROJEKTNUMMER",Uppdragsutbildning!$G$29)</f>
         <v>FYLL I PROJEKTNUMMER</v>
       </c>
       <c r="I94" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="J94" s="18" t="str">
         <f>Uppdragsutbildning!$H$22+4&amp;Uppdragsutbildning!$G$22</f>
         <v>4</v>
       </c>
       <c r="K94" s="19">
         <f>IF(Uppdragsutbildning!$H$23-Uppdragsutbildning!$H$22&gt;=4,SUM(Uppdragsutbildning!$K$133:$K$136)+(Uppdragsutbildning!$K$179*(Uppdragsutbildning!$K$174/Uppdragsutbildning!$K$179)),0)</f>
         <v>0</v>
       </c>
       <c r="L94" s="18" t="str">
         <f>"Budget "&amp;Uppdragsutbildning!$H$22+4&amp;" "&amp;Uppdragsutbildning!$G$27</f>
         <v xml:space="preserve">Budget 4 </v>
       </c>
       <c r="M94" s="24"/>
     </row>
-    <row r="95" spans="3:13" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="3:13" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C95" s="25"/>
       <c r="D95" s="2"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
       <c r="I95" s="30"/>
       <c r="J95" s="30"/>
       <c r="K95" s="30"/>
       <c r="L95" s="30"/>
       <c r="M95" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="C51:M56"/>
     <mergeCell ref="C3:M8"/>
   </mergeCells>
   <conditionalFormatting sqref="D30:L45 D79:L94">
     <cfRule type="expression" dxfId="0" priority="20">
       <formula>(#REF!=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="49" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100F2DC2C470B584241A100D405E4C41B21" ma:contentTypeVersion="8" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="e397f272865ac8449f73ae18108b2031">
-[...1 lines deleted...]
-    <xsd:import namespace="f8bc0796-d35d-46b5-89b9-96942bae3484"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a57b3ca1-0869-4b6c-8f22-a976232c6a9f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101000584509EC148E245B119F0ED28CAEE3B" ma:contentTypeVersion="16" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="9296f4153c0eff6bc26cb9647a1b8b80">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a57b3ca1-0869-4b6c-8f22-a976232c6a9f" xmlns:ns3="e33f1eb9-dc5b-4ce1-9ea5-0049ad9e9d12" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9fa14df424b7edf407254e3650e2062c" ns2:_="" ns3:_="">
+    <xsd:import namespace="a57b3ca1-0869-4b6c-8f22-a976232c6a9f"/>
+    <xsd:import namespace="e33f1eb9-dc5b-4ce1-9ea5-0049ad9e9d12"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...6 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f8bc0796-d35d-46b5-89b9-96942bae3484" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a57b3ca1-0869-4b6c-8f22-a976232c6a9f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...8 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d34d398b-60ba-4ad0-a6da-da1ce693b88b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e33f1eb9-dc5b-4ce1-9ea5-0049ad9e9d12" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -11384,134 +11488,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EAC7819-A50C-4C18-8218-0EF6F2D3F5D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00AEB6CD-CE72-4409-9EA7-55ABF0D74F05}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD474FB7-133A-4E89-B93B-CD85551AAD61}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a57b3ca1-0869-4b6c-8f22-a976232c6a9f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00AEB6CD-CE72-4409-9EA7-55ABF0D74F05}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28815C84-2BAC-408D-8EB2-65BE8F768A7F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a57b3ca1-0869-4b6c-8f22-a976232c6a9f"/>
+    <ds:schemaRef ds:uri="e33f1eb9-dc5b-4ce1-9ea5-0049ad9e9d12"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Namngivna områden</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Uppdragsutbildning</vt:lpstr>
       <vt:lpstr>Uppdragsutb Ekonomi total</vt:lpstr>
       <vt:lpstr>Tabeller</vt:lpstr>
       <vt:lpstr>Budget för inläsning UU &amp; Inst</vt:lpstr>
       <vt:lpstr>Uppdragsutbildning!Print_Area2</vt:lpstr>
       <vt:lpstr>'Budget för inläsning UU &amp; Inst'!Utskriftsområde</vt:lpstr>
       <vt:lpstr>'Uppdragsutb Ekonomi total'!Utskriftsområde</vt:lpstr>
       <vt:lpstr>Uppdragsutbildning!Utskriftsområde</vt:lpstr>
       <vt:lpstr>Uppdragsutbildning!Utskriftsrubriker</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Jan Petersson</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Michael Bose</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100F2DC2C470B584241A100D405E4C41B21</vt:lpwstr>
+    <vt:lpwstr>0x0101000584509EC148E245B119F0ED28CAEE3B</vt:lpwstr>
   </property>
 </Properties>
 </file>