--- v0 (2025-10-06)
+++ v1 (2026-02-24)
@@ -11,51 +11,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6D53AB3E" w14:textId="77777777" w:rsidR="001A4234" w:rsidRPr="002A4FF9" w:rsidRDefault="0042548F" w:rsidP="002A4FF9">
       <w:pPr>
         <w:sectPr w:rsidR="001A4234" w:rsidRPr="002A4FF9" w:rsidSect="003B4DFC">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:headerReference w:type="first" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="2268" w:right="1418" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:num="2" w:space="567" w:equalWidth="0">
             <w:col w:w="3232" w:space="567"/>
             <w:col w:w="4421"/>
           </w:cols>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="775F964C" wp14:editId="2915D8F9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
@@ -95,600 +95,577 @@
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1799590" cy="737870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="660DC2E5" w14:textId="4AC0C826" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
         <w:t>Enkel kommunikationsplan mall</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3098238B" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9"/>
-    <w:p w14:paraId="3D2EC792" w14:textId="2D5C97DD" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="00000000" w:rsidP="002A4FF9">
+    <w:p w14:paraId="46AAF4DF" w14:textId="5F13662C" w:rsidR="003A6103" w:rsidRPr="002A4FF9" w:rsidRDefault="004511E8" w:rsidP="002A4FF9">
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">När du gör något som berör många människor behöver du kommunicera. Ibland kan du behöva en plan för kommunikationen. Den kan handla om hur man lämpligast kommunicerar en ny utbildning, ett forskningsprojekt, en organisationsförändring, ett nytt IT-system. </w:t>
+        <w:t xml:space="preserve">Ett enkelt sätt att göra en kommunikationsplan är att ställa </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="46AAF4DF" w14:textId="3CC6BEDC" w:rsidR="003A6103" w:rsidRPr="002A4FF9" w:rsidRDefault="00000000" w:rsidP="002A4FF9">
       <w:r w:rsidRPr="002A4FF9">
-        <w:t>Ett enkelt sätt att göra en kommunikationsplan är att ställa sig 4 frågor på V</w:t>
+        <w:t>4 frågor på V</w:t>
       </w:r>
       <w:r w:rsidR="002A4FF9">
         <w:t xml:space="preserve">. Under varje rubrik finns förslag på frågor som kan vara relevanta för dig. </w:t>
       </w:r>
       <w:r w:rsidR="00555FEB">
         <w:t xml:space="preserve">Du kanske väljer en eller två frågor per rubrik. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DFF71D1" w14:textId="77777777" w:rsidR="003A6103" w:rsidRPr="002A4FF9" w:rsidRDefault="00000000" w:rsidP="002A4FF9">
+    <w:p w14:paraId="5DFF71D1" w14:textId="77777777" w:rsidR="003A6103" w:rsidRPr="002A4FF9" w:rsidRDefault="004511E8" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF12B9">
         <w:t>Varför?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229373E1" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="0DD1331E" w14:textId="4921D0DC" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="003D38B0">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">Varför behövs kommunikationsinsatser? </w:t>
+        <w:t>Varför behövs kommunikationsinsatser</w:t>
+      </w:r>
+      <w:r w:rsidR="003D38B0">
+        <w:t xml:space="preserve"> - v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve">ilka behov behöver tillgodoses? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD1331E" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="2DA2B81A" w14:textId="70C481A8" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">Vilka behov behöver tillgodoses? </w:t>
+        <w:t>Vilken utmaning</w:t>
+      </w:r>
+      <w:r w:rsidR="003D38B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t>ska kommunikationen lösa? Är det verkligen ett kommunikationsproblem?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA2B81A" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="567D8BBF" w14:textId="29D08634" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="003D38B0" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">Vilken utmaning/vilka problem ska kommunikationen lösa? </w:t>
+      <w:r>
+        <w:t>Vilka</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A4FF9">
-[...1 lines deleted...]
-        <w:t>(Är det verkligen ett kommunikationsproblem?)</w:t>
+      <w:r w:rsidR="002A4FF9" w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve"> andra insatser</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> behövs (utbildning, </w:t>
+      </w:r>
+      <w:r w:rsidR="00736ED3">
+        <w:t xml:space="preserve">förenkling av system </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00736ED3">
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00736ED3">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567D8BBF" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="6D3C8707" w14:textId="3C98AE99" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="00BF4CF1" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A4FF9">
-        <w:t>På vilket sätt kan just kommunikation hjälpa – kanske behövs (också) andra insatser?</w:t>
+      <w:r>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4FF9" w:rsidRPr="002A4FF9">
+        <w:t>ad vill du uppnå</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidR="002A4FF9" w:rsidRPr="002A4FF9">
+        <w:t>Ökad kännedom? Bättre förståelse? Förändrat beteende</w:t>
+      </w:r>
+      <w:r>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2966F11C" w14:textId="07503052" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="2BBE5983" w14:textId="77777777" w:rsidR="003A6103" w:rsidRPr="002A4FF9" w:rsidRDefault="004511E8" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...32 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF12B9">
         <w:t>Vem?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="422E7FD2" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="422E7FD2" w14:textId="1916304D" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t>Vilka är dina målgrupper och intressenter?</w:t>
+        <w:t>Vilka är dina målgrupper?</w:t>
+      </w:r>
+      <w:r w:rsidR="00F602D0">
+        <w:t xml:space="preserve"> Hur säkerställer du att ingen grupp glöms bort?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CEA83F8" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="0CEA83F8" w14:textId="352CB613" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="00BF4CF1" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A4FF9">
-        <w:t>Vilka vänder du dig till?</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Vänder du dig direkt till </w:t>
+      </w:r>
+      <w:r w:rsidR="00F602D0">
+        <w:t>målgruppen</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:r w:rsidR="00F602D0">
+        <w:t xml:space="preserve">kommer någon att behöva förmedla budskapen? Hur hjälper du dem? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD56B0E" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="1BD56B0E" w14:textId="7F0716F1" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t>Vad har vi för data och annan kunskap om målgrupperna?</w:t>
+        <w:t xml:space="preserve">Vad </w:t>
+      </w:r>
+      <w:r w:rsidR="00F602D0">
+        <w:t>vet vi om målgrupperna, vilken</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve"> data och annan kunskap</w:t>
+      </w:r>
+      <w:r w:rsidR="00F602D0">
+        <w:t xml:space="preserve"> finns</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6578C722" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="6578C722" w14:textId="6D045B96" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t>Vad har de för behov, kunskaper och önskemål?</w:t>
+        <w:t xml:space="preserve">Vad har </w:t>
+      </w:r>
+      <w:r w:rsidR="00F602D0">
+        <w:t>målgrupperna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve"> för behov, kunskaper och önskemål?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="657C5564" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="657C5564" w14:textId="52A66936" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">Vad vill du att målgruppen ska veta, känna och göra? </w:t>
+        <w:t>Vad vill du att målgruppe</w:t>
+      </w:r>
+      <w:r w:rsidR="00F602D0">
+        <w:t>rna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve"> ska veta, känna och göra? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF659BE" w14:textId="06A96EB6" w:rsidR="003A6103" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="407CB05C" w14:textId="77777777" w:rsidR="003A6103" w:rsidRPr="002A4FF9" w:rsidRDefault="004511E8" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:rPr>
-[...25 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF12B9">
         <w:t>Vad?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045A5AE6" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="509E522B" w14:textId="77777777" w:rsidR="00695734" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t>Budskap</w:t>
+        <w:t xml:space="preserve">Vad vill du säga? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="195DE6D9" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="195DE6D9" w14:textId="4C647CD9" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">Vad vill du säga? </w:t>
-[...2 lines deleted...]
-        <w:br/>
         <w:t xml:space="preserve">Är dina budskap relevanta och anpassade för dina målgrupper? </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A4FF9">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">För att ett budskap ska vara intressant, begripligt och användbart behöver det utformas ur målgruppens synvinkel: Vad betyder detta för mig? Hur kan denna information underlätta mitt arbete? </w:t>
+      <w:r w:rsidR="001440D1">
+        <w:t xml:space="preserve">Om du utgår från att målgruppen har en viss förförståelse, säkerställ att det är så. Exempel </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-        <w:t>etc.</w:t>
+      <w:r w:rsidR="002F52DE">
+        <w:t>–</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002A4FF9">
+      <w:r w:rsidR="001440D1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="002F52DE">
+        <w:t xml:space="preserve">om alla inte är ekonomer så kan du inte använda interna ekonomi-begrepp. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5E14F50E" w14:textId="41871B66" w:rsidR="003A6103" w:rsidRPr="00555FEB" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="7631630E" w14:textId="33DFF59C" w:rsidR="00695734" w:rsidRDefault="002A4FF9" w:rsidP="00695734">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
         <w:t xml:space="preserve">Vilken effekt vill du uppnå med dina budskap? Fundera gärna både övergripande och per aktivitet. </w:t>
       </w:r>
+      <w:r w:rsidR="0092670C" w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve">Exempelvis inför ett viktigt möte: </w:t>
+      </w:r>
+      <w:r w:rsidR="0092670C" w:rsidRPr="002A4FF9">
+        <w:lastRenderedPageBreak/>
+        <w:t>vad vill du att deltagarna ska minnas/tycka/göra efter att mötet är slut?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E14F50E" w14:textId="756916A6" w:rsidR="003A6103" w:rsidRPr="00555FEB" w:rsidRDefault="00695734" w:rsidP="00695734">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve">För att ett budskap ska vara </w:t>
+      </w:r>
       <w:r>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve">, begripligt och användbart behöver det utformas ur målgruppens synvinkel: </w:t>
+      </w:r>
+      <w:r w:rsidR="0092670C">
+        <w:t xml:space="preserve">Varför får jag detta budskap? </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1836">
+        <w:t xml:space="preserve">Förstår jag detta? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve">Vad betyder detta för mig? </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1836">
+        <w:t xml:space="preserve">När ska jag göra något? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve">Hur kan denna information underlätta mitt arbete? </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1975">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="002A4FF9">
-        <w:t>Exempelvis inför ett viktigt möte: vad vill du att deltagarna ska minnas/tycka/göra efter att mötet är slut?</w:t>
+    </w:p>
+    <w:p w14:paraId="0A8694FD" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="004511E8" w:rsidP="002A4FF9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12B9">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF12B9">
+        <w:t>ar?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A8694FD" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="00000000" w:rsidP="002A4FF9">
+    <w:p w14:paraId="3B2C7C0A" w14:textId="7036D601" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">Vilka kanaler ska jag använda? </w:t>
+        <w:t xml:space="preserve">Var brukar dina målgrupper söka information? Webben, möten, kollegor, sociala medier? </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1836">
+        <w:t xml:space="preserve">Det är dina kanaler. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B2C7C0A" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="4CDCE950" w14:textId="19DB1635" w:rsidR="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="00555FEB">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">Var brukar dina målgrupper söka information? Webben, möten, kollegor, sociala medier? </w:t>
+        <w:t>Välj kanal utifrån vad du vill uppnå med kommunikationen. Om du vill att målgruppen ska få kännedom om något, fungerar kanske ett nyhetsbrev eller webben bra, men vill du uppnå mer engagemang, så behövs kanske möten och dialog. För medarbetare är ofta chef</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4BCF">
+        <w:t xml:space="preserve">er </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t>och kollegor den viktigaste informationskällan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349F67DF" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="2F7A1B15" w14:textId="77777777" w:rsidR="00AF4BCF" w:rsidRPr="002A4FF9" w:rsidRDefault="00AF4BCF" w:rsidP="00AF4BCF">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">Ofta är det en mix av plattformar och kanaler som ger resultat. Ett budskap behöver också upprepas och koordineras, både i olika kanaler och över tiden, för att få effekt. </w:t>
+        <w:t xml:space="preserve">Ofta </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ger en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve"> mix av plattformar och kanaler </w:t>
+      </w:r>
+      <w:r>
+        <w:t>bäst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve"> resultat. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve">udskap behöver också upprepas och koordineras, både i olika kanaler och över tid, för att få effekt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CDCE950" w14:textId="7C2A5777" w:rsidR="002A4FF9" w:rsidRPr="00555FEB" w:rsidRDefault="002A4FF9" w:rsidP="00555FEB">
+    <w:p w14:paraId="76C99C32" w14:textId="77777777" w:rsidR="00AF4BCF" w:rsidRPr="00555FEB" w:rsidRDefault="00AF4BCF" w:rsidP="00AF4BCF">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Liststycke"/>
       </w:pPr>
-      <w:r w:rsidRPr="002A4FF9">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="70DC103B" w14:textId="204AAEBE" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
         <w:t>Ytterligare saker att tänka på</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4A4FF6" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="1CEA8CE7" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
         <w:t>Vem är den bästa budskapsbäraren? Finns ”ambassadörer” som kan hjälpa till med att sprida budskapen? Förmågan att ta till sig ett budskap varierar beroende på vem som framför det.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2C290C" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="522F94DD" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
         <w:t>När i tiden är det bäst att kommunicera?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066EC485" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="6275DAD0" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">Vad kostar det? </w:t>
+        <w:t>Vilka resurser har du - i tid, pengar och kompetens? Står kostnaderna i rimlig proportion till det du vill uppnå? Vad kostar det att låta bli? Gör en budget och en ansvarsfördelning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6275DAD0" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="2D95C4FA" w14:textId="02B082A8" w:rsidR="00AF4BCF" w:rsidRPr="002A4FF9" w:rsidRDefault="00AF4BCF" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A4FF9">
-[...1 lines deleted...]
-        <w:t>Vilka resurser har du - i tid, pengar och kompetens? Står kostnaderna i rimlig proportion till det du vill uppnå? Vad kostar det att låta bli? Gör en budget och en ansvarsfördelning.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Kan jag göra detta själv eller finns en kommunikatör jag kan få stöd av? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7912FEEF" w14:textId="6A57B1EF" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="7912FEEF" w14:textId="38AFCE68" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="00AF4BCF" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A4FF9">
-        <w:t>Hur ska resultatet följas upp</w:t>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002A4FF9" w:rsidRPr="002A4FF9">
+        <w:t>ka resultatet följas upp</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4FF9">
         <w:t xml:space="preserve"> eller utvärderas</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A4FF9">
+      <w:r w:rsidR="002A4FF9" w:rsidRPr="002A4FF9">
         <w:t>? Går det att mäta effekterna?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="056DEEB2" w14:textId="1A9CE330" w:rsidR="002A4FF9" w:rsidRPr="00555FEB" w:rsidRDefault="002A4FF9" w:rsidP="00555FEB">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Följer din plan Karolinska Institutets</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4FF9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">varumärkesplattform och </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4FF9">
         <w:t>grafisk</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4FF9">
         <w:t xml:space="preserve"> profil?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="369C8EE1" w14:textId="7BD0673E" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Aktivitetsplan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49304EA6" w14:textId="5270EE0E" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
+    <w:p w14:paraId="49304EA6" w14:textId="1191E2D7" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
       <w:r w:rsidRPr="002A4FF9">
-        <w:t>Ibland behöver saker göras i en viss ordning eller behöver planeras till vissa datum. Fyll i denna enkla mall för en att</w:t>
+        <w:t xml:space="preserve">Ibland behöver saker göras i en viss ordning eller behöver planeras </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00835B54">
+        <w:t>inför eller i god tid innan</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4FF9">
-        <w:t xml:space="preserve">göra-lista. </w:t>
+        <w:t xml:space="preserve"> vissa datum. </w:t>
+      </w:r>
+      <w:r w:rsidR="00835B54">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4FF9">
+        <w:t xml:space="preserve">enna enkla mall </w:t>
+      </w:r>
+      <w:r w:rsidR="00835B54">
+        <w:t xml:space="preserve">räcker ofta för en kommunikationsplan. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KarolinskaInstitutet"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-58"/>
         <w:tblW w:w="8220" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1307"/>
         <w:gridCol w:w="1235"/>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="2900"/>
         <w:gridCol w:w="1223"/>
       </w:tblGrid>
       <w:tr w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w14:paraId="3D68386C" w14:textId="77777777" w:rsidTr="008B11AA">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42BD8AC0" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
@@ -1172,209 +1149,195 @@
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68DC6F0D" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B9D4699" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BAA459C" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1223" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E3D260D" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F8C21F5" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9">
-[...12 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="1F8C21F5" w14:textId="77777777" w:rsidR="002A4FF9" w:rsidRPr="002A4FF9" w:rsidRDefault="002A4FF9" w:rsidP="002A4FF9"/>
+    <w:p w14:paraId="711CC287" w14:textId="2617F31B" w:rsidR="009C71CF" w:rsidRPr="002A4FF9" w:rsidRDefault="009C71CF" w:rsidP="002A4FF9"/>
     <w:sectPr w:rsidR="009C71CF" w:rsidRPr="002A4FF9" w:rsidSect="003B4DFC">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="936" w:right="1418" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="579F496B" w14:textId="77777777" w:rsidR="00577B1A" w:rsidRDefault="00577B1A" w:rsidP="001636A9">
+    <w:p w14:paraId="4DA9DD4B" w14:textId="77777777" w:rsidR="004511E8" w:rsidRDefault="004511E8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A94BDE1" w14:textId="77777777" w:rsidR="00577B1A" w:rsidRDefault="00577B1A" w:rsidP="001636A9">
+    <w:p w14:paraId="4BB95E0D" w14:textId="77777777" w:rsidR="004511E8" w:rsidRDefault="004511E8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Systemtypsnitt">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="DM Sans">
-    <w:altName w:val="DM Sans"/>
     <w:panose1 w:val="00000000000000000000"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
-    <w:altName w:val="DM Sans"/>
     <w:panose1 w:val="00000000000000000000"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10006FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B1CB47C" w14:textId="77777777" w:rsidR="00577B1A" w:rsidRDefault="00577B1A" w:rsidP="001636A9">
+    <w:p w14:paraId="26A290F5" w14:textId="77777777" w:rsidR="004511E8" w:rsidRDefault="004511E8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C6B5A60" w14:textId="77777777" w:rsidR="00577B1A" w:rsidRDefault="00577B1A" w:rsidP="001636A9">
+    <w:p w14:paraId="1CEFA4C7" w14:textId="77777777" w:rsidR="004511E8" w:rsidRDefault="004511E8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="638A80BC" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="0061653D" w:rsidP="00835DDF">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="039610A6" wp14:editId="2F09668E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5816600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>312943</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1043940" cy="327025"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Textruta 7">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1654,54 +1617,54 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D1DC4B4" w14:textId="77777777" w:rsidR="003B4DFC" w:rsidRDefault="003B4DFC">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16B0338B" wp14:editId="00B62528">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>4324350</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>266700</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1044000" cy="327600"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Textruta 2">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -1980,54 +1943,54 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A24ECCB" w14:textId="77777777" w:rsidR="00A9264E" w:rsidRPr="0082169F" w:rsidRDefault="00A9264E" w:rsidP="00835DDF">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66BC11D9" wp14:editId="58059304">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5818505</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>266700</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1044000" cy="327600"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textruta 1">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2307,59 +2270,59 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="92E858BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber5"/>
+      <w:pStyle w:val="Numreradlista5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="24BA7D30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
@@ -2384,114 +2347,114 @@
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="92647548"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8D1E331C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet5"/>
+      <w:pStyle w:val="Punktlista5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EDCEA0F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet4"/>
+      <w:pStyle w:val="Punktlista4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E82C9920"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet3"/>
+      <w:pStyle w:val="Punktlista3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F8F80610"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet2"/>
+      <w:pStyle w:val="Punktlista2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="738E9D4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
@@ -2986,51 +2949,51 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="270E7ED0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="082E321E"/>
     <w:name w:val="bullet"/>
     <w:styleLink w:val="ListaPunkt"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="- "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -3362,51 +3325,51 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A78476D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="28A4A848"/>
     <w:name w:val="numeredlist"/>
     <w:styleLink w:val="ListaNumrerad"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber"/>
+      <w:pStyle w:val="Numreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3485,51 +3448,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ABA360C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="28A4A848"/>
     <w:name w:val="bullet22"/>
     <w:numStyleLink w:val="ListaNumrerad"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DEF3679"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="38744236"/>
     <w:name w:val="alista"/>
     <w:styleLink w:val="Listaa"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:pStyle w:val="List"/>
+      <w:pStyle w:val="Lista"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="357"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -4053,77 +4016,77 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Rubrik4-Numreard"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:pStyle w:val="List2"/>
+      <w:pStyle w:val="Lista2"/>
       <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:pStyle w:val="List3"/>
+      <w:pStyle w:val="Lista3"/>
       <w:lvlText w:val="(%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber2"/>
+      <w:pStyle w:val="Numreradlista2"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
@@ -4478,245 +4441,264 @@
   <w:num w:numId="21" w16cid:durableId="1154761475">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1947346492">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1575387118">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1167284083">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="657151322">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="660692632">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="349068072">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="128"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="99"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A4FF9"/>
+    <w:rsid w:val="00010794"/>
     <w:rsid w:val="00043E74"/>
     <w:rsid w:val="000527BA"/>
     <w:rsid w:val="00062AD3"/>
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="00130604"/>
+    <w:rsid w:val="001440D1"/>
     <w:rsid w:val="001636A9"/>
     <w:rsid w:val="00171AD6"/>
     <w:rsid w:val="00177D2A"/>
     <w:rsid w:val="001A4234"/>
+    <w:rsid w:val="002100E1"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="002644FB"/>
     <w:rsid w:val="00296E44"/>
     <w:rsid w:val="002A4FF9"/>
     <w:rsid w:val="002A660D"/>
     <w:rsid w:val="002E27C9"/>
+    <w:rsid w:val="002F52DE"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="0033241B"/>
     <w:rsid w:val="00347DB1"/>
     <w:rsid w:val="003800D4"/>
     <w:rsid w:val="003926FD"/>
     <w:rsid w:val="003A6103"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B4DFC"/>
+    <w:rsid w:val="003D38B0"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="00427A2A"/>
+    <w:rsid w:val="004417B7"/>
+    <w:rsid w:val="004511E8"/>
     <w:rsid w:val="00472F29"/>
     <w:rsid w:val="004921C3"/>
+    <w:rsid w:val="004B1836"/>
     <w:rsid w:val="004B7D08"/>
     <w:rsid w:val="004D2686"/>
     <w:rsid w:val="00530095"/>
     <w:rsid w:val="00544DCC"/>
     <w:rsid w:val="00555FEB"/>
     <w:rsid w:val="00577B1A"/>
     <w:rsid w:val="005F7EEF"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="0061666A"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="00670D66"/>
     <w:rsid w:val="00685373"/>
+    <w:rsid w:val="00687FA2"/>
     <w:rsid w:val="00690212"/>
-    <w:rsid w:val="006B40E4"/>
+    <w:rsid w:val="00695734"/>
+    <w:rsid w:val="006B40E4"/>
+    <w:rsid w:val="006C0DCE"/>
     <w:rsid w:val="006C32F6"/>
     <w:rsid w:val="006E29FD"/>
     <w:rsid w:val="006F196B"/>
     <w:rsid w:val="007337FB"/>
+    <w:rsid w:val="00736ED3"/>
     <w:rsid w:val="00775674"/>
     <w:rsid w:val="007A1B26"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
+    <w:rsid w:val="00835B54"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008E2C5E"/>
     <w:rsid w:val="00902BE9"/>
+    <w:rsid w:val="0092670C"/>
     <w:rsid w:val="00926903"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="009663ED"/>
     <w:rsid w:val="00966B1B"/>
     <w:rsid w:val="009A6896"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009C71CF"/>
     <w:rsid w:val="009E4C6F"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A06538"/>
     <w:rsid w:val="00A15797"/>
     <w:rsid w:val="00A42C3B"/>
     <w:rsid w:val="00A8461A"/>
     <w:rsid w:val="00A9264E"/>
+    <w:rsid w:val="00AF4BCF"/>
     <w:rsid w:val="00AF6DAD"/>
     <w:rsid w:val="00AF6DCA"/>
     <w:rsid w:val="00B068A1"/>
     <w:rsid w:val="00B209FB"/>
     <w:rsid w:val="00B25F55"/>
     <w:rsid w:val="00B30584"/>
     <w:rsid w:val="00B541C4"/>
     <w:rsid w:val="00B5574B"/>
     <w:rsid w:val="00B747DF"/>
     <w:rsid w:val="00B964A0"/>
     <w:rsid w:val="00BE1CEF"/>
+    <w:rsid w:val="00BF4CF1"/>
     <w:rsid w:val="00BF578C"/>
     <w:rsid w:val="00C02C2B"/>
     <w:rsid w:val="00C05AB0"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rsid w:val="00C0676F"/>
     <w:rsid w:val="00C56040"/>
     <w:rsid w:val="00C67EBC"/>
     <w:rsid w:val="00C722CA"/>
     <w:rsid w:val="00C906B6"/>
     <w:rsid w:val="00CC077A"/>
     <w:rsid w:val="00CC1529"/>
     <w:rsid w:val="00CE13F7"/>
     <w:rsid w:val="00CF3601"/>
     <w:rsid w:val="00D16D28"/>
     <w:rsid w:val="00D3165D"/>
     <w:rsid w:val="00D36AAE"/>
     <w:rsid w:val="00D64001"/>
     <w:rsid w:val="00D83432"/>
     <w:rsid w:val="00DB6600"/>
+    <w:rsid w:val="00DD22BA"/>
     <w:rsid w:val="00DE1BEB"/>
     <w:rsid w:val="00DE6EE8"/>
     <w:rsid w:val="00E0764E"/>
     <w:rsid w:val="00E545FF"/>
     <w:rsid w:val="00E57646"/>
     <w:rsid w:val="00E603CE"/>
     <w:rsid w:val="00E66993"/>
     <w:rsid w:val="00E72567"/>
     <w:rsid w:val="00E74A53"/>
     <w:rsid w:val="00E7662F"/>
     <w:rsid w:val="00E771E6"/>
     <w:rsid w:val="00E868E8"/>
     <w:rsid w:val="00EB2F99"/>
     <w:rsid w:val="00EB3553"/>
     <w:rsid w:val="00F0618D"/>
     <w:rsid w:val="00F130A3"/>
     <w:rsid w:val="00F21278"/>
     <w:rsid w:val="00F251FE"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rsid w:val="00F27348"/>
+    <w:rsid w:val="00F602D0"/>
     <w:rsid w:val="00FA0546"/>
     <w:rsid w:val="00FB2AFF"/>
     <w:rsid w:val="00FB35AE"/>
     <w:rsid w:val="00FB4B2B"/>
+    <w:rsid w:val="00FC1975"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4ACF4551"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F165E398-01CA-1A40-951D-2B90251D4410}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
@@ -5060,1470 +5042,1470 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A9264E"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00926903"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans Medium" w:eastAsiaTheme="majorEastAsia" w:hAnsi="DM Sans Medium" w:cstheme="majorBidi"/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:spacing w:val="-4"/>
       <w:kern w:val="56"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00C05DE5"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00F25B5D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00F25B5D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="4"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading6Char"/>
+    <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="270219" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading7Char"/>
+    <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="270219" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Rubrik8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading8Char"/>
+    <w:link w:val="Rubrik8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading9Char"/>
+    <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00926903"/>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans Medium" w:eastAsiaTheme="majorEastAsia" w:hAnsi="DM Sans Medium" w:cstheme="majorBidi"/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:spacing w:val="-4"/>
       <w:kern w:val="56"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="10"/>
       <w:kern w:val="56"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="4"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="0061666A"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="0061666A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListaPunkt">
     <w:name w:val="ListaPunkt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListaNumrerad">
     <w:name w:val="ListaNumrerad"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Listaa">
     <w:name w:val="Lista a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D36AAE"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber">
+  <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber2">
+  <w:style w:type="paragraph" w:styleId="Numreradlista2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber3">
+  <w:style w:type="paragraph" w:styleId="Numreradlista3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber4">
+  <w:style w:type="paragraph" w:styleId="Numreradlista4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="SubtitleChar"/>
+    <w:link w:val="UnderrubrikChar"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003B3D76"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:spacing w:val="15"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List">
+  <w:style w:type="paragraph" w:styleId="Lista">
     <w:name w:val="List"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="14"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D36AAE"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+    <w:name w:val="Underrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A0185B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:spacing w:val="15"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:rsid w:val="00A15797"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+  <w:style w:type="paragraph" w:styleId="Avsndaradress-brev">
     <w:name w:val="envelope return"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Closing">
+  <w:style w:type="paragraph" w:styleId="Avslutandetext">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="ClosingChar"/>
+    <w:link w:val="AvslutandetextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00670D66"/>
     <w:pPr>
       <w:spacing w:before="600" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
-[...2 lines deleted...]
-    <w:link w:val="Closing"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AvslutandetextChar">
+    <w:name w:val="Avslutande text Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Avslutandetext"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A0185B"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableofFigures">
+  <w:style w:type="paragraph" w:styleId="Figurfrteckning">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Fotnotstext">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:link w:val="FotnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
+    <w:name w:val="Fotnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Fotnotstext"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A0185B"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BlockText">
+  <w:style w:type="paragraph" w:styleId="Indragetstycke">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="10" w:color="4F0433" w:themeColor="accent1" w:frame="1"/>
         <w:left w:val="single" w:sz="2" w:space="10" w:color="4F0433" w:themeColor="accent1" w:frame="1"/>
         <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4F0433" w:themeColor="accent1" w:frame="1"/>
         <w:right w:val="single" w:sz="2" w:space="10" w:color="4F0433" w:themeColor="accent1" w:frame="1"/>
       </w:pBdr>
       <w:ind w:left="1152" w:right="1152"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Salutation">
+  <w:style w:type="paragraph" w:styleId="Inledning">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="SalutationChar"/>
+    <w:link w:val="InledningChar"/>
     <w:uiPriority w:val="19"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="10"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
-[...2 lines deleted...]
-    <w:link w:val="Salutation"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="InledningChar">
+    <w:name w:val="Inledning Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Inledning"/>
     <w:uiPriority w:val="19"/>
     <w:rsid w:val="00E771E6"/>
     <w:rPr>
       <w:spacing w:val="10"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002E27C9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
+    <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+    <w:name w:val="Kommentarsämne Char"/>
+    <w:basedOn w:val="KommentarerChar"/>
+    <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F251FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F251FE"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrik1-Numrerad">
     <w:name w:val="Rubrik 1 - Numrerad"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00690212"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrik2-Numrerad">
     <w:name w:val="Rubrik 2 - Numrerad"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="002A660D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrik3-Numrerad">
     <w:name w:val="Rubrik 3 - Numrerad"/>
-    <w:basedOn w:val="Heading3"/>
+    <w:basedOn w:val="Rubrik3"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="002A660D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrik4-Numreard">
     <w:name w:val="Rubrik 4 - Numreard"/>
-    <w:basedOn w:val="Heading4"/>
+    <w:basedOn w:val="Rubrik4"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="002A660D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="listaNrRubriker">
     <w:name w:val="listaNrRubriker"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B5574B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List2">
+  <w:style w:type="paragraph" w:styleId="Lista2">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B5574B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List3">
+  <w:style w:type="paragraph" w:styleId="Lista3">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B5574B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+  <w:style w:type="paragraph" w:styleId="Adress-brev">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C906B6"/>
     <w:pPr>
       <w:spacing w:after="600" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Date">
+  <w:style w:type="paragraph" w:styleId="Datum">
     <w:name w:val="Date"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="DateChar"/>
+    <w:link w:val="DatumChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE1CEF"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="840"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
-[...2 lines deleted...]
-    <w:link w:val="Date"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DatumChar">
+    <w:name w:val="Datum Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Datum"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A0185B"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C906B6"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCHeading">
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B30584"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00427A2A"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00B068A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="7694"/>
       </w:tabs>
       <w:spacing w:before="100" w:after="0"/>
       <w:ind w:left="284"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00427A2A"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="284"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B30584"/>
     <w:rPr>
       <w:color w:val="870052" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ingress">
     <w:name w:val="Ingress"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="14"/>
     <w:rsid w:val="00043E74"/>
     <w:pPr>
       <w:spacing w:before="240"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MindreRubrik">
     <w:name w:val="Mindre Rubrik"/>
-    <w:basedOn w:val="Title"/>
+    <w:basedOn w:val="Rubrik"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A9264E"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Litentextbildtext">
     <w:name w:val="Liten text/bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="LitentextbildtextChar"/>
     <w:uiPriority w:val="14"/>
     <w:rsid w:val="007E3EDE"/>
     <w:pPr>
       <w:framePr w:hSpace="132" w:wrap="around" w:vAnchor="text" w:hAnchor="text"/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="LitentextbildtextChar">
     <w:name w:val="Liten text/bildtext Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Litentextbildtext"/>
     <w:uiPriority w:val="14"/>
     <w:rsid w:val="00A9264E"/>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Litentext">
     <w:name w:val="Liten text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="14"/>
     <w:rsid w:val="007E3EDE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1701"/>
         <w:tab w:val="left" w:pos="3828"/>
         <w:tab w:val="left" w:pos="5954"/>
       </w:tabs>
       <w:spacing w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlistaellertabell">
     <w:name w:val="Normal efter lista eller tabell"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E771E6"/>
     <w:pPr>
       <w:spacing w:before="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoteHeading">
+  <w:style w:type="paragraph" w:styleId="Anteckningsrubrik">
     <w:name w:val="Note Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="NoteHeadingChar"/>
+    <w:link w:val="AnteckningsrubrikChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
-[...2 lines deleted...]
-    <w:link w:val="NoteHeading"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AnteckningsrubrikChar">
+    <w:name w:val="Anteckningsrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Anteckningsrubrik"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="C490AA" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="Betoning">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="20"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BookTitle">
+  <w:style w:type="character" w:styleId="Bokenstitel">
     <w:name w:val="Book Title"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="33"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:link w:val="BrdtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
+  <w:style w:type="paragraph" w:styleId="Brdtext2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyText2Char"/>
+    <w:link w:val="Brdtext2Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
-[...2 lines deleted...]
-    <w:link w:val="BodyText2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtext2Char">
+    <w:name w:val="Brödtext 2 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText3">
+  <w:style w:type="paragraph" w:styleId="Brdtext3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyText3Char"/>
+    <w:link w:val="Brdtext3Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
-[...2 lines deleted...]
-    <w:link w:val="BodyText3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtext3Char">
+    <w:name w:val="Brödtext 3 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+  <w:style w:type="paragraph" w:styleId="Brdtextmedfrstaindrag">
     <w:name w:val="Body Text First Indent"/>
-    <w:basedOn w:val="BodyText"/>
-    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:basedOn w:val="Brdtext"/>
+    <w:link w:val="BrdtextmedfrstaindragChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyTextFirstIndent"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextmedfrstaindragChar">
+    <w:name w:val="Brödtext med första indrag Char"/>
+    <w:basedOn w:val="BrdtextChar"/>
+    <w:link w:val="Brdtextmedfrstaindrag"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="Brdtextmedindrag">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextIndentChar"/>
+    <w:link w:val="BrdtextmedindragChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyTextIndent"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextmedindragChar">
+    <w:name w:val="Brödtext med indrag Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtextmedindrag"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+  <w:style w:type="paragraph" w:styleId="Brdtextmedfrstaindrag2">
     <w:name w:val="Body Text First Indent 2"/>
-    <w:basedOn w:val="BodyTextIndent"/>
-    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:basedOn w:val="Brdtextmedindrag"/>
+    <w:link w:val="Brdtextmedfrstaindrag2Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="360" w:firstLine="360"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
-[...2 lines deleted...]
-    <w:link w:val="BodyTextFirstIndent2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtextmedfrstaindrag2Char">
+    <w:name w:val="Brödtext med första indrag 2 Char"/>
+    <w:basedOn w:val="BrdtextmedindragChar"/>
+    <w:link w:val="Brdtextmedfrstaindrag2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+  <w:style w:type="paragraph" w:styleId="Brdtextmedindrag2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextIndent2Char"/>
+    <w:link w:val="Brdtextmedindrag2Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
-[...2 lines deleted...]
-    <w:link w:val="BodyTextIndent2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtextmedindrag2Char">
+    <w:name w:val="Brödtext med indrag 2 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtextmedindrag2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+  <w:style w:type="paragraph" w:styleId="Brdtextmedindrag3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextIndent3Char"/>
+    <w:link w:val="Brdtextmedindrag3Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
-[...2 lines deleted...]
-    <w:link w:val="BodyTextIndent3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtextmedindrag3Char">
+    <w:name w:val="Brödtext med indrag 3 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtextmedindrag3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quote">
+  <w:style w:type="paragraph" w:styleId="Citat">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="QuoteChar"/>
+    <w:link w:val="CitatChar"/>
     <w:uiPriority w:val="29"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:before="200"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="Quote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitatChar">
+    <w:name w:val="Citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Citat"/>
     <w:uiPriority w:val="29"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+  <w:style w:type="paragraph" w:styleId="Citatfrteckning">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOAHeading">
+  <w:style w:type="paragraph" w:styleId="Citatfrteckningsrubrik">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtleEmphasis">
+  <w:style w:type="character" w:styleId="Diskretbetoning">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtleReference">
+  <w:style w:type="character" w:styleId="Diskretreferens">
     <w:name w:val="Subtle Reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="31"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableSubtle1">
+  <w:style w:type="table" w:styleId="Diskrettabell1">
     <w:name w:val="Table Subtle 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6567,53 +6549,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableSubtle2">
+  <w:style w:type="table" w:styleId="Diskrettabell2">
     <w:name w:val="Table Subtle 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
@@ -6649,154 +6631,154 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocumentMap">
+  <w:style w:type="paragraph" w:styleId="Dokumentversikt">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="DocumentMapChar"/>
+    <w:link w:val="DokumentversiktChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
-[...2 lines deleted...]
-    <w:link w:val="DocumentMap"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DokumentversiktChar">
+    <w:name w:val="Dokumentöversikt Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Dokumentversikt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableElegant">
+  <w:style w:type="table" w:styleId="Eleganttabell">
     <w:name w:val="Table Elegant"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:caps/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableSimple1">
+  <w:style w:type="table" w:styleId="Enkeltabell1">
     <w:name w:val="Table Simple 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="008000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="008000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableSimple2">
+  <w:style w:type="table" w:styleId="Enkeltabell2">
     <w:name w:val="Table Simple 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
@@ -6844,110 +6826,110 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableSimple3">
+  <w:style w:type="table" w:styleId="Enkeltabell3">
     <w:name w:val="Table Simple 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EmailSignature">
+  <w:style w:type="paragraph" w:styleId="E-postsignatur">
     <w:name w:val="E-mail Signature"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="EmailSignatureChar"/>
+    <w:link w:val="E-postsignaturChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EmailSignatureChar">
-[...2 lines deleted...]
-    <w:link w:val="EmailSignature"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-postsignaturChar">
+    <w:name w:val="E-postsignatur Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="E-postsignatur"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulList">
+  <w:style w:type="table" w:styleId="Frgadlista">
     <w:name w:val="Colorful List"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -6982,53 +6964,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulListAccent1">
+  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg1">
     <w:name w:val="Colorful List Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDD7EE" w:themeFill="accent1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -7063,53 +7045,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulListAccent2">
+  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg2">
     <w:name w:val="Colorful List Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF3F0" w:themeFill="accent2" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -7144,53 +7126,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulListAccent3">
+  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg3">
     <w:name w:val="Colorful List Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFDAF0" w:themeFill="accent3" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -7225,53 +7207,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulListAccent4">
+  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg4">
     <w:name w:val="Colorful List Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFBFA" w:themeFill="accent4" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -7306,53 +7288,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulListAccent5">
+  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg5">
     <w:name w:val="Colorful List Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDF7F8" w:themeFill="accent5" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -7387,53 +7369,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulListAccent6">
+  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg6">
     <w:name w:val="Colorful List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F9FDFD" w:themeFill="accent6" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -7468,53 +7450,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulShading">
+  <w:style w:type="table" w:styleId="Frgadskuggning">
     <w:name w:val="Colorful Shading"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
     </w:tcPr>
@@ -7585,53 +7567,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulShadingAccent1">
+  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg1">
     <w:name w:val="Colorful Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDD7EE" w:themeFill="accent1" w:themeFillTint="19"/>
     </w:tcPr>
@@ -7702,53 +7684,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F65CBC" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulShadingAccent2">
+  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg2">
     <w:name w:val="Colorful Shading Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF3F0" w:themeFill="accent2" w:themeFillTint="19"/>
     </w:tcPr>
@@ -7819,53 +7801,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFCEC5" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulShadingAccent3">
+  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg3">
     <w:name w:val="Colorful Shading Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFDAF0" w:themeFill="accent3" w:themeFillTint="19"/>
     </w:tcPr>
@@ -7926,53 +7908,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="510030" w:themeFill="accent3" w:themeFillShade="99"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF69C3" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulShadingAccent4">
+  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg4">
     <w:name w:val="Colorful Shading Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFBFA" w:themeFill="accent4" w:themeFillTint="19"/>
     </w:tcPr>
@@ -8043,53 +8025,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF1EE" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulShadingAccent5">
+  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg5">
     <w:name w:val="Colorful Shading Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDF7F8" w:themeFill="accent5" w:themeFillTint="19"/>
     </w:tcPr>
@@ -8160,53 +8142,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B7E1E4" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulShadingAccent6">
+  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg6">
     <w:name w:val="Colorful Shading Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F9FDFD" w:themeFill="accent6" w:themeFillTint="19"/>
     </w:tcPr>
@@ -8277,53 +8259,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF6F7" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColourful1">
+  <w:style w:type="table" w:styleId="Frgadtabell1">
     <w:name w:val="Table Colorful 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="FFFFFF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="00FFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
@@ -8357,53 +8339,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColourful2">
+  <w:style w:type="table" w:styleId="Frgadtabell2">
     <w:name w:val="Table Colorful 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct20" w:color="FFFF00" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8431,53 +8413,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColourful3">
+  <w:style w:type="table" w:styleId="Frgadtabell3">
     <w:name w:val="Table Colorful 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct25" w:color="008080" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
@@ -8489,53 +8471,53 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="36" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulGrid">
+  <w:style w:type="table" w:styleId="Frgatrutnt">
     <w:name w:val="Colorful Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8564,53 +8546,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulGridAccent1">
+  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg1">
     <w:name w:val="Colorful Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8639,53 +8621,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulGridAccent2">
+  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg2">
     <w:name w:val="Colorful Grid Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8714,53 +8696,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulGridAccent3">
+  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg3">
     <w:name w:val="Colorful Grid Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8789,53 +8771,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulGridAccent4">
+  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg4">
     <w:name w:val="Colorful Grid Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8864,53 +8846,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulGridAccent5">
+  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg5">
     <w:name w:val="Colorful Grid Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8939,53 +8921,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColourfulGridAccent6">
+  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg6">
     <w:name w:val="Colorful Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9014,219 +8996,219 @@
         <w:shd w:val="clear" w:color="auto" w:fill="7ACAD0" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="7ACAD0" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hashtag">
+  <w:style w:type="character" w:styleId="Hashtagg">
     <w:name w:val="Hashtag"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+  <w:style w:type="paragraph" w:styleId="HTML-adress">
     <w:name w:val="HTML Address"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HTMLAddressChar"/>
+    <w:link w:val="HTML-adressChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
-[...2 lines deleted...]
-    <w:link w:val="HTMLAddress"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML-adressChar">
+    <w:name w:val="HTML - adress Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="HTML-adress"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLAcronym">
+  <w:style w:type="character" w:styleId="HTML-akronym">
     <w:name w:val="HTML Acronym"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLCite">
+  <w:style w:type="character" w:styleId="HTML-citat">
     <w:name w:val="HTML Cite"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLDefinition">
+  <w:style w:type="character" w:styleId="HTML-definition">
     <w:name w:val="HTML Definition"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLSample">
+  <w:style w:type="character" w:styleId="HTML-exempel">
     <w:name w:val="HTML Sample"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+  <w:style w:type="paragraph" w:styleId="HTML-frformaterad">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HTMLPreformattedChar"/>
+    <w:link w:val="HTML-frformateradChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
-[...2 lines deleted...]
-    <w:link w:val="HTMLPreformatted"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML-frformateradChar">
+    <w:name w:val="HTML - förformaterad Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="HTML-frformaterad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLCode">
+  <w:style w:type="character" w:styleId="HTML-kod">
     <w:name w:val="HTML Code"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLTypewriter">
+  <w:style w:type="character" w:styleId="HTML-skrivmaskin">
     <w:name w:val="HTML Typewriter"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLKeyboard">
+  <w:style w:type="character" w:styleId="HTML-tangentbord">
     <w:name w:val="HTML Keyboard"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLVariable">
+  <w:style w:type="character" w:styleId="HTML-variabel">
     <w:name w:val="HTML Variable"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index1">
     <w:name w:val="index 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index2">
@@ -9319,263 +9301,263 @@
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1920" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index9">
     <w:name w:val="index 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="2160" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IndexHeading">
+  <w:style w:type="paragraph" w:styleId="Indexrubrik">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Index1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Ingetavstnd">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List4">
+  <w:style w:type="paragraph" w:styleId="Lista4">
     <w:name w:val="List 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:ind w:left="1132" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List5">
+  <w:style w:type="paragraph" w:styleId="Lista5">
     <w:name w:val="List 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:ind w:left="1415" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue">
+  <w:style w:type="paragraph" w:styleId="Listafortstt">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue2">
+  <w:style w:type="paragraph" w:styleId="Listafortstt2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue3">
+  <w:style w:type="paragraph" w:styleId="Listafortstt3">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="849"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue4">
+  <w:style w:type="paragraph" w:styleId="Listafortstt4">
     <w:name w:val="List Continue 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1132"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue5">
+  <w:style w:type="paragraph" w:styleId="Listafortstt5">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1415"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable1Light">
+  <w:style w:type="table" w:styleId="Listtabell1ljus">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9590,53 +9572,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable1Light-Accent1">
+  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg1">
     <w:name w:val="List Table 1 Light Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9651,53 +9633,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable1Light-Accent2">
+  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg2">
     <w:name w:val="List Table 1 Light Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9712,53 +9694,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable1Light-Accent3">
+  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg3">
     <w:name w:val="List Table 1 Light Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9773,53 +9755,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable1Light-Accent4">
+  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg4">
     <w:name w:val="List Table 1 Light Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9834,53 +9816,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable1Light-Accent5">
+  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg5">
     <w:name w:val="List Table 1 Light Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9895,53 +9877,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable1Light-Accent6">
+  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg6">
     <w:name w:val="List Table 1 Light Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9956,53 +9938,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable2">
+  <w:style w:type="table" w:styleId="Listtabell2">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -10010,53 +9992,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable2-Accent1">
+  <w:style w:type="table" w:styleId="Listtabell2dekorfrg1">
     <w:name w:val="List Table 2 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -10064,53 +10046,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable2-Accent2">
+  <w:style w:type="table" w:styleId="Listtabell2dekorfrg2">
     <w:name w:val="List Table 2 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -10118,53 +10100,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable2-Accent3">
+  <w:style w:type="table" w:styleId="Listtabell2dekorfrg3">
     <w:name w:val="List Table 2 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -10172,53 +10154,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable2-Accent4">
+  <w:style w:type="table" w:styleId="Listtabell2dekorfrg4">
     <w:name w:val="List Table 2 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -10226,53 +10208,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable2-Accent5">
+  <w:style w:type="table" w:styleId="Listtabell2dekorfrg5">
     <w:name w:val="List Table 2 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -10280,53 +10262,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable2-Accent6">
+  <w:style w:type="table" w:styleId="Listtabell2dekorfrg6">
     <w:name w:val="List Table 2 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -10334,53 +10316,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable3">
+  <w:style w:type="table" w:styleId="Listtabell3">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
@@ -10458,53 +10440,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable3-Accent1">
+  <w:style w:type="table" w:styleId="Listtabell3dekorfrg1">
     <w:name w:val="List Table 3 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="4F0433" w:themeFill="accent1"/>
       </w:tcPr>
@@ -10582,53 +10564,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable3-Accent2">
+  <w:style w:type="table" w:styleId="Listtabell3dekorfrg2">
     <w:name w:val="List Table 3 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF876F" w:themeFill="accent2"/>
       </w:tcPr>
@@ -10706,53 +10688,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable3-Accent3">
+  <w:style w:type="table" w:styleId="Listtabell3dekorfrg3">
     <w:name w:val="List Table 3 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="870052" w:themeFill="accent3"/>
       </w:tcPr>
@@ -10830,53 +10812,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable3-Accent4">
+  <w:style w:type="table" w:styleId="Listtabell3dekorfrg4">
     <w:name w:val="List Table 3 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFDDD6" w:themeFill="accent4"/>
       </w:tcPr>
@@ -10954,53 +10936,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable3-Accent5">
+  <w:style w:type="table" w:styleId="Listtabell3dekorfrg5">
     <w:name w:val="List Table 3 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="4DB5BC" w:themeFill="accent5"/>
       </w:tcPr>
@@ -11078,53 +11060,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable3-Accent6">
+  <w:style w:type="table" w:styleId="Listtabell3dekorfrg6">
     <w:name w:val="List Table 3 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCEBED" w:themeFill="accent6"/>
       </w:tcPr>
@@ -11202,53 +11184,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable4">
+  <w:style w:type="table" w:styleId="Listtabell4">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11276,53 +11258,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable4-Accent1">
+  <w:style w:type="table" w:styleId="Listtabell4dekorfrg1">
     <w:name w:val="List Table 4 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11350,53 +11332,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable4-Accent2">
+  <w:style w:type="table" w:styleId="Listtabell4dekorfrg2">
     <w:name w:val="List Table 4 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11424,53 +11406,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable4-Accent3">
+  <w:style w:type="table" w:styleId="Listtabell4dekorfrg3">
     <w:name w:val="List Table 4 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11498,53 +11480,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable4-Accent4">
+  <w:style w:type="table" w:styleId="Listtabell4dekorfrg4">
     <w:name w:val="List Table 4 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11572,53 +11554,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable4-Accent5">
+  <w:style w:type="table" w:styleId="Listtabell4dekorfrg5">
     <w:name w:val="List Table 4 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11646,53 +11628,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable4-Accent6">
+  <w:style w:type="table" w:styleId="Listtabell4dekorfrg6">
     <w:name w:val="List Table 4 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11720,53 +11702,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable5Dark">
+  <w:style w:type="table" w:styleId="Listtabell5mrk">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -11854,53 +11836,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable5Dark-Accent1">
+  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg1">
     <w:name w:val="List Table 5 Dark Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4F0433" w:themeFill="accent1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -11988,53 +11970,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable5Dark-Accent2">
+  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg2">
     <w:name w:val="List Table 5 Dark Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FF876F" w:themeFill="accent2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -12122,53 +12104,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable5Dark-Accent3">
+  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg3">
     <w:name w:val="List Table 5 Dark Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="870052" w:themeFill="accent3"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -12256,53 +12238,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable5Dark-Accent4">
+  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg4">
     <w:name w:val="List Table 5 Dark Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFDDD6" w:themeFill="accent4"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -12390,53 +12372,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable5Dark-Accent5">
+  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg5">
     <w:name w:val="List Table 5 Dark Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4DB5BC" w:themeFill="accent5"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -12524,53 +12506,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable5Dark-Accent6">
+  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg6">
     <w:name w:val="List Table 5 Dark Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCEBED" w:themeFill="accent6"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -12658,53 +12640,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6Colourful">
+  <w:style w:type="table" w:styleId="Listtabell6frgstark">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -12726,53 +12708,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent1">
+  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg1">
     <w:name w:val="List Table 6 Colorful Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
@@ -12794,53 +12776,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent2">
+  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg2">
     <w:name w:val="List Table 6 Colorful Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
@@ -12862,53 +12844,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent3">
+  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg3">
     <w:name w:val="List Table 6 Colorful Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
@@ -12930,53 +12912,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent4">
+  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg4">
     <w:name w:val="List Table 6 Colorful Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
@@ -12998,53 +12980,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent5">
+  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg5">
     <w:name w:val="List Table 6 Colorful Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
@@ -13066,53 +13048,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent6">
+  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg6">
     <w:name w:val="List Table 6 Colorful Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
@@ -13134,53 +13116,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7Colourful">
+  <w:style w:type="table" w:styleId="Listtabell7frgstark">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -13257,53 +13239,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent1">
+  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg1">
     <w:name w:val="List Table 7 Colorful Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -13380,53 +13362,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent2">
+  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg2">
     <w:name w:val="List Table 7 Colorful Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -13503,53 +13485,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent3">
+  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg3">
     <w:name w:val="List Table 7 Colorful Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -13626,53 +13608,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent4">
+  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg4">
     <w:name w:val="List Table 7 Colorful Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -13749,53 +13731,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent5">
+  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg5">
     <w:name w:val="List Table 7 Colorful Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -13872,53 +13854,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent6">
+  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg6">
     <w:name w:val="List Table 7 Colorful Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -13995,62 +13977,62 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bibliography">
+  <w:style w:type="paragraph" w:styleId="Litteraturfrteckning">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList">
+  <w:style w:type="table" w:styleId="Ljuslista">
     <w:name w:val="Light List"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -14091,53 +14073,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -14178,53 +14160,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent2">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg2">
     <w:name w:val="Light List Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -14265,53 +14247,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent3">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg3">
     <w:name w:val="Light List Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -14352,53 +14334,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent4">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg4">
     <w:name w:val="Light List Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -14439,53 +14421,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent5">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg5">
     <w:name w:val="Light List Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -14526,53 +14508,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -14613,53 +14595,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading">
+  <w:style w:type="table" w:styleId="Ljusskuggning">
     <w:name w:val="Light Shading"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -14711,53 +14693,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -14809,53 +14791,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent2">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg2">
     <w:name w:val="Light Shading Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -14907,53 +14889,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent3">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg3">
     <w:name w:val="Light Shading Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -15005,53 +14987,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent4">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg4">
     <w:name w:val="Light Shading Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -15103,53 +15085,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent5">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg5">
     <w:name w:val="Light Shading Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -15201,53 +15183,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent6">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg6">
     <w:name w:val="Light Shading Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -15299,53 +15281,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid">
+  <w:style w:type="table" w:styleId="Ljustrutnt">
     <w:name w:val="Light Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -15424,53 +15406,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -15549,53 +15531,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent2">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg2">
     <w:name w:val="Light Grid Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -15674,53 +15656,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent3">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg3">
     <w:name w:val="Light Grid Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -15799,53 +15781,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent4">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg4">
     <w:name w:val="Light Grid Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -15924,53 +15906,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent5">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg5">
     <w:name w:val="Light Grid Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -16049,53 +16031,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -16174,131 +16156,131 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MacroText">
+  <w:style w:type="paragraph" w:styleId="Makrotext">
     <w:name w:val="macro"/>
-    <w:link w:val="MacroTextChar"/>
+    <w:link w:val="MakrotextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
-[...2 lines deleted...]
-    <w:link w:val="MacroText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MakrotextChar">
+    <w:name w:val="Makrotext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Makrotext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MessageHeader">
+  <w:style w:type="paragraph" w:styleId="Meddelanderubrik">
     <w:name w:val="Message Header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="MessageHeaderChar"/>
+    <w:link w:val="MeddelanderubrikChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="MessageHeader"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MeddelanderubrikChar">
+    <w:name w:val="Meddelanderubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Meddelanderubrik"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList1">
+  <w:style w:type="table" w:styleId="Mellanmrklista1">
     <w:name w:val="Medium List 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -16331,53 +16313,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg1">
     <w:name w:val="Medium List 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -16410,53 +16392,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList1-Accent2">
+  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg2">
     <w:name w:val="Medium List 1 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -16489,53 +16471,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList1-Accent3">
+  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg3">
     <w:name w:val="Medium List 1 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -16568,53 +16550,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList1-Accent4">
+  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg4">
     <w:name w:val="Medium List 1 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -16647,53 +16629,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList1-Accent5">
+  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg5">
     <w:name w:val="Medium List 1 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -16726,53 +16708,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg6">
     <w:name w:val="Medium List 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -16805,53 +16787,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList2">
+  <w:style w:type="table" w:styleId="Mellanmrklista2">
     <w:name w:val="Medium List 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -16928,53 +16910,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList2-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg1">
     <w:name w:val="Medium List 2 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -17051,53 +17033,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList2-Accent2">
+  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg2">
     <w:name w:val="Medium List 2 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -17173,53 +17155,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList2-Accent3">
+  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg3">
     <w:name w:val="Medium List 2 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -17296,53 +17278,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList2-Accent4">
+  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg4">
     <w:name w:val="Medium List 2 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -17419,53 +17401,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList2-Accent5">
+  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg5">
     <w:name w:val="Medium List 2 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -17542,53 +17524,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumList2-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg6">
     <w:name w:val="Medium List 2 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -17665,53 +17647,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1">
     <w:name w:val="Medium Shading 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -17766,53 +17748,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -17867,53 +17849,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent2">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg2">
     <w:name w:val="Medium Shading 1 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -17968,53 +17950,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent3">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg3">
     <w:name w:val="Medium Shading 1 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18069,53 +18051,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent4">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg4">
     <w:name w:val="Medium Shading 1 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18170,53 +18152,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg5">
     <w:name w:val="Medium Shading 1 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18271,53 +18253,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18372,53 +18354,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading2">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning2">
     <w:name w:val="Medium Shading 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -18516,53 +18498,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading2-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg1">
     <w:name w:val="Medium Shading 2 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -18660,53 +18642,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading2-Accent2">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg2">
     <w:name w:val="Medium Shading 2 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -18804,53 +18786,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading2-Accent3">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg3">
     <w:name w:val="Medium Shading 2 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -18948,53 +18930,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading2-Accent4">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg4">
     <w:name w:val="Medium Shading 2 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -19092,53 +19074,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading2-Accent5">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg5">
     <w:name w:val="Medium Shading 2 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -19236,53 +19218,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading2-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg6">
     <w:name w:val="Medium Shading 2 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -19380,53 +19362,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid1">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt1">
     <w:name w:val="Medium Grid 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -19448,53 +19430,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg1">
     <w:name w:val="Medium Grid 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -19516,53 +19498,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid1-Accent2">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg2">
     <w:name w:val="Medium Grid 1 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -19584,53 +19566,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid1-Accent3">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg3">
     <w:name w:val="Medium Grid 1 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -19652,53 +19634,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid1-Accent4">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg4">
     <w:name w:val="Medium Grid 1 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -19720,53 +19702,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid1-Accent5">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg5">
     <w:name w:val="Medium Grid 1 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -19788,53 +19770,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg6">
     <w:name w:val="Medium Grid 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -19856,53 +19838,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid2">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt2">
     <w:name w:val="Medium Grid 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
@@ -19976,53 +19958,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid2-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg1">
     <w:name w:val="Medium Grid 2 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
@@ -20096,53 +20078,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid2-Accent2">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg2">
     <w:name w:val="Medium Grid 2 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
@@ -20216,53 +20198,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid2-Accent3">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg3">
     <w:name w:val="Medium Grid 2 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
@@ -20336,53 +20318,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid2-Accent4">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg4">
     <w:name w:val="Medium Grid 2 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
@@ -20456,53 +20438,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg5">
     <w:name w:val="Medium Grid 2 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
@@ -20576,53 +20558,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid2-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg6">
     <w:name w:val="Medium Grid 2 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
@@ -20696,53 +20678,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt3">
     <w:name w:val="Medium Grid 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -20832,53 +20814,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg1">
     <w:name w:val="Medium Grid 3 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -20968,53 +20950,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg2">
     <w:name w:val="Medium Grid 3 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -21104,53 +21086,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3-Accent3">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg3">
     <w:name w:val="Medium Grid 3 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -21240,53 +21222,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3-Accent4">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg4">
     <w:name w:val="Medium Grid 3 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -21376,53 +21358,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3-Accent5">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg5">
     <w:name w:val="Medium Grid 3 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -21512,53 +21494,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg6">
     <w:name w:val="Medium Grid 3 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -21648,53 +21630,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableContemporary">
+  <w:style w:type="table" w:styleId="Moderntabell">
     <w:name w:val="Table Contemporary"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
@@ -21704,53 +21686,53 @@
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct5" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="DarkList">
+  <w:style w:type="table" w:styleId="Mrklista">
     <w:name w:val="Dark List"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -21813,53 +21795,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="DarkList-Accent1">
+  <w:style w:type="table" w:styleId="Mrklista-dekorfrg1">
     <w:name w:val="Dark List Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4F0433" w:themeFill="accent1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -21922,53 +21904,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="DarkList-Accent2">
+  <w:style w:type="table" w:styleId="Mrklista-dekorfrg2">
     <w:name w:val="Dark List Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FF876F" w:themeFill="accent2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22031,53 +22013,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="DarkList-Accent3">
+  <w:style w:type="table" w:styleId="Mrklista-dekorfrg3">
     <w:name w:val="Dark List Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="870052" w:themeFill="accent3"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22140,53 +22122,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="DarkList-Accent4">
+  <w:style w:type="table" w:styleId="Mrklista-dekorfrg4">
     <w:name w:val="Dark List Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFDDD6" w:themeFill="accent4"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22249,53 +22231,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="DarkList-Accent5">
+  <w:style w:type="table" w:styleId="Mrklista-dekorfrg5">
     <w:name w:val="Dark List Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4DB5BC" w:themeFill="accent5"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22358,53 +22340,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="DarkList-Accent6">
+  <w:style w:type="table" w:styleId="Mrklista-dekorfrg6">
     <w:name w:val="Dark List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCEBED" w:themeFill="accent6"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22467,100 +22449,100 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="7ACAD0" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="7ACAD0" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalIndent">
+  <w:style w:type="paragraph" w:styleId="Normaltindrag">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:ind w:left="1304"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber5">
+  <w:style w:type="paragraph" w:styleId="Numreradlista5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mention">
+  <w:style w:type="character" w:styleId="Nmn">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="41"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -22577,53 +22559,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="42"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -22657,53 +22639,53 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="43"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -22750,102 +22732,102 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="44"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable5">
+  <w:style w:type="table" w:styleId="Oformateradtabell5">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="45"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -22919,273 +22901,273 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PlainText">
+  <w:style w:type="paragraph" w:styleId="Oformateradtext">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="PlainTextChar"/>
+    <w:link w:val="OformateradtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
-[...2 lines deleted...]
-    <w:link w:val="PlainText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OformateradtextChar">
+    <w:name w:val="Oformaterad text Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Oformateradtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableProfessional">
+  <w:style w:type="table" w:styleId="Professionelltabell">
     <w:name w:val="Table Professional"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet2">
+  <w:style w:type="paragraph" w:styleId="Punktlista2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet3">
+  <w:style w:type="paragraph" w:styleId="Punktlista3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet4">
+  <w:style w:type="paragraph" w:styleId="Punktlista4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet5">
+  <w:style w:type="paragraph" w:styleId="Punktlista5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="LineNumber">
+  <w:style w:type="character" w:styleId="Radnummer">
     <w:name w:val="line number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+    <w:name w:val="Rubrik 6 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="270219" w:themeColor="accent1" w:themeShade="7F"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+    <w:name w:val="Rubrik 7 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="270219" w:themeColor="accent1" w:themeShade="7F"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik8Char">
+    <w:name w:val="Rubrik 8 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable1Light">
+  <w:style w:type="table" w:styleId="Rutntstabell1ljus">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -23196,53 +23178,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable1Light-Accent1">
+  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg1">
     <w:name w:val="Grid Table 1 Light Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -23253,53 +23235,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable1LightAccent2">
+  <w:style w:type="table" w:styleId="Rutntstabell1ljus-dekorfrg2">
     <w:name w:val="Grid Table 1 Light Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -23310,53 +23292,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable1Light-Accent3">
+  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg3">
     <w:name w:val="Grid Table 1 Light Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -23367,53 +23349,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable1Light-Accent4">
+  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg4">
     <w:name w:val="Grid Table 1 Light Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -23424,53 +23406,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable1Light-Accent5">
+  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg5">
     <w:name w:val="Grid Table 1 Light Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -23481,53 +23463,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable1Light-Accent6">
+  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg6">
     <w:name w:val="Grid Table 1 Light Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -23538,53 +23520,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable2">
+  <w:style w:type="table" w:styleId="Rutntstabell2">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
@@ -23613,53 +23595,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable2-Accent1">
+  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg1">
     <w:name w:val="Grid Table 2 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
@@ -23688,53 +23670,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable2-Accent2">
+  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg2">
     <w:name w:val="Grid Table 2 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
@@ -23763,53 +23745,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable2-Accent3">
+  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg3">
     <w:name w:val="Grid Table 2 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
@@ -23838,53 +23820,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable2-Accent4">
+  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg4">
     <w:name w:val="Grid Table 2 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
@@ -23913,53 +23895,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable2-Accent5">
+  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg5">
     <w:name w:val="Grid Table 2 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
@@ -23988,53 +23970,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable2-Accent6">
+  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg6">
     <w:name w:val="Grid Table 2 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
@@ -24063,53 +24045,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable3">
+  <w:style w:type="table" w:styleId="Rutntstabell3">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -24199,53 +24181,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable3-Accent1">
+  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg1">
     <w:name w:val="Grid Table 3 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -24335,53 +24317,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable3-Accent2">
+  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg2">
     <w:name w:val="Grid Table 3 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -24471,53 +24453,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable3-Accent3">
+  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg3">
     <w:name w:val="Grid Table 3 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -24607,53 +24589,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable3-Accent4">
+  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg4">
     <w:name w:val="Grid Table 3 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -24743,53 +24725,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable3-Accent5">
+  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg5">
     <w:name w:val="Grid Table 3 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -24879,53 +24861,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable3-Accent6">
+  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg6">
     <w:name w:val="Grid Table 3 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -25015,53 +24997,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable4">
+  <w:style w:type="table" w:styleId="Rutntstabell4">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -25091,53 +25073,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable4-Accent1">
+  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg1">
     <w:name w:val="Grid Table 4 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -25167,53 +25149,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable4-Accent2">
+  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg2">
     <w:name w:val="Grid Table 4 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -25243,53 +25225,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable4-Accent3">
+  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg3">
     <w:name w:val="Grid Table 4 Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -25319,53 +25301,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable4-Accent4">
+  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg4">
     <w:name w:val="Grid Table 4 Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -25395,53 +25377,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable4-Accent5">
+  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg5">
     <w:name w:val="Grid Table 4 Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -25471,53 +25453,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable4-Accent6">
+  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg6">
     <w:name w:val="Grid Table 4 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -25547,53 +25529,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable5Dark">
+  <w:style w:type="table" w:styleId="Rutntstabell5mrk">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -25653,53 +25635,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable5Dark-Accent1">
+  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg1">
     <w:name w:val="Grid Table 5 Dark Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -25759,53 +25741,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4F0433" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F65CBC" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F65CBC" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable5Dark-Accent2">
+  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg2">
     <w:name w:val="Grid Table 5 Dark Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -25865,53 +25847,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF876F" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFCEC5" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFCEC5" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable5Dark-Accent3">
+  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg3">
     <w:name w:val="Grid Table 5 Dark Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -25971,53 +25953,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="870052" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF69C3" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF69C3" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable5Dark-Accent4">
+  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg4">
     <w:name w:val="Grid Table 5 Dark Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -26077,53 +26059,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFDDD6" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF1EE" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF1EE" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable5Dark-Accent5">
+  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg5">
     <w:name w:val="Grid Table 5 Dark Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -26183,53 +26165,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4DB5BC" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B7E1E4" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B7E1E4" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable5Dark-Accent6">
+  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg6">
     <w:name w:val="Grid Table 5 Dark Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -26289,53 +26271,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="CCEBED" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF6F7" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF6F7" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6Colourful">
+  <w:style w:type="table" w:styleId="Rutntstabell6frgstark">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -26361,53 +26343,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent1">
+  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg1">
     <w:name w:val="Grid Table 6 Colorful Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -26433,53 +26415,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent2">
+  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg2">
     <w:name w:val="Grid Table 6 Colorful Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -26505,53 +26487,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent3">
+  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg3">
     <w:name w:val="Grid Table 6 Colorful Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -26577,53 +26559,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent4">
+  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg4">
     <w:name w:val="Grid Table 6 Colorful Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -26649,53 +26631,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent5">
+  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg5">
     <w:name w:val="Grid Table 6 Colorful Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -26721,53 +26703,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent6">
+  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg6">
     <w:name w:val="Grid Table 6 Colorful Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -26793,53 +26775,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7Colourful">
+  <w:style w:type="table" w:styleId="Rutntstabell7frgstark">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -26932,53 +26914,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent1">
+  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg1">
     <w:name w:val="Grid Table 7 Colorful Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -27071,53 +27053,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent2">
+  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg2">
     <w:name w:val="Grid Table 7 Colorful Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -27210,53 +27192,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent3">
+  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg3">
     <w:name w:val="Grid Table 7 Colorful Accent 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -27349,53 +27331,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent4">
+  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg4">
     <w:name w:val="Grid Table 7 Colorful Accent 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -27488,53 +27470,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent5">
+  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg5">
     <w:name w:val="Grid Table 7 Colorful Accent 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -27627,53 +27609,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent6">
+  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg6">
     <w:name w:val="Grid Table 7 Colorful Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -27766,153 +27748,153 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Signature">
+  <w:style w:type="paragraph" w:styleId="Signatur">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SignatureChar"/>
+    <w:link w:val="SignaturChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="4252"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
-[...2 lines deleted...]
-    <w:link w:val="Signature"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignaturChar">
+    <w:name w:val="Signatur Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Signatur"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteReference">
+  <w:style w:type="character" w:styleId="Slutnotsreferens">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EndnoteText">
+  <w:style w:type="paragraph" w:styleId="Slutnotstext">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="EndnoteTextChar"/>
+    <w:link w:val="SlutnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="EndnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SlutnotstextChar">
+    <w:name w:val="Slutnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Slutnotstext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SmartHyperlink">
+  <w:style w:type="character" w:styleId="Smarthyperlnk">
     <w:name w:val="Smart Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:u w:val="dotted"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SmartLink">
     <w:name w:val="Smart Link"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F3F2F1"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableClassic1">
+  <w:style w:type="table" w:styleId="Standardtabell1">
     <w:name w:val="Table Classic 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
@@ -27948,53 +27930,53 @@
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableClassic2">
+  <w:style w:type="table" w:styleId="Standardtabell2">
     <w:name w:val="Table Classic 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="800080" w:fill="FFFFFF"/>
@@ -28038,53 +28020,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="800080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableClassic3">
+  <w:style w:type="table" w:styleId="Standardtabell3">
     <w:name w:val="Table Classic 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="000080"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="FFFFFF"/>
@@ -28106,53 +28088,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableClassic4">
+  <w:style w:type="table" w:styleId="Standardtabell4">
     <w:name w:val="Table Classic 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -28195,134 +28177,134 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
+  <w:style w:type="character" w:styleId="Stark">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="22"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseEmphasis">
+  <w:style w:type="character" w:styleId="Starkbetoning">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="21"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseReference">
+  <w:style w:type="character" w:styleId="Starkreferens">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="32"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:spacing w:val="5"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+  <w:style w:type="paragraph" w:styleId="Starktcitat">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="IntenseQuoteChar"/>
+    <w:link w:val="StarktcitatChar"/>
     <w:uiPriority w:val="30"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4F0433" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="IntenseQuote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StarktcitatChar">
+    <w:name w:val="Starkt citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Starktcitat"/>
     <w:uiPriority w:val="30"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3Deffects1">
+  <w:style w:type="table" w:styleId="Tabellmed3D-effekter1">
     <w:name w:val="Table 3D effects 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr/>
     <w:tcPr>
       <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="800080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
@@ -28384,53 +28366,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3Deffects2">
+  <w:style w:type="table" w:styleId="Tabellmed3D-effekter2">
     <w:name w:val="Table 3D effects 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:tblPr/>
@@ -28457,53 +28439,53 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3Deffects3">
+  <w:style w:type="table" w:styleId="Tabellmed3D-effekter3">
     <w:name w:val="Table 3D effects 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -28546,53 +28528,53 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColumns1">
+  <w:style w:type="table" w:styleId="Tabellmedkolumn1">
     <w:name w:val="Table Columns 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -28664,53 +28646,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColumns2">
+  <w:style w:type="table" w:styleId="Tabellmedkolumn2">
     <w:name w:val="Table Columns 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -28776,53 +28758,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColumns3">
+  <w:style w:type="table" w:styleId="Tabellmedkolumn3">
     <w:name w:val="Table Columns 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000080"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -28882,53 +28864,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="pct10" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColumns4">
+  <w:style w:type="table" w:styleId="Tabellmedkolumn4">
     <w:name w:val="Table Columns 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -28950,53 +28932,53 @@
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="pct50" w:color="008080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="pct10" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColumns5">
+  <w:style w:type="table" w:styleId="Tabellmedkolumn5">
     <w:name w:val="Table Columns 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
@@ -29038,53 +29020,53 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableList1">
+  <w:style w:type="table" w:styleId="Tabellista1">
     <w:name w:val="Table List 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="008080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="008080"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="800000"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -29121,53 +29103,53 @@
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableList2">
+  <w:style w:type="table" w:styleId="Tabellista2">
     <w:name w:val="Table List 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="2"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct75" w:color="008080" w:fill="008000"/>
       </w:tcPr>
@@ -29199,53 +29181,53 @@
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableList3">
+  <w:style w:type="table" w:styleId="Tabellista3">
     <w:name w:val="Table List 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -29256,136 +29238,136 @@
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableList4">
+  <w:style w:type="table" w:styleId="Tabellista4">
     <w:name w:val="Table List 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="808080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableList5">
+  <w:style w:type="table" w:styleId="Tabellista5">
     <w:name w:val="Table List 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableList6">
+  <w:style w:type="table" w:styleId="Tabellista6">
     <w:name w:val="Table List 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct50" w:color="000000" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
@@ -29397,53 +29379,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct25" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableList7">
+  <w:style w:type="table" w:styleId="Tabellista7">
     <w:name w:val="Table List 7"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="008000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="008000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -29493,53 +29475,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct25" w:color="FFFF00" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableList8">
+  <w:style w:type="table" w:styleId="Tabellista8">
     <w:name w:val="Table List 8"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -29591,100 +29573,100 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct25" w:color="FFFF00" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct50" w:color="FF0000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid1">
+  <w:style w:type="table" w:styleId="Tabellrutnt1">
     <w:name w:val="Table Grid 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid2">
+  <w:style w:type="table" w:styleId="Tabellrutnt2">
     <w:name w:val="Table Grid 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
@@ -29708,53 +29690,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid3">
+  <w:style w:type="table" w:styleId="Tabellrutnt3">
     <w:name w:val="Table Grid 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct30" w:color="FFFF00" w:fill="FFFFFF"/>
@@ -29765,53 +29747,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid4">
+  <w:style w:type="table" w:styleId="Tabellrutnt4">
     <w:name w:val="Table Grid 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -29828,53 +29810,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct30" w:color="FFFF00" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid5">
+  <w:style w:type="table" w:styleId="Tabellrutnt5">
     <w:name w:val="Table Grid 5"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
@@ -29894,53 +29876,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid6">
+  <w:style w:type="table" w:styleId="Tabellrutnt6">
     <w:name w:val="Table Grid 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -29963,53 +29945,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid7">
+  <w:style w:type="table" w:styleId="Tabellrutnt7">
     <w:name w:val="Table Grid 7"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
@@ -30051,53 +30033,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid8">
+  <w:style w:type="table" w:styleId="Tabellrutnt8">
     <w:name w:val="Table Grid 8"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000080"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -30115,227 +30097,227 @@
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGridLight">
+  <w:style w:type="table" w:styleId="Tabellrutntljust">
     <w:name w:val="Grid Table Light"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableTheme">
+  <w:style w:type="table" w:styleId="Tabelltema">
     <w:name w:val="Table Theme"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableWeb1">
+  <w:style w:type="table" w:styleId="Webbtabell1">
     <w:name w:val="Table Web 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableWeb2">
+  <w:style w:type="table" w:styleId="Webbtabell2">
     <w:name w:val="Table Web 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:left w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:bottom w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:right w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideH w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableWeb3">
+  <w:style w:type="table" w:styleId="Webbtabell3">
     <w:name w:val="Table Web 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:left w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:bottom w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:right w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrikliten">
     <w:name w:val="Rubrik liten"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00307FC0"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dokumentnamn">
     <w:name w:val="Dokumentnamn"/>
     <w:basedOn w:val="Rubrikliten"/>
     <w:uiPriority w:val="14"/>
     <w:qFormat/>
     <w:rsid w:val="0061653D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:ind w:left="3827" w:hanging="3827"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="KarolinskaInstitutet">
     <w:name w:val="Karolinska Institutet"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002644FB"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
@@ -30519,51 +30501,51 @@
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DE6EE8"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
     <w:name w:val="Tabelltext"/>
     <w:basedOn w:val="Tabellrubrik"/>
     <w:qFormat/>
     <w:rsid w:val="00DE6EE8"/>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="61415356">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1766075359">
           <w:marLeft w:val="288"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -31436,96 +31418,96 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="LPXML"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basmall_m_logo.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>522</Words>
-  <Characters>2982</Characters>
+  <Words>490</Words>
+  <Characters>2701</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>135</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr>    //&lt;Dokumentnamn&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Datum&gt;	Dnr: &lt;Dnr&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Institution&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Avdelning&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Namn&gt;, &lt;Titel&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Mottagare&gt;</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>&lt;Rubrik&gt;</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3498</CharactersWithSpaces>
+  <CharactersWithSpaces>3146</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B8615BE51D60BA44B86811C5F608C49E</vt:lpwstr>
   </property>