--- v0 (2025-10-19)
+++ v1 (2025-12-24)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2B9627B5" w14:textId="77777777" w:rsidR="007D028E" w:rsidRPr="00A337F0" w:rsidRDefault="007D028E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B9627B6" w14:textId="77777777" w:rsidR="007D028E" w:rsidRPr="00A337F0" w:rsidRDefault="007D028E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B9627B7" w14:textId="77777777" w:rsidR="007D028E" w:rsidRPr="00A337F0" w:rsidRDefault="007D028E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="26"/>
@@ -1484,51 +1484,51 @@
                         <w:txbxContent>
                           <w:p w14:paraId="7FBDA6B6" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="336712BC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:141.5pt;margin-top:14.9pt;width:219.5pt;height:20.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIWTYiTAIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+xqgBTrUULFWTJNQ&#10;W6md+mwcp0RzfJ5tSNhfv89OoKzd07QX53758913d7m6bmvNdsr5ikzOh2cDzpSRVFTmJeffn5af&#10;LjnzQZhCaDIq53vl+fX844erxs7UiDakC+UYQIyfNTbnmxDsLMu83Kha+DOyysBZkqtFgOpessKJ&#10;Bui1zkaDwSRryBXWkVTew3rbOfk84ZelkuG+LL0KTOccuYV0unSu45nNr8TsxQm7qWSfhviHLGpR&#10;GTx6hLoVQbCtq95B1ZV05KkMZ5LqjMqykirVgGqGgzfVPG6EVakWkOPtkSb//2Dl3e7BsarI+Tln&#10;RtRo0ZNqg9si//PITmP9DEGPFmGh/UItunywexhj0W3p6vhFOQx+8Lw/cgswJmEcTS+nkzFcEr7R&#10;eDqcjiNM9nrbOh++KqpZFHLu0LtEqditfOhCDyHxMU+6KpaV1kmJ86JutGM7gU7rkHIE+B9R2rAm&#10;55NzpPEOIUIf76+1kD/69E4QgKcNco6cdLVHKbTrtidqTcUePDnq5sxbuayAuxI+PAiHwUL9WJZw&#10;j6PUhGSolzjbkPv1N3uMR7/h5azBoObc/9wKpzjT3wwm4fPw4iJOdlIuxtMRFHfqWZ96zLa+ITA0&#10;xFpamcQYH/RBLB3Vz9ipRXwVLmEk3s55OIg3oVsf7KRUi0UKwixbEVbm0coIHcmNfD61z8LZvp8B&#10;k3BHh5EWszdt7WLjTUOLbaCySj2PBHes9rxjD9LU9DsbF+1UT1Gvf5b5bwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAI1BwtjbAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYSidB&#10;1zWdAA0unNgQ56zxkmiNUzVZV/495gS3Z/vp+XvNZg69mHBMPpKC+0UBAqmLxpNV8Ll/vatApKzJ&#10;6D4SKvjGBJv2+qrRtYkX+sBpl63gEEq1VuByHmopU+cw6LSIAxLfjnEMOvM4WmlGfeHw0MuyKB5k&#10;0J74g9MDvjjsTrtzULB9tivbVXp028p4P81fx3f7ptTtzfy0BpFxzn9m+MVndGiZ6RDPZJLoFZTV&#10;krtkFiuuwIbHsuTFgUWxBNk28n+D9gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAIWTYi&#10;TAIAAKEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCN&#10;QcLY2wAAAAkBAAAPAAAAAAAAAAAAAAAAAKYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAArgUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape id="Textruta 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:141.5pt;margin-top:14.9pt;width:219.5pt;height:20.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQxBSuNgIAAHwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xk+WiNOEWWIsOA&#10;oC2QDj0rshQbk0VNUmJnv36U7Hys7anYRaZE6ol8fPTsrqkUOQjrStAZHfT6lAjNIS/1LqM/n1df&#10;bihxnumcKdAio0fh6N3886dZbVIxhAJULixBEO3S2mS08N6kSeJ4ISrmemCERqcEWzGPW7tLcstq&#10;RK9UMuz3J0kNNjcWuHAOT+9bJ51HfCkF949SOuGJyijm5uNq47oNazKfsXRnmSlK3qXBPpBFxUqN&#10;j56h7plnZG/LN1BVyS04kL7HoUpAypKLWANWM+i/qmZTMCNiLUiOM2ea3P+D5Q+HjXmyxDffoMEG&#10;BkJq41KHh6GeRtoqfDFTgn6k8HimTTSecDwcTm+mkzG6OPqG4+lgOg4wyeW2sc5/F1CRYGTUYlsi&#10;W+ywdr4NPYWExxyoMl+VSsVNkIJYKksODJuofMwRwf+JUprUGZ18xTTeIATo8/2tYvxXl94VAuIp&#10;jTlfag+Wb7ZNR8gW8iPyZKGVkDN8VSLumjn/xCxqBuvHOfCPuEgFmAx0FiUF2D/vnYd4bCV6KalR&#10;gxl1v/fMCkrUD41Nvh2MRkG0cTMaT4e4sdee7bVH76slIEMDnDjDoxnivTqZ0kL1guOyCK+ii2mO&#10;b2fUn8ylbycDx42LxSIGoUwN82u9MTxAB3IDn8/NC7Om66dHJTzASa0sfdXWNjbc1LDYe5Bl7Hkg&#10;uGW14x0lHlXTjWOYoet9jLr8NOZ/AQAA//8DAFBLAwQUAAYACAAAACEAjUHC2NsAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKJ0HXNZ0ADS6c2BDnrPGSaI1TNVlX/j3m&#10;BLdn++n5e81mDr2YcEw+koL7RQECqYvGk1XwuX+9q0CkrMnoPhIq+MYEm/b6qtG1iRf6wGmXreAQ&#10;SrVW4HIeailT5zDotIgDEt+OcQw68zhaaUZ94fDQy7IoHmTQnviD0wO+OOxOu3NQsH22K9tVenTb&#10;yng/zV/Hd/um1O3N/LQGkXHOf2b4xWd0aJnpEM9kkugVlNWSu2QWK67Ahsey5MWBRbEE2Tbyf4P2&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABDEFK42AgAAfAQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI1BwtjbAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7FBDA6B6" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A80CE04" w14:textId="44DEA307" w:rsidR="00E91DF4" w:rsidRPr="00A337F0" w:rsidRDefault="0082441B">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:left="466"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:color w:val="231F20"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A337F0">
@@ -1613,51 +1613,51 @@
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="5E45CFF3" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="72978AA8" id="Textruta 4" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:141.5pt;margin-top:12.6pt;width:219.5pt;height:21pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3xqIXTQIAAKgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7Jdx04Fy4GbIEUB&#10;IwmQFDnTFBUJpbgsSVtyv75D+hEn6anohdoXh7uzu5pd9q1mG+V8Q6bgw7MBZ8pIKhvzXPAfjzef&#10;LjjzQZhSaDKq4Fvl+eX844dZZ3M1opp0qRwDiPF5Zwteh2DzLPOyVq3wZ2SVgbMi14oA1T1npRMd&#10;0FudjQaDSdaRK60jqbyH9Xrn5POEX1VKhruq8iowXXDkFtLp0rmKZzafifzZCVs3cp+G+IcsWtEY&#10;PHqEuhZBsLVr3kG1jXTkqQpnktqMqqqRKtWAaoaDN9U81MKqVAvI8fZIk/9/sPJ2c+9YUxZ8zJkR&#10;LVr0qPrg1sh/HNnprM8R9GARFvqv1KPLB7uHMRbdV66NX5TD4AfP2yO3AGMSxtH0Yjo5h0vCN5pM&#10;poNEfvZy2zofvilqWRQK7tC7RKnYLH1AJgg9hMTHPOmmvGm0TkqcF3WlHdsIdFqHlCNuvIrShnUF&#10;n3xGGu8QIvTx/koL+TNW+RoBmjYwRk52tUcp9Ks+MXjkZUXlFnQ52o2bt/KmAfxS+HAvHOYLNGBn&#10;wh2OShNyor3EWU3u99/sMR5th5ezDvNacP9rLZziTH83GIgvw/E4DnhSxufTERR36lmdesy6vSIQ&#10;NcR2WpnEGB/0QawctU9YrUV8FS5hJN4ueDiIV2G3RVhNqRaLFISRtiIszYOVETpyHGl97J+Es/u2&#10;BgzELR0mW+RvuruLjTcNLdaBqia1PvK8Y3VPP9YhdWe/unHfTvUU9fKDmf8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBcAXtC3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqIMR&#10;bRriVIAKF04U1PM2dm2L2I5sNw1/z3KC2+7OaPZNu5n9wCadsotBwu2iAqZDH5ULRsLnx8tNDSwX&#10;DAqHGLSEb51h011etNioeA7vetoVwygk5AYl2FLGhvPcW+0xL+KoA2nHmDwWWpPhKuGZwv3ARVUt&#10;uUcX6IPFUT9b3X/tTl7C9smsTV9jsttaOTfN++ObeZXy+mp+fABW9Fz+zPCLT+jQEdMhnoLKbJAg&#10;6jvqUmi4F8DIsBKCDgcJy5UA3rX8f4PuBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADfG&#10;ohdNAgAAqAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AFwBe0LcAAAACQEAAA8AAAAAAAAAAAAAAAAApwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACwBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="72978AA8" id="Textruta 4" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:141.5pt;margin-top:12.6pt;width:219.5pt;height:21pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+Gp+hOAIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xkadIZcYosRYYB&#10;QVsgHXpWZCkWJouapMTOfv0oOV9tdxp2kUmReiQfSU/v2lqTvXBegSnooNenRBgOpTLbgv54Xn66&#10;pcQHZkqmwYiCHoSnd7OPH6aNzcUQKtClcARBjM8bW9AqBJtnmeeVqJnvgRUGjRJczQKqbpuVjjWI&#10;Xuts2O+PswZcaR1w4T3e3ndGOkv4UgoeHqX0IhBdUMwtpNOlcxPPbDZl+dYxWyl+TIP9QxY1UwaD&#10;nqHuWWBk59Q7qFpxBx5k6HGoM5BScZFqwGoG/TfVrCtmRaoFyfH2TJP/f7D8Yb+2T46E9iu02MBI&#10;SGN97vEy1tNKV8cvZkrQjhQezrSJNhCOl8PJ7WR8gyaOtuF4POknXrPLa+t8+CagJlEoqMO2JLbY&#10;fuUDRkTXk0sM5kGrcqm0TkocBbHQjuwZNlGHlCO+eOWlDWkKOv6MabxDiNDn9xvN+M9Y5WsE1LTB&#10;y0vtUQrtpiWqvOJlA+UB6XLQTZK3fKkQfsV8eGIORwdpwHUIj3hIDZgTHCVKKnC//3Yf/bGjaKWk&#10;wVEsqP+1Y05Qor8b7PWXwWgUZzcpo5vJEBV3bdlcW8yuXgASNcDFszyJ0T/okygd1C+4NfMYFU3M&#10;cIxd0HASF6FbENw6Lubz5ITTallYmbXlETpyHGl9bl+Ys8e2BhyIBzgNLcvfdLfzjS8NzHcBpEqt&#10;jzx3rB7px0lP3TluZVylaz15Xf4dsz8AAAD//wMAUEsDBBQABgAIAAAAIQBcAXtC3AAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqIMRbRriVIAKF04U1PM2dm2L2I5sNw1/&#10;z3KC2+7OaPZNu5n9wCadsotBwu2iAqZDH5ULRsLnx8tNDSwXDAqHGLSEb51h011etNioeA7vetoV&#10;wygk5AYl2FLGhvPcW+0xL+KoA2nHmDwWWpPhKuGZwv3ARVUtuUcX6IPFUT9b3X/tTl7C9smsTV9j&#10;sttaOTfN++ObeZXy+mp+fABW9Fz+zPCLT+jQEdMhnoLKbJAg6jvqUmi4F8DIsBKCDgcJy5UA3rX8&#10;f4PuBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL4an6E4AgAAgwQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFwBe0LcAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAkgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="5E45CFF3" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5B04AF" w14:textId="065F21A2" w:rsidR="00924C53" w:rsidRPr="00A337F0" w:rsidRDefault="00924C53">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:left="466"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:color w:val="231F20"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A337F0">
@@ -1731,51 +1731,51 @@
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="10A1F46A" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0592952A" id="Textruta 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:141.25pt;margin-top:13.3pt;width:220.5pt;height:19.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgygqiTAIAAKgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwsUSIJYIkpEVSlK&#10;IiVVzsbrhVW9Htc27Ka/vs9eIDTpqerFO19+nnkzs7PrttZsr5yvyOR80OtzpoykojKbnH9/Wn26&#10;5MwHYQqhyaicvyjPr+cfP8waO1VD2pIulGMAMX7a2JxvQ7DTLPNyq2rhe2SVgbMkV4sA1W2ywokG&#10;6LXOhv3+JGvIFdaRVN7DetM5+Tzhl6WS4b4svQpM5xy5hXS6dK7jmc1nYrpxwm4reUhD/EMWtagM&#10;Hj1B3Ygg2M5V76DqSjryVIaepDqjsqykSjWgmkH/TTWPW2FVqgXkeHuiyf8/WHm3f3CsKnI+5syI&#10;Gi16Um1wO+Q/juw01k8R9GgRFtov1KLLR7uHMRbdlq6OX5TD4AfPLyduAcYkjMPLfv/zGC4J33B0&#10;MYEM+Oz1tnU+fFVUsyjk3KF3iVKxv/WhCz2GxMc86apYVVonJc6LWmrH9gKd1iHlCPA/orRhTc4n&#10;MY13CBH6dH+thfxxSO8MAXjaIOfISVd7lEK7bhODwyMvaypeQJejbty8lasK8LfChwfhMF+gATsT&#10;7nGUmpATHSTOtuR+/c0e49F2eDlrMK859z93winO9DeDgbgajEZxwJMyGl8Mobhzz/rcY3b1kkDU&#10;ANtpZRJjfNBHsXRUP2O1FvFVuISReDvn4SguQ7dFWE2pFosUhJG2ItyaRysjdOQ40vrUPgtnD20N&#10;GIg7Ok62mL7pbhcbbxpa7AKVVWp95Llj9UA/1iENz2F1476d6ynq9Qcz/w0AAP//AwBQSwMEFAAG&#10;AAgAAAAhAHphiizcAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMjz1PwzAQhnck/oN1SGzUIagm&#10;hDgVoMLCREHM19i1LWI7st00/HuOCbb7ePTec91m8SObdcouBgnXqwqYDkNULhgJH+/PVw2wXDAo&#10;HGPQEr51hk1/ftZhq+IpvOl5VwyjkJBblGBLmVrO82C1x7yKkw60O8TksVCbDFcJTxTuR15XleAe&#10;XaALFif9ZPXwtTt6CdtHc2eGBpPdNsq5efk8vJoXKS8vlod7YEUv5Q+GX31Sh56c9vEYVGajhLqp&#10;14RSIQQwAm7rGxrsJYi1AN53/P8H/Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoMoK&#10;okwCAACoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;emGKLNwAAAAJAQAADwAAAAAAAAAAAAAAAACmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAK8FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="0592952A" id="Textruta 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:141.25pt;margin-top:13.3pt;width:220.5pt;height:19.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaas/EOAIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+xkadoacYosRYYB&#10;RVsgHXpWZCkWJouapMTOfv0oOV9rdxp2kSmReiIfHz296xpNdsJ5Baakw0FOiTAcKmU2Jf3+svx0&#10;Q4kPzFRMgxEl3QtP72YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMOiW4hgXcuk1WOdYi&#10;eqOzUZ5PshZcZR1w4T2e3vdOOkv4UgoenqT0IhBdUswtpNWldR3XbDZlxcYxWyt+SIP9QxYNUwYf&#10;PUHds8DI1ql3UI3iDjzIMODQZCCl4iLVgNUM8zfVrGpmRaoFyfH2RJP/f7D8cbeyz46E7gt02MBI&#10;SGt94fEw1tNJ18QvZkrQjxTuT7SJLhCOh6ObPP98hS6OvtH4eoI2wmTn29b58FVAQ6JRUodtSWyx&#10;3YMPfegxJD7mQatqqbROmygFsdCO7Bg2UYeUI4L/EaUNaUs6iWm8Q4jQp/trzfiPQ3oXCIinDeZ8&#10;rj1aoVt3RFVY1ZGXNVR7pMtBryRv+VIh/APz4Zk5lA7SgOMQnnCRGjAnOFiU1OB+/e08xmNH0UtJ&#10;i1Isqf+5ZU5Qor8Z7PXtcDyO2k2b8dX1CDfu0rO+9JhtswAkaoiDZ3kyY3zQR1M6aF5xaubxVXQx&#10;w/HtkoajuQj9gODUcTGfpyBUq2Xhwawsj9CR40jrS/fKnD20NaAgHuEoWla86W4fG28amG8DSJVa&#10;H3nuWT3Qj0pP4jlMZRyly32KOv87Zr8BAAD//wMAUEsDBBQABgAIAAAAIQB6YYos3AAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI89T8MwEIZ3JP6DdUhs1CGoJoQ4FaDCwkRBzNfYtS1iO7LdNPx7&#10;jgm2+3j03nPdZvEjm3XKLgYJ16sKmA5DVC4YCR/vz1cNsFwwKBxj0BK+dYZNf37WYaviKbzpeVcM&#10;o5CQW5RgS5lazvNgtce8ipMOtDvE5LFQmwxXCU8U7kdeV5XgHl2gCxYn/WT18LU7egnbR3NnhgaT&#10;3TbKuXn5PLyaFykvL5aHe2BFL+UPhl99UoeenPbxGFRmo4S6qdeEUiEEMAJu6xsa7CWItQDed/z/&#10;B/0PAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABpqz8Q4AgAAgwQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHphiizcAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAkgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="10A1F46A" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDC01D7" w14:textId="18FC5901" w:rsidR="00924C53" w:rsidRPr="00A337F0" w:rsidRDefault="00924C53">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:left="466"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:color w:val="231F20"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A337F0">
@@ -1860,51 +1860,51 @@
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="55F2443B" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7777F608" id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:142pt;margin-top:18.05pt;width:221pt;height:21pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7VFg4TAIAAKgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N5KdxEkNy4GbIEUB&#10;IwlgFznTFGULpbgsSVtyv75DynYe7anohdoXh7uzu5rcdI1mO+V8Tabgg7OcM2UklbVZF/z78v7T&#10;NWc+CFMKTUYVfK88v5l+/DBp7VgNaUO6VI4BxPhxawu+CcGOs8zLjWqEPyOrDJwVuUYEqG6dlU60&#10;QG90NszzUdaSK60jqbyH9a538mnCryolw2NVeRWYLjhyC+l06VzFM5tOxHjthN3U8pCG+IcsGlEb&#10;PHqCuhNBsK2r/4BqaunIUxXOJDUZVVUtVaoB1Qzyd9UsNsKqVAvI8fZEk/9/sPJh9+RYXRZ8xJkR&#10;DVq0VF1wW+Q/iuy01o8RtLAIC90X6tDlo93DGIvuKtfEL8ph8IPn/YlbgDEJ4/A6H13lcEn4hqMk&#10;Az57uW2dD18VNSwKBXfoXaJU7OY+9KHHkPiYJ12X97XWSYnzom61YzuBTuuQcgT4myhtWItCzy/z&#10;BPzGF6FP91dayB+xyrcI0LSBMXLS1x6l0K26xOD5kZcVlXvQ5agfN2/lfQ34ufDhSTjMF2jAzoRH&#10;HJUm5EQHibMNuV9/s8d4tB1ezlrMa8H9z61wijP9zWAgPg8uLuKAJ+Xi8moIxb32rF57zLa5JRA1&#10;wHZamcQYH/RRrBw1z1itWXwVLmEk3i54OIq3od8irKZUs1kKwkhbEeZmYWWEjo2JtC67Z+Hsoa0B&#10;A/FAx8kW43fd7WPjTUOzbaCqTq2PPPesHujHOqTuHFY37ttrPUW9/GCmvwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhACTstmvdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok4CC&#10;G+JUgAoXThTU8zZ2bYvYjmI3DX/PcoLb7s5o9k27WfzAZj0lF4OEclUA06GPygUj4fPj5UYASxmD&#10;wiEGLeFbJ9h0lxctNiqew7ued9kwCgmpQQk257HhPPVWe0yrOOpA2jFOHjOtk+FqwjOF+4FXRVFz&#10;jy7QB4ujfra6/9qdvITtk1mbXuBkt0I5Ny/745t5lfL6anl8AJb1kv/M8ItP6NAR0yGegkpskFCJ&#10;O+qSJdzWJTAy3Fc1HQ40iBJ41/L/DbofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPtU&#10;WDhMAgAAqAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ACTstmvdAAAACQEAAA8AAAAAAAAAAAAAAAAApgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACwBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="7777F608" id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:142pt;margin-top:18.05pt;width:221pt;height:21pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVduT0NwIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+ykadoFcYosRYYB&#10;QVsgHXpWZCkWJouapMTOfv0oOc9up2EXmS99Ij+Snjy0tSY74bwCU9B+L6dEGA6lMpuCfn9dfLqn&#10;xAdmSqbBiILuhacP048fJo0diwFUoEvhCIIYP25sQasQ7DjLPK9EzXwPrDDolOBqFlB1m6x0rEH0&#10;WmeDPB9lDbjSOuDCe7Q+dk46TfhSCh6epfQiEF1QzC2k06VzHc9sOmHjjWO2UvyQBvuHLGqmDD56&#10;gnpkgZGtU39A1Yo78CBDj0OdgZSKi1QDVtPP31WzqpgVqRYkx9sTTf7/wfKn3cq+OBLaL9BiAyMh&#10;jfVjj8ZYTytdHb+YKUE/Urg/0SbaQDgaB/f56C5HF0ffYJRkhMnOt63z4auAmkShoA7bkthiu6UP&#10;XegxJD7mQatyobROShwFMdeO7Bg2UYeUI4JfRWlDmoKObm7zBHzli9Cn+2vN+I9Y5TUCatqg8Vx7&#10;lEK7bokqC3pz5GUN5R7pctBNkrd8oRB+yXx4YQ5HB2nAdQjPeEgNmBMcJEoqcL/+Zo/x2FH0UtLg&#10;KBbU/9wyJyjR3wz2+nN/OIyzm5Th7d0AFXfpWV96zLaeAxLVx8WzPIkxPuijKB3Ub7g1s/gqupjh&#10;+HZBw1Gch25BcOu4mM1SEE6rZWFpVpZH6NiYSOtr+8acPbQ14EA8wXFo2fhdd7vYeNPAbBtAqtT6&#10;yHPH6oF+nPTUncNWxlW61FPU+d8x/Q0AAP//AwBQSwMEFAAGAAgAAAAhACTstmvdAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok4CCG+JUgAoXThTU8zZ2bYvYjmI3DX/P&#10;coLb7s5o9k27WfzAZj0lF4OEclUA06GPygUj4fPj5UYASxmDwiEGLeFbJ9h0lxctNiqew7ued9kw&#10;CgmpQQk257HhPPVWe0yrOOpA2jFOHjOtk+FqwjOF+4FXRVFzjy7QB4ujfra6/9qdvITtk1mbXuBk&#10;t0I5Ny/745t5lfL6anl8AJb1kv/M8ItP6NAR0yGegkpskFCJO+qSJdzWJTAy3Fc1HQ40iBJ41/L/&#10;DbofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFV25PQ3AgAAgwQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACTstmvdAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAkQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="55F2443B" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF1F1CF" w14:textId="1F260AFC" w:rsidR="0025157A" w:rsidRPr="00A337F0" w:rsidRDefault="000C12C0">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:left="466"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:color w:val="231F20"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A337F0">
@@ -1989,51 +1989,51 @@
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="2436430F" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3F7729A4" id="Textruta 7" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:141.25pt;margin-top:18.85pt;width:223.5pt;height:20.25pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCT13phTgIAAKgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8bxYIBIqyRDQRVaUo&#10;iQRVzsbrDat6Pa5t2KW/vs9eIDTpqerFO19+nnkzs9c3ba3ZTjlfkcl5/6LHmTKSisq85Pz7avFp&#10;wpkPwhRCk1E53yvPb2YfP1w3dqoGtCFdKMcAYvy0sTnfhGCnWeblRtXCX5BVBs6SXC0CVPeSFU40&#10;QK91Nuj1rrKGXGEdSeU9rHedk88SflkqGR7L0qvAdM6RW0inS+c6ntnsWkxfnLCbSh7SEP+QRS0q&#10;g0dPUHciCLZ11TuoupKOPJXhQlKdUVlWUqUaUE2/96aa5UZYlWoBOd6eaPL/D1Y+7J4cq4qcjzkz&#10;okaLVqoNbov8x5GdxvopgpYWYaH9Qi26fLR7GGPRbenq+EU5DH7wvD9xCzAmYRxMLifDEVwSvsFo&#10;3B+PIkz2ets6H74qqlkUcu7Qu0Sp2N370IUeQ+JjnnRVLCqtkxLnRd1qx3YCndYh5QjwP6K0YU3O&#10;ry6RxjuECH26v9ZC/jikd4YAPG2Qc+Skqz1KoV23icHhkZc1FXvQ5agbN2/logL8vfDhSTjMF2jA&#10;zoRHHKUm5EQHibMNuV9/s8d4tB1ezhrMa879z61wijP9zWAgPveHwzjgSRmOxgMo7tyzPveYbX1L&#10;IKqP7bQyiTE+6KNYOqqfsVrz+Cpcwki8nfNwFG9Dt0VYTanm8xSEkbYi3JullRE6chxpXbXPwtlD&#10;WwMG4oGOky2mb7rbxcabhubbQGWVWh957lg90I91SMNzWN24b+d6inr9wcx+AwAA//8DAFBLAwQU&#10;AAYACAAAACEAEcWletwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPPU/DMBCGdyT+g3VIbNTB&#10;COKGOBWgwsJEQcxu7DoW8Tmy3TT8e44Jtvt49N5z7WYJI5ttyj6igutVBcxiH41Hp+Dj/flKAstF&#10;o9FjRKvg22bYdOdnrW5MPOGbnXfFMQrB3GgFQylTw3nuBxt0XsXJIu0OMQVdqE2Om6RPFB5GLqrq&#10;jgftkS4MerJPg+2/dsegYPvo1q6XOg1babyfl8/Dq3tR6vJiebgHVuxS/mD41Sd16MhpH49oMhsV&#10;CCluCVVwU9fACKjFmgZ7KqQA3rX8/wfdDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCT&#10;13phTgIAAKgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQARxaV63AAAAAkBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="3F7729A4" id="Textruta 7" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:141.25pt;margin-top:18.85pt;width:223.5pt;height:20.25pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOiT59OgIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwsEErpiiSgRVSWU&#10;RCJVzsZrg1Wvx7UNu/TXd+xdPpr0VPXiHXvGzzNv3uz0vqk0OQjnFZiCDnp9SoThUCqzLej3l+Wn&#10;CSU+MFMyDUYU9Cg8vZ99/DCtbS6GsANdCkcQxPi8tgXdhWDzLPN8Jyrme2CFQacEV7GAW7fNSsdq&#10;RK90Nuz3b7MaXGkdcOE9nj60TjpL+FIKHp6k9CIQXVDMLaTVpXUT12w2ZfnWMbtTvEuD/UMWFVMG&#10;Hz1DPbDAyN6pd1CV4g48yNDjUGUgpeIi1YDVDPpvqlnvmBWpFiTH2zNN/v/B8sfD2j47Epov0GAD&#10;IyG19bnHw1hPI10Vv5gpQT9SeDzTJppAOB4OJzeT0RhdHH3D8d3gbhxhsstt63z4KqAi0Siow7Yk&#10;tthh5UMbegqJj3nQqlwqrdMmSkEstCMHhk3UIeWI4H9EaUPqgt7eYBrvECL0+f5GM/6jS+8KAfG0&#10;wZwvtUcrNJuGqLKgoxMvGyiPSJeDVkne8qVC+BXz4Zk5lA7SgOMQnnCRGjAn6CxKduB+/e08xmNH&#10;0UtJjVIsqP+5Z05Qor8Z7PXnwWgUtZs2o/HdEDfu2rO59ph9tQAkaoCDZ3kyY3zQJ1M6qF5xaubx&#10;VXQxw/HtgoaTuQjtgODUcTGfpyBUq2VhZdaWR+jIcaT1pXllznZtDSiIRziJluVvutvGxpsG5vsA&#10;UqXWR55bVjv6UelJPN1UxlG63qeoy79j9hsAAP//AwBQSwMEFAAGAAgAAAAhABHFpXrcAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMjz1PwzAQhnck/oN1SGzUwQjihjgVoMLCREHMbuw6FvE5st00&#10;/HuOCbb7ePTec+1mCSObbco+ooLrVQXMYh+NR6fg4/35SgLLRaPRY0Sr4Ntm2HTnZ61uTDzhm513&#10;xTEKwdxoBUMpU8N57gcbdF7FySLtDjEFXahNjpukTxQeRi6q6o4H7ZEuDHqyT4Ptv3bHoGD76Nau&#10;lzoNW2m8n5fPw6t7UeryYnm4B1bsUv5g+NUndejIaR+PaDIbFQgpbglVcFPXwAioxZoGeyqkAN61&#10;/P8H3Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADok+fToCAACDBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAEcWletwAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2436430F" w14:textId="77777777" w:rsidR="00176EE9" w:rsidRDefault="00176EE9"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA4C189" w14:textId="40E42C78" w:rsidR="00435447" w:rsidRPr="00A337F0" w:rsidRDefault="00435447">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:left="466"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:color w:val="231F20"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2540,68 +2540,75 @@
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Självständighetsbiografi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B2F90E1" w14:textId="65AE97DE" w:rsidR="00326639" w:rsidRPr="00A337F0" w:rsidRDefault="00326639" w:rsidP="00326639">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A337F0">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Tillstyrkan från prefekt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A4E729" w14:textId="0EF35ADC" w:rsidR="00326639" w:rsidRPr="00A337F0" w:rsidRDefault="00326639" w:rsidP="00326639">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="53E722BF" w14:textId="77777777" w:rsidR="00F771AD" w:rsidRPr="004312E2" w:rsidRDefault="00F771AD" w:rsidP="00F771AD">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Undervisningstabell</w:t>
+        <w:spacing w:line="290" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004312E2">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Tabell över undervisningsmeriter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02079083" w14:textId="3C36E69A" w:rsidR="00576FE7" w:rsidRPr="00A337F0" w:rsidRDefault="00326639" w:rsidP="003B155A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A337F0">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Intyg </w:t>
       </w:r>
       <w:r w:rsidR="00EB0DDA" w:rsidRPr="00A337F0">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
@@ -2756,84 +2763,85 @@
         <w:r w:rsidRPr="00A337F0">
           <w:rPr>
             <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
             <w:b/>
             <w:color w:val="231F20"/>
             <w:w w:val="105"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="231F20"/>
             <w:lang w:val="sv-SE"/>
           </w:rPr>
           <w:t>entur@ki.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="007D028E" w:rsidRPr="00A337F0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="720" w:right="1420" w:bottom="280" w:left="640" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
+    <w:altName w:val="DM Sans"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FCE573D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="821E3A2C"/>
     <w:lvl w:ilvl="0" w:tplc="F034BA24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1253" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="231F20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1973" w:hanging="360"/>
       </w:pPr>
@@ -2887,112 +2895,116 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6293" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7013" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1234899690">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D028E"/>
     <w:rsid w:val="000043B1"/>
     <w:rsid w:val="000536F7"/>
     <w:rsid w:val="0005418F"/>
     <w:rsid w:val="000C12C0"/>
     <w:rsid w:val="001232AC"/>
     <w:rsid w:val="00135D36"/>
     <w:rsid w:val="00176EE9"/>
     <w:rsid w:val="00177D65"/>
     <w:rsid w:val="001A58BA"/>
     <w:rsid w:val="001B0CAE"/>
     <w:rsid w:val="002068A5"/>
     <w:rsid w:val="00213AA3"/>
     <w:rsid w:val="00216D2D"/>
     <w:rsid w:val="0025157A"/>
     <w:rsid w:val="002A681F"/>
     <w:rsid w:val="002C0CC7"/>
+    <w:rsid w:val="00317357"/>
     <w:rsid w:val="00326639"/>
     <w:rsid w:val="0032721E"/>
     <w:rsid w:val="003321F9"/>
+    <w:rsid w:val="00332C1D"/>
     <w:rsid w:val="0033623F"/>
     <w:rsid w:val="0039794C"/>
     <w:rsid w:val="003B155A"/>
     <w:rsid w:val="003B3109"/>
     <w:rsid w:val="003B4BC0"/>
     <w:rsid w:val="003D004E"/>
     <w:rsid w:val="00417967"/>
     <w:rsid w:val="00421D2E"/>
     <w:rsid w:val="00435447"/>
     <w:rsid w:val="00477B00"/>
+    <w:rsid w:val="004B17E4"/>
     <w:rsid w:val="004D01AA"/>
     <w:rsid w:val="004E4699"/>
     <w:rsid w:val="004E4EBC"/>
     <w:rsid w:val="004F2C96"/>
     <w:rsid w:val="0051406B"/>
     <w:rsid w:val="005558AD"/>
     <w:rsid w:val="00576FE7"/>
     <w:rsid w:val="005957D9"/>
     <w:rsid w:val="005D4B76"/>
     <w:rsid w:val="005F7D39"/>
     <w:rsid w:val="00622B7A"/>
     <w:rsid w:val="00630688"/>
     <w:rsid w:val="00674F0F"/>
     <w:rsid w:val="006A7F11"/>
+    <w:rsid w:val="006E2E89"/>
     <w:rsid w:val="006E5049"/>
     <w:rsid w:val="0072036E"/>
     <w:rsid w:val="00727AEC"/>
     <w:rsid w:val="00727C05"/>
     <w:rsid w:val="0073034C"/>
     <w:rsid w:val="00741703"/>
     <w:rsid w:val="007509BF"/>
     <w:rsid w:val="00786A5A"/>
     <w:rsid w:val="007B7FD1"/>
     <w:rsid w:val="007D028E"/>
     <w:rsid w:val="0082441B"/>
     <w:rsid w:val="008B41C4"/>
     <w:rsid w:val="008D11C4"/>
     <w:rsid w:val="008D3495"/>
     <w:rsid w:val="008E2B92"/>
     <w:rsid w:val="008E55AC"/>
     <w:rsid w:val="00911C99"/>
     <w:rsid w:val="00924C53"/>
     <w:rsid w:val="009D0AB9"/>
     <w:rsid w:val="009D15C9"/>
     <w:rsid w:val="00A26189"/>
     <w:rsid w:val="00A337F0"/>
     <w:rsid w:val="00A532E5"/>
     <w:rsid w:val="00A564D0"/>
     <w:rsid w:val="00A829FA"/>
@@ -3012,85 +3024,86 @@
     <w:rsid w:val="00C631BD"/>
     <w:rsid w:val="00C7077A"/>
     <w:rsid w:val="00C86D34"/>
     <w:rsid w:val="00C94BC4"/>
     <w:rsid w:val="00C973C0"/>
     <w:rsid w:val="00CA75C5"/>
     <w:rsid w:val="00D15658"/>
     <w:rsid w:val="00D437E1"/>
     <w:rsid w:val="00D47BAB"/>
     <w:rsid w:val="00D6025A"/>
     <w:rsid w:val="00D85491"/>
     <w:rsid w:val="00DF4F2E"/>
     <w:rsid w:val="00DF6E67"/>
     <w:rsid w:val="00E06645"/>
     <w:rsid w:val="00E11FA1"/>
     <w:rsid w:val="00E23052"/>
     <w:rsid w:val="00E23D27"/>
     <w:rsid w:val="00E5022D"/>
     <w:rsid w:val="00E848CE"/>
     <w:rsid w:val="00E90991"/>
     <w:rsid w:val="00E91DF4"/>
     <w:rsid w:val="00EA1DB3"/>
     <w:rsid w:val="00EB0DDA"/>
     <w:rsid w:val="00EB5E7A"/>
     <w:rsid w:val="00F75488"/>
+    <w:rsid w:val="00F771AD"/>
     <w:rsid w:val="00F82811"/>
     <w:rsid w:val="00FD2757"/>
     <w:rsid w:val="00FE5287"/>
     <w:rsid w:val="00FF4538"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2B9627B2"/>
   <w15:docId w15:val="{68952BE4-7F85-499E-B0F6-ECB248890A3D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3495,50 +3508,51 @@
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
     <w:name w:val="Table Normal1"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BrdtextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -3633,55 +3647,67 @@
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00622B7A"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="870052"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C86D34"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00F771AD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:entur@ki.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:docentur@ki.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3940,65 +3966,59 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101000AA958A6CF8D724CB1B236531BCD3294" ma:contentTypeVersion="10" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="e8655ecf344aa455d1b55d3a7cc02e90">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="a93560aa-883e-45e4-a06a-4da1a9d8859b" xmlns:ns4="ec4041fb-f7f7-4693-a63c-ac74e93bba03" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cc78a7d3f4ae882cb8b209110a9b7678" ns3:_="" ns4:_="">
     <xsd:import namespace="a93560aa-883e-45e4-a06a-4da1a9d8859b"/>
     <xsd:import namespace="ec4041fb-f7f7-4693-a63c-ac74e93bba03"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -4157,101 +4177,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1C4326A-C737-4130-8CAE-5FB4FF28DAF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9833EA19-85F9-43C3-9EF0-CB115F904944}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a93560aa-883e-45e4-a06a-4da1a9d8859b"/>
     <ds:schemaRef ds:uri="ec4041fb-f7f7-4693-a63c-ac74e93bba03"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35D69056-2AC6-4E1E-B15D-386EB946E958}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>153</Words>
-  <Characters>811</Characters>
+  <Words>155</Words>
+  <Characters>822</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>963</CharactersWithSpaces>
+  <CharactersWithSpaces>976</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Inger Janninger</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2013-04-17T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign CS6 (Windows)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">