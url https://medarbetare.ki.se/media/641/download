--- v0 (2025-10-08)
+++ v1 (2026-03-07)
@@ -142,67 +142,75 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A2CB505" w14:textId="77777777" w:rsidR="003C539C" w:rsidRDefault="00F74E55" w:rsidP="003C539C">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t>Rekvisition av</w:t>
       </w:r>
       <w:r w:rsidR="007809A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA3C17" w:rsidRPr="00EA3C17">
         <w:t>medel för</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B06AE">
         <w:t xml:space="preserve">deltagande i </w:t>
       </w:r>
       <w:r>
         <w:t>praktikperiod</w:t>
       </w:r>
       <w:r w:rsidR="005B06AE">
-        <w:t xml:space="preserve"> genom programmet ”Career skills for scientists”</w:t>
+        <w:t xml:space="preserve"> genom programmet ”Career </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005B06AE">
+        <w:t>skills</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005B06AE">
+        <w:t xml:space="preserve"> for scientists”</w:t>
       </w:r>
       <w:r w:rsidR="00D67200">
         <w:t xml:space="preserve"> (kurs no 2463)</w:t>
       </w:r>
       <w:r w:rsidR="005B06AE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10295184" w14:textId="77777777" w:rsidR="00895103" w:rsidRPr="0004781E" w:rsidRDefault="00895103" w:rsidP="00895103">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C29007C" w14:textId="5EACFD84" w:rsidR="00895103" w:rsidRPr="003F21AE" w:rsidRDefault="00CF0276" w:rsidP="00895103">
+    <w:p w14:paraId="1C29007C" w14:textId="3A6FEF34" w:rsidR="00895103" w:rsidRPr="003F21AE" w:rsidRDefault="00CF0276" w:rsidP="00895103">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0276">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>&lt;Namn institution&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -464,143 +472,119 @@
         </w:rPr>
         <w:t xml:space="preserve">för att delta i praktikprogrammet </w:t>
       </w:r>
       <w:r w:rsidR="00BD5B40">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>omgång</w:t>
       </w:r>
       <w:r w:rsidR="00E829DC" w:rsidRPr="003F21AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF2BCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>VT2</w:t>
+        <w:t>HT</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00907432">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="004C2BC6">
+      <w:r w:rsidR="005B06AE" w:rsidRPr="003F21AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF2BCB">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>HT</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C2BC6">
+        <w:t>Beloppet ligger 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00194111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...31 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> på </w:t>
       </w:r>
       <w:r w:rsidR="009B26AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00C55B70">
+      <w:r w:rsidR="00194111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0276">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 000 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SEK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -670,554 +654,557 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="160"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="5D37AF53" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F5864B3" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Överföring från Forskningsstyrelsen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D1C2D1C" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CFB79FE" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1683D1A1" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A0DC47C" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="4DFDFA0E" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C4DDAAB" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11CAB1F5" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2819C3B2" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F754646" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5115D7A0" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="3E1A253A" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="236EB844" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Till institution:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="699FBFA0" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30873C6F" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F2649F6" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0AF041D4" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="775121FC" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C12F94A" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Kontering på inst: konto 39459, fin 9US</w:t>
+              <w:t xml:space="preserve">Kontering på </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E81A2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>inst</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E81A2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: konto 39459, fin 9US</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, VK2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4EF24FD8" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40EDE1A4" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00F6380F" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00D14503" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="46908409" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E91B817" w14:textId="42679ACA" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00887916">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekt på Inst. där doktorandens </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1240,476 +1227,474 @@
               <w:t>dras</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37503F78" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C9FB4D7" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35E95234" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53037446" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="3B6BF40E" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3126289C" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00887916" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1FF0AC42" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F0D33AB" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68842333" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="304753F0" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="2740E87C" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="377E9D12" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kontering US:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F5C892B" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C06F0FD" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="615806DB" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="090BDD99" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="57832583" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0023B5D7" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Text i Agresso</w:t>
+              <w:t xml:space="preserve">Text i </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E81A2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Agresso</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7503B5F2" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>konto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A67F1A3" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>projekt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70ADD1A7" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5750F2E5" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1746,643 +1731,630 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Praktik, </w:t>
             </w:r>
             <w:r w:rsidR="00CF0276">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>&lt;institution&gt;, &lt;doktorand&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FC1F819" w14:textId="4F7636E6" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>494</w:t>
             </w:r>
             <w:r w:rsidR="00BB40B4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F57D15D" w14:textId="49A9DA63" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="001C7DB9" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C7DB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>UL232162</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6707C768" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3079CCE7" w14:textId="1AB8B1D0" w:rsidR="003F21AE" w:rsidRPr="00CF5250" w:rsidRDefault="004C2BC6" w:rsidP="003F21AE">
+          <w:p w14:paraId="3079CCE7" w14:textId="5A333D23" w:rsidR="003F21AE" w:rsidRPr="00CF5250" w:rsidRDefault="004C2BC6" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00C55B70">
+            <w:r w:rsidR="00194111">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00F56E21" w:rsidRPr="00CF5250">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 000</w:t>
             </w:r>
             <w:r w:rsidR="00561437" w:rsidRPr="00CF5250">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="35F45EB0" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36ED6409" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C238A2E" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A78E98C" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5BA44360" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47B99776" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w14:paraId="5AE72AFA" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AE15116" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30F0C050" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F0E98B4" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E04EA7D" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6DA4809E" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F21AE" w:rsidRPr="00CF5250" w14:paraId="7D37F748" w14:textId="77777777" w:rsidTr="00BD5B40">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7168A324" w14:textId="15EFB4FE" w:rsidR="003F21AE" w:rsidRPr="00561437" w:rsidRDefault="003F21AE" w:rsidP="00CF5250">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00561437">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Att utbetala</w:t>
             </w:r>
             <w:r w:rsidR="00561437" w:rsidRPr="00561437">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5647929D" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12D078AA" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62B1CD40" w14:textId="77777777" w:rsidR="003F21AE" w:rsidRPr="00E81A2B" w:rsidRDefault="003F21AE" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1BF2A1" w14:textId="6499CCD8" w:rsidR="003F21AE" w:rsidRPr="00CF5250" w:rsidRDefault="004C2BC6" w:rsidP="003F21AE">
+          <w:p w14:paraId="5A1BF2A1" w14:textId="4A6EABE9" w:rsidR="003F21AE" w:rsidRPr="00CF5250" w:rsidRDefault="004C2BC6" w:rsidP="003F21AE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00C55B70">
+            <w:r w:rsidR="00194111">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00CF5250" w:rsidRPr="00CF5250">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19F1C9B8" w14:textId="77777777" w:rsidR="008D0CC1" w:rsidRPr="0004781E" w:rsidRDefault="008D0CC1" w:rsidP="00895103">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B3F8082" w14:textId="77777777" w:rsidR="00BD5B40" w:rsidRDefault="00BD5B40" w:rsidP="00953AEE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2520,58 +2492,58 @@
     </w:p>
     <w:p w14:paraId="41A36687" w14:textId="77777777" w:rsidR="0004781E" w:rsidRDefault="0004781E" w:rsidP="0004781E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0004781E" w:rsidSect="00E74770">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="2308" w:left="2308" w:header="680" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6ADC3C1A" w14:textId="77777777" w:rsidR="00B77E0E" w:rsidRDefault="00B77E0E">
+    <w:p w14:paraId="717FCD28" w14:textId="77777777" w:rsidR="00F61951" w:rsidRDefault="00F61951">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="332819F4" w14:textId="77777777" w:rsidR="00B77E0E" w:rsidRDefault="00B77E0E">
+    <w:p w14:paraId="2DEFD38F" w14:textId="77777777" w:rsidR="00F61951" w:rsidRDefault="00F61951">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -2633,51 +2605,51 @@
         <w:wAfter w:w="4618" w:type="dxa"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2420" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7B281D3C" w14:textId="77777777" w:rsidR="00BD5B40" w:rsidRPr="00A57C57" w:rsidRDefault="00BD5B40" w:rsidP="00797052">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:highlight w:val="red"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A57C57">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>E-Mail</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00BD5B40" w:rsidRPr="00907432" w14:paraId="2D195BF4" w14:textId="77777777" w:rsidTr="00BD5B40">
+    <w:tr w:rsidR="00BD5B40" w:rsidRPr="00194111" w14:paraId="2D195BF4" w14:textId="77777777" w:rsidTr="00BD5B40">
       <w:trPr>
         <w:gridAfter w:val="2"/>
         <w:wAfter w:w="4618" w:type="dxa"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2420" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="03108DB7" w14:textId="5953E24E" w:rsidR="00BD5B40" w:rsidRPr="00E81A2B" w:rsidRDefault="00BD5B40" w:rsidP="001422D4">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>c</w:t>
           </w:r>
           <w:r w:rsidRPr="00E81A2B">
             <w:rPr>
@@ -2775,58 +2747,58 @@
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1424BB63" w14:textId="77777777" w:rsidR="00F93698" w:rsidRPr="00C34178" w:rsidRDefault="00F93698">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36CEB2C2" w14:textId="77777777" w:rsidR="00B77E0E" w:rsidRDefault="00B77E0E">
+    <w:p w14:paraId="623DE3DB" w14:textId="77777777" w:rsidR="00F61951" w:rsidRDefault="00F61951">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="228DED69" w14:textId="77777777" w:rsidR="00B77E0E" w:rsidRDefault="00B77E0E">
+    <w:p w14:paraId="73742704" w14:textId="77777777" w:rsidR="00F61951" w:rsidRDefault="00F61951">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10917" w:type="dxa"/>
       <w:tblInd w:w="-1322" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5390"/>
       <w:gridCol w:w="3385"/>
       <w:gridCol w:w="789"/>
       <w:gridCol w:w="1353"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F93698" w:rsidRPr="00332C0C" w14:paraId="29D3F377" w14:textId="77777777" w:rsidTr="00A57C57">
       <w:trPr>
@@ -3205,86 +3177,86 @@
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F93698" w:rsidRPr="00332C0C" w14:paraId="3B1DCE17" w14:textId="77777777" w:rsidTr="00E829DC">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="364EE113" w14:textId="77777777" w:rsidR="00F93698" w:rsidRPr="00332C0C" w:rsidRDefault="00F93698" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3300" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0B1D597E" w14:textId="74173346" w:rsidR="00F93698" w:rsidRPr="00A57C57" w:rsidRDefault="00F93698" w:rsidP="00797052">
+        <w:p w14:paraId="0B1D597E" w14:textId="29D1F623" w:rsidR="00F93698" w:rsidRPr="00A57C57" w:rsidRDefault="00F93698" w:rsidP="00797052">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A57C57">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Rekvisition</w:t>
           </w:r>
           <w:r w:rsidR="00FD7440">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> 202</w:t>
           </w:r>
-          <w:r w:rsidR="00C55B70">
+          <w:r w:rsidR="008A5690">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1387" w:type="dxa"/>
           <w:tcMar>
             <w:left w:w="0" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
         <w:p w14:paraId="7FFEE41A" w14:textId="77777777" w:rsidR="00F93698" w:rsidRPr="00A57C57" w:rsidRDefault="00F93698" w:rsidP="00CA5CAD">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:ind w:right="-391"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A57C57">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
@@ -3671,133 +3643,136 @@
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3D587057" w14:textId="77777777" w:rsidR="00F93698" w:rsidRPr="0002544F" w:rsidRDefault="00F93698" w:rsidP="0054298A">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="stc3_dlg_element¤01" w:val="dialog_¤TemplateDialog"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01" w:val="step_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01" w:val="frame_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤01" w:val="pr_¤Profile"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤02" w:val="dl_¤DocLanguage"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤03" w:val="ds_¤Dokumentnamn"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤04" w:val="ds_¤DNR"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤05" w:val="ds_¤Datum"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤06" w:val="ds_¤Mottagare"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤DNR" w:val="1"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Mottagare" w:val="1"/>
     <w:docVar w:name="stc3_dlg_show_dlg_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_show_step_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_type¤dl_¤DocLanguage" w:val="9"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Datum" w:val="6"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤DNR" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Mottagare" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤pr_¤Profile" w:val="10"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="004C60FE"/>
+    <w:rsid w:val="00005C78"/>
     <w:rsid w:val="00024EFA"/>
     <w:rsid w:val="0002544F"/>
     <w:rsid w:val="0002559A"/>
     <w:rsid w:val="00032C4A"/>
     <w:rsid w:val="00036E63"/>
     <w:rsid w:val="0004269A"/>
     <w:rsid w:val="00046832"/>
     <w:rsid w:val="0004781E"/>
     <w:rsid w:val="0005362E"/>
     <w:rsid w:val="00054469"/>
     <w:rsid w:val="00056A41"/>
     <w:rsid w:val="00057050"/>
     <w:rsid w:val="00063720"/>
     <w:rsid w:val="00072E1D"/>
     <w:rsid w:val="00076F8B"/>
     <w:rsid w:val="00077AB6"/>
     <w:rsid w:val="000B39D2"/>
     <w:rsid w:val="000C424D"/>
     <w:rsid w:val="000C63A7"/>
     <w:rsid w:val="00104EF4"/>
     <w:rsid w:val="00114DC8"/>
     <w:rsid w:val="00114DDE"/>
     <w:rsid w:val="00121F9C"/>
     <w:rsid w:val="00137379"/>
     <w:rsid w:val="001422D4"/>
     <w:rsid w:val="00144D76"/>
     <w:rsid w:val="00145492"/>
     <w:rsid w:val="001663DC"/>
     <w:rsid w:val="00166DD7"/>
     <w:rsid w:val="00175D3C"/>
     <w:rsid w:val="00177C13"/>
     <w:rsid w:val="001819D4"/>
     <w:rsid w:val="00184F61"/>
     <w:rsid w:val="00190E78"/>
+    <w:rsid w:val="00194111"/>
     <w:rsid w:val="001A0713"/>
     <w:rsid w:val="001A29F1"/>
     <w:rsid w:val="001A4B87"/>
     <w:rsid w:val="001C7DB9"/>
     <w:rsid w:val="001F333C"/>
     <w:rsid w:val="001F4B23"/>
     <w:rsid w:val="001F5163"/>
     <w:rsid w:val="001F6281"/>
     <w:rsid w:val="0020012F"/>
     <w:rsid w:val="0020259A"/>
     <w:rsid w:val="00202920"/>
     <w:rsid w:val="00204953"/>
     <w:rsid w:val="002211E3"/>
     <w:rsid w:val="0022246D"/>
     <w:rsid w:val="002328E3"/>
     <w:rsid w:val="00260F74"/>
     <w:rsid w:val="0027265D"/>
     <w:rsid w:val="002734CC"/>
     <w:rsid w:val="00280EF8"/>
     <w:rsid w:val="002859AE"/>
     <w:rsid w:val="00294D3F"/>
     <w:rsid w:val="00297E06"/>
     <w:rsid w:val="002A1E53"/>
     <w:rsid w:val="002B5698"/>
     <w:rsid w:val="002F0AAD"/>
@@ -3899,50 +3874,51 @@
     <w:rsid w:val="00752CBD"/>
     <w:rsid w:val="00762B31"/>
     <w:rsid w:val="00766E50"/>
     <w:rsid w:val="007809A2"/>
     <w:rsid w:val="00797052"/>
     <w:rsid w:val="007A73C3"/>
     <w:rsid w:val="007B074D"/>
     <w:rsid w:val="007B23B3"/>
     <w:rsid w:val="007B64D6"/>
     <w:rsid w:val="007C5908"/>
     <w:rsid w:val="007C7C27"/>
     <w:rsid w:val="007D2ED3"/>
     <w:rsid w:val="007D3C45"/>
     <w:rsid w:val="007D67DD"/>
     <w:rsid w:val="007F54F0"/>
     <w:rsid w:val="008171EA"/>
     <w:rsid w:val="0083566D"/>
     <w:rsid w:val="0085152E"/>
     <w:rsid w:val="00866134"/>
     <w:rsid w:val="008675B8"/>
     <w:rsid w:val="0088034D"/>
     <w:rsid w:val="00883808"/>
     <w:rsid w:val="00887916"/>
     <w:rsid w:val="00887F84"/>
     <w:rsid w:val="00895103"/>
+    <w:rsid w:val="008A5690"/>
     <w:rsid w:val="008B4E51"/>
     <w:rsid w:val="008D0CC1"/>
     <w:rsid w:val="008D56D0"/>
     <w:rsid w:val="00907432"/>
     <w:rsid w:val="00917292"/>
     <w:rsid w:val="00937FE6"/>
     <w:rsid w:val="00940A9F"/>
     <w:rsid w:val="00953AEE"/>
     <w:rsid w:val="0096276D"/>
     <w:rsid w:val="009B26AF"/>
     <w:rsid w:val="009C0220"/>
     <w:rsid w:val="009D4E2B"/>
     <w:rsid w:val="009E7575"/>
     <w:rsid w:val="009E78F3"/>
     <w:rsid w:val="00A20F15"/>
     <w:rsid w:val="00A266C3"/>
     <w:rsid w:val="00A270C9"/>
     <w:rsid w:val="00A43AC3"/>
     <w:rsid w:val="00A511D8"/>
     <w:rsid w:val="00A555E0"/>
     <w:rsid w:val="00A57C57"/>
     <w:rsid w:val="00A71AEE"/>
     <w:rsid w:val="00A75DE0"/>
     <w:rsid w:val="00A75DE5"/>
     <w:rsid w:val="00A92114"/>
@@ -4025,50 +4001,51 @@
     <w:rsid w:val="00E74770"/>
     <w:rsid w:val="00E77B2E"/>
     <w:rsid w:val="00E81A2B"/>
     <w:rsid w:val="00E829DC"/>
     <w:rsid w:val="00E8693D"/>
     <w:rsid w:val="00E92B5C"/>
     <w:rsid w:val="00EA3C17"/>
     <w:rsid w:val="00EA56B6"/>
     <w:rsid w:val="00EA7A6F"/>
     <w:rsid w:val="00EB3263"/>
     <w:rsid w:val="00EB3A4D"/>
     <w:rsid w:val="00EC5F8D"/>
     <w:rsid w:val="00ED3868"/>
     <w:rsid w:val="00EE5211"/>
     <w:rsid w:val="00F06CBD"/>
     <w:rsid w:val="00F07825"/>
     <w:rsid w:val="00F237C3"/>
     <w:rsid w:val="00F2517F"/>
     <w:rsid w:val="00F310C9"/>
     <w:rsid w:val="00F326BD"/>
     <w:rsid w:val="00F37369"/>
     <w:rsid w:val="00F56E21"/>
     <w:rsid w:val="00F57F0E"/>
     <w:rsid w:val="00F60498"/>
     <w:rsid w:val="00F61876"/>
+    <w:rsid w:val="00F61951"/>
     <w:rsid w:val="00F725E8"/>
     <w:rsid w:val="00F74E55"/>
     <w:rsid w:val="00F835F6"/>
     <w:rsid w:val="00F8573A"/>
     <w:rsid w:val="00F85CA1"/>
     <w:rsid w:val="00F93698"/>
     <w:rsid w:val="00FC72DF"/>
     <w:rsid w:val="00FD2208"/>
     <w:rsid w:val="00FD7440"/>
     <w:rsid w:val="00FE3837"/>
     <w:rsid w:val="00FE5EEB"/>
     <w:rsid w:val="00FF2BCB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -5323,82 +5300,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EDAF326-6594-42C0-A553-9317717C1354}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>173</Words>
-  <Characters>919</Characters>
+  <Words>172</Words>
+  <Characters>915</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Department of Research and Postgraduate Education</vt:lpstr>
       <vt:lpstr>Department of Research and Postgraduate Education</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1090</CharactersWithSpaces>
+  <CharactersWithSpaces>1085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>8126473</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:anethe.mansen@ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7602259</vt:i4>
       </vt:variant>
       <vt:variant>