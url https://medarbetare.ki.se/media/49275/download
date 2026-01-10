--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -286,55 +286,50 @@
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="778" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="204" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" orient="horz" pos="1529" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="4" pos="2363" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="5" orient="horz" pos="2799" userDrawn="1">
-[...3 lines deleted...]
-        </p15:guide>
         <p15:guide id="6" pos="3502" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="7" orient="horz" pos="3117" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
   <p188:author id="{45CE1655-BF2D-E8D1-661B-CEBF2F8A7DBD}" name="Sofia Lindberg" initials="SL" userId="S::sofia.lindberg@ki.se::1cdc3ba8-2e57-4deb-8d29-7df4516ece57" providerId="AD"/>
 </p188:authorLst>
 </file>
 
@@ -553,91 +548,90 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="16954" autoAdjust="0"/>
     <p:restoredTop sz="58547" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
-          <a:sx n="188" d="100"/>
-          <a:sy n="188" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="848" y="-1868"/>
+        <p:origin x="1128" y="-164"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="778"/>
         <p:guide pos="204"/>
         <p:guide orient="horz" pos="1529"/>
         <p:guide pos="2363"/>
-        <p:guide orient="horz" pos="2799"/>
         <p:guide pos="3502"/>
         <p:guide orient="horz" pos="3117"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="90" d="100"/>
         <a:sy n="90" d="100"/>
       </p:scale>
-      <p:origin x="0" y="-5552"/>
+      <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="120" d="100"/>
           <a:sy n="120" d="100"/>
         </p:scale>
         <p:origin x="4980" y="92"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
@@ -3203,51 +3197,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-10-21</a:t>
+              <a:t>2025-12-15</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -11749,51 +11743,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11863,51 +11857,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -12130,51 +12124,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -12270,51 +12264,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69C70660-333D-4417-8C25-17E2CB1974B4}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -12511,51 +12505,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -12693,51 +12687,51 @@
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -13263,51 +13257,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -13560,51 +13554,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -13980,51 +13974,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -14102,51 +14096,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -14435,51 +14429,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -14720,51 +14714,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -15014,51 +15008,51 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -15358,51 +15352,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -17200,51 +17194,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD9C18C-79A4-463D-BCF2-B00F0DAC90AF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17324,51 +17318,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55864DD9-1CBA-477F-8FA7-53A4513D1006}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20191,51 +20185,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20531,51 +20525,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F64B1F-D112-42C5-A103-04DD7E6D0983}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA631E4-D2E0-401E-A107-65CDEBA5D021}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21142,51 +21136,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21867,51 +21861,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A198B46-3C86-43CC-A189-A4890CE220AA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4CBD117-F600-48A1-9BCA-F3E3F6D6D2A9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22118,51 +22112,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -23402,51 +23396,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24446,51 +24440,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -25572,51 +25566,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -26986,51 +26980,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -28777,51 +28771,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5BEBE55-F0BF-4C1E-AE32-E00B489B9C83}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEE57A7F-B9F2-4D64-8FD8-AEDE8D482ABF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29420,51 +29414,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B99EA2-31F0-4E67-B419-A7E7F019BA64}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29910,51 +29904,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20D3D592-2D09-21DC-5B3D-2FBD2B1B0F48}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A56F03C9-4132-6FC5-C459-7EE97B81389A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30236,51 +30230,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9297CDF1-DD6F-45BB-91C0-4ABA9508C0DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F549C38B-77B6-4B3B-BFC7-4578D9345178}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30769,51 +30763,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7527702C-390A-4288-ABC7-D091D30DF15C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFBB50D6-5222-4355-8648-2CC64AEA14E8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -31275,51 +31269,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33067,51 +33061,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66470DF-5A15-4B56-9039-8F169043532D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAA5C0F1-B506-464E-9EED-062C39FC150C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33522,51 +33516,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33767,77 +33761,77 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Senast uppdaterad </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>13 oktober 2025</a:t>
+              <a:t>12 December 2025</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Tabell 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E61477E0-6878-574B-2E91-1A82B93A507D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3278579282"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2772302209"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="352424" y="915566"/>
           <a:ext cx="7560840" cy="1097280"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1512168">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2721609653"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1008112">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -33867,51 +33861,51 @@
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="936104">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4280078791"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1080120">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4220435217"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0"/>
-                        <a:t>Shanghai Ranking  ARWU, 2025, GRAS 2024  </a:t>
+                        <a:t>Shanghai Ranking  ARWU, 2025, GRAS 2025 </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="800" baseline="30000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0"/>
                         <a:t>Overall (ARWU)</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
@@ -33924,83 +33918,95 @@
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>Public Health</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="sv-SE" sz="800" u="none" strike="noStrike" dirty="0" err="1">
+                        <a:rPr lang="sv-SE" sz="800" u="none" strike="noStrike" noProof="0" dirty="0" err="1">
                           <a:effectLst/>
                         </a:rPr>
-                        <a:t>Nursing</a:t>
+                        <a:t>Dentistry</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="800" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> and Oral </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="800" u="none" strike="noStrike" noProof="0" dirty="0" err="1">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>health</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>Human Biological Sciences</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>Pharmacy and Pharmaceutical</a:t>
+                        <a:t>Biological Sciences</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="456534858"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>World rank</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
@@ -34016,131 +34022,131 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                         <a:t>50</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>33</a:t>
+                        <a:t>34</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>28</a:t>
+                        <a:t>22</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>49</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>30</a:t>
+                        <a:t>39</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>33</a:t>
+                        <a:t>48</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2904025710"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
@@ -34176,105 +34182,105 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>8</a:t>
+                        <a:t>6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>4</a:t>
+                        <a:t>16</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>9</a:t>
+                        <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>14</a:t>
+                        <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2384002420"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>EU rank</a:t>
                       </a:r>
@@ -34294,131 +34300,131 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                         <a:t>7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>4</a:t>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>2</a:t>
+                        <a:t>7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>9</a:t>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="688940905"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="10" name="Tabell 9">
             <a:extLst>
@@ -35857,51 +35863,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -38211,51 +38217,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -39686,51 +39692,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B08A04F-CD43-4990-9475-F5570C00C2FC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA2723BE-DF5A-4D3E-A404-E4F446899C8D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -40063,51 +40069,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B13203E0-055E-CB32-3AC1-3B9ED8795BCA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA6CED37-ACD1-AB5B-81EB-AD61A273F0E6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -40603,51 +40609,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFC54A44-C2AB-4AC2-B7A4-8F7B436722E7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33857470-F71A-47D7-9949-3D8155D23AB2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -41101,51 +41107,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB214BD2-4871-4552-B7F0-A3203E3A0CD5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCB3F5EC-0C51-471E-8667-AA75C15595AD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -41474,51 +41480,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -44090,51 +44096,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PPT KI</Template>
   <TotalTime></TotalTime>
-  <Words>5043</Words>
+  <Words>5045</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
   <Paragraphs>687</Paragraphs>
   <Slides>31</Slides>
   <Notes>31</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>