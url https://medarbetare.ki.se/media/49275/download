--- v1 (2026-01-10)
+++ v2 (2026-02-24)
@@ -551,97 +551,97 @@
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="16954" autoAdjust="0"/>
     <p:restoredTop sz="58547" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx n="70" d="100"/>
           <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="1128" y="-164"/>
+        <p:origin x="1128" y="-100"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="778"/>
         <p:guide pos="204"/>
         <p:guide orient="horz" pos="1529"/>
         <p:guide pos="2363"/>
         <p:guide pos="3502"/>
         <p:guide orient="horz" pos="3117"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="90" d="100"/>
         <a:sy n="90" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="120" d="100"/>
-          <a:sy n="120" d="100"/>
+          <a:sx n="118" d="100"/>
+          <a:sy n="118" d="100"/>
         </p:scale>
-        <p:origin x="4980" y="92"/>
+        <p:origin x="5004" y="84"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="sv-SE"/>
   <c:roundedCorners val="0"/>
@@ -3197,51 +3197,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-12-15</a:t>
+              <a:t>2026-01-21</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -3916,51 +3916,51 @@
   </p:extLst>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-utbildning-pa-forskarniva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/institutionsgrupp-ki-nord" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/gemensamt-verksamhetsstod" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/konsistorium" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-utbildning-pa-grundniva-och-avancerad-niva" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/institutionsgrupp-ki-syd" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/komparativ-medicin/om-komparativ-medicin" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/forskning/forskningsomraden-centrum-och-natverk/centrumbildningar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/undervisning-och-larande" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/fakultetsnamnden" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/institutioner" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsledning" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsledning/dekaner" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/fakultetsrad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsbiblioteket" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/internrevisionen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-forskning" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/vart-ki/institutioner-dekaner-prefekter-och-administrativa-chefer/institutionsgrupp-ki-solna" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-utbildning-pa-forskarniva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/institutionsgrupp-ki-syd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/gemensamt-verksamhetsstod" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/konsistorium" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-utbildning-pa-grundniva-och-avancerad-niva" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/institutioner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/forskning/forskningsomraden-centrum-och-natverk/centrumbildningar" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsledning/dekaner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/undervisning-och-larande" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/fakultetsnamnden" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/vart-ki/strategi-2030-tillsammans-skapar-vi-framtidens-ki/prioriterade-fokusomraden-for-att-na-kis-vision/inrattande-av-riki-2026-2027" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsledning" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/vart-ki/institutioner-dekaner-prefekter-och-administrativa-chefer/institutionsgrupp-ki-solna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/fakultetsrad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsbiblioteket" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/internrevisionen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-forskning" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/institutionsgrupp-ki-nord" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -4905,140 +4905,144 @@
               <a:t>Kommittén för forskning</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Till stöd för rektors strategiska arbete finns ett </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t>fakultetsråd</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> med uppgift att ge råd i frågor rörande KI:s forskning och utbildning.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:hlinkClick r:id="rId11"/>
+              </a:rPr>
+              <a:t>RIKI</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t> inrättas som en ny organisatorisk enhet på KI för att samla KI:s </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
+              <a:t>core</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>-faciliteter i en sammanhållen organisation för forskningsinfrastruktur.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>KI:s kärnverksamhet, forskning och utbildning, bedrivs vid </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId11"/>
+                <a:hlinkClick r:id="rId12"/>
               </a:rPr>
               <a:t>21 institutioner</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> som organiseras i tre institutionsgrupper: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId12"/>
+                <a:hlinkClick r:id="rId13"/>
               </a:rPr>
               <a:t>KI Syd</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId13"/>
+                <a:hlinkClick r:id="rId14"/>
               </a:rPr>
               <a:t>KI Nord</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0"/>
               <a:t> och </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId14"/>
+                <a:hlinkClick r:id="rId15"/>
               </a:rPr>
               <a:t>KI Solna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Varje institutionsgrupp leds av en </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId15"/>
+                <a:hlinkClick r:id="rId16"/>
               </a:rPr>
               <a:t>dekan</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> som ingår i rektors ledningsgrupp.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Vid KI finns olika </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId16"/>
+                <a:hlinkClick r:id="rId17"/>
               </a:rPr>
               <a:t>centrumbildningar</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> som möjliggör fokuserade satsningar på ett visst forskningsområde.</a:t>
-            </a:r>
-[...14 lines deleted...]
-              <a:t> (KM) vars chef rapporterar till rektor.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>I universitetsledningen ingår </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>universitetsdirektör</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> som har det övergripande ansvaret för KI:s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId18"/>
               </a:rPr>
               <a:t>gemensamma verksamhetsstöd</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
@@ -11743,51 +11747,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11857,51 +11861,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -12124,51 +12128,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -12264,51 +12268,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69C70660-333D-4417-8C25-17E2CB1974B4}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -12505,51 +12509,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -12687,51 +12691,51 @@
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -13257,51 +13261,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -13554,51 +13558,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -13974,51 +13978,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -14096,51 +14100,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -14429,51 +14433,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -14714,51 +14718,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -15008,51 +15012,51 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -15352,51 +15356,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -17194,51 +17198,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD9C18C-79A4-463D-BCF2-B00F0DAC90AF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17318,51 +17322,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55864DD9-1CBA-477F-8FA7-53A4513D1006}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20185,51 +20189,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20525,51 +20529,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F64B1F-D112-42C5-A103-04DD7E6D0983}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA631E4-D2E0-401E-A107-65CDEBA5D021}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21136,51 +21140,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21210,72 +21214,72 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255983" y="4787115"/>
             <a:ext cx="2803849" cy="171450"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Karolinska Institutet – ett medicinskt universitet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Bildobjekt 5" descr="Ett schema som visar KI:s organisation och ledning.">
+          <p:cNvPr id="7" name="Bildobjekt 6" descr="Organisationsskiss över Karolinska Institutet">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B1C5D31-1FB6-58ED-8E01-4B24A96422A2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6746862F-D831-7B82-BCF3-E13335384264}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1422418" y="298088"/>
-            <a:ext cx="6299163" cy="4433902"/>
+            <a:off x="1691680" y="293414"/>
+            <a:ext cx="5760640" cy="4449395"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2344114854"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -21861,51 +21865,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A198B46-3C86-43CC-A189-A4890CE220AA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4CBD117-F600-48A1-9BCA-F3E3F6D6D2A9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22112,51 +22116,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -23396,51 +23400,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24440,51 +24444,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -25566,51 +25570,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -26980,51 +26984,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -28771,51 +28775,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5BEBE55-F0BF-4C1E-AE32-E00B489B9C83}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEE57A7F-B9F2-4D64-8FD8-AEDE8D482ABF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29414,51 +29418,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B99EA2-31F0-4E67-B419-A7E7F019BA64}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29904,51 +29908,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20D3D592-2D09-21DC-5B3D-2FBD2B1B0F48}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A56F03C9-4132-6FC5-C459-7EE97B81389A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30230,51 +30234,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9297CDF1-DD6F-45BB-91C0-4ABA9508C0DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F549C38B-77B6-4B3B-BFC7-4578D9345178}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30763,51 +30767,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7527702C-390A-4288-ABC7-D091D30DF15C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFBB50D6-5222-4355-8648-2CC64AEA14E8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -31269,51 +31273,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33061,51 +33065,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66470DF-5A15-4B56-9039-8F169043532D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAA5C0F1-B506-464E-9EED-062C39FC150C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33516,51 +33520,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33753,59 +33757,59 @@
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Senast uppdaterad </a:t>
+              <a:t>Senast uppdaterad 21 januari</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>12 December 2025</a:t>
+              <a:t> 2026</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Tabell 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E61477E0-6878-574B-2E91-1A82B93A507D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
@@ -34417,51 +34421,51 @@
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="688940905"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="10" name="Tabell 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DACB619-C495-CCFD-4DBA-6397AD23284A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4245141062"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2849244664"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="352424" y="2067694"/>
           <a:ext cx="5544616" cy="1219200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{7DF18680-E054-41AD-8BC1-D1AEF772440D}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1512168">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2721609653"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1008112">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -34501,51 +34505,51 @@
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>Times Higher Education </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>World University Rankings </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>2025/2026 (published 2024/2025)</a:t>
+                        <a:t>2025/2026 (published 2025/2026)</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" baseline="30000" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
@@ -34661,87 +34665,87 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                         <a:t>53</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>13</a:t>
-[...17 lines deleted...]
-                        <a:t>31</a:t>
+                        <a:t>12</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>29</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:srgbClr val="EDF4F4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
+                        <a:t>34</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2904025710"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>Europe rank</a:t>
                       </a:r>
@@ -34757,87 +34761,87 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                         <a:t>14</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>6</a:t>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>8</a:t>
+                        <a:t>7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>8</a:t>
+                        <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2384002420"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>EU rank</a:t>
                       </a:r>
@@ -34889,51 +34893,51 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>4</a:t>
+                        <a:t>6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="688940905"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="14" name="Tabell 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7AF21FB-9202-9A67-6E21-76127123C39F}"/>
@@ -35863,51 +35867,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -38217,51 +38221,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -39692,51 +39696,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B08A04F-CD43-4990-9475-F5570C00C2FC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA2723BE-DF5A-4D3E-A404-E4F446899C8D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -40069,51 +40073,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B13203E0-055E-CB32-3AC1-3B9ED8795BCA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA6CED37-ACD1-AB5B-81EB-AD61A273F0E6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -40609,51 +40613,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFC54A44-C2AB-4AC2-B7A4-8F7B436722E7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33857470-F71A-47D7-9949-3D8155D23AB2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -41107,51 +41111,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB214BD2-4871-4552-B7F0-A3203E3A0CD5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCB3F5EC-0C51-471E-8667-AA75C15595AD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -41480,51 +41484,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -44096,54 +44100,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PPT KI</Template>
   <TotalTime></TotalTime>
-  <Words>5045</Words>
+  <Words>5043</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
-  <Paragraphs>687</Paragraphs>
+  <Paragraphs>678</Paragraphs>
   <Slides>31</Slides>
   <Notes>31</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>31</vt:i4>
       </vt:variant>