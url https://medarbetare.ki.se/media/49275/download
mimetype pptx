--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -52,59 +52,56 @@
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
@@ -271,51 +268,51 @@
         </a:solidFill>
         <a:latin typeface="Times"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Times"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="778" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" pos="204" userDrawn="1">
+        <p15:guide id="2" pos="234" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" orient="horz" pos="1529" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="4" pos="2363" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="6" pos="3502" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="7" orient="horz" pos="3117" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
@@ -539,656 +536,126 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="16954" autoAdjust="0"/>
-    <p:restoredTop sz="58547" autoAdjust="0"/>
+    <p:restoredTop sz="76347" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="104" d="100"/>
+          <a:sy n="104" d="100"/>
         </p:scale>
-        <p:origin x="1128" y="-100"/>
+        <p:origin x="740" y="68"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="778"/>
-        <p:guide pos="204"/>
+        <p:guide pos="234"/>
         <p:guide orient="horz" pos="1529"/>
         <p:guide pos="2363"/>
         <p:guide pos="3502"/>
         <p:guide orient="horz" pos="3117"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="90" d="100"/>
         <a:sy n="90" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="118" d="100"/>
-          <a:sy n="118" d="100"/>
+          <a:sx n="116" d="100"/>
+          <a:sy n="116" d="100"/>
         </p:scale>
-        <p:origin x="5004" y="84"/>
+        <p:origin x="5052" y="56"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
-<file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...524 lines deleted...]
-<file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="sv-SE"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Blad1!$B$1</c:f>
               <c:strCache>
@@ -1851,108 +1318,108 @@
             <c:showLeaderLines val="1"/>
             <c:leaderLines>
               <c:spPr>
                 <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="35000"/>
                       <a:lumOff val="65000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:round/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
             </c:leaderLines>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Blad1!$A$2:$A$10</c:f>
               <c:strCache>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>Statsanslag 40 %</c:v>
+                  <c:v>Statsanslag 41 %</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Forskningsråd 13 %</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Övriga statliga 6 %</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Kommuner och regioner 5 %</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Svenska stiftelser och organisationer 19 %</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Utländska stiftelser och organisationer 9 %</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Svenska företag 2 %</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>Utländska företag 3 %</c:v>
+                  <c:v>Utländska företag 2 %</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Finansiella intäkter 3 %</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Blad1!$B$2:$B$10</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>40</c:v>
+                  <c:v>41</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000012-B800-41A4-A543-B02A369E02F8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="1"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="206"/>
       </c:pieChart>
@@ -2023,607 +1490,51 @@
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
-<file path=ppt/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
-[...38 lines deleted...]
-
 <file path=ppt/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
-<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="227">
-[...514 lines deleted...]
-<file path=ppt/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="259">
   <cs:axisTitle>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1197" kern="1200" cap="all"/>
   </cs:axisTitle>
   <cs:categoryAxis>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1197" kern="1200"/>
   </cs:categoryAxis>
@@ -3197,51 +2108,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-21</a:t>
+              <a:t>2026-02-25</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -3916,51 +2827,51 @@
   </p:extLst>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-utbildning-pa-forskarniva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/institutionsgrupp-ki-syd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/gemensamt-verksamhetsstod" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/konsistorium" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-utbildning-pa-grundniva-och-avancerad-niva" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/institutioner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/forskning/forskningsomraden-centrum-och-natverk/centrumbildningar" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsledning/dekaner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/undervisning-och-larande" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/fakultetsnamnden" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/vart-ki/strategi-2030-tillsammans-skapar-vi-framtidens-ki/prioriterade-fokusomraden-for-att-na-kis-vision/inrattande-av-riki-2026-2027" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsledning" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/vart-ki/institutioner-dekaner-prefekter-och-administrativa-chefer/institutionsgrupp-ki-solna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/fakultetsrad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsbiblioteket" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/internrevisionen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-forskning" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/institutionsgrupp-ki-nord" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-utbildning-pa-forskarniva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/institutionsgrupp-ki-syd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/gemensamt-verksamhetsstod" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/konsistorium" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-utbildning-pa-grundniva-och-avancerad-niva" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/institutioner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/forskning/forskningsomraden-centrum-och-natverk/centrumbildningar" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsledning/dekaner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/undervisning-och-larande" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/fakultetsnamnden" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/vart-ki/strategi-2030-tillsammans-skapar-vi-framtidens-ki/prioriterade-fokusomraden-for-att-na-kis-vision/inrattande-av-riki-2026-2027" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/universitetsledning" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/vart-ki/institutioner-dekaner-prefekter-och-administrativa-chefer/institutionsgrupp-ki-solna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/fakultetsrad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation/universitetsbiblioteket" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/om-ki/organisation-och-ledning/internrevisionen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/kommitten-for-forskning" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medarbetare.ki.se/institutionsgrupp-ki-nord" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -4179,100 +3090,85 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="1" i="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Från KI:s årsredovisning 2024 (</a:t>
+              <a:t>Från KI:s årsredovisning 2025 (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>2023 års siffror inom parentes) </a:t>
+              <a:t>2024 års siffror inom parentes) </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Siffrorna för antalet studenter och forskarstudenter är dock inte helt jämförbara sinsemellan. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>”Helårsstudenter” är inte individer utan ett mått på utbildningsvolym (ungefär: om vi slår samman alla registrerade studenter/</a:t>
-[...14 lines deleted...]
-              <a:t>individer på olika kurser och program som läser olika antal </a:t>
+              <a:t>”Helårsstudenter” är inte individer utan ett mått på utbildningsvolym (ungefär: om vi slår samman alla registrerade studenter/individer på olika kurser och program som läser olika antal </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>hp</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> till helårsstudenter så får vi denna siffra), antalet redovisade ”forskarstuderande” här är dock individer.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1100" i="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
@@ -4339,88 +3235,111 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Intäkter Karolinska Institutet år 2024, totalt 8 681,9 mnkr</a:t>
-[...5 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
+              <a:t>Intäkter Karolinska Institutet år 2025, totalt </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Fördelning 2024 </a:t>
+              <a:t>8 650,1 mnkr </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Fördelning 2025 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Statsanslag 40 % </a:t>
+              <a:t>Statsanslag 41 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Forskningsråd 13 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Övriga statliga 6 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
@@ -4446,82 +3365,82 @@
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Utländska stiftelser och organisationer 9 %  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Svenska företag 2 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Utländska företag 3 % </a:t>
+              <a:t>Utländska företag 2 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Finansiella intäkter 3 % </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" i="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>(Årsredovisning 2024 </a:t>
+              <a:t>(Årsredovisning 2025 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>s. 59)</a:t>
+              <a:t>s. 60)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -4584,51 +3503,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" i="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>(Årsredovisning 2024, sidan 33</a:t>
+              <a:t>(Årsredovisning 2025, sidan 33</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -4685,51 +3604,51 @@
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" i="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>(Årsredovisning 2024 s. 34-35</a:t>
+              <a:t>(Årsredovisning 2025 s. 34</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -5024,86 +3943,139 @@
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>I universitetsledningen ingår </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>universitetsdirektör</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> som har det övergripande ansvaret för KI:s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId18"/>
               </a:rPr>
               <a:t>gemensamma verksamhetsstöd</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
-              <a:t> (GVS) med sju avdelningar. </a:t>
-[...8 lines deleted...]
-              <a:rPr lang="sv-SE" u="sng" dirty="0">
+              <a:t> (GVS) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>med åtta avdelningar, inklusive </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
                 <a:hlinkClick r:id="rId19"/>
               </a:rPr>
               <a:t>KI:s universitetsbibliotek</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="sv-SE" u="sng" dirty="0">
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> (KIB). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
                 <a:hlinkClick r:id="rId20"/>
               </a:rPr>
-              <a:t>undervisning och lärande</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Undervisning och lärande</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t> (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>UoL</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>) leds av en verksamhetschef som rapporterar till universitetsdirektören. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>Karolinska Institutet Holding AB</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> är ett statligt ägt bolag som förvaltas av KI.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -6286,51 +5258,51 @@
               </a:rPr>
               <a:t> i hälsoinformatik </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Masterprogrammet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> i molekylära tekniker inom livsvetenskaperna </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" dirty="0">
+            <a:endParaRPr lang="sv-SE" b="0" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Masterprogrammet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> i nutritionsvetenskap</a:t>
             </a:r>
@@ -6372,55 +5344,50 @@
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>translationell</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> fysiologi och farmakologi</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1100" b="1" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -7434,51 +6401,51 @@
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" i="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>(Årsredovisning 2024 s. 37</a:t>
+              <a:t>(Årsredovisning 2025 s. 36</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
@@ -10698,130 +9665,165 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Internationell sampublicering 2021-2023</a:t>
+              <a:t>Internationell sampublicering 2023-2025</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Antal vetenskapliga artiklar publicerade av Karolinska Institutets forskare i samverkan med en eller flera forskare från olika delar av världen.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...10 lines deleted...]
-            </a:endParaRPr>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>KI:s forskare publicerar varje år ett stort antal, cirka 75 procent, vetenskapliga artiklar i samverkan med forskare i andra länder. Under perioden 2023–2025 publicerades artiklar tillsammans med forskare i cirka 180 olika länder. USA var det land som KI hade flest sampublikationer med, tätt följt av Storbritannien och Tyskland. Sammanfattningsvis är KI:s internationella sampublicering omfattande. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" i="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>(Årsredovisning </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" i="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2024, sidan 40</a:t>
+              <a:t>202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" i="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>5</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" i="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, sidan 39</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" i="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -10863,86 +9865,99 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1100" dirty="0">
-[...5 lines deleted...]
-              <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Den fältnormerade citeringsgraden speglar en artikels citeringar i relation till citeringar för jämförbara publikationer, det vill säga publikationer av samma dokumenttyp, publicerade samma år och inom samma ämnesområde. I diagrammet visas medelvärdet per år av den fältnormerade citeringsgraden (Cf) för alla artiklar från KI. Detta ställs i diagrammet i relation till motsvarande Cf-värde för EU:s 27 medlemsländer (EU27) och Storbritannien. KI:s citeringsgrad ligger på en nivå som överstiger motsvarande värde för EU27 och Storbritannien. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" i="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>(Årsredovisning </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" i="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2024, sidan 39</a:t>
+              <a:t>2025, sidan 38</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -11747,51 +10762,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11861,51 +10876,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -12128,51 +11143,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -12268,51 +11283,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69C70660-333D-4417-8C25-17E2CB1974B4}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -12509,51 +11524,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -12691,51 +11706,51 @@
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -13261,51 +12276,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -13558,51 +12573,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -13978,51 +12993,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -14100,51 +13115,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -14433,51 +13448,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -14718,51 +13733,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -15012,51 +14027,51 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -15356,51 +14371,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -15889,167 +14904,167 @@
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="1620" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17410" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -16180,69 +15195,69 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Helårssstudenter</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>6 483</a:t>
+              <a:t>6 743</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(6 517)</a:t>
+              <a:t>(6 483)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="textruta 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8252B3A-11E9-4B75-90EA-4EDAA93FC86C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -16371,69 +15386,60 @@
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Examina</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>2 860</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
+              <a:t>2 587</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t> </a:t>
-[...8 lines deleted...]
-              <a:t>(2 794)</a:t>
+              <a:t>(2 860)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rektangel 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9780805F-A37F-4397-9E8F-38F01E9F6D1D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -16531,69 +15537,69 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Forskarstuderande</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>2 230</a:t>
+              <a:t>2 215</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(2 173)</a:t>
+              <a:t>(2 230)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -16733,69 +15739,60 @@
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Doktorsexamina</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>341</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
+              <a:t>347</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t> </a:t>
-[...8 lines deleted...]
-              <a:t>(329)</a:t>
+              <a:t>(341)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="D40963"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F147F470-1BF3-2B70-FB27-DC330E4BAED4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -17198,51 +16195,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD9C18C-79A4-463D-BCF2-B00F0DAC90AF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17322,51 +16319,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55864DD9-1CBA-477F-8FA7-53A4513D1006}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17456,51 +16453,51 @@
               <a:t>i omsättning</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Diagram 6" descr="Ett diagram som visar KI:s intäkter år 2021, totalt 7 560 mnkr. Intäkterna fördelas på:&#10;Statsanslag 43 % &#10;Forskningsråd 14 % &#10;Övriga statliga 6 % &#10;Kommuner och regioner 5 %  &#10;Svenska stiftelser och organisationer 17 %&#10;Utländska stiftelser och organisationer 8 %&#10;Svenska företag 3 % &#10;Utländska företag 3 %&#10;Finansiella intäkter 1 %">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{693C33E2-A3FD-97CC-73B8-87FB46449B12}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2254543148"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4245813530"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3084512" y="451966"/>
           <a:ext cx="6096000" cy="4064000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{405B5E47-9BCA-BB0E-BC2C-521BF07403A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -17594,88 +16591,88 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="280220" y="987574"/>
             <a:ext cx="5616302" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>10 största externa bidragsfinansiärerna forskning totalt 2022-2024, mnkr, </a:t>
+              <a:t>10 största externa bidragsfinansiärerna forskning totalt 2023-2025, mnkr, </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>exklusive kapitalförvaltning</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="7" name="Tabell 8" descr="En tabell som visar de tio största externa bidragsfinansiärerna för KI 2021-2023. Totalt 3 686 miljoner kronor för år 2023. (Förändring 2022-2023 är 5 %).">
+          <p:cNvPr id="7" name="Tabell 8" descr="En tabell som visar de tio största externa bidragsfinansiärerna för KI 2023-2025. Totalt 3 805 miljoner kronor för år 2025.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{209257E8-AEAD-8FDE-DEDC-D6D093B52D3E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="363906427"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3748925828"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="350737" y="1533994"/>
+          <a:off x="371238" y="1533994"/>
           <a:ext cx="6216986" cy="2909964"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2377281">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1682249626"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="705252">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="859670045"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="705252">
                   <a:extLst>
@@ -17731,143 +16728,143 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2022</a:t>
+                        <a:t>2023</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2023</a:t>
+                        <a:t>2024</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2024</a:t>
+                        <a:t>2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
@@ -17877,51 +16874,51 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>Förändring 2023-2024</a:t>
+                        <a:t>Förändring 2024-2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -17958,110 +16955,110 @@
                         <a:t>Vetenskapsrådet</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>958</a:t>
+                        <a:t>979</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>979</a:t>
+                        <a:t>964</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>964</a:t>
+                        <a:t>893</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -18069,51 +17066,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-2 %</a:t>
+                        <a:t>-7 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
@@ -18144,96 +17141,96 @@
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Europeiska Unionen </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>299</a:t>
+                        <a:t>296</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>296</a:t>
+                        <a:t>366</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>366</a:t>
+                        <a:t>394</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18243,147 +17240,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>24 %</a:t>
+                        <a:t>8 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3736923764"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Cancerfonden</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>279</a:t>
+                        <a:t>326</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>326</a:t>
+                        <a:t>336</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>336</a:t>
+                        <a:t>353</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18393,622 +17390,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>3 %</a:t>
+                        <a:t>5 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="189753433"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Wallenbergs stiftelser</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>229</a:t>
+                        <a:t>207</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>207</a:t>
+                        <a:t>241</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>241</a:t>
-[...474 lines deleted...]
-                        <a:t>118</a:t>
+                        <a:t>201</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19033,149 +17555,140 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>-17 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="392298131"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4255872465"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>Hjärt-lungfonden</a:t>
+                        <a:t>Forte (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
+                        <a:t>fd</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t> FAS)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>99</a:t>
+                        <a:t>161</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>85</a:t>
+                        <a:t>165</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>111</a:t>
+                        <a:t>184</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19185,147 +17698,164 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>31 %</a:t>
+                        <a:t>12 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="879538754"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4277017575"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>Region Stockholm </a:t>
+                        <a:t>Kungliga Tekniska högskolan</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>90</a:t>
+                        <a:t>120</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>94</a:t>
+                        <a:t>124</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>89</a:t>
+                        <a:t>116</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19335,147 +17865,164 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-5 %</a:t>
+                        <a:t>-6 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2870487890"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1198820540"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>Hjärnfonden</a:t>
+                        <a:t>Hjärt-lungfonden</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>41</a:t>
+                        <a:t>85</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>47</a:t>
+                        <a:t>118</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>61</a:t>
+                        <a:t>115</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19485,51 +18032,518 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>30 %</a:t>
+                        <a:t>4 %</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="392298131"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="213458">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>Barncancerfonden</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>142</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>111</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>100</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>-15 %</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="879538754"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="213458">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>Region Stockholm </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>94</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>89</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>97</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>9 %</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2870487890"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="213458">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>KI - Stiftelser</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>38</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>55</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>69</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>25 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3036803588"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -19545,114 +18559,114 @@
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1 113</a:t>
+                        <a:t>1 238</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1 202</a:t>
+                        <a:t>1 298</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1 292</a:t>
+                        <a:t>1 284</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19662,137 +18676,93 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>7 %</a:t>
+                        <a:t>-1 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="677143210"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="238260">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
                         <a:t>Totalt</a:t>
-                      </a:r>
-[...42 lines deleted...]
-                        <a:t>3 516</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -19847,84 +18817,128 @@
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
                         <a:t>3 867</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
+                        <a:t>3 805</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>5 %</a:t>
+                        <a:t>-2 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -20189,53 +19203,53 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
@@ -20529,51 +19543,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F64B1F-D112-42C5-A103-04DD7E6D0983}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA631E4-D2E0-401E-A107-65CDEBA5D021}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20604,51 +19618,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="323528" y="2213679"/>
             <a:ext cx="2732510" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="6600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>366</a:t>
+              <a:t>394</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Mnkr i intäkter från EU</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="textruta 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23AC4852-1828-48FC-AE3E-C512F845AB67}"/>
               </a:ext>
             </a:extLst>
@@ -20709,156 +19723,147 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3279650" y="2213679"/>
             <a:ext cx="2732510" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="6600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>233</a:t>
+              <a:t>237</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>EU-finansierade projekt</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="textruta 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68B20161-CC58-4D21-9A55-9B2C5C456ED1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3131840" y="3726589"/>
             <a:ext cx="3020542" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Under 2024 hade KI totalt </a:t>
-[...8 lines deleted...]
-              <a:t>233 pågående EU-finansierade projekt</a:t>
+              <a:t>Under 2025 hade KI totalt 237 pågående EU-finansierade projekt</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="textruta 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D38C7C0-A74C-4474-9EA5-702C636DD958}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6087962" y="2213679"/>
             <a:ext cx="2732510" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="6600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>44</a:t>
+              <a:t>52</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ERC-projekt</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="textruta 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E583889-D1B2-4296-8502-3066176CD1CB}"/>
               </a:ext>
             </a:extLst>
@@ -20866,64 +19871,64 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943946" y="3725619"/>
             <a:ext cx="3020542" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>I slutet av 2024 hade KI </a:t>
+              <a:t>I slutet av 2025 hade KI </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>deltagit i 44 ERC-projekt </a:t>
+              <a:t>deltagit i 52 ERC-projekt </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(Europeiska forskningsrådet)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Bild 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D229B5DD-AA14-40B7-C706-14BC08F58CDE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -20967,51 +19972,51 @@
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7113984" y="1324947"/>
+            <a:off x="7020272" y="1324947"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="30" name="Bild 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B05FAF0-29C5-3E98-11DF-996EC5D445A0}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -21140,51 +20145,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21865,51 +20870,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A198B46-3C86-43CC-A189-A4890CE220AA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4CBD117-F600-48A1-9BCA-F3E3F6D6D2A9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22116,51 +21121,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -23045,51 +22050,51 @@
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6121425" y="2548565"/>
             <a:ext cx="3644740" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="6000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>32</a:t>
+              <a:t>31</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>påbyggnadsprogram</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
@@ -23110,51 +22115,51 @@
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6155339" y="3464004"/>
             <a:ext cx="4105293" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="6000" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>98</a:t>
+              <a:t>110</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>fristående kurser</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -23400,51 +22405,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24444,51 +23449,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -25570,51 +24575,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -26984,51 +25989,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -28775,51 +27780,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5BEBE55-F0BF-4C1E-AE32-E00B489B9C83}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEE57A7F-B9F2-4D64-8FD8-AEDE8D482ABF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29418,51 +28423,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B99EA2-31F0-4E67-B419-A7E7F019BA64}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29908,51 +28913,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20D3D592-2D09-21DC-5B3D-2FBD2B1B0F48}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A56F03C9-4132-6FC5-C459-7EE97B81389A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30234,51 +29239,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9297CDF1-DD6F-45BB-91C0-4ABA9508C0DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F549C38B-77B6-4B3B-BFC7-4578D9345178}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30767,51 +29772,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7527702C-390A-4288-ABC7-D091D30DF15C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFBB50D6-5222-4355-8648-2CC64AEA14E8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -31273,51 +30278,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33065,51 +32070,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66470DF-5A15-4B56-9039-8F169043532D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAA5C0F1-B506-464E-9EED-062C39FC150C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33520,51 +32525,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -35867,51 +34872,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -38221,51 +37226,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -39696,51 +38701,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B08A04F-CD43-4990-9475-F5570C00C2FC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA2723BE-DF5A-4D3E-A404-E4F446899C8D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -40073,51 +39078,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B13203E0-055E-CB32-3AC1-3B9ED8795BCA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA6CED37-ACD1-AB5B-81EB-AD61A273F0E6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -40613,51 +39618,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFC54A44-C2AB-4AC2-B7A4-8F7B436722E7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33857470-F71A-47D7-9949-3D8155D23AB2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -41111,51 +40116,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB214BD2-4871-4552-B7F0-A3203E3A0CD5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCB3F5EC-0C51-471E-8667-AA75C15595AD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -41484,51 +40489,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -41556,78 +40561,50 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255983" y="4787115"/>
             <a:ext cx="2803849" cy="171450"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Karolinska Institutet – ett medicinskt universitet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...26 lines deleted...]
-      </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFAEEB2B-6027-7425-9BC2-62F9E11CDD4F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="16200000">
             <a:off x="6249999" y="2433127"/>
             <a:ext cx="4559866" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -41782,51 +40759,51 @@
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Indikatorer av typen fältnormerad citeringsgrad kräver en viss volym på publikationer och citeringar för att bli statistiskt signifikanta. Publikationer från 2024 har ännu fått relativt få citeringar och kan därför inte anses utgöra stabila och tillförlitliga resultat och har därför exkluderats från ovanstående figur. </a:t>
+              <a:t>Indikatorer av typen fältnormerad citeringsgrad kräver en viss volym på publikationer och citeringar för att bli statistiskt signifikanta. Publikationer från 2025 har ännu fått relativt få citeringar och kan därför inte anses utgöra stabila och tillförlitliga resultat och har därför exkluderats från ovanstående figur. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Certain</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> data </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
@@ -41872,69 +40849,69 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>derived</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t> from the © Web </a:t>
+              <a:t> from the© Web </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t> Science 2024 </a:t>
+              <a:t> Science 2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
@@ -42350,50 +41327,231 @@
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Library</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Bildobjekt 10" descr="I diagrammet visas medelvärdet per år av den fältnormerade citeringsgraden (Cf) för alla artiklar från KI. Detta ställs i diagrammet i relation till motsvarande Cf-värde för EU:s 27 medlemsländer (EU27) och Storbritannien. KI:s citeringsgrad ligger på en nivå som överstiger motsvarande värde för EU27 och Storbritannien. ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E55DA32E-8136-EF51-BCB8-57279B4C15F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="362824" y="1209126"/>
+            <a:ext cx="5433312" cy="3439970"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="textruta 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6D18C4-D65C-6178-27C1-78EA1C7B48BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6283052" y="1971586"/>
+            <a:ext cx="2359695" cy="600164"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Fältnormerad citeringsgrad</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>EU27 och Storbritannien</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Rak koppling 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{014AC89F-1AD1-45BE-3FD5-60DE0A2F72E9}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5974060" y="2096159"/>
+            <a:ext cx="288032" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="16" name="Rak koppling 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C38BA486-FB3D-5A41-E892-CA7CBE239D5E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5974060" y="2427734"/>
+            <a:ext cx="288032" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2956052382"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -44100,54 +43258,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PPT KI</Template>
   <TotalTime></TotalTime>
-  <Words>5043</Words>
+  <Words>5057</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
-  <Paragraphs>678</Paragraphs>
+  <Paragraphs>689</Paragraphs>
   <Slides>31</Slides>
   <Notes>31</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>31</vt:i4>
       </vt:variant>