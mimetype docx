--- v0 (2025-10-05)
+++ v1 (2025-12-07)
@@ -13,112 +13,109 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:bookmarkStart w:id="0" w:name="_GoBack" w:displacedByCustomXml="next"/>
-    <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1702319651"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1082065158"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="068C3B03" w14:textId="77777777" w:rsidR="00717163" w:rsidRDefault="00717163" w:rsidP="00036E63"/>
         <w:p w14:paraId="4CC0951E" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="003B164F" w:rsidRDefault="00794B45" w:rsidP="00794B45">
           <w:pPr>
             <w:pStyle w:val="Rubrik2"/>
             <w:rPr>
               <w:sz w:val="28"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="1" w:name="_Toc459375828"/>
+          <w:bookmarkStart w:id="0" w:name="_Toc459375828"/>
           <w:r w:rsidRPr="003B164F">
             <w:rPr>
               <w:sz w:val="28"/>
             </w:rPr>
             <w:t>Kursanalys (kursutvärdering)</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="1"/>
+          <w:bookmarkEnd w:id="0"/>
         </w:p>
         <w:tbl>
           <w:tblPr>
             <w:tblW w:w="9315" w:type="dxa"/>
             <w:tblBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1949"/>
             <w:gridCol w:w="5666"/>
             <w:gridCol w:w="1700"/>
           </w:tblGrid>
           <w:tr w:rsidR="00794B45" w14:paraId="2D96C9D5" w14:textId="77777777" w:rsidTr="00312650">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1951" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="13256E20" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Kurskod</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -224,51 +221,50 @@
                     <w:r w:rsidRPr="00312650">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5670" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="49828E37" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Kurstitel</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:sz w:val="20"/>
@@ -383,51 +379,50 @@
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
               <w:p w14:paraId="20A556CE" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1701" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="01FFF27C" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Högskolepoäng</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -535,51 +530,50 @@
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:tr>
           <w:tr w:rsidR="00794B45" w14:paraId="5B9BD6D3" w14:textId="77777777" w:rsidTr="00312650">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1945" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="0CC9C0A1" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Termin </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
@@ -693,51 +687,50 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7371" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="2F22B8D7" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Tidsperiod</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:sz w:val="20"/>
@@ -880,51 +873,50 @@
             <w:tblW w:w="9322" w:type="dxa"/>
             <w:tblBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tblBorders>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="4583"/>
             <w:gridCol w:w="4739"/>
           </w:tblGrid>
           <w:tr w:rsidR="00794B45" w14:paraId="3898354D" w14:textId="77777777" w:rsidTr="00312650">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4583" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="380E95D8" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Kursansvarig</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
@@ -1050,51 +1042,50 @@
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
               <w:p w14:paraId="2139152B" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4739" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="25EDE305" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Examinator</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -1213,51 +1204,50 @@
                         <w:b/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:tr>
           <w:tr w:rsidR="00794B45" w14:paraId="097CF043" w14:textId="77777777" w:rsidTr="00312650">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4583" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="4241905B" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Momentansvariga lärare</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
@@ -1383,51 +1373,50 @@
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
               <w:p w14:paraId="40259809" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4739" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="7D466C4E" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Övriga medverkande lärare </w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="734120908"/>
                   <w:placeholder>
@@ -1540,51 +1529,50 @@
             <w:tblBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tblBorders>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="2660"/>
             <w:gridCol w:w="3260"/>
             <w:gridCol w:w="3402"/>
           </w:tblGrid>
           <w:tr w:rsidR="00794B45" w14:paraId="7F04347E" w14:textId="77777777" w:rsidTr="00312650">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2660" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="14044E3F" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Antal registrerade studenter vid treveckorskontrollen</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -1703,51 +1691,50 @@
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
               <w:p w14:paraId="52D3EF30" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3260" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="278BEF49" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Antal godkända vid sista kursdatum</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
@@ -1872,51 +1859,50 @@
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
               <w:p w14:paraId="282962CD" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3402" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="56C02904" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Svarsfrekvens kursvärderingsenkät</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2035,51 +2021,50 @@
                     <w:r w:rsidRPr="00312650">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:tr>
           <w:tr w:rsidR="00794B45" w14:paraId="66975543" w14:textId="77777777" w:rsidTr="00312650">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9322" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="5F5ED03D" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Övriga metoder för studentinflytande </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">(utöver avslutande kursvärdering) </w:t>
@@ -2214,51 +2199,50 @@
                 </w:sdtContent>
               </w:sdt>
               <w:p w14:paraId="4A9C3B2F" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr w:rsidR="00794B45" w14:paraId="1E321B62" w14:textId="77777777" w:rsidTr="00312650">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9322" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="56AEC75A" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00312650" w:rsidRDefault="00794B45" w:rsidP="00312650">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00312650">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Återkoppling av kursvärderingsresultat till studenterna</w:t>
                 </w:r>
               </w:p>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
@@ -2752,51 +2736,51 @@
             </w:rPr>
             <w:id w:val="908426023"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="2536D84A" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val="Text11"/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput/>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:bookmarkStart w:id="2" w:name="Text11"/>
+              <w:bookmarkStart w:id="1" w:name="Text11"/>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
@@ -2839,51 +2823,51 @@
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
-            <w:bookmarkEnd w:id="2" w:displacedByCustomXml="next"/>
+            <w:bookmarkEnd w:id="1" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
         <w:p w14:paraId="4414468E" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
           <w:pPr>
             <w:pStyle w:val="Rubrik4"/>
           </w:pPr>
           <w:r>
             <w:t>2. Kortfattad sammanfattning av studenternas värderingar av kursen</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="58E38DDA" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
           <w:pPr>
             <w:rPr>
               <w:i/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:i/>
             </w:rPr>
             <w:t>(Baserad på studenternas kvantitativa svar på kursvärderingen och centrala synpunkter ur fritextsvar. Kvantitativ sammanställning och ev. grafer bifogas.)</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
@@ -2895,51 +2879,51 @@
             </w:rPr>
             <w:id w:val="175153957"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="2CC5BCFD" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val="Text12"/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput/>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:bookmarkStart w:id="3" w:name="Text12"/>
+              <w:bookmarkStart w:id="2" w:name="Text12"/>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
@@ -2982,100 +2966,100 @@
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
-            <w:bookmarkEnd w:id="3" w:displacedByCustomXml="next"/>
+            <w:bookmarkEnd w:id="2" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
         <w:p w14:paraId="38EFF2C1" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
           <w:pPr>
             <w:pStyle w:val="Rubrik4"/>
           </w:pPr>
           <w:r>
             <w:t>3. Kursansvarigs reflektioner kring kursens genomförande och resultat</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="68409C78" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:i/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
             </w:rPr>
             <w:t>Kursens styrkor:</w:t>
           </w:r>
           <w:r w:rsidRPr="00794B45">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-692374362"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1082065158"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:bookmarkStart w:id="4" w:name="Text13"/>
+              <w:bookmarkStart w:id="3" w:name="Text13"/>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val="Text13"/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput/>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
@@ -3133,93 +3117,94 @@
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
-              <w:bookmarkEnd w:id="4"/>
+              <w:bookmarkEnd w:id="3"/>
             </w:sdtContent>
           </w:sdt>
         </w:p>
         <w:p w14:paraId="11BF96F1" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:i/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
             </w:rPr>
+            <w:lastRenderedPageBreak/>
             <w:t>Kursens svagheter:</w:t>
           </w:r>
           <w:r w:rsidRPr="00794B45">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-1163624909"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1082065158"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:bookmarkStart w:id="5" w:name="Text14"/>
+              <w:bookmarkStart w:id="4" w:name="Text14"/>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val="Text14"/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput/>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
@@ -3277,96 +3262,98 @@
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
-              <w:bookmarkEnd w:id="5"/>
+              <w:bookmarkEnd w:id="4"/>
             </w:sdtContent>
           </w:sdt>
         </w:p>
-        <w:p w14:paraId="7E0E4BE0" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
+        <w:p w14:paraId="7E0E4BE0" w14:textId="74BB3E24" w:rsidR="00794B45" w:rsidRDefault="00F2140E" w:rsidP="00794B45">
           <w:pPr>
             <w:pStyle w:val="Rubrik4"/>
           </w:pPr>
           <w:r>
-            <w:lastRenderedPageBreak/>
-            <w:t>3. Övriga synpunkter</w:t>
+            <w:t>4</w:t>
+          </w:r>
+          <w:r w:rsidR="00794B45">
+            <w:t>. Övriga synpunkter</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-987247202"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="0581D6A6" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val="Text15"/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput/>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:bookmarkStart w:id="6" w:name="Text15"/>
+              <w:bookmarkStart w:id="5" w:name="Text15"/>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
@@ -3409,59 +3396,62 @@
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
-            <w:bookmarkEnd w:id="6" w:displacedByCustomXml="next"/>
+            <w:bookmarkEnd w:id="5" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
-        <w:p w14:paraId="611464F6" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
+        <w:p w14:paraId="611464F6" w14:textId="66924709" w:rsidR="00794B45" w:rsidRDefault="00F2140E" w:rsidP="00794B45">
           <w:pPr>
             <w:pStyle w:val="Rubrik4"/>
           </w:pPr>
           <w:r>
-            <w:t>4. Kursansvarigs slutsatser och eventuella förslag till förändringar</w:t>
+            <w:t>5</w:t>
+          </w:r>
+          <w:r w:rsidR="00794B45">
+            <w:t>. Kursansvarigs slutsatser och eventuella förslag till förändringar</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="66721638" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
           <w:pPr>
             <w:rPr>
               <w:i/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:i/>
             </w:rPr>
             <w:t>(Om förändringar föreslås, ange vem som är ansvarig för att genomföra dessa och en tidsplan. )</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-920947061"/>
             <w:placeholder>
@@ -3470,51 +3460,51 @@
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="41CB4EEA" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
               <w:pPr>
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val="Text16"/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput/>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:bookmarkStart w:id="7" w:name="Text16"/>
+              <w:bookmarkStart w:id="6" w:name="Text16"/>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
@@ -3557,76 +3547,76 @@
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
-            <w:bookmarkEnd w:id="7" w:displacedByCustomXml="next"/>
+            <w:bookmarkEnd w:id="6" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
         <w:p w14:paraId="2F9F486A" w14:textId="77777777" w:rsidR="00794B45" w:rsidRDefault="00794B45" w:rsidP="00794B45">
           <w:pPr>
             <w:pStyle w:val="Rubrik4"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Bilagor: </w:t>
           </w:r>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1248234507"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1082065158"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:bookmarkStart w:id="8" w:name="Text17"/>
+              <w:bookmarkStart w:id="7" w:name="Text17"/>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b w:val="0"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val="Text17"/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput/>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b w:val="0"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r>
                 <w:rPr>
@@ -3674,706 +3664,682 @@
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b w:val="0"/>
                   <w:noProof/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b w:val="0"/>
                   <w:noProof/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:b w:val="0"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
-              <w:bookmarkEnd w:id="8"/>
+              <w:bookmarkEnd w:id="7"/>
             </w:sdtContent>
           </w:sdt>
         </w:p>
-        <w:p w14:paraId="0CA9E972" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="007516BA" w:rsidRDefault="00BD5574" w:rsidP="00036E63"/>
+        <w:p w14:paraId="0CA9E972" w14:textId="77777777" w:rsidR="00794B45" w:rsidRPr="007516BA" w:rsidRDefault="00C710F6" w:rsidP="00036E63"/>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr w:rsidR="00794B45" w:rsidRPr="007516BA" w:rsidSect="00196E75">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="2308" w:left="2308" w:header="680" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5143E6ED" w14:textId="77777777" w:rsidR="002513BC" w:rsidRDefault="002513BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="35A225D9" w14:textId="77777777" w:rsidR="002513BC" w:rsidRDefault="002513BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0858B1E3" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="007516BA" w:rsidRDefault="007D3C45" w:rsidP="00F2517F">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:ind w:left="-180" w:right="-1064"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4DAD1786" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00196E75" w:rsidRDefault="007D3C45" w:rsidP="00F2517F">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9348" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2418"/>
       <w:gridCol w:w="2200"/>
       <w:gridCol w:w="2310"/>
       <w:gridCol w:w="2420"/>
     </w:tblGrid>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00B6143B" w14:paraId="060954EB" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2418" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="046C4327" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:highlight w:val="red"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Postadress</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2200" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4858EFFB" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:highlight w:val="red"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Besöksadress</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2310" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="16FB4E99" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:highlight w:val="red"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Telefon</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2420" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4202F1F6" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:highlight w:val="red"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>E-Post</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00B6143B" w14:paraId="2EE6C29B" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2418" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="2F0B7A16" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRDefault="006F1F26" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>Karolinska Institutet</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="6657791A" w14:textId="77777777" w:rsidR="006F1F26" w:rsidRPr="00B6143B" w:rsidRDefault="006F1F26" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>171 77 Stockholm</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2200" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="44CDD5DA" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="006F1F26" w:rsidP="007D3C45">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>Nobels väg 6</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="2791EC41" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="006F1F26" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>Solna</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2310" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="24214E36" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="006F1F26" w:rsidP="006F1F26">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>08-524 800 00</w:t>
           </w:r>
           <w:r w:rsidR="007D3C45" w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>, vx</w:t>
           </w:r>
           <w:r w:rsidR="007D3C45" w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>08-524 839 77</w:t>
           </w:r>
           <w:r w:rsidR="007D3C45" w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>, dir</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2420" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="2CC223DE" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="006F1F26" w:rsidP="006F1F26">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>lena.atterwall@ki.se</w:t>
           </w:r>
           <w:r w:rsidR="007D3C45" w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r w:rsidR="007D3C45" w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Web</w:t>
           </w:r>
           <w:r w:rsidR="007B294C" w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>b</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00B6143B" w14:paraId="6123894D" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2418" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="65C48EAC" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2200" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="40A23892" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2310" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="2A611BF2" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:highlight w:val="red"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2420" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="6A79E3C2" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>ki.se</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00B6143B" w14:paraId="3CA2E48F" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2418" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="2B574A88" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>Org. nummer 202100 2973</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2200" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4ED30B0A" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2310" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="115B4AFD" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2420" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="765882E8" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5027198A" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRDefault="007D3C45">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6D6D7335" w14:textId="77777777" w:rsidR="002513BC" w:rsidRDefault="002513BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="11848734" w14:textId="77777777" w:rsidR="002513BC" w:rsidRDefault="002513BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10917" w:type="dxa"/>
       <w:tblInd w:w="-1322" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5390"/>
       <w:gridCol w:w="3385"/>
       <w:gridCol w:w="789"/>
       <w:gridCol w:w="1353"/>
     </w:tblGrid>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="62C33EDE" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="21B1BC9E" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3385" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="3A9DBFAF" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="789" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="50CF5E96" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1353" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="3E6C7B4E" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="604D3671" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="774FBB30" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3385" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="48CD19E5" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="darkMagenta"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="789" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="7F6750F6" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Sid:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1353" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="3999E75A" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="darkMagenta"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
@@ -4448,112 +4414,109 @@
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00AC715B" w:rsidRPr="00332C0C" w14:paraId="1AAF2D45" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="0D2E8996" w14:textId="77777777" w:rsidR="00AC715B" w:rsidRPr="00332C0C" w:rsidRDefault="00AC715B" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5527" w:type="dxa"/>
           <w:gridSpan w:val="3"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4D60EE9F" w14:textId="77777777" w:rsidR="00AC715B" w:rsidRPr="00B6143B" w:rsidRDefault="00AC715B" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4D686BEF" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="007516BA" w:rsidRDefault="007D3C45" w:rsidP="0054298A">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10504" w:type="dxa"/>
       <w:tblInd w:w="-1322" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5390"/>
       <w:gridCol w:w="3192"/>
       <w:gridCol w:w="550"/>
       <w:gridCol w:w="1372"/>
     </w:tblGrid>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="6030C244" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="68CBA7C3" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="006969FE" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71333076" wp14:editId="53D7078B">
                 <wp:extent cx="1800225" cy="742950"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="1" name="Bild 1" descr="KI-Logo_pos_RGB(136-0-82)"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="KI-Logo_pos_RGB(136-0-82)"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
@@ -4570,220 +4533,209 @@
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1800225" cy="742950"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="67EFDC06" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="77D8B981" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="50517635" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="331DF0CA" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4999A3F0" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="263303FB" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="darkMagenta"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="0E2C8D34" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="5E31AF46" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="darkMagenta"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="02BF3FBF" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="1EAB3F7D" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="2AAF6A8A" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00B6143B">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="3277"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="red"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="2696F897" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Sid:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="08CB8523" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
@@ -4857,251 +4809,239 @@
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="3626FBFA" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="7DFD466B" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="78837460" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="6614813B" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="3BAEA61A" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="699C7E32" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="109D7912" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="043A5373" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4CA02730" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="370C300F" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00AC715B" w:rsidRPr="00332C0C" w14:paraId="5746B85C" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="33A240B2" w14:textId="77777777" w:rsidR="00AC715B" w:rsidRPr="00332C0C" w:rsidRDefault="00AC715B" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="7298C228" w14:textId="77777777" w:rsidR="00AC715B" w:rsidRPr="00B6143B" w:rsidRDefault="00AC715B" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="695D5C09" w14:textId="77777777" w:rsidR="00AC715B" w:rsidRPr="00B6143B" w:rsidRDefault="00AC715B" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="3DA0A780" w14:textId="77777777" w:rsidR="00AC715B" w:rsidRPr="00B6143B" w:rsidRDefault="00AC715B" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4F1B799D" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00D2347B" w:rsidRDefault="007D3C45" w:rsidP="0054298A">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="186C1A6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="293AE66A"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5147,69 +5087,70 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1419717396">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217"/>
+    <o:shapedefaults v:ext="edit" spidmax="13313"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="stc3_dlg_element¤01" w:val="dialog_¤TemplateDialog"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01" w:val="step_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01" w:val="frame_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤01" w:val="pr_¤Profile"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤02" w:val="dl_¤DocLanguage"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤03" w:val="ds_¤Dokumentnamn"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤04" w:val="ds_¤DNR"/>
@@ -5219,50 +5160,51 @@
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Mottagare" w:val="1"/>
     <w:docVar w:name="stc3_dlg_show_dlg_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_show_step_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_type¤dl_¤DocLanguage" w:val="9"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Datum" w:val="6"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤DNR" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Mottagare" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤pr_¤Profile" w:val="10"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00794B45"/>
     <w:rsid w:val="0002559A"/>
     <w:rsid w:val="00032F08"/>
     <w:rsid w:val="00036E63"/>
     <w:rsid w:val="00046832"/>
     <w:rsid w:val="00057050"/>
     <w:rsid w:val="00077AB6"/>
     <w:rsid w:val="000B046A"/>
     <w:rsid w:val="000C63A7"/>
     <w:rsid w:val="00114DC8"/>
     <w:rsid w:val="00121F9C"/>
     <w:rsid w:val="001443B5"/>
     <w:rsid w:val="001663DC"/>
+    <w:rsid w:val="00174526"/>
     <w:rsid w:val="00177C13"/>
     <w:rsid w:val="00190E78"/>
     <w:rsid w:val="00196E75"/>
     <w:rsid w:val="001A0713"/>
     <w:rsid w:val="001A4B87"/>
     <w:rsid w:val="0020259A"/>
     <w:rsid w:val="00204C29"/>
     <w:rsid w:val="002211E3"/>
     <w:rsid w:val="002513BC"/>
     <w:rsid w:val="00260F74"/>
     <w:rsid w:val="00270E28"/>
     <w:rsid w:val="002B5698"/>
     <w:rsid w:val="00311ECB"/>
     <w:rsid w:val="00312650"/>
     <w:rsid w:val="00312D7D"/>
     <w:rsid w:val="00313BF9"/>
     <w:rsid w:val="0035118E"/>
     <w:rsid w:val="00363EE8"/>
     <w:rsid w:val="0038441A"/>
     <w:rsid w:val="003A2C70"/>
     <w:rsid w:val="003A3EFD"/>
     <w:rsid w:val="003C1047"/>
     <w:rsid w:val="003C6F5C"/>
     <w:rsid w:val="003C7C90"/>
     <w:rsid w:val="003C7F7E"/>
@@ -5311,112 +5253,115 @@
     <w:rsid w:val="0092147F"/>
     <w:rsid w:val="00985CC6"/>
     <w:rsid w:val="009C25E7"/>
     <w:rsid w:val="009D5720"/>
     <w:rsid w:val="009E346D"/>
     <w:rsid w:val="00A266C3"/>
     <w:rsid w:val="00A270C9"/>
     <w:rsid w:val="00A75DE0"/>
     <w:rsid w:val="00A928E6"/>
     <w:rsid w:val="00AB07EC"/>
     <w:rsid w:val="00AC715B"/>
     <w:rsid w:val="00B2181E"/>
     <w:rsid w:val="00B3247F"/>
     <w:rsid w:val="00B56273"/>
     <w:rsid w:val="00B6143B"/>
     <w:rsid w:val="00B62291"/>
     <w:rsid w:val="00B75EB4"/>
     <w:rsid w:val="00BD5574"/>
     <w:rsid w:val="00BE03B9"/>
     <w:rsid w:val="00BE1CE1"/>
     <w:rsid w:val="00BE7011"/>
     <w:rsid w:val="00BF01D7"/>
     <w:rsid w:val="00C07890"/>
     <w:rsid w:val="00C4073F"/>
     <w:rsid w:val="00C52BCE"/>
+    <w:rsid w:val="00C710F6"/>
     <w:rsid w:val="00C76C82"/>
     <w:rsid w:val="00C77DF5"/>
     <w:rsid w:val="00C87F27"/>
     <w:rsid w:val="00C9081B"/>
     <w:rsid w:val="00CB4642"/>
     <w:rsid w:val="00CC0DF7"/>
     <w:rsid w:val="00D1522F"/>
     <w:rsid w:val="00D2347B"/>
     <w:rsid w:val="00D344FD"/>
     <w:rsid w:val="00D640C6"/>
     <w:rsid w:val="00D738A2"/>
     <w:rsid w:val="00D83D27"/>
     <w:rsid w:val="00D97B15"/>
     <w:rsid w:val="00DB2A7A"/>
     <w:rsid w:val="00DC3E08"/>
     <w:rsid w:val="00DC602A"/>
     <w:rsid w:val="00DD15E7"/>
     <w:rsid w:val="00DD3D5A"/>
     <w:rsid w:val="00E104D8"/>
     <w:rsid w:val="00E16C3A"/>
     <w:rsid w:val="00E25166"/>
     <w:rsid w:val="00E337FD"/>
     <w:rsid w:val="00E46177"/>
+    <w:rsid w:val="00E7365E"/>
     <w:rsid w:val="00EB56C9"/>
     <w:rsid w:val="00ED3868"/>
     <w:rsid w:val="00F07825"/>
+    <w:rsid w:val="00F2140E"/>
     <w:rsid w:val="00F2517F"/>
     <w:rsid w:val="00F310C9"/>
     <w:rsid w:val="00F9207F"/>
     <w:rsid w:val="00FC72DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217"/>
+    <o:shapedefaults v:ext="edit" spidmax="13313"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="41BF3A36"/>
   <w15:docId w15:val="{80D59F40-E4DE-44AC-ADDE-79695A8F9EEC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5482,94 +5427,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -5981,204 +5930,213 @@
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00794B45"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009E346D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1288512473">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1082065158"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{72A16443-0C7B-42DC-8392-8BBD51FC908A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00070EA5" w:rsidRDefault="000A7726">
           <w:r w:rsidRPr="003A7120">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A7726"/>
     <w:rsid w:val="00070EA5"/>
     <w:rsid w:val="000A7726"/>
+    <w:rsid w:val="00174526"/>
+    <w:rsid w:val="00E7365E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6256,94 +6214,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -6569,51 +6531,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000A7726"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -7088,78 +7050,78 @@
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{279EDAB9-93BC-4F1B-B66A-67EA428F5A9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13244B0D-D849-4FAC-9192-1484EB0BAD1A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>178</Words>
-  <Characters>1754</Characters>
+  <Words>223</Words>
+  <Characters>1709</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>3</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>85</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1929</CharactersWithSpaces>
+  <CharactersWithSpaces>1866</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lena Atterwall</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="stc3_dl_Dokumentnamn">
     <vt:lpwstr>Dokumentnamn</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="stc3_ds_Dokumentnamn">
     <vt:lpwstr>Dokumentnamn</vt:lpwstr>
   </property>