--- v0 (2025-10-08)
+++ v1 (2026-02-28)
@@ -1,66 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="071D509F" w14:textId="77777777" w:rsidR="001F674F" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00E94477">
+    <w:p w14:paraId="641DF2C5" w14:textId="77777777" w:rsidR="001F674F" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00E94477">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2970" w:hanging="2970"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C01038">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Insured person:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C01038">
@@ -104,51 +108,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00490B77" w:rsidRPr="001B2AF6">
         <w:rPr>
           <w:rFonts w:ascii="Century Schoolbook" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001B2AF6" w:rsidRPr="001B2AF6">
         <w:rPr>
           <w:rFonts w:ascii="Century Schoolbook" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Efternamn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0AAAA5C7" w14:textId="77777777" w:rsidR="001F674F" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
+    <w:p w14:paraId="6BF74CB3" w14:textId="77777777" w:rsidR="001F674F" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C01038">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Date of birth:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C01038">
         <w:rPr>
           <w:b/>
@@ -196,51 +200,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>MM</w:t>
       </w:r>
       <w:r w:rsidR="00490B77" w:rsidRPr="001B2AF6">
         <w:rPr>
           <w:rFonts w:ascii="Century Schoolbook" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="001B2AF6" w:rsidRPr="001B2AF6">
         <w:rPr>
           <w:rFonts w:ascii="Century Schoolbook" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>DD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA677BE" w14:textId="77777777" w:rsidR="001F674F" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
+    <w:p w14:paraId="094666C4" w14:textId="77777777" w:rsidR="001F674F" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C01038">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Period of cover:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C01038">
         <w:rPr>
@@ -364,340 +368,375 @@
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>DD</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-142" w:tblpY="300"/>
         <w:tblW w:w="8506" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4248"/>
         <w:gridCol w:w="4258"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA7D74" w14:paraId="3075E4C4" w14:textId="77777777" w:rsidTr="00B921FD">
+      <w:tr w:rsidR="00883972" w:rsidRPr="008B6D31" w14:paraId="34F970B7" w14:textId="77777777" w:rsidTr="00B921FD">
         <w:trPr>
           <w:trHeight w:val="2835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="404C938F" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="6CE12ADE" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="00000000" w:rsidP="000C77CC">
             <w:pPr>
               <w:pStyle w:val="Rubrik2"/>
               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C24A2">
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Insurance coverage:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54C59F21" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00B50AE3" w:rsidP="00B921FD">
+          <w:p w14:paraId="1536734C" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="000C77CC" w:rsidP="000C77CC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C768816" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="64F1ECC5" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="00000000" w:rsidP="000C77CC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C24A2">
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Disability and death benefits</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A4F7854" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="30152A51" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="00000000" w:rsidP="000C77CC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C24A2">
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Medical and dental care, in respect of each event, such costs shall be paid for a period not exceeding ninety days commencing the first contact with a care advisor - no limitation in amount.</w:t>
+              <w:t xml:space="preserve">Medical and dental care, in respect of each event, such costs shall be paid for a period not exceeding ninety days commencing the first contact with a care advisor - no limitation in </w:t>
             </w:r>
-            <w:r w:rsidR="00B921FD" w:rsidRPr="002C24A2">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>*</w:t>
+              <w:t>amount.*</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C24A2">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Dental care maximum SEK 3,000/year</w:t>
+              <w:t xml:space="preserve"> Dental care maximum SEK </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003521F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>,000/year</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45C7FB2B" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="37053CB8" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="00000000" w:rsidP="000C77CC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C24A2">
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Home transport cover - no limitation in amount</w:t>
+              <w:t xml:space="preserve">Home transport cover </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">including repatriation of remains </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003521F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>- no limitation in amount</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23FB737E" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00B50AE3" w:rsidP="00B921FD">
+          <w:p w14:paraId="5EF729C5" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="002C24A2" w:rsidRDefault="000C77CC" w:rsidP="000C77CC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="008A7E92" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00B50AE3" w:rsidP="00B921FD">
+          <w:p w14:paraId="4B0A5CFB" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="000C77CC" w:rsidP="000C77CC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C2659B0" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00B50AE3" w:rsidP="00B921FD">
+          <w:p w14:paraId="679DF108" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="000C77CC" w:rsidP="000C77CC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="464BAD0C" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00B50AE3" w:rsidP="00B921FD">
+          <w:p w14:paraId="3134B6AB" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="000C77CC" w:rsidP="000C77CC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="603A912E" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="4E509423" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="00000000" w:rsidP="000C77CC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C24A2">
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Property cover</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41E07A29" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="002C24A2" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="044FF0A3" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="00000000" w:rsidP="000C77CC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C24A2">
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Liability cover, pay the damages that the insured is liable to pay according to applicable law, however not exceeding SEK 3,000,000</w:t>
+              <w:t xml:space="preserve">Liability cover, pay the damages that the insured is liable to pay according to applicable law, however not exceeding </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00397D77">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SEK 3,000,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BBB58AD" w14:textId="77777777" w:rsidR="00B921FD" w:rsidRPr="002C24A2" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="09CF629A" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="003521F1" w:rsidRDefault="00000000" w:rsidP="000C77CC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C24A2">
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Legal expenses cover</w:t>
             </w:r>
+            <w:r w:rsidRPr="003521F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="3D45C043" w14:textId="77777777" w:rsidR="00B921FD" w:rsidRPr="002C24A2" w:rsidRDefault="00B921FD" w:rsidP="00B921FD">
+          <w:p w14:paraId="74066910" w14:textId="77777777" w:rsidR="000C77CC" w:rsidRPr="002C24A2" w:rsidRDefault="00000000" w:rsidP="000C77CC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002C24A2">
+            <w:r w:rsidRPr="003521F1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*100% coverage of medical care due to COVID19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7D74" w14:paraId="48BEA15B" w14:textId="77777777" w:rsidTr="00B921FD">
+      <w:tr w:rsidR="00883972" w:rsidRPr="008B6D31" w14:paraId="40C5657F" w14:textId="77777777" w:rsidTr="00B921FD">
         <w:trPr>
           <w:trHeight w:val="1126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8506" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="35D6094C" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="6065F784" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRDefault="00000000" w:rsidP="00B921FD">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6253E">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">The insurance applies 24-hours a day in the whole Schengen area if the insured has a Schengen visa </w:t>
             </w:r>
             <w:r w:rsidRPr="0030739C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">issued by </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>S</w:t>
@@ -710,331 +749,343 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ie</w:t>
             </w:r>
             <w:r w:rsidRPr="0030739C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>s,</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6253E">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> as well as departure from home country for direct journey to the Schengen zone up to arrival in home country following direct journey there from the Schengen zone. </w:t>
             </w:r>
             <w:r w:rsidRPr="00A6253E">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>If the insured person does not have a Schengen Visa, the insurance is only applicable in Sweden</w:t>
+              <w:t xml:space="preserve">If the insured person does not have a Schengen Visa, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2145">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or of the insured has as Swedish residence permit, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6253E">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>the insurance is only applicable in Sweden</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6253E">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F2F7722" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="42D57764" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRPr="000C77CC" w:rsidRDefault="00000000" w:rsidP="00B921FD">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk86154140"/>
             <w:r w:rsidRPr="00860D41">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">There is no deductible in the insurance except for Property cover and Legal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>expenses cover</w:t>
             </w:r>
             <w:r w:rsidRPr="00860D41">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_Hlk74568534"/>
-          </w:p>
-[...3 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="000C77CC">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="0030739C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Property cover only applies in Sweden.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="1"/>
-          <w:p w14:paraId="3CB56AC1" w14:textId="77777777" w:rsidR="00B50AE3" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="12521B83" w14:textId="77777777" w:rsidR="00914962" w:rsidRPr="00CD70CD" w:rsidRDefault="00000000" w:rsidP="00B921FD">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-286"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
-                <w:lang w:val="en-GB"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A6253E">
+            <w:r w:rsidRPr="00CE7B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">For detailed information please visit our website, </w:t>
+              <w:t>This is a certificate, please read the full Terms and conditions at our website, www.kammarkollegiet.se</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00A6253E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A6253E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>The insurance is backed by the full faith and credit of the Swedish government.</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CD70CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CD70CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name and status of representative </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="16CD311A" w14:textId="77777777" w:rsidR="003E5ADE" w:rsidRDefault="003E5ADE" w:rsidP="00B921FD">
-[...9 lines deleted...]
-          <w:p w14:paraId="58E174C1" w14:textId="77777777" w:rsidR="00914962" w:rsidRPr="00CD70CD" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="72F61E71" w14:textId="77777777" w:rsidR="00914962" w:rsidRDefault="00000000" w:rsidP="00B921FD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD70CD">
               <w:rPr>
-                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00CD70CD">
               <w:rPr>
-                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Name and status of representative </w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="Calibri"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...12 lines deleted...]
-              <w:t>________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00CD70CD">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Date </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7896B585" w14:textId="77777777" w:rsidR="00914962" w:rsidRDefault="00000000" w:rsidP="00B921FD">
+          <w:p w14:paraId="66FADB8C" w14:textId="77777777" w:rsidR="00914962" w:rsidRDefault="00000000" w:rsidP="00B921FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4133"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD70CD">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Signature of the representative</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">                      Stamp or seal of the institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54410B94" w14:textId="77777777" w:rsidR="00522002" w:rsidRPr="00490B77" w:rsidRDefault="00522002" w:rsidP="00FB1A9A">
+    <w:p w14:paraId="6FD39898" w14:textId="77777777" w:rsidR="00522002" w:rsidRPr="00490B77" w:rsidRDefault="00522002" w:rsidP="000C77CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4575"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00522002" w:rsidRPr="00490B77" w:rsidSect="008E71EB">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2977" w:right="1841" w:bottom="2268" w:left="1985" w:header="567" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="175EF886" w14:textId="77777777" w:rsidR="00DB1A00" w:rsidRDefault="00DB1A00">
+    <w:p w14:paraId="0689E11B" w14:textId="77777777" w:rsidR="00B30088" w:rsidRDefault="00B30088">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54EF1233" w14:textId="77777777" w:rsidR="00DB1A00" w:rsidRDefault="00DB1A00">
+    <w:p w14:paraId="37871DF8" w14:textId="77777777" w:rsidR="00B30088" w:rsidRDefault="00B30088">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1045,1354 +1096,1244 @@
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Merriweather Sans">
-    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="A00004FF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="36756DBB" w14:textId="77777777" w:rsidR="007A5640" w:rsidRDefault="007A5640">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="34122744" w14:textId="77777777" w:rsidR="001F4404" w:rsidRDefault="001F4404">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="21832" w:type="dxa"/>
       <w:tblInd w:w="-1418" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3545"/>
       <w:gridCol w:w="2409"/>
       <w:gridCol w:w="2233"/>
       <w:gridCol w:w="2729"/>
       <w:gridCol w:w="2729"/>
       <w:gridCol w:w="2729"/>
       <w:gridCol w:w="2729"/>
       <w:gridCol w:w="2729"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00AA7D74" w14:paraId="101790B0" w14:textId="77777777" w:rsidTr="00F252EA">
+    <w:tr w:rsidR="00883972" w14:paraId="1968406F" w14:textId="77777777" w:rsidTr="00F252EA">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3545" w:type="dxa"/>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
+              <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:tag w:val="compPos1"/>
-            <w:id w:val="839704750"/>
+            <w:id w:val="1431898890"/>
           </w:sdtPr>
           <w:sdtContent>
-            <w:p w14:paraId="4E1FD440" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00000000" w:rsidP="00F252EA">
+            <w:p w14:paraId="3FA06BD3" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F4404" w:rsidRDefault="00000000" w:rsidP="00F252EA">
               <w:pPr>
                 <w:pStyle w:val="Sidfot"/>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:lang w:val="en-US"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
               </w:pPr>
-              <w:r>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postal </w:t>
+                <w:t xml:space="preserve">Postal address: </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>address</w:t>
+                <w:t>Kammarkollegiet</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>: Kammarkollegiet, 651 80</w:t>
-[...15 lines deleted...]
-                <w:t>Karlstad</w:t>
+                <w:t>, 651 80 Karlstad</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:tc>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tag w:val="compPos3"/>
-          <w:id w:val="1333369042"/>
+          <w:id w:val="1045484568"/>
         </w:sdtPr>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2409" w:type="dxa"/>
             </w:tcPr>
-            <w:p w14:paraId="361E8640" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00000000" w:rsidP="00F252EA">
+            <w:p w14:paraId="085551F3" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F4404" w:rsidRDefault="00000000" w:rsidP="00F252EA">
               <w:pPr>
                 <w:pStyle w:val="Sidfot"/>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:lang w:val="en-US"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
               </w:pPr>
-              <w:r w:rsidRPr="003B7681">
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
-                  <w:lang w:val="en-US"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>www.kammarkollegiet.se</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2233" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4C110769" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00000000" w:rsidP="00F252EA">
+        <w:p w14:paraId="4C359804" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F4404" w:rsidRDefault="00000000" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="20"/>
-              <w:lang w:val="en-US"/>
+              <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:tag w:val="compPos5"/>
-              <w:id w:val="169355379"/>
+              <w:id w:val="575747046"/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:proofErr w:type="spellStart"/>
-              <w:r>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>Phone</w:t>
-[...24 lines deleted...]
-                <w:t>054-22 12 00</w:t>
+                <w:t>Phone: 054-22 12 00</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tag w:val="compPos7"/>
-          <w:id w:val="1449308153"/>
+          <w:id w:val="406734332"/>
         </w:sdtPr>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2729" w:type="dxa"/>
             </w:tcPr>
-            <w:p w14:paraId="44562FE5" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00000000" w:rsidP="00F252EA">
+            <w:p w14:paraId="3F15A8E5" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F4404" w:rsidRDefault="00000000" w:rsidP="00F252EA">
               <w:pPr>
                 <w:pStyle w:val="Sidfot"/>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:lang w:val="en-US"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
               </w:pPr>
-              <w:proofErr w:type="spellStart"/>
-              <w:r>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>Registration</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve"> 202100-0829</w:t>
+                <w:t>Registration number: 202100-0829</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2729" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="39783B7C" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
+        <w:p w14:paraId="3CFD320F" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="20"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2729" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="548ECEF9" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
+        <w:p w14:paraId="58762D42" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2729" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="05A718E0" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F674F" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
+        <w:p w14:paraId="48B32594" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F674F" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2729" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="76720ADC" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
+        <w:p w14:paraId="1BB5681F" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00AA7D74" w14:paraId="63F786EF" w14:textId="77777777" w:rsidTr="00F252EA">
+    <w:tr w:rsidR="00883972" w14:paraId="037B8057" w14:textId="77777777" w:rsidTr="00F252EA">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3545" w:type="dxa"/>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
+              <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:tag w:val="compPos2"/>
-            <w:id w:val="825080010"/>
+            <w:id w:val="1219960122"/>
           </w:sdtPr>
           <w:sdtContent>
-            <w:p w14:paraId="73165FAA" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00000000" w:rsidP="00F252EA">
+            <w:p w14:paraId="4F7CADA0" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F4404" w:rsidRDefault="00000000" w:rsidP="00F252EA">
               <w:pPr>
                 <w:pStyle w:val="Sidfot"/>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:lang w:val="en-US"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
               </w:pPr>
-              <w:proofErr w:type="spellStart"/>
-              <w:r>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>Visiting</w:t>
+                <w:t xml:space="preserve">Visiting address </w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
-              <w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> </w:t>
+                <w:t>Våxnäsgatan</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-              <w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>address</w:t>
+                <w:t xml:space="preserve"> 10, </w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
-              <w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
-                </w:rPr>
-[...14 lines deleted...]
-                  <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>Karolinen</w:t>
               </w:r>
+              <w:proofErr w:type="spellEnd"/>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:tc>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tag w:val="compPos4"/>
-          <w:id w:val="908461358"/>
+          <w:id w:val="1769685144"/>
         </w:sdtPr>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2409" w:type="dxa"/>
             </w:tcPr>
-            <w:p w14:paraId="3C60F1A6" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00000000" w:rsidP="00F252EA">
+            <w:p w14:paraId="7D1DC204" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F4404" w:rsidRDefault="00000000" w:rsidP="00F252EA">
               <w:pPr>
                 <w:pStyle w:val="Sidfot"/>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:lang w:val="en-US"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
               </w:pPr>
-              <w:r>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>forsakring</w:t>
-[...7 lines deleted...]
-                <w:t>@kammarkollegiet.se</w:t>
+                <w:t>forsakring@kammarkollegiet.se</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2233" w:type="dxa"/>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
+              <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:tag w:val="compPos6"/>
-            <w:id w:val="1124714267"/>
+            <w:id w:val="1151080532"/>
           </w:sdtPr>
           <w:sdtContent>
-            <w:p w14:paraId="6E232E91" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00000000" w:rsidP="00F252EA">
+            <w:p w14:paraId="79A90D0F" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F4404" w:rsidRDefault="00000000" w:rsidP="00F252EA">
               <w:pPr>
                 <w:pStyle w:val="Sidfot"/>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:lang w:val="en-US"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
               </w:pPr>
-              <w:r>
+              <w:r w:rsidRPr="001F4404">
                 <w:rPr>
                   <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>F</w:t>
-[...47 lines deleted...]
-                <w:t>15 56 10</w:t>
+                <w:t>Fax: 054-15 56 10</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2729" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="56BE5288" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00000000" w:rsidP="00F252EA">
+        <w:p w14:paraId="6566F128" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001F4404" w:rsidRDefault="00000000" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="20"/>
-              <w:lang w:val="en-US"/>
+              <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="001F4404">
             <w:rPr>
               <w:rFonts w:ascii="Merriweather Sans" w:hAnsi="Merriweather Sans"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
-              <w:lang w:val="en-US"/>
+              <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Bank account: 5052-5740</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2729" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5E710DEF" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
+        <w:p w14:paraId="393E7D59" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="00653B02" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="20"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2729" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3230848F" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
+        <w:p w14:paraId="2D5B95CD" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2729" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0A5A29A9" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
+        <w:p w14:paraId="2D8EA47A" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2729" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3FFCE55A" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
+        <w:p w14:paraId="5448AF57" w14:textId="77777777" w:rsidR="00F252EA" w:rsidRPr="001D0F0B" w:rsidRDefault="00F252EA" w:rsidP="00F252EA">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="2A00657A" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="001D0F0B" w:rsidRDefault="0090299F" w:rsidP="00A72A74">
+  <w:p w14:paraId="33F73404" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="001D0F0B" w:rsidRDefault="0090299F" w:rsidP="00A72A74">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="55F8F396" w14:textId="77777777" w:rsidR="007A5640" w:rsidRDefault="007A5640">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="09DAD433" w14:textId="77777777" w:rsidR="001F4404" w:rsidRDefault="001F4404">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="358F26D2" w14:textId="77777777" w:rsidR="00DB1A00" w:rsidRDefault="00DB1A00">
+    <w:p w14:paraId="1F73D2FC" w14:textId="77777777" w:rsidR="00B30088" w:rsidRDefault="00B30088">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25E9D6BB" w14:textId="77777777" w:rsidR="00DB1A00" w:rsidRDefault="00DB1A00">
+    <w:p w14:paraId="5FAFF631" w14:textId="77777777" w:rsidR="00B30088" w:rsidRDefault="00B30088">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="543B6A2D" w14:textId="77777777" w:rsidR="0090299F" w:rsidRDefault="0090299F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A615EC1" w14:textId="77777777" w:rsidR="0090299F" w:rsidRDefault="0090299F">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="066529C7" w14:textId="77777777" w:rsidR="0090299F" w:rsidRDefault="0090299F"/>
+  <w:p w14:paraId="147CED27" w14:textId="77777777" w:rsidR="0090299F" w:rsidRDefault="0090299F"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="10794" w:type="dxa"/>
       <w:tblInd w:w="-1276" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4111"/>
       <w:gridCol w:w="1897"/>
       <w:gridCol w:w="2498"/>
       <w:gridCol w:w="2288"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00AA7D74" w14:paraId="50120743" w14:textId="77777777" w:rsidTr="00DC114D">
+    <w:tr w:rsidR="00883972" w14:paraId="62CF356A" w14:textId="77777777" w:rsidTr="00DC114D">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4111" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
-        <w:p w14:paraId="129195D3" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="002B6C99" w:rsidRDefault="00000000" w:rsidP="0090299F">
+        <w:p w14:paraId="598F91B4" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="002B6C99" w:rsidRDefault="00000000" w:rsidP="0090299F">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:tag w:val="logo"/>
-              <w:id w:val="933134996"/>
+              <w:id w:val="832181002"/>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:noProof/>
                 </w:rPr>
                 <w:drawing>
-                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19CC6B34" wp14:editId="523976C4">
+                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5628EF6F" wp14:editId="7B76492A">
                     <wp:extent cx="2126082" cy="412500"/>
                     <wp:effectExtent l="0" t="0" r="7620" b="6985"/>
                     <wp:docPr id="4" name="Bildobjekt 4"/>
                     <wp:cNvGraphicFramePr/>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
                             <pic:cNvPr id="4" name=""/>
                             <pic:cNvPicPr/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId1">
                               <a:extLst>
                                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                 </a:ext>
                               </a:extLst>
                             </a:blip>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2126082" cy="412500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1897" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="762D68C9" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="002B6C99" w:rsidRDefault="0090299F" w:rsidP="0090299F">
+        <w:p w14:paraId="73D57A9B" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="002B6C99" w:rsidRDefault="0090299F" w:rsidP="0090299F">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2498" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4719DC82" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="002B6C99" w:rsidRDefault="0090299F" w:rsidP="0090299F">
+        <w:p w14:paraId="5FCD92CE" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="002B6C99" w:rsidRDefault="0090299F" w:rsidP="0090299F">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2288" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="462D39DF" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="002B6C99" w:rsidRDefault="0090299F" w:rsidP="002B6C99">
+        <w:p w14:paraId="6C85C479" w14:textId="77777777" w:rsidR="0090299F" w:rsidRPr="002B6C99" w:rsidRDefault="0090299F" w:rsidP="002B6C99">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00AA7D74" w14:paraId="7D292413" w14:textId="77777777" w:rsidTr="002D24E5">
+    <w:tr w:rsidR="00883972" w14:paraId="0A244D97" w14:textId="77777777" w:rsidTr="002D24E5">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4111" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="5EAD7AB7" w14:textId="77777777" w:rsidR="0067278A" w:rsidRPr="002B6C99" w:rsidRDefault="0067278A" w:rsidP="0067278A">
+        <w:p w14:paraId="42410D3B" w14:textId="77777777" w:rsidR="0067278A" w:rsidRPr="002B6C99" w:rsidRDefault="0067278A" w:rsidP="0067278A">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1897" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4049B578" w14:textId="77777777" w:rsidR="0067278A" w:rsidRPr="002B6C99" w:rsidRDefault="0067278A" w:rsidP="0067278A">
+        <w:p w14:paraId="54A57596" w14:textId="77777777" w:rsidR="0067278A" w:rsidRPr="002B6C99" w:rsidRDefault="0067278A" w:rsidP="0067278A">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2498" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="66C38127" w14:textId="77777777" w:rsidR="0067278A" w:rsidRPr="002B6C99" w:rsidRDefault="00000000" w:rsidP="0067278A">
+        <w:p w14:paraId="6A9CDD92" w14:textId="77777777" w:rsidR="0067278A" w:rsidRPr="002B6C99" w:rsidRDefault="00000000" w:rsidP="0067278A">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Datum"/>
               <w:tag w:val="cntDatum/Standard=currentdate"/>
-              <w:id w:val="981960444"/>
+              <w:id w:val="86758169"/>
             </w:sdtPr>
             <w:sdtContent/>
           </w:sdt>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2288" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="753E96B9" w14:textId="77777777" w:rsidR="0067278A" w:rsidRPr="002B6C99" w:rsidRDefault="00000000" w:rsidP="0067278A">
+        <w:p w14:paraId="1EED2154" w14:textId="77777777" w:rsidR="0067278A" w:rsidRPr="002B6C99" w:rsidRDefault="00000000" w:rsidP="0067278A">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:t>Page</w:t>
           </w:r>
           <w:r w:rsidRPr="002B6C99">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="002B6C99">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="002B6C99">
             <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
           </w:r>
           <w:r w:rsidRPr="002B6C99">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="002B6C99">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="002B6C99">
             <w:t xml:space="preserve"> (</w:t>
           </w:r>
           <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
-            <w:r>
+            <w:r w:rsidR="0067278A">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:fldSimple>
           <w:r w:rsidRPr="002B6C99">
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00AA7D74" w14:paraId="667116EB" w14:textId="77777777" w:rsidTr="00DC114D">
+    <w:tr w:rsidR="00883972" w14:paraId="06DF3600" w14:textId="77777777" w:rsidTr="00DC114D">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4111" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="2E59EA42" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
+        <w:p w14:paraId="2DC14491" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1897" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4A7CBB78" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
+        <w:p w14:paraId="6A7036AE" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2498" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2E30CE1A" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
+        <w:p w14:paraId="6DEEA067" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2288" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="215F7751" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="00000000" w:rsidP="005C46D5">
+        <w:p w14:paraId="768C7E89" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="00000000" w:rsidP="005C46D5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Diarienummer"/>
               <w:tag w:val="cntDnr"/>
-              <w:id w:val="938866454"/>
+              <w:id w:val="16895134"/>
               <w:placeholder>
                 <w:docPart w:val="2DE48F917D6C49E7A21D8F9DED88A787"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00AA7D74" w14:paraId="11212C0C" w14:textId="77777777" w:rsidTr="006C3F19">
+    <w:tr w:rsidR="00883972" w14:paraId="23CF070B" w14:textId="77777777" w:rsidTr="006C3F19">
       <w:trPr>
         <w:trHeight w:val="171"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4111" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="1B8933ED" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
+        <w:p w14:paraId="3C274497" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1897" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7999DCEB" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
+        <w:p w14:paraId="497F1D3C" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2498" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="1EBD0AB3" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
+        <w:p w14:paraId="2C917278" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="55503B16" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
+        <w:p w14:paraId="62E1401B" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRPr="002B6C99" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2288" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="01F78E77" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
+        <w:p w14:paraId="766535D4" w14:textId="77777777" w:rsidR="005C46D5" w:rsidRDefault="005C46D5" w:rsidP="005C46D5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="3119"/>
               <w:tab w:val="clear" w:pos="4718"/>
               <w:tab w:val="clear" w:pos="9299"/>
             </w:tabs>
             <w:ind w:left="0"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="40A38069" w14:textId="77777777" w:rsidR="00C01038" w:rsidRDefault="00C01038" w:rsidP="00C01038"/>
-  <w:p w14:paraId="5B820187" w14:textId="77777777" w:rsidR="00C01038" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
+  <w:p w14:paraId="584E02BE" w14:textId="77777777" w:rsidR="00C01038" w:rsidRDefault="00C01038" w:rsidP="00C01038"/>
+  <w:p w14:paraId="43CC1362" w14:textId="77777777" w:rsidR="00C01038" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Insurance certificate</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="25817987" w14:textId="7ABC6CAC" w:rsidR="00C01038" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
+  <w:p w14:paraId="071060B6" w14:textId="77777777" w:rsidR="00C01038" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2977"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Insurance number:</w:t>
     </w:r>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>28.3.1-072468-2019</w:t>
+      <w:t>28.3.1-072468-2019-36</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="731FEF94" w14:textId="77777777" w:rsidR="00C01038" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
+  <w:p w14:paraId="1A5ACBE2" w14:textId="77777777" w:rsidR="00C01038" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2977"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Policy holder:</w:t>
     </w:r>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Karolinska institutet</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2B37022B" w14:textId="77777777" w:rsidR="00C01038" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
+  <w:p w14:paraId="284C658F" w14:textId="77777777" w:rsidR="00C01038" w:rsidRPr="00C01038" w:rsidRDefault="00000000" w:rsidP="00C01038">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2977"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Organisation number:</w:t>
     </w:r>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>2021002973</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="785AF9C5" w14:textId="77777777" w:rsidR="00C01038" w:rsidRPr="00F252EA" w:rsidRDefault="00000000" w:rsidP="00E94477">
+  <w:p w14:paraId="15E0EB3B" w14:textId="77777777" w:rsidR="00C01038" w:rsidRPr="00F252EA" w:rsidRDefault="00000000" w:rsidP="00E94477">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2977"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Terms and conditions:</w:t>
     </w:r>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00C01038">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00F252EA" w:rsidRPr="00F252EA">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>Insurance for foreign visitors, 2021-07-01</w:t>
+      <w:t>Insurance for foreign visitors, 202</w:t>
+    </w:r>
+    <w:r w:rsidR="001F4404">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="00F252EA" w:rsidRPr="00F252EA">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>-0</w:t>
+    </w:r>
+    <w:r w:rsidR="001F4404">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="00F252EA" w:rsidRPr="00F252EA">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>-01</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="336E67A8" w14:textId="77777777" w:rsidR="007A5640" w:rsidRDefault="007A5640">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="076EF698" w14:textId="77777777" w:rsidR="001F4404" w:rsidRDefault="001F4404">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6C0EE7B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EC4CB2A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -2539,171 +2480,171 @@
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="193C76D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="2DFA7D9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1FE288B2"/>
-    <w:lvl w:ilvl="0" w:tplc="18AE4530">
+    <w:lvl w:ilvl="0" w:tplc="3B5C8AAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="BE8C9438">
+    <w:lvl w:ilvl="1" w:tplc="12E64072">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8E1401DA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E2209BD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="642C5F08" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34CCCE8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2E7CAB2C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0D3ABAD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5F129A3C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="B49E9476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="678A8306" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E2709886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0A5EFA32" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FB0CB864" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19E47F24" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="859AD89A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="279190704">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1751539784">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="576213950">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1641496293">
@@ -2715,164 +2656,169 @@
   <w:num w:numId="6" w16cid:durableId="1752696011">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1442338850">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="438915009">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="6642963">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1559516063">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1426882169">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1954092215">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="DocumentSaved" w:val="True"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="001F674F"/>
     <w:rsid w:val="00010E0D"/>
     <w:rsid w:val="00010E18"/>
     <w:rsid w:val="00020D59"/>
     <w:rsid w:val="00033231"/>
     <w:rsid w:val="00033A7B"/>
     <w:rsid w:val="00042014"/>
     <w:rsid w:val="00046F2A"/>
     <w:rsid w:val="0005104C"/>
     <w:rsid w:val="0005368C"/>
     <w:rsid w:val="00060131"/>
     <w:rsid w:val="00072497"/>
     <w:rsid w:val="00082899"/>
     <w:rsid w:val="00095950"/>
     <w:rsid w:val="000A4FC8"/>
     <w:rsid w:val="000A4FE4"/>
     <w:rsid w:val="000B7913"/>
     <w:rsid w:val="000C4808"/>
+    <w:rsid w:val="000C77CC"/>
     <w:rsid w:val="000D0157"/>
     <w:rsid w:val="000D03A4"/>
     <w:rsid w:val="000D5555"/>
     <w:rsid w:val="000E2858"/>
     <w:rsid w:val="000F30B9"/>
     <w:rsid w:val="00101FA8"/>
     <w:rsid w:val="0010264E"/>
     <w:rsid w:val="001079AB"/>
     <w:rsid w:val="001133A1"/>
     <w:rsid w:val="00114CAA"/>
     <w:rsid w:val="0012452B"/>
     <w:rsid w:val="001271E3"/>
     <w:rsid w:val="00141AF2"/>
     <w:rsid w:val="00141D11"/>
     <w:rsid w:val="00142026"/>
     <w:rsid w:val="00164136"/>
     <w:rsid w:val="00164479"/>
     <w:rsid w:val="00166173"/>
     <w:rsid w:val="00167702"/>
     <w:rsid w:val="001741DA"/>
     <w:rsid w:val="00176AF9"/>
     <w:rsid w:val="001836A4"/>
     <w:rsid w:val="001871E1"/>
     <w:rsid w:val="00196235"/>
     <w:rsid w:val="00196909"/>
     <w:rsid w:val="001A1CFF"/>
     <w:rsid w:val="001B2AF6"/>
     <w:rsid w:val="001D0F0B"/>
     <w:rsid w:val="001D47DE"/>
     <w:rsid w:val="001D4E22"/>
     <w:rsid w:val="001D7CAE"/>
     <w:rsid w:val="001E6111"/>
+    <w:rsid w:val="001F4404"/>
     <w:rsid w:val="001F674F"/>
     <w:rsid w:val="00201099"/>
     <w:rsid w:val="002067B2"/>
     <w:rsid w:val="00233356"/>
+    <w:rsid w:val="002344E3"/>
     <w:rsid w:val="0023609B"/>
     <w:rsid w:val="00240B27"/>
     <w:rsid w:val="00252E6D"/>
     <w:rsid w:val="0025671D"/>
     <w:rsid w:val="00260EA4"/>
     <w:rsid w:val="0026253A"/>
     <w:rsid w:val="0026604B"/>
     <w:rsid w:val="00293095"/>
     <w:rsid w:val="002A07A9"/>
     <w:rsid w:val="002B2930"/>
     <w:rsid w:val="002B3EDD"/>
     <w:rsid w:val="002B6C99"/>
     <w:rsid w:val="002C24A2"/>
     <w:rsid w:val="002C2A5B"/>
     <w:rsid w:val="002C791E"/>
     <w:rsid w:val="002D7047"/>
     <w:rsid w:val="002E1910"/>
     <w:rsid w:val="002F11A5"/>
     <w:rsid w:val="002F3C43"/>
+    <w:rsid w:val="002F4015"/>
     <w:rsid w:val="002F54F6"/>
     <w:rsid w:val="00300DF4"/>
     <w:rsid w:val="003035E5"/>
     <w:rsid w:val="00307099"/>
     <w:rsid w:val="0030739C"/>
     <w:rsid w:val="00312C4D"/>
     <w:rsid w:val="0034083B"/>
     <w:rsid w:val="00344D11"/>
     <w:rsid w:val="00345AE0"/>
+    <w:rsid w:val="003521F1"/>
     <w:rsid w:val="003802BD"/>
+    <w:rsid w:val="00397D77"/>
     <w:rsid w:val="003B334C"/>
-    <w:rsid w:val="003B7681"/>
     <w:rsid w:val="003C0935"/>
     <w:rsid w:val="003E5ADE"/>
     <w:rsid w:val="003F005D"/>
     <w:rsid w:val="003F089E"/>
     <w:rsid w:val="0040311F"/>
     <w:rsid w:val="004118F9"/>
     <w:rsid w:val="00411F53"/>
     <w:rsid w:val="00414E67"/>
     <w:rsid w:val="00452499"/>
     <w:rsid w:val="004575A9"/>
     <w:rsid w:val="00464D90"/>
     <w:rsid w:val="004763A1"/>
     <w:rsid w:val="004813AC"/>
     <w:rsid w:val="0048673B"/>
     <w:rsid w:val="004874FD"/>
     <w:rsid w:val="00490B77"/>
     <w:rsid w:val="004B46D4"/>
     <w:rsid w:val="004B5F2A"/>
     <w:rsid w:val="004C2C1B"/>
     <w:rsid w:val="004D0022"/>
     <w:rsid w:val="004D154B"/>
     <w:rsid w:val="004D4832"/>
     <w:rsid w:val="004E2E07"/>
     <w:rsid w:val="004E5139"/>
     <w:rsid w:val="00505BCD"/>
@@ -2893,234 +2839,246 @@
     <w:rsid w:val="006376DF"/>
     <w:rsid w:val="0064414B"/>
     <w:rsid w:val="00647096"/>
     <w:rsid w:val="00653B02"/>
     <w:rsid w:val="006571A0"/>
     <w:rsid w:val="0066074C"/>
     <w:rsid w:val="006711CB"/>
     <w:rsid w:val="0067271B"/>
     <w:rsid w:val="0067278A"/>
     <w:rsid w:val="006875A7"/>
     <w:rsid w:val="00692DE4"/>
     <w:rsid w:val="006B149A"/>
     <w:rsid w:val="006B2293"/>
     <w:rsid w:val="006C3F19"/>
     <w:rsid w:val="006C5112"/>
     <w:rsid w:val="006D1D98"/>
     <w:rsid w:val="006D7606"/>
     <w:rsid w:val="006E08C1"/>
     <w:rsid w:val="006F3A7E"/>
     <w:rsid w:val="00705A92"/>
     <w:rsid w:val="00707EA1"/>
     <w:rsid w:val="0072098F"/>
     <w:rsid w:val="0073004B"/>
     <w:rsid w:val="00744FDA"/>
     <w:rsid w:val="00764422"/>
+    <w:rsid w:val="007727A1"/>
     <w:rsid w:val="007952FF"/>
     <w:rsid w:val="00795F64"/>
     <w:rsid w:val="007A5640"/>
     <w:rsid w:val="007B1E85"/>
     <w:rsid w:val="007B20F9"/>
     <w:rsid w:val="007C4C92"/>
     <w:rsid w:val="007C55F2"/>
     <w:rsid w:val="007D44AC"/>
     <w:rsid w:val="00801009"/>
     <w:rsid w:val="00815F0C"/>
     <w:rsid w:val="00827701"/>
     <w:rsid w:val="00831FDC"/>
     <w:rsid w:val="00837CC2"/>
     <w:rsid w:val="00842AC4"/>
     <w:rsid w:val="00845EE2"/>
     <w:rsid w:val="00860D41"/>
     <w:rsid w:val="00862DF3"/>
     <w:rsid w:val="00883923"/>
+    <w:rsid w:val="00883972"/>
     <w:rsid w:val="008905AB"/>
     <w:rsid w:val="0089473C"/>
     <w:rsid w:val="008A4435"/>
     <w:rsid w:val="008A5FC2"/>
+    <w:rsid w:val="008B6D31"/>
     <w:rsid w:val="008E2255"/>
     <w:rsid w:val="008E536F"/>
     <w:rsid w:val="008E71EB"/>
     <w:rsid w:val="0090125D"/>
     <w:rsid w:val="00901B9B"/>
     <w:rsid w:val="0090299F"/>
     <w:rsid w:val="0091294E"/>
     <w:rsid w:val="009141AA"/>
     <w:rsid w:val="00914962"/>
     <w:rsid w:val="00922560"/>
     <w:rsid w:val="009400FE"/>
     <w:rsid w:val="00952593"/>
     <w:rsid w:val="00981CB5"/>
     <w:rsid w:val="00983724"/>
     <w:rsid w:val="009909F3"/>
     <w:rsid w:val="009A12E6"/>
     <w:rsid w:val="009A1EA3"/>
     <w:rsid w:val="009B5B0F"/>
     <w:rsid w:val="009B7A09"/>
     <w:rsid w:val="009F2D66"/>
     <w:rsid w:val="009F6DE8"/>
     <w:rsid w:val="00A05F79"/>
     <w:rsid w:val="00A242D0"/>
     <w:rsid w:val="00A265E6"/>
     <w:rsid w:val="00A33E76"/>
     <w:rsid w:val="00A3420D"/>
     <w:rsid w:val="00A4160C"/>
     <w:rsid w:val="00A417E6"/>
     <w:rsid w:val="00A43CDB"/>
     <w:rsid w:val="00A45A46"/>
     <w:rsid w:val="00A5476F"/>
     <w:rsid w:val="00A6253E"/>
     <w:rsid w:val="00A72A74"/>
     <w:rsid w:val="00A76172"/>
     <w:rsid w:val="00A842CA"/>
     <w:rsid w:val="00A92275"/>
     <w:rsid w:val="00A95F05"/>
-    <w:rsid w:val="00AA7D74"/>
     <w:rsid w:val="00AC13DF"/>
     <w:rsid w:val="00AC6698"/>
     <w:rsid w:val="00AD7513"/>
     <w:rsid w:val="00AE61C8"/>
     <w:rsid w:val="00AF5F39"/>
     <w:rsid w:val="00B00192"/>
     <w:rsid w:val="00B04061"/>
     <w:rsid w:val="00B05D9A"/>
     <w:rsid w:val="00B069EC"/>
     <w:rsid w:val="00B07913"/>
     <w:rsid w:val="00B07D96"/>
     <w:rsid w:val="00B23ADC"/>
     <w:rsid w:val="00B27362"/>
     <w:rsid w:val="00B27F0F"/>
+    <w:rsid w:val="00B30088"/>
     <w:rsid w:val="00B407A1"/>
     <w:rsid w:val="00B50AE3"/>
+    <w:rsid w:val="00B7581B"/>
     <w:rsid w:val="00B8726A"/>
     <w:rsid w:val="00B921FD"/>
     <w:rsid w:val="00B92B45"/>
     <w:rsid w:val="00BC1C25"/>
     <w:rsid w:val="00BF68B9"/>
     <w:rsid w:val="00C01038"/>
     <w:rsid w:val="00C05894"/>
     <w:rsid w:val="00C05F5B"/>
     <w:rsid w:val="00C115DF"/>
     <w:rsid w:val="00C1635F"/>
     <w:rsid w:val="00C31864"/>
     <w:rsid w:val="00C34E95"/>
     <w:rsid w:val="00C57F8C"/>
     <w:rsid w:val="00C7333E"/>
     <w:rsid w:val="00C83A83"/>
     <w:rsid w:val="00C92486"/>
     <w:rsid w:val="00C972F7"/>
     <w:rsid w:val="00CA7BE4"/>
     <w:rsid w:val="00CB5CB3"/>
     <w:rsid w:val="00CC6624"/>
     <w:rsid w:val="00CC6914"/>
     <w:rsid w:val="00CD70CD"/>
+    <w:rsid w:val="00CE7B7C"/>
     <w:rsid w:val="00D03E87"/>
     <w:rsid w:val="00D11C5D"/>
     <w:rsid w:val="00D1278D"/>
     <w:rsid w:val="00D16E37"/>
     <w:rsid w:val="00D17A69"/>
     <w:rsid w:val="00D37490"/>
     <w:rsid w:val="00D558F8"/>
     <w:rsid w:val="00D65A17"/>
     <w:rsid w:val="00D8791F"/>
     <w:rsid w:val="00D977FD"/>
     <w:rsid w:val="00DA5F92"/>
     <w:rsid w:val="00DA6AF3"/>
-    <w:rsid w:val="00DB1A00"/>
-    <w:rsid w:val="00DB2AD6"/>
     <w:rsid w:val="00DC114D"/>
     <w:rsid w:val="00DC4856"/>
+    <w:rsid w:val="00DD188A"/>
     <w:rsid w:val="00E022AF"/>
     <w:rsid w:val="00E17F01"/>
     <w:rsid w:val="00E21757"/>
     <w:rsid w:val="00E229CD"/>
     <w:rsid w:val="00E3583F"/>
     <w:rsid w:val="00E41D75"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B54"/>
     <w:rsid w:val="00E6359A"/>
     <w:rsid w:val="00E70B6B"/>
     <w:rsid w:val="00E77D32"/>
     <w:rsid w:val="00E916F2"/>
     <w:rsid w:val="00E92715"/>
     <w:rsid w:val="00E9292A"/>
     <w:rsid w:val="00E943FA"/>
     <w:rsid w:val="00E94477"/>
     <w:rsid w:val="00E95D53"/>
     <w:rsid w:val="00EA6232"/>
+    <w:rsid w:val="00EB2145"/>
     <w:rsid w:val="00EB2540"/>
     <w:rsid w:val="00EC15BB"/>
     <w:rsid w:val="00EC4F47"/>
     <w:rsid w:val="00ED2F29"/>
     <w:rsid w:val="00ED52AA"/>
     <w:rsid w:val="00EF661B"/>
     <w:rsid w:val="00F252EA"/>
     <w:rsid w:val="00F26B44"/>
     <w:rsid w:val="00F27B33"/>
     <w:rsid w:val="00F31913"/>
     <w:rsid w:val="00F31E52"/>
     <w:rsid w:val="00F4136D"/>
     <w:rsid w:val="00F43793"/>
     <w:rsid w:val="00F576E8"/>
     <w:rsid w:val="00F67838"/>
     <w:rsid w:val="00F73147"/>
     <w:rsid w:val="00F73AB3"/>
     <w:rsid w:val="00F96216"/>
     <w:rsid w:val="00F97328"/>
     <w:rsid w:val="00FB1A9A"/>
+    <w:rsid w:val="00FB27E9"/>
     <w:rsid w:val="00FB4279"/>
     <w:rsid w:val="00FB43E2"/>
     <w:rsid w:val="00FB7D70"/>
     <w:rsid w:val="00FC248C"/>
     <w:rsid w:val="00FD1C2B"/>
     <w:rsid w:val="00FE0A3F"/>
     <w:rsid w:val="00FF04D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="452D7A9D"/>
+  <w14:docId w14:val="3A4E5C40"/>
   <w15:docId w15:val="{A86E3608-93DE-4E51-85AE-52830BD9A4AF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="260" w:line="260" w:lineRule="atLeast"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4515,111 +4473,111 @@
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B27F0F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C3F19"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kammarkollegiet.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\KrSaffer\AppData\Roaming\Microsoft\Mallar\PM.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\JoMoberg\AppData\Roaming\Microsoft\Mallar\PM.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2DE48F917D6C49E7A21D8F9DED88A787"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0F500EFC-F52C-4778-9BB1-0CA3CD83E310}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006B2293" w:rsidRDefault="00000000" w:rsidP="004874FD">
           <w:pPr>
             <w:pStyle w:val="2DE48F917D6C49E7A21D8F9DED88A787"/>
           </w:pPr>
           <w:r w:rsidRPr="00046F2A">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4630,129 +4588,136 @@
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Merriweather Sans">
-    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="A00004FF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004874FD"/>
+    <w:rsid w:val="002F4015"/>
     <w:rsid w:val="003F1D7E"/>
     <w:rsid w:val="004874FD"/>
+    <w:rsid w:val="00554870"/>
     <w:rsid w:val="005C598F"/>
     <w:rsid w:val="005E689B"/>
     <w:rsid w:val="006B2293"/>
     <w:rsid w:val="007537A0"/>
+    <w:rsid w:val="007F66A8"/>
     <w:rsid w:val="00842E3A"/>
     <w:rsid w:val="008B4ABA"/>
-    <w:rsid w:val="00991AA1"/>
     <w:rsid w:val="00A34DCB"/>
     <w:rsid w:val="00A73266"/>
     <w:rsid w:val="00AC7E11"/>
     <w:rsid w:val="00CB5733"/>
     <w:rsid w:val="00D4516A"/>
     <w:rsid w:val="00DC7043"/>
     <w:rsid w:val="00E94579"/>
     <w:rsid w:val="00F32E7C"/>
     <w:rsid w:val="00F76C69"/>
+    <w:rsid w:val="00FB27E9"/>
     <w:rsid w:val="00FF2B09"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5150,51 +5115,51 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004874FD"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DE48F917D6C49E7A21D8F9DED88A787">
     <w:name w:val="2DE48F917D6C49E7A21D8F9DED88A787"/>
     <w:rsid w:val="004874FD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Kammarkollegiet">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F8F8F8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="297189"/>
       </a:accent1>
       <a:accent2>
@@ -5389,125 +5354,339 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101003551D48D527BB941A13069B3F35D9E93" ma:contentTypeVersion="4" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="7b1d370d4c02b28b3d3cc25239e22c5e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e4f3f682-2357-47df-aae1-e8bdcc007fa2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c20095432821bede8564802a7dce9774" ns2:_="">
+    <xsd:import namespace="e4f3f682-2357-47df-aae1-e8bdcc007fa2"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e4f3f682-2357-47df-aae1-e8bdcc007fa2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <CustomForm>
   <Settings>
     <NoControls>7</NoControls>
     <Rows>8</Rows>
     <Columns>2</Columns>
     <Width>80</Width>
   </Settings>
   <Controls>
     <Control>
       <Name>cntDnr</Name>
       <Switch/>
       <Type>txt</Type>
       <Position>1_1</Position>
       <Title>Diarienummer</Title>
       <TabOrder>0</TabOrder>
     </Control>
     <Control>
       <Name>cntDatum</Name>
       <Switch/>
       <Type>txt</Type>
       <Position>2_1</Position>
       <Title>Datum</Title>
       <TabOrder>1</TabOrder>
     </Control>
   </Controls>
 </CustomForm>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8357F7F-1FA8-400E-9D36-C56C864E77A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E568D183-14C0-4964-8479-01232C3560FF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e4f3f682-2357-47df-aae1-e8bdcc007fa2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{589B53E3-1549-47D8-B0D8-EF87896B9202}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9645B727-4A48-4C93-B4A6-C3BC990A6ECF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B929AD3-A74F-4D41-ADD8-9DB5EDBE8E09}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>PM.dotx</Template>
+  <Template>PM</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>254</Words>
-  <Characters>1351</Characters>
+  <Words>249</Words>
+  <Characters>1385</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1602</CharactersWithSpaces>
+  <CharactersWithSpaces>1657</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Victoria Lundström</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101003551D48D527BB941A13069B3F35D9E93</vt:lpwstr>
+  </property>
+</Properties>
+</file>