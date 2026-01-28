--- v0 (2026-01-02)
+++ v1 (2026-01-28)
@@ -5,99 +5,89 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="21F078D9" w14:textId="42A67A17" w:rsidR="009C013B" w:rsidRPr="00114986" w:rsidRDefault="00B45A8A" w:rsidP="00A402B2">
+    <w:p w14:paraId="21F078D9" w14:textId="7D47FA02" w:rsidR="009C013B" w:rsidRPr="00114986" w:rsidRDefault="00B45A8A" w:rsidP="00A402B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6EEB807E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Förslag på informationstext </w:t>
       </w:r>
       <w:r w:rsidR="00715233" w:rsidRPr="6EEB807E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>till studenter om examination</w:t>
       </w:r>
       <w:r w:rsidR="006B3AE7" w:rsidRPr="6EEB807E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> till Canvas/kurswebb</w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> från VT2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="060AB6EB" w14:textId="1E5C5706" w:rsidR="00516B36" w:rsidRPr="00114986" w:rsidRDefault="00516B36" w:rsidP="00A402B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Läs igenom och anpassa texten efter era behov. Viss information som finns på andra sidor bör även finnas när de anmäler sig </w:t>
       </w:r>
       <w:r w:rsidR="003D5AC6" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -167,73 +157,85 @@
       </w:r>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">studenter </w:t>
       </w:r>
       <w:r w:rsidR="00E17914" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kommer </w:t>
       </w:r>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>att hitta sin plats finns i TE-</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00881C47" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>core</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> på er bokning. I vänstermarginalen finns ”</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00881C47" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>url-länk</w:t>
+        <w:t>url</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00881C47" w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-länk</w:t>
       </w:r>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">”. </w:t>
       </w:r>
       <w:r w:rsidR="00DD6F9A" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Länken</w:t>
       </w:r>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kommer att läggas i schemat för de som använder TE för schema men ni kan också lägga upp länken på era sidor. </w:t>
       </w:r>
@@ -492,137 +494,214 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1717650D" w14:textId="77777777" w:rsidR="00194CEC" w:rsidRPr="00114986" w:rsidRDefault="00194CEC" w:rsidP="00194CEC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Examination xxxx, examinationsdatum xxxx, lokal xxxx</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Examination </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, examinationsdatum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, lokal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="778C51E0" w14:textId="3CD34066" w:rsidR="00194CEC" w:rsidRPr="00114986" w:rsidRDefault="005424EC" w:rsidP="00194CEC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D34382">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anmälan:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00194CEC" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Anmälan till examinationen är obligatorisk och anmälan stänger xxxx. Du hittar länken till anmälan i Ladok när den öppnat för anmälan.</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> är inte längre möjlig. </w:t>
+        <w:t xml:space="preserve">Anmälan till examinationen är obligatorisk och anmälan stänger </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00194CEC" w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00194CEC" w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Du hittar länken till anmälan i Ladok när den öppnat för anmälan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2DFA61" w14:textId="25ABFFC3" w:rsidR="00194CEC" w:rsidRPr="00114986" w:rsidRDefault="00194CEC" w:rsidP="00194CEC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>För att få skriva examinationen ska du vara behörig och registrerad på kurstillfället</w:t>
+      </w:r>
+      <w:r w:rsidR="00813EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00813EBF" w:rsidRPr="00813EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om du endast har provet kvar att skriva från en tidigare kurs </w:t>
+      </w:r>
+      <w:r w:rsidR="000953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>räcker det med anmälan och att du har ett aktivt studentkonto vid provtillfället</w:t>
+      </w:r>
+      <w:r w:rsidR="00E972B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C69F394" w14:textId="49468BBE" w:rsidR="1C3FBBA1" w:rsidRDefault="1C3FBBA1" w:rsidP="3D54D348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3D54D348">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ID-handling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12887826" w14:textId="5F318AAE" w:rsidR="1C3FBBA1" w:rsidRDefault="1C3FBBA1" w:rsidP="3D54D348">
       <w:pPr>
@@ -634,61 +713,79 @@
       </w:pPr>
       <w:r w:rsidRPr="00D34382">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">För att du ska få skriva examinationen måste du legitimera dig. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607A2217" w14:textId="2F559FB8" w:rsidR="1C3FBBA1" w:rsidRDefault="1C3FBBA1" w:rsidP="3D54D348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D34382">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Giltig ID-handling för identifiering av student i samband med examination är fysisk id-handling med foto. I samband med id-kontroll måste studenten visa sitt ansikte.</w:t>
+        <w:t xml:space="preserve">Giltig ID-handling för identifiering av student i samband med examination är fysisk id-handling med foto. I samband med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D34382">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>id-kontroll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D34382">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> måste studenten visa sitt ansikte.</w:t>
       </w:r>
       <w:r w:rsidRPr="3D54D348">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId12" w:anchor="heading-2" w:history="1">
         <w:r w:rsidRPr="3D54D348">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Exempel på giltiga ID-handlingar hittar du här.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6C9E93A3" w14:textId="42EAA4A8" w:rsidR="3D54D348" w:rsidRDefault="3D54D348" w:rsidP="3D54D348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21AE0184" w14:textId="21EF89A9" w:rsidR="006E5CA1" w:rsidRPr="00D34382" w:rsidRDefault="00F37EB7" w:rsidP="00194CEC">
       <w:pPr>
         <w:rPr>
@@ -799,75 +896,75 @@
         <w:t>lösa eventuella tekniska problem. Dörrarna stängs när examinationstiden startar och kommer du när dörrarna har stängts får du vänta till det sena insläppet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32E95EF5" w14:textId="20AA5BD2" w:rsidR="00194CEC" w:rsidRPr="00114986" w:rsidRDefault="00194CEC" w:rsidP="00194CEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tänk på att inte störa andra studenter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DECA802" w14:textId="2ECEBDC6" w:rsidR="00194CEC" w:rsidRPr="00114986" w:rsidRDefault="00DB53F1" w:rsidP="00194CEC">
+    <w:p w14:paraId="3DECA802" w14:textId="2ECEBDC6" w:rsidR="00194CEC" w:rsidRPr="00114986" w:rsidRDefault="00194CEC" w:rsidP="00194CEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00194CEC" w:rsidRPr="00114986">
+        <w:r w:rsidRPr="00114986">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Kontrollera din KI-inloggning– testa att logga in. </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00194CEC" w:rsidRPr="00114986">
+      <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Det bör du göra senast 2 dagar innan examinationen startar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AF627BF" w14:textId="212DCABF" w:rsidR="00194CEC" w:rsidRPr="00114986" w:rsidRDefault="00194CEC" w:rsidP="00194CEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -998,77 +1095,97 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>följa tentamensvakternas anvisningar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52BFE9FB" w14:textId="2CD818D8" w:rsidR="00194CEC" w:rsidRPr="00114986" w:rsidRDefault="00194CEC" w:rsidP="00194CEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Endast pennor, suddgummin, pennvässare, ev mat och dryck samt eventuella tillåtna hjälpmedel och böcker får finna</w:t>
+        <w:t xml:space="preserve">Endast pennor, suddgummin, pennvässare, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mat och dryck samt eventuella tillåtna hjälpmedel och böcker får finna</w:t>
       </w:r>
       <w:r w:rsidR="005424EC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tillgängliga på skrivplatsen. Tillåtna hjälpmedel vid denna examination är: </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D34382">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="13B1C022" w14:textId="0C7B75E0" w:rsidR="00D74F81" w:rsidRPr="00114986" w:rsidRDefault="00194CEC" w:rsidP="00E93A56">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3D54D348">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ta inte med dig värdesaker till examinationen. I de stora skrivsalarna finns låsbara skåp. Observera att </w:t>
       </w:r>
       <w:r w:rsidR="005424EC" w:rsidRPr="3D54D348">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -1096,65 +1213,65 @@
       <w:r w:rsidRPr="3D54D348">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">väskor </w:t>
       </w:r>
       <w:r w:rsidR="00AF3D16" w:rsidRPr="3D54D348">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">och mobiltelefoner </w:t>
       </w:r>
       <w:r w:rsidRPr="3D54D348">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ska placeras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62656654" w14:textId="7765C745" w:rsidR="00C13424" w:rsidRPr="00114986" w:rsidRDefault="001C1542" w:rsidP="00E93A56">
+    <w:p w14:paraId="62656654" w14:textId="7765C745" w:rsidR="00C13424" w:rsidRPr="00114986" w:rsidRDefault="6AF30741" w:rsidP="00E93A56">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="6AF30741" w:rsidRPr="7F230B32">
+        <w:r w:rsidRPr="7F230B32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Föreskrifter och anvisningar för examination vid KI hittar du här.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7331C2DC" w14:textId="77777777" w:rsidR="00F43097" w:rsidRPr="00114986" w:rsidRDefault="000E6674" w:rsidP="00E93A56">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
@@ -1259,80 +1376,120 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, for example, clarify what they are allowed to have at the writing site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C16DED9" w14:textId="5B13E4F1" w:rsidR="008C4318" w:rsidRPr="00114986" w:rsidRDefault="008C4318" w:rsidP="008C4318">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The link where students will find their place can be found in TE-core on your booking. In the left margin is "url-link". The link will be added to the schedule for those who use TE for schedule, but you can also post the link on your websites. The link will be published sometime during the day before the examination. It is particularly important that those who are going to sit in another </w:t>
+        <w:t>The link where students will find their place can be found in TE-core on your booking. In the left margin is "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>url</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-link". The link will be added to the schedule for those who use TE for schedule, but you can also post the link on your websites. The link will be published sometime during the day before the examination. It is particularly important that those who are going to sit in another </w:t>
       </w:r>
       <w:r w:rsidR="00FD019A" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">examination </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FD019A" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>rooms</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007526AA" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> go to the link to see wich </w:t>
+        <w:t xml:space="preserve"> go to the link to see </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007526AA" w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>wich</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007526AA" w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD019A" w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>examination room</w:t>
       </w:r>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> they are to sit in.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D9B872" w14:textId="77777777" w:rsidR="00516B36" w:rsidRPr="00114986" w:rsidRDefault="00516B36" w:rsidP="00516B36">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
@@ -1532,192 +1689,269 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50C239BE" w14:textId="77777777" w:rsidR="00516B36" w:rsidRPr="00114986" w:rsidRDefault="00516B36" w:rsidP="00516B36">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Examination xxxx, examinationsdatum xxxx, lokal xxxx</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Examination </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, examinationsdatum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, lokal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2E3A4B6D" w14:textId="77777777" w:rsidR="00AF3D16" w:rsidRPr="00D34382" w:rsidRDefault="00AF3D16" w:rsidP="00D25C88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D34382">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Registration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552C887C" w14:textId="44CAAC21" w:rsidR="00D25C88" w:rsidRPr="00114986" w:rsidRDefault="00D25C88" w:rsidP="00D25C88">
-[...24 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="552C887C" w14:textId="3192091C" w:rsidR="00D25C88" w:rsidRPr="00114986" w:rsidRDefault="00D25C88" w:rsidP="00D25C88">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Registration for the exam is mandatory and registration closes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. You will find the link to the registration in Ladok when it has opened for registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1BC883" w14:textId="244B551F" w:rsidR="00D61790" w:rsidRPr="00813EBF" w:rsidRDefault="00D25C88" w:rsidP="00D25C88">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>write</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the examination, you must be qualified and registered on the course occasion or a previous related course occasion.</w:t>
-[...19 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve"> the exam, you must be qualified and registered on the course</w:t>
+      </w:r>
+      <w:r w:rsidR="00813EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00813EBF" w:rsidRPr="00813EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is no longer possible to make a late </w:t>
-[...6 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">If you only have the exam from a previous course, you </w:t>
+      </w:r>
+      <w:r w:rsidR="00043863">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>registration</w:t>
-[...6 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>only have to register for the exam</w:t>
+      </w:r>
+      <w:r w:rsidR="00E972B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1D75">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Your student account must be active at the time for the exam. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E10DC7D" w14:textId="74882B2B" w:rsidR="00D61790" w:rsidRPr="00D34382" w:rsidRDefault="00D61790" w:rsidP="00D25C88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D34382">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Identification</w:t>
       </w:r>
     </w:p>
@@ -2412,52 +2646,63 @@
         </w:rPr>
         <w:t>Only pens, erasers, pencil sharpeners, refreshments and drinks, as well as any permitted aids and books may be available at the writing location.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6876146A" w14:textId="77777777" w:rsidR="00516B36" w:rsidRPr="00114986" w:rsidRDefault="00516B36" w:rsidP="00516B36">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Permitted aids in this examination are: xxxx</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Permitted aids in this examination are: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114986">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="565F22D4" w14:textId="07414DD1" w:rsidR="00516B36" w:rsidRPr="00114986" w:rsidRDefault="00516B36" w:rsidP="00FA66CC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00114986">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Do not bring valuables with you to the examination. In the large examination </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -2663,50 +2908,57 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42EE6BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A10FBA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -3070,166 +3322,167 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="659120472">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="417409635">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="79527246">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C013B"/>
     <w:rsid w:val="00025C52"/>
     <w:rsid w:val="00036857"/>
+    <w:rsid w:val="00043863"/>
     <w:rsid w:val="00045272"/>
     <w:rsid w:val="0006031E"/>
     <w:rsid w:val="000621DA"/>
     <w:rsid w:val="000757ED"/>
     <w:rsid w:val="00077F26"/>
+    <w:rsid w:val="000953F1"/>
     <w:rsid w:val="000A6E67"/>
     <w:rsid w:val="000B39DF"/>
     <w:rsid w:val="000C1666"/>
     <w:rsid w:val="000D7D25"/>
     <w:rsid w:val="000E6674"/>
     <w:rsid w:val="000E71BF"/>
     <w:rsid w:val="000F43E9"/>
     <w:rsid w:val="00105883"/>
     <w:rsid w:val="00105ED9"/>
     <w:rsid w:val="00106CD9"/>
     <w:rsid w:val="00111462"/>
     <w:rsid w:val="00114986"/>
     <w:rsid w:val="00135FE3"/>
     <w:rsid w:val="001417C9"/>
     <w:rsid w:val="001418FE"/>
     <w:rsid w:val="0014323F"/>
     <w:rsid w:val="00146A7A"/>
     <w:rsid w:val="00153C43"/>
     <w:rsid w:val="00194CEC"/>
     <w:rsid w:val="00194ECE"/>
     <w:rsid w:val="001C1542"/>
     <w:rsid w:val="001D2BD5"/>
     <w:rsid w:val="001D4355"/>
     <w:rsid w:val="001E142C"/>
     <w:rsid w:val="0022564A"/>
     <w:rsid w:val="00232803"/>
     <w:rsid w:val="00232C44"/>
     <w:rsid w:val="00244BFE"/>
     <w:rsid w:val="00287C46"/>
     <w:rsid w:val="00291ACD"/>
     <w:rsid w:val="002C0296"/>
     <w:rsid w:val="002C577E"/>
     <w:rsid w:val="002C64B5"/>
     <w:rsid w:val="002E1D13"/>
-    <w:rsid w:val="002E3188"/>
     <w:rsid w:val="003028CC"/>
     <w:rsid w:val="003115FB"/>
     <w:rsid w:val="00314E50"/>
     <w:rsid w:val="00360D12"/>
     <w:rsid w:val="00373F4A"/>
     <w:rsid w:val="0039163E"/>
     <w:rsid w:val="003D5AC6"/>
     <w:rsid w:val="003F3D33"/>
     <w:rsid w:val="00410BFD"/>
     <w:rsid w:val="0043027E"/>
     <w:rsid w:val="004307CA"/>
     <w:rsid w:val="00454F5B"/>
     <w:rsid w:val="0046015A"/>
     <w:rsid w:val="004C6252"/>
     <w:rsid w:val="004D6122"/>
     <w:rsid w:val="004E3622"/>
     <w:rsid w:val="004F479C"/>
-    <w:rsid w:val="0050741C"/>
     <w:rsid w:val="00510718"/>
+    <w:rsid w:val="00512767"/>
     <w:rsid w:val="00514414"/>
     <w:rsid w:val="00516B36"/>
     <w:rsid w:val="00536011"/>
     <w:rsid w:val="00537616"/>
     <w:rsid w:val="005424EC"/>
-    <w:rsid w:val="00561747"/>
     <w:rsid w:val="005771B1"/>
     <w:rsid w:val="00585CD9"/>
     <w:rsid w:val="005A128F"/>
     <w:rsid w:val="005B05C1"/>
     <w:rsid w:val="005E10E3"/>
     <w:rsid w:val="00611C6A"/>
     <w:rsid w:val="00616361"/>
     <w:rsid w:val="006272EA"/>
     <w:rsid w:val="00631B71"/>
     <w:rsid w:val="00635136"/>
     <w:rsid w:val="00637DCD"/>
     <w:rsid w:val="00664E95"/>
     <w:rsid w:val="0067115B"/>
     <w:rsid w:val="00681069"/>
-    <w:rsid w:val="00683C70"/>
     <w:rsid w:val="006B3AE7"/>
+    <w:rsid w:val="006D1D75"/>
     <w:rsid w:val="006E3570"/>
     <w:rsid w:val="006E5CA1"/>
     <w:rsid w:val="00711DC1"/>
     <w:rsid w:val="00715233"/>
     <w:rsid w:val="007526AA"/>
     <w:rsid w:val="00755C63"/>
     <w:rsid w:val="0075714A"/>
     <w:rsid w:val="00774F59"/>
     <w:rsid w:val="00781EA1"/>
     <w:rsid w:val="007919E9"/>
-    <w:rsid w:val="007A0E85"/>
     <w:rsid w:val="007C0782"/>
     <w:rsid w:val="007D5D30"/>
+    <w:rsid w:val="00813EBF"/>
     <w:rsid w:val="00822D8F"/>
     <w:rsid w:val="00833508"/>
     <w:rsid w:val="00841685"/>
     <w:rsid w:val="00845FE0"/>
     <w:rsid w:val="00881C47"/>
+    <w:rsid w:val="00887FCC"/>
     <w:rsid w:val="00890BFB"/>
     <w:rsid w:val="00895A56"/>
     <w:rsid w:val="008B1245"/>
     <w:rsid w:val="008B2442"/>
     <w:rsid w:val="008C4318"/>
     <w:rsid w:val="008E6337"/>
     <w:rsid w:val="00952CF5"/>
     <w:rsid w:val="00990754"/>
     <w:rsid w:val="00993283"/>
     <w:rsid w:val="009A1DAF"/>
     <w:rsid w:val="009A215A"/>
     <w:rsid w:val="009C013B"/>
     <w:rsid w:val="009F2E92"/>
     <w:rsid w:val="009F4F79"/>
     <w:rsid w:val="00A05E57"/>
     <w:rsid w:val="00A1216D"/>
     <w:rsid w:val="00A37AF0"/>
     <w:rsid w:val="00A402B2"/>
     <w:rsid w:val="00A4335F"/>
     <w:rsid w:val="00A75C49"/>
     <w:rsid w:val="00A75D09"/>
     <w:rsid w:val="00A867A4"/>
     <w:rsid w:val="00A9360B"/>
     <w:rsid w:val="00AB7B97"/>
     <w:rsid w:val="00AC2630"/>
@@ -3256,74 +3509,75 @@
     <w:rsid w:val="00C679F6"/>
     <w:rsid w:val="00CA2E38"/>
     <w:rsid w:val="00CA5AC3"/>
     <w:rsid w:val="00CB51D1"/>
     <w:rsid w:val="00CC01A0"/>
     <w:rsid w:val="00CC42CC"/>
     <w:rsid w:val="00CD2F27"/>
     <w:rsid w:val="00CE0E25"/>
     <w:rsid w:val="00D25C88"/>
     <w:rsid w:val="00D334ED"/>
     <w:rsid w:val="00D34382"/>
     <w:rsid w:val="00D61790"/>
     <w:rsid w:val="00D74F81"/>
     <w:rsid w:val="00D81B04"/>
     <w:rsid w:val="00DA4079"/>
     <w:rsid w:val="00DA773E"/>
     <w:rsid w:val="00DB53F1"/>
     <w:rsid w:val="00DC17A9"/>
     <w:rsid w:val="00DC582B"/>
     <w:rsid w:val="00DD6F9A"/>
     <w:rsid w:val="00DE5050"/>
     <w:rsid w:val="00DE5253"/>
     <w:rsid w:val="00DE5612"/>
     <w:rsid w:val="00DE7959"/>
     <w:rsid w:val="00DF268D"/>
-    <w:rsid w:val="00DF4DB9"/>
     <w:rsid w:val="00DF7CB1"/>
     <w:rsid w:val="00E17914"/>
     <w:rsid w:val="00E20478"/>
     <w:rsid w:val="00E30478"/>
     <w:rsid w:val="00E31847"/>
     <w:rsid w:val="00E35616"/>
     <w:rsid w:val="00E533DE"/>
     <w:rsid w:val="00E567A9"/>
     <w:rsid w:val="00E8331D"/>
     <w:rsid w:val="00E85670"/>
     <w:rsid w:val="00E93A56"/>
     <w:rsid w:val="00E93DC6"/>
+    <w:rsid w:val="00E972B9"/>
     <w:rsid w:val="00EA3223"/>
     <w:rsid w:val="00ED60CA"/>
     <w:rsid w:val="00F040F5"/>
     <w:rsid w:val="00F15171"/>
     <w:rsid w:val="00F338BD"/>
     <w:rsid w:val="00F37EB7"/>
     <w:rsid w:val="00F43097"/>
     <w:rsid w:val="00F57F94"/>
     <w:rsid w:val="00F6051C"/>
     <w:rsid w:val="00F61BD1"/>
     <w:rsid w:val="00F82F31"/>
+    <w:rsid w:val="00FA2A16"/>
     <w:rsid w:val="00FA66CC"/>
     <w:rsid w:val="00FB4DBA"/>
     <w:rsid w:val="00FB5F8C"/>
     <w:rsid w:val="00FD019A"/>
     <w:rsid w:val="02912A9F"/>
     <w:rsid w:val="03B26E6E"/>
     <w:rsid w:val="0A6AFC77"/>
     <w:rsid w:val="0E888CF5"/>
     <w:rsid w:val="137DD660"/>
     <w:rsid w:val="156C501F"/>
     <w:rsid w:val="1C3FBBA1"/>
     <w:rsid w:val="20E7C07D"/>
     <w:rsid w:val="25B401CC"/>
     <w:rsid w:val="2737907C"/>
     <w:rsid w:val="27CFE075"/>
     <w:rsid w:val="293B8ED0"/>
     <w:rsid w:val="3D54D348"/>
     <w:rsid w:val="3E09E12B"/>
     <w:rsid w:val="434BDC85"/>
     <w:rsid w:val="4728C825"/>
     <w:rsid w:val="4B1C6A11"/>
     <w:rsid w:val="4CE75CC0"/>
     <w:rsid w:val="501EFD82"/>
     <w:rsid w:val="6087FAB2"/>
     <w:rsid w:val="691763C6"/>
@@ -3768,50 +4022,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009C013B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
@@ -4029,50 +4284,80 @@
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML-frformaterad">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTML-frformateradChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00813EBF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML-frformateradChar">
+    <w:name w:val="HTML - förformaterad Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="HTML-frformaterad"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00813EBF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="454179276">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="261184896">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
@@ -4332,51 +4617,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="232396051">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/examination-i-skrivsal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/digital-examination-med-inspera-information-for-studenter" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/find-your-way-to-the-examination-halls" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/examination-in-examination-rooms" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/student-pa-ki/studentratt-och-studiemiljo/regelverk-som-styr-utbildningen-studentratt/examination/examination-i-skrivsal#heading-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/examination-in-examination-halls" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/digital-examination-med-inspera-information-for-studenter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/digital-examination-with-inspera-information-for-students" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/find-your-way-to-the-examination-halls" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/examination" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/hitta-till-skrivsalar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/current-student/student-rights-and-study-environment-first-and-second-cycle/student-rights/examination-and-grading-system/examination-in-examination-rooms" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/examination-in-examination-halls" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/student-pa-ki/studentratt-och-studiemiljo/regelverk-som-styr-utbildningen-studentratt/examination/examination-i-skrivsal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/digital-examination-with-inspera-information-for-students" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/examination-i-skrivsal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/digital-examination-med-inspera-information-for-studenter" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/find-your-way-to-the-examination-halls" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/examination-in-examination-rooms" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/student-pa-ki/studentratt-och-studiemiljo/regelverk-som-styr-utbildningen-studentratt/examination/examination-i-skrivsal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/examination-in-examination-halls" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/digital-examination-med-inspera-information-for-studenter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/digital-examination-with-inspera-information-for-students" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/find-your-way-to-the-examination-halls" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/examination" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/hitta-till-skrivsalar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/current-student/student-rights-and-study-environment-first-and-second-cycle/student-rights/examination-and-grading-system/examination-in-examination-rooms" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/examination-in-examination-halls" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utbildning.ki.se/student-pa-ki/studentratt-och-studiemiljo/regelverk-som-styr-utbildningen-studentratt/examination/examination-i-skrivsal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ki.se/digital-examination-with-inspera-information-for-students" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
 <t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <t:Task id="{1F3628E2-670F-4C3F-A35F-1D3C90F11C18}">
     <t:Anchor>
       <t:Comment id="2068131319"/>
     </t:Anchor>
     <t:History>
       <t:Event id="{5ACB2E75-8E70-4A48-B7A8-981E409F7695}" time="2024-10-18T06:35:32.44Z">
         <t:Attribution userId="S::stefan.axelsson@ki.se::6f476d0c-2fbf-4d5f-8a6d-3491c819f32b" userProvider="AD" userName="Stefan Axelsson"/>
         <t:Anchor>
           <t:Comment id="2051731106"/>
         </t:Anchor>
         <t:Create/>
       </t:Event>
       <t:Event id="{C1C60A17-40DA-4AB7-A12C-0A37E97290E1}" time="2024-10-18T06:35:32.44Z">
         <t:Attribution userId="S::stefan.axelsson@ki.se::6f476d0c-2fbf-4d5f-8a6d-3491c819f32b" userProvider="AD" userName="Stefan Axelsson"/>
         <t:Anchor>
           <t:Comment id="2051731106"/>
         </t:Anchor>
         <t:Assign userId="S::charlotta.cederberg@ki.se::295e80ad-af3d-437b-95c5-4680c1b697df" userProvider="AD" userName="Charlotta Cederberg"/>
       </t:Event>
       <t:Event id="{641E217B-7A63-48F5-91EC-8C0C88C85E72}" time="2024-10-18T06:35:32.44Z">
         <t:Attribution userId="S::stefan.axelsson@ki.se::6f476d0c-2fbf-4d5f-8a6d-3491c819f32b" userProvider="AD" userName="Stefan Axelsson"/>
@@ -4680,52 +4965,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010003D6DAFEF836FD4083BD813DEF85C921" ma:contentTypeVersion="19" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="3b9f774ff3d2cf63d394a668ae942a20">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d3bb7de-987f-4926-b01e-f8c2127dcabc" xmlns:ns3="55d7c949-cb5a-4d77-911b-c83d54845be6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f3a07bb9c7500c763015103823df6340" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010003D6DAFEF836FD4083BD813DEF85C921" ma:contentTypeVersion="19" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="cd6c9a73fe2e66f73aa75399dbeca50f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d3bb7de-987f-4926-b01e-f8c2127dcabc" xmlns:ns3="55d7c949-cb5a-4d77-911b-c83d54845be6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fd24c613245248dc8cc2f46ca7cf5cf5" ns2:_="" ns3:_="">
     <xsd:import namespace="5d3bb7de-987f-4926-b01e-f8c2127dcabc"/>
     <xsd:import namespace="55d7c949-cb5a-4d77-911b-c83d54845be6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:Kommentar" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -4976,102 +5261,102 @@
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="55d7c949-cb5a-4d77-911b-c83d54845be6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d3bb7de-987f-4926-b01e-f8c2127dcabc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <SharedWithUsers xmlns="55d7c949-cb5a-4d77-911b-c83d54845be6">
       <UserInfo>
         <DisplayName>Lina Liljegren</DisplayName>
         <AccountId>24</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Charlotta Cederberg</DisplayName>
         <AccountId>10</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <Kommentar xmlns="5d3bb7de-987f-4926-b01e-f8c2127dcabc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82D5F4BD-8C58-4E1C-9C75-AFDDDE7A3D77}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB559D42-EF99-401B-B148-D6769EF2C27E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5d3bb7de-987f-4926-b01e-f8c2127dcabc"/>
     <ds:schemaRef ds:uri="55d7c949-cb5a-4d77-911b-c83d54845be6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CC1D7A4-A33F-4C62-8CEC-6D0ADBB731E3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF164B38-6B0E-4826-9265-750ECC4ADF7C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="55d7c949-cb5a-4d77-911b-c83d54845be6"/>
     <ds:schemaRef ds:uri="5d3bb7de-987f-4926-b01e-f8c2127dcabc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1553</Words>
-  <Characters>8232</Characters>
+  <Words>1567</Words>
+  <Characters>8310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
+  <Lines>69</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9766</CharactersWithSpaces>
+  <CharactersWithSpaces>9858</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lina Liljegren</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010003D6DAFEF836FD4083BD813DEF85C921</vt:lpwstr>
   </property>