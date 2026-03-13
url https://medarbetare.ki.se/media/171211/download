--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -6,109 +6,116 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6FBA8625" w14:textId="3952C344" w:rsidR="00216BDC" w:rsidRDefault="00233CAC" w:rsidP="00EF6D47">
+    <w:p w14:paraId="6FBA8625" w14:textId="385D0E14" w:rsidR="00216BDC" w:rsidRDefault="00233CAC" w:rsidP="00EF6D47">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Confirmation internship </w:t>
       </w:r>
       <w:r w:rsidR="00216BDC" w:rsidRPr="003A76C5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PhD Student</w:t>
       </w:r>
       <w:r w:rsidR="00CE2ABA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: Application </w:t>
       </w:r>
       <w:r w:rsidR="002E4D71">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="00767477">
-[...4 lines deleted...]
-        <w:t>Autumn</w:t>
+      <w:r w:rsidR="00F67348">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Spring</w:t>
       </w:r>
       <w:r w:rsidR="002E4D71">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67348">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="372C8AE5" w14:textId="77777777" w:rsidR="00CE2ABA" w:rsidRPr="00CE2ABA" w:rsidRDefault="00CE2ABA" w:rsidP="00CE2ABA">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69158A7F" w14:textId="514222D0" w:rsidR="009533A7" w:rsidRDefault="00CE2ABA" w:rsidP="00181E61">
+    <w:p w14:paraId="69158A7F" w14:textId="2D74F2C1" w:rsidR="009533A7" w:rsidRDefault="00CE2ABA" w:rsidP="00181E61">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE2ABA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>To be eligible to apply for the internships i</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE2ABA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
@@ -318,58 +325,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>by the KI Career Service</w:t>
       </w:r>
       <w:r w:rsidR="00B74AC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a sum of </w:t>
       </w:r>
       <w:r w:rsidR="00A70B2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="009F7604">
-[...6 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="00F67348">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00B74AC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.000</w:t>
       </w:r>
       <w:r w:rsidR="00017B37">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B74AC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
@@ -414,51 +421,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00216BDC" w:rsidRPr="00181E61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00216BDC" w:rsidRPr="00181E61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F6E559" w14:textId="3FB6E6FF" w:rsidR="00E216D1" w:rsidRDefault="00216BDC" w:rsidP="00E216D1">
+    <w:p w14:paraId="66F6E559" w14:textId="16CA5849" w:rsidR="00E216D1" w:rsidRDefault="00216BDC" w:rsidP="00E216D1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE2ABA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">I hereby confirm that my </w:t>
       </w:r>
       <w:r w:rsidR="00BD473D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -536,236 +543,280 @@
         </w:rPr>
         <w:t xml:space="preserve">rganization </w:t>
       </w:r>
       <w:r w:rsidR="00CE2ABA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>between</w:t>
       </w:r>
       <w:r w:rsidR="00E7541E" w:rsidRPr="00CE2ABA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D77212">
+      <w:r w:rsidR="00F67348">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>November</w:t>
+        <w:t>May</w:t>
       </w:r>
       <w:r w:rsidR="00FB75B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D77212">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67348">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>May</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00FB75B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67348">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E4D71">
+      <w:r w:rsidR="00C761BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB75B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE2ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with the salary </w:t>
+      </w:r>
+      <w:r w:rsidR="00B566E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>reimbursed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE2ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C761BA">
+      <w:r w:rsidR="00500873">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FB75B2">
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE2ABA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21687" w:rsidRPr="00CE2ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> internship program</w:t>
+      </w:r>
+      <w:r w:rsidR="00A617B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the form of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A70B2C" w:rsidRPr="00364205">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE2ABA">
+      <w:r w:rsidR="00F67348" w:rsidRPr="00364205">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, with the salary </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B566E2">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A617B9" w:rsidRPr="00364205">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>reimbursed</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CE2ABA">
+        <w:t>.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00A617B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00500873">
+      <w:r w:rsidR="00364205">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>by</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CE2ABA">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A617B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the</w:t>
-[...54 lines deleted...]
-        <w:t>.000 sek</w:t>
+        <w:t>ek</w:t>
       </w:r>
       <w:r w:rsidR="000D1AA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (including INDI and LKP)</w:t>
       </w:r>
       <w:r w:rsidR="00A617B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51371FEE" w14:textId="77777777" w:rsidR="00E216D1" w:rsidRDefault="00E216D1" w:rsidP="00E216D1">
@@ -1513,58 +1564,58 @@
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00644F36" w:rsidRPr="00500873" w:rsidSect="002828CF">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="2308" w:left="2308" w:header="680" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="666DDCE6" w14:textId="77777777" w:rsidR="00EF4D9A" w:rsidRDefault="00EF4D9A">
+    <w:p w14:paraId="4AFB93EA" w14:textId="77777777" w:rsidR="005B7D1F" w:rsidRDefault="005B7D1F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D81778C" w14:textId="77777777" w:rsidR="00EF4D9A" w:rsidRDefault="00EF4D9A">
+    <w:p w14:paraId="609E00A8" w14:textId="77777777" w:rsidR="005B7D1F" w:rsidRDefault="005B7D1F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -1756,58 +1807,58 @@
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3356A55B" w14:textId="77777777" w:rsidR="00142A9D" w:rsidRPr="00E7541E" w:rsidRDefault="00142A9D">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59EFD83B" w14:textId="77777777" w:rsidR="00EF4D9A" w:rsidRDefault="00EF4D9A">
+    <w:p w14:paraId="59787DDA" w14:textId="77777777" w:rsidR="005B7D1F" w:rsidRDefault="005B7D1F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="069EDF36" w14:textId="77777777" w:rsidR="00EF4D9A" w:rsidRDefault="00EF4D9A">
+    <w:p w14:paraId="33C85A7A" w14:textId="77777777" w:rsidR="005B7D1F" w:rsidRDefault="005B7D1F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="10917" w:type="dxa"/>
       <w:tblInd w:w="-1322" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -2607,128 +2658,131 @@
     <w:rsid w:val="001A0713"/>
     <w:rsid w:val="001A4B87"/>
     <w:rsid w:val="001A527B"/>
     <w:rsid w:val="001B0CB7"/>
     <w:rsid w:val="001B5ACA"/>
     <w:rsid w:val="001E1F1B"/>
     <w:rsid w:val="00200AF0"/>
     <w:rsid w:val="0020259A"/>
     <w:rsid w:val="00204957"/>
     <w:rsid w:val="00216BDC"/>
     <w:rsid w:val="002211E3"/>
     <w:rsid w:val="00233CAC"/>
     <w:rsid w:val="00240704"/>
     <w:rsid w:val="00260F74"/>
     <w:rsid w:val="00281F9B"/>
     <w:rsid w:val="002828CF"/>
     <w:rsid w:val="00287582"/>
     <w:rsid w:val="002B2E39"/>
     <w:rsid w:val="002B5698"/>
     <w:rsid w:val="002E4D71"/>
     <w:rsid w:val="002E59F5"/>
     <w:rsid w:val="00312D7D"/>
     <w:rsid w:val="00313BF9"/>
     <w:rsid w:val="0035118E"/>
     <w:rsid w:val="00363EE8"/>
+    <w:rsid w:val="00364205"/>
     <w:rsid w:val="0036785B"/>
     <w:rsid w:val="003816EE"/>
     <w:rsid w:val="0038441A"/>
     <w:rsid w:val="003972E2"/>
     <w:rsid w:val="003A2C70"/>
     <w:rsid w:val="003A3EFD"/>
     <w:rsid w:val="003A76C5"/>
     <w:rsid w:val="003C1047"/>
     <w:rsid w:val="003C7C90"/>
     <w:rsid w:val="003D617B"/>
     <w:rsid w:val="00406F08"/>
     <w:rsid w:val="004079AC"/>
     <w:rsid w:val="00421BED"/>
     <w:rsid w:val="00425023"/>
     <w:rsid w:val="0043320A"/>
     <w:rsid w:val="004361EB"/>
     <w:rsid w:val="00444B24"/>
     <w:rsid w:val="0047273D"/>
     <w:rsid w:val="00486C3A"/>
     <w:rsid w:val="00497292"/>
     <w:rsid w:val="004B060A"/>
     <w:rsid w:val="004C1C42"/>
     <w:rsid w:val="004C60FE"/>
     <w:rsid w:val="004D70E9"/>
     <w:rsid w:val="004F18DF"/>
     <w:rsid w:val="004F5992"/>
     <w:rsid w:val="004F69C6"/>
     <w:rsid w:val="00500873"/>
     <w:rsid w:val="005372E5"/>
     <w:rsid w:val="0054298A"/>
     <w:rsid w:val="00546323"/>
     <w:rsid w:val="00555D15"/>
     <w:rsid w:val="00564276"/>
     <w:rsid w:val="00593BC3"/>
     <w:rsid w:val="00595A9C"/>
     <w:rsid w:val="0059713E"/>
     <w:rsid w:val="005B6A66"/>
+    <w:rsid w:val="005B7D1F"/>
     <w:rsid w:val="005C4490"/>
     <w:rsid w:val="005F2B31"/>
     <w:rsid w:val="0060777A"/>
     <w:rsid w:val="00614C86"/>
     <w:rsid w:val="00644F36"/>
     <w:rsid w:val="00691876"/>
     <w:rsid w:val="006A2BE9"/>
     <w:rsid w:val="006B3DB2"/>
     <w:rsid w:val="006C52D5"/>
     <w:rsid w:val="006D641A"/>
     <w:rsid w:val="006E6ED8"/>
     <w:rsid w:val="007030AE"/>
     <w:rsid w:val="00704EDA"/>
     <w:rsid w:val="00715B91"/>
     <w:rsid w:val="00717163"/>
     <w:rsid w:val="00733D66"/>
     <w:rsid w:val="0073700C"/>
     <w:rsid w:val="00737C71"/>
     <w:rsid w:val="007478B9"/>
     <w:rsid w:val="007516BA"/>
     <w:rsid w:val="00752CBD"/>
     <w:rsid w:val="00766E50"/>
     <w:rsid w:val="00767477"/>
     <w:rsid w:val="007A39C0"/>
     <w:rsid w:val="007A73C3"/>
     <w:rsid w:val="007B5E2F"/>
     <w:rsid w:val="007D3C45"/>
     <w:rsid w:val="007D5876"/>
     <w:rsid w:val="007D67DD"/>
     <w:rsid w:val="007F1C5B"/>
     <w:rsid w:val="007F5257"/>
     <w:rsid w:val="00807B5E"/>
     <w:rsid w:val="008372A0"/>
     <w:rsid w:val="008503F0"/>
     <w:rsid w:val="00887F84"/>
     <w:rsid w:val="008D56D0"/>
     <w:rsid w:val="009533A7"/>
     <w:rsid w:val="009610BB"/>
     <w:rsid w:val="00971848"/>
     <w:rsid w:val="00983C99"/>
     <w:rsid w:val="009B435F"/>
+    <w:rsid w:val="009D2AD0"/>
     <w:rsid w:val="009E039B"/>
     <w:rsid w:val="009F7604"/>
     <w:rsid w:val="00A05AB1"/>
     <w:rsid w:val="00A07B50"/>
     <w:rsid w:val="00A24ADA"/>
     <w:rsid w:val="00A266C3"/>
     <w:rsid w:val="00A270C9"/>
     <w:rsid w:val="00A33094"/>
     <w:rsid w:val="00A41619"/>
     <w:rsid w:val="00A617B9"/>
     <w:rsid w:val="00A656A6"/>
     <w:rsid w:val="00A70B2C"/>
     <w:rsid w:val="00A75DE0"/>
     <w:rsid w:val="00AA4B75"/>
     <w:rsid w:val="00AB07EC"/>
     <w:rsid w:val="00AC3849"/>
     <w:rsid w:val="00AE7C38"/>
     <w:rsid w:val="00AF05D1"/>
     <w:rsid w:val="00B02C26"/>
     <w:rsid w:val="00B05306"/>
     <w:rsid w:val="00B2181E"/>
     <w:rsid w:val="00B234F0"/>
     <w:rsid w:val="00B3247F"/>
     <w:rsid w:val="00B56273"/>
     <w:rsid w:val="00B566E2"/>
@@ -2771,50 +2825,51 @@
     <w:rsid w:val="00DB2A7A"/>
     <w:rsid w:val="00DB3446"/>
     <w:rsid w:val="00DC3E08"/>
     <w:rsid w:val="00DD15E7"/>
     <w:rsid w:val="00DD3D5A"/>
     <w:rsid w:val="00DF3069"/>
     <w:rsid w:val="00E16C3A"/>
     <w:rsid w:val="00E17E95"/>
     <w:rsid w:val="00E20915"/>
     <w:rsid w:val="00E216D1"/>
     <w:rsid w:val="00E337FD"/>
     <w:rsid w:val="00E63F24"/>
     <w:rsid w:val="00E7541E"/>
     <w:rsid w:val="00EB1CDE"/>
     <w:rsid w:val="00EB3B55"/>
     <w:rsid w:val="00ED3868"/>
     <w:rsid w:val="00EE163C"/>
     <w:rsid w:val="00EF4D9A"/>
     <w:rsid w:val="00EF6D47"/>
     <w:rsid w:val="00F06785"/>
     <w:rsid w:val="00F07825"/>
     <w:rsid w:val="00F21687"/>
     <w:rsid w:val="00F2517F"/>
     <w:rsid w:val="00F26DD0"/>
     <w:rsid w:val="00F310C9"/>
+    <w:rsid w:val="00F67348"/>
     <w:rsid w:val="00FB75B2"/>
     <w:rsid w:val="00FC72DF"/>
     <w:rsid w:val="00FE7D50"/>
     <w:rsid w:val="00FF1467"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -3818,81 +3873,81 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>319</Words>
-  <Characters>1695</Characters>
+  <Characters>1694</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2010</CharactersWithSpaces>
+  <CharactersWithSpaces>2009</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>erik.sundstrom</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="stc3_dl_Dokumentnamn">
     <vt:lpwstr>Dokumentnamn</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="stc3_ds_Dokumentnamn">
     <vt:lpwstr>Dokumentnamn</vt:lpwstr>
   </property>