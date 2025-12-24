--- v0 (2025-10-09)
+++ v1 (2025-12-24)
@@ -149,114 +149,90 @@
     </w:p>
     <w:p w14:paraId="5FDCB3BA" w14:textId="77777777" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D7F2C2F" w14:textId="13A2682E" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="001258ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Förnamn: ……</w:t>
       </w:r>
       <w:r w:rsidR="00B0060B">
         <w:t>……………</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">……………………………………………………………………………………… </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="441ABE8F" w14:textId="5B687C35" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="001258ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Efternamn: ………………………………………………………………………………………………</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Efternamn: ……………………………………………………………………………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28468822" w14:textId="5F80D701" w:rsidR="004274B8" w:rsidRDefault="001A0D89" w:rsidP="001258ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00814254">
         <w:t>öretag</w:t>
       </w:r>
       <w:r w:rsidR="004274B8">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
-        <w:t>………………………</w:t>
-[...3 lines deleted...]
-        <w:t>……</w:t>
+        <w:t>……………………………</w:t>
       </w:r>
       <w:r w:rsidR="0032362D">
-        <w:t>.</w:t>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>..</w:t>
       </w:r>
       <w:r w:rsidR="004274B8">
         <w:t>……………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="077374DD" w14:textId="531CD69C" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="001258ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Datum fr.o.m.: ……………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FD7C51" w14:textId="2F5AB50B" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="001258ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Datum t.o.m.: ……………</w:t>
-[...7 lines deleted...]
-        <w:t>.………………………………………………………………………..….</w:t>
+        <w:t>Datum t.o.m.: …………………..………………………………………………………………………..….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49AA2154" w14:textId="77777777" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CA849AB" w14:textId="30E7DA30" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001258ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Ansvarig person för sökande: </w:t>
@@ -281,90 +257,74 @@
         <w:t>Förnamn</w:t>
       </w:r>
       <w:r w:rsidR="001258ED">
         <w:t>: ……………………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BBCAC5A" w14:textId="2DB05817" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="001258ED">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Efternamn</w:t>
       </w:r>
       <w:r w:rsidR="001258ED">
         <w:t>: ……………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A98BCA" w14:textId="5A38DCC9" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="001258ED">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Institution/avdelning: </w:t>
       </w:r>
       <w:r w:rsidR="001258ED">
-        <w:t>………………………………………………………………………</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>……………………………………………………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6263BC4F" w14:textId="77777777" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D8D3FE9" w14:textId="06D3B6AC" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
+    <w:p w14:paraId="4D8D3FE9" w14:textId="4CEFCB9B" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ansökan bör inkomma till serviceenheten 1 vecka före önskad start, för att säkerställa att intyget hinner hanteras i tid. </w:t>
       </w:r>
       <w:r w:rsidR="001258ED">
-        <w:t xml:space="preserve">Ansökan </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> till </w:t>
+        <w:t xml:space="preserve">Ansökan mailas till </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="001258ED" w:rsidRPr="00960856">
+        <w:r w:rsidR="003F33EE" w:rsidRPr="003C6E0E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>olivia.malm@ki.se</w:t>
+          <w:t>christina.rosqvist@ki.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001258ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3F3A7A" w14:textId="77777777" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3190C25D" w14:textId="77777777" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71EC2D15" w14:textId="77777777" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38DA1B92" w14:textId="77777777" w:rsidR="004274B8" w:rsidRDefault="004274B8" w:rsidP="004274B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -2188,51 +2148,51 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1913462437">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1237283219">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1031688213">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="899368118">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1705326040">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1824856842">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004274B8"/>
@@ -2242,114 +2202,118 @@
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="001258ED"/>
     <w:rsid w:val="00130604"/>
     <w:rsid w:val="001636A9"/>
     <w:rsid w:val="00177D2A"/>
     <w:rsid w:val="001A0D89"/>
     <w:rsid w:val="001A4234"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="002644FB"/>
     <w:rsid w:val="00296E44"/>
     <w:rsid w:val="002A660D"/>
     <w:rsid w:val="002E27C9"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="0032362D"/>
     <w:rsid w:val="0033241B"/>
     <w:rsid w:val="003800D4"/>
     <w:rsid w:val="003926FD"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B4DFC"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
+    <w:rsid w:val="003F33EE"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="004274B8"/>
     <w:rsid w:val="00427A2A"/>
     <w:rsid w:val="00472F29"/>
     <w:rsid w:val="004921C3"/>
     <w:rsid w:val="004B7D08"/>
     <w:rsid w:val="004D2686"/>
     <w:rsid w:val="00530095"/>
     <w:rsid w:val="00544DCC"/>
     <w:rsid w:val="005F7EEF"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="0061666A"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="00670D66"/>
     <w:rsid w:val="00685373"/>
     <w:rsid w:val="00685A5D"/>
     <w:rsid w:val="00690212"/>
     <w:rsid w:val="006B40E4"/>
     <w:rsid w:val="006E29FD"/>
     <w:rsid w:val="006F196B"/>
     <w:rsid w:val="007337FB"/>
     <w:rsid w:val="00775674"/>
     <w:rsid w:val="007A1B26"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="007E40AD"/>
+    <w:rsid w:val="008058F9"/>
     <w:rsid w:val="00814254"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="00843466"/>
     <w:rsid w:val="00843872"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008E2C5E"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="00926903"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="009663ED"/>
     <w:rsid w:val="00966B1B"/>
     <w:rsid w:val="009A6896"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009C71CF"/>
     <w:rsid w:val="009E4C6F"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A06538"/>
+    <w:rsid w:val="00A07A29"/>
     <w:rsid w:val="00A15797"/>
     <w:rsid w:val="00A42C3B"/>
     <w:rsid w:val="00A8461A"/>
     <w:rsid w:val="00A9264E"/>
     <w:rsid w:val="00AF4C5E"/>
     <w:rsid w:val="00AF6DAD"/>
     <w:rsid w:val="00AF6DCA"/>
     <w:rsid w:val="00B0060B"/>
     <w:rsid w:val="00B068A1"/>
     <w:rsid w:val="00B209FB"/>
     <w:rsid w:val="00B25F55"/>
     <w:rsid w:val="00B30584"/>
     <w:rsid w:val="00B541C4"/>
     <w:rsid w:val="00B5574B"/>
+    <w:rsid w:val="00B63612"/>
     <w:rsid w:val="00B747DF"/>
     <w:rsid w:val="00B964A0"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:rsid w:val="00BF578C"/>
     <w:rsid w:val="00BF5F7B"/>
     <w:rsid w:val="00C02C2B"/>
     <w:rsid w:val="00C05AB0"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rsid w:val="00C0676F"/>
     <w:rsid w:val="00C56040"/>
     <w:rsid w:val="00C67EBC"/>
     <w:rsid w:val="00C722CA"/>
     <w:rsid w:val="00C906B6"/>
     <w:rsid w:val="00CC077A"/>
     <w:rsid w:val="00CC1529"/>
     <w:rsid w:val="00CE13F7"/>
     <w:rsid w:val="00CF3601"/>
     <w:rsid w:val="00D16D28"/>
     <w:rsid w:val="00D3165D"/>
     <w:rsid w:val="00D36AAE"/>
     <w:rsid w:val="00D64001"/>
     <w:rsid w:val="00D83432"/>
     <w:rsid w:val="00DB6600"/>
     <w:rsid w:val="00DE1BEB"/>
     <w:rsid w:val="00DE6EE8"/>
@@ -28254,51 +28218,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="308826416">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivia.malm@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christina.rosqvist@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="https://kise.sharepoint.com/sites/templates/Templates/Basmall_m_logo.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="KI">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F0433"/>
       </a:accent1>
@@ -28520,50 +28484,69 @@
       <gata/>
       <postnr/>
       <ort/>
       <land/>
     </adress>
   </kontakt>
   <dokumenttyp/>
   <Diarienummer/>
   <Datum/>
   <version/>
   <sklass/>
   <foretag/>
   <extra1/>
   <extra2/>
   <extra3/>
   <extra4/>
   <extra5/>
   <extra6/>
   <extra7/>
   <extra8/>
   <extra9/>
 </root>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B8615BE51D60BA44B86811C5F608C49E" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="122e2918688ddcbd6b4e51b912b07315">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6843b716-3f6d-4983-a753-faa1afd2f446" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57f36c3b3137f2eaf3a3987d7786cd93" ns2:_="">
     <xsd:import namespace="6843b716-3f6d-4983-a753-faa1afd2f446"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6843b716-3f6d-4983-a753-faa1afd2f446" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -28663,150 +28646,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="LPXML"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F8BF9BB-29FD-4319-A4F7-A450F7704244}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD8DB128-02D4-42C6-8BD3-B58A0A3BE23E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A80474F0-C9B3-45BF-8241-DC75E3603B8F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6843b716-3f6d-4983-a753-faa1afd2f446"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basmall_m_logo</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>115</Words>
-  <Characters>614</Characters>
+  <Words>117</Words>
+  <Characters>625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>728</CharactersWithSpaces>
+  <CharactersWithSpaces>741</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Christina Rosqvist</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B8615BE51D60BA44B86811C5F608C49E</vt:lpwstr>