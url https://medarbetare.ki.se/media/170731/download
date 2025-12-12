--- v0 (2025-10-08)
+++ v1 (2025-12-12)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="12129EDC" w14:textId="4E34837B" w:rsidR="001A4234" w:rsidRPr="004E20F0" w:rsidRDefault="0042548F" w:rsidP="004921C3">
       <w:pPr>
         <w:pStyle w:val="Dokumentnamn"/>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="001A4234" w:rsidRPr="004E20F0" w:rsidSect="003B4DFC">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="2268" w:right="1418" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:num="2" w:space="567" w:equalWidth="0">
             <w:col w:w="3232" w:space="567"/>
             <w:col w:w="4421"/>
           </w:cols>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
@@ -246,51 +246,69 @@
         </w:rPr>
         <w:t>To ensure proper data management</w:t>
       </w:r>
       <w:r w:rsidR="00EE7123" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the Neo Service team</w:t>
       </w:r>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, only digitally completed </w:t>
       </w:r>
       <w:r w:rsidR="00B974BA" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and EduSigned </w:t>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B974BA" w:rsidRPr="004E20F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EduSigned</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B974BA" w:rsidRPr="004E20F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>forms will be processed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF01612" w14:textId="77777777" w:rsidR="00D31AF7" w:rsidRPr="004E20F0" w:rsidRDefault="00D31AF7" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23D8C735" w14:textId="1F4C7A33" w:rsidR="00F30983" w:rsidRPr="004E20F0" w:rsidRDefault="000175CD" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
@@ -392,51 +410,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> all </w:t>
       </w:r>
       <w:r w:rsidR="00D31D72" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sections are mandatory.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AB7B5A" w14:textId="77777777" w:rsidR="00F43A99" w:rsidRPr="004E20F0" w:rsidRDefault="00F43A99" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8217" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="6095"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FC6D7E" w:rsidRPr="004E20F0" w14:paraId="606C2743" w14:textId="77777777" w:rsidTr="00115AFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="4F0433"/>
           </w:tcPr>
           <w:p w14:paraId="02BB244C" w14:textId="43F8A5E1" w:rsidR="00FC6D7E" w:rsidRPr="004E20F0" w:rsidRDefault="007E1E9A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
@@ -483,83 +501,80 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:alias w:val="Klicka här"/>
               <w:tag w:val="Klicka här"/>
               <w:id w:val="2064213884"/>
               <w:placeholder>
                 <w:docPart w:val="6ADC7E57069F2A48838D69148F9D00BE"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="55059418" w14:textId="6A59A147" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="002D47AD">
+              <w:p w14:paraId="55059418" w14:textId="285A3F13" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:alias w:val="Klicka här"/>
                     <w:tag w:val="Klicka här"/>
                     <w:id w:val="454839756"/>
                     <w:placeholder>
                       <w:docPart w:val="DE35E1B246352748AE9B60A4D9743750"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:appearance w15:val="hidden"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="004E20F0" w:rsidRPr="004E20F0">
+                    <w:r>
                       <w:rPr>
-                        <w:rStyle w:val="Platshllartext"/>
-[...3 lines deleted...]
-                        <w:lang w:val="en-GB"/>
+                        <w:rStyle w:val="PlaceholderText"/>
+                        <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                       </w:rPr>
                       <w:t>Write here.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77902" w:rsidRPr="004E20F0" w14:paraId="12F71AC0" w14:textId="77777777" w:rsidTr="009972E3">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1A5E77C9" w14:textId="6FA274A8" w:rsidR="00C77902" w:rsidRPr="004E20F0" w:rsidRDefault="007D29B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -574,435 +589,473 @@
               <w:t>Family</w:t>
             </w:r>
             <w:r w:rsidR="00391B76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
             <w:r w:rsidR="00C77902" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3526221A" w14:textId="18F19076" w:rsidR="00C77902" w:rsidRPr="004E20F0" w:rsidRDefault="002D47AD">
+          <w:p w14:paraId="3526221A" w14:textId="18F19076" w:rsidR="00C77902" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="-211425944"/>
                 <w:placeholder>
                   <w:docPart w:val="DBB188FC46F2D049BF3E4E4C370C3CC4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009E282E" w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rStyle w:val="Platshllartext"/>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w14:paraId="7725FA18" w14:textId="77777777" w:rsidTr="009972E3">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="195A6749" w14:textId="13A3B2C7" w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w:rsidRDefault="007D7C2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The applicant is:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3923FA" w14:textId="0896C564" w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w:rsidRDefault="002D47AD">
+          <w:p w14:paraId="3C3923FA" w14:textId="0896C564" w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="1443503487"/>
                 <w:placeholder>
                   <w:docPart w:val="2DD6F721B3B68649A344A0719CA1067C"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:bookmarkStart w:id="0" w:name="_GoBack"/>
                 <w:r w:rsidR="00185ECB">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val=""/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:statusText w:type="autoText" w:val="- PAGE -"/>
                       <w:ddList>
                         <w:listEntry w:val="Please select"/>
                         <w:listEntry w:val="Employee"/>
                         <w:listEntry w:val="Student"/>
                         <w:listEntry w:val="Only user of the core facilities"/>
                         <w:listEntry w:val="External company/organisation, specify"/>
                         <w:listEntry w:val="Other"/>
                       </w:ddList>
                     </w:ffData>
                   </w:fldChar>
                 </w:r>
                 <w:r w:rsidR="00185ECB">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
                 </w:r>
-                <w:r>
+                <w:r w:rsidR="00185ECB">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:r>
-                <w:r>
+                <w:r w:rsidR="00185ECB">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00185ECB">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
-                <w:bookmarkEnd w:id="0"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6D7E" w:rsidRPr="004E20F0" w14:paraId="073F01B9" w14:textId="77777777" w:rsidTr="009972E3">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5EDB57D8" w14:textId="1F8A0B82" w:rsidR="00FC6D7E" w:rsidRPr="004E20F0" w:rsidRDefault="007E1E9A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If other, specify:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC5EDC2" w14:textId="688A2D0C" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="002D47AD">
+          <w:p w14:paraId="1FC5EDC2" w14:textId="688A2D0C" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="684332755"/>
                 <w:placeholder>
                   <w:docPart w:val="287A41A39852634B9804296227F5CF64"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:alias w:val="Klicka här"/>
                     <w:tag w:val="Klicka här"/>
                     <w:id w:val="785695946"/>
                     <w:placeholder>
                       <w:docPart w:val="2A30783B1C6B1D49BDF078C3F709C6DE"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:appearance w15:val="hidden"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00AA6D4A" w:rsidRPr="004E20F0">
                       <w:rPr>
-                        <w:rStyle w:val="Platshllartext"/>
+                        <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Write here.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3283CE85" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="006174EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8217" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="2687"/>
         <w:gridCol w:w="573"/>
         <w:gridCol w:w="3969"/>
       </w:tblGrid>
       <w:tr w:rsidR="006174EF" w:rsidRPr="004E20F0" w14:paraId="7A89A0E1" w14:textId="77777777" w:rsidTr="00F74D75">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="4F0433"/>
           </w:tcPr>
-          <w:p w14:paraId="0596856F" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF">
+          <w:p w14:paraId="0596856F" w14:textId="23A1A0CA" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Validity:</w:t>
+              <w:t>Validity</w:t>
+            </w:r>
+            <w:r w:rsidR="00463289">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="008222F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00463289">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F425BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Not </w:t>
+            </w:r>
+            <w:r w:rsidR="00463289">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>applicable for only core facility access)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006174EF" w:rsidRPr="004E20F0" w14:paraId="579AC574" w14:textId="77777777" w:rsidTr="009972E3">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="0CEDC25D" w14:textId="68814AE0" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fr</w:t>
             </w:r>
             <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>om</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rStyle w:val="Rubrik1Char"/>
+              <w:rStyle w:val="Heading1Char"/>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               <w:color w:val="808080"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-1847553014"/>
             <w:placeholder>
               <w:docPart w:val="0DF17C2BFC9A7B4EA294F994A8AC71D8"/>
             </w:placeholder>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
-              <w:rStyle w:val="Rubrik1Char"/>
+              <w:rStyle w:val="Heading1Char"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7229" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="18462F8C" w14:textId="4589C187" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="004E20F0">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rStyle w:val="Rubrik1Char"/>
+                    <w:rStyle w:val="Heading1Char"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:color w:val="808080"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006174EF" w:rsidRPr="004E20F0" w14:paraId="6A0B5958" w14:textId="77777777" w:rsidTr="009972E3">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6795EACD" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF">
             <w:pPr>
               <w:rPr>
@@ -1034,142 +1087,142 @@
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2687" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7D5D9761" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rStyle w:val="Platshllartext"/>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-899906612"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="573" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="0A856D70" w14:textId="534A4739" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00DB1358">
+              <w:p w14:paraId="0A856D70" w14:textId="7D2EFF1F" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="009959C2">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BC40547" w14:textId="11C9FD24" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00391B76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>24 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DBB66DE" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3280"/>
         <w:gridCol w:w="4930"/>
       </w:tblGrid>
       <w:tr w:rsidR="006174EF" w:rsidRPr="004E20F0" w14:paraId="6745A75F" w14:textId="77777777" w:rsidTr="006174EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8210" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="4F0433"/>
           </w:tcPr>
           <w:p w14:paraId="012E4625" w14:textId="761E5EFF" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
@@ -1211,223 +1264,225 @@
               </w:rPr>
               <w:t xml:space="preserve">Responsible </w:t>
             </w:r>
             <w:r w:rsidR="007C2D90" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>epartment for applicant within Neo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A21F2E6" w14:textId="3528DE16" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="002D47AD" w:rsidP="006174EF">
+          <w:p w14:paraId="1A21F2E6" w14:textId="3528DE16" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC" w:rsidP="006174EF">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="1189102832"/>
                 <w:placeholder>
                   <w:docPart w:val="A45F458033296345AF7969191FE69C03"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:bookmarkStart w:id="1" w:name="Dropdown1"/>
+                <w:bookmarkStart w:id="0" w:name="Dropdown1"/>
                 <w:r w:rsidR="004702A9">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val="Dropdown1"/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:statusText w:type="autoText" w:val="- PAGE -"/>
                       <w:ddList>
                         <w:listEntry w:val="Please select"/>
                         <w:listEntry w:val="CLINTEC-DevRegStemCellMed"/>
                         <w:listEntry w:val="CLINTEC-ObsGyn"/>
                         <w:listEntry w:val="CLINTEC-Renal"/>
                         <w:listEntry w:val="CLINTEC-SurOnk"/>
                         <w:listEntry w:val="CLINTEC-SMAILE"/>
                         <w:listEntry w:val="CLINTEC-Other"/>
                         <w:listEntry w:val="MedH-Admin"/>
                         <w:listEntry w:val="MedH-CeRM"/>
                         <w:listEntry w:val="MedH-CIM"/>
                         <w:listEntry w:val="MedH-GUT"/>
                         <w:listEntry w:val="MedH-HERM"/>
                         <w:listEntry w:val="MedH-ICCA"/>
                         <w:listEntry w:val="NVS"/>
                         <w:listEntry w:val="Other"/>
                       </w:ddList>
                     </w:ffData>
                   </w:fldChar>
                 </w:r>
                 <w:r w:rsidR="004702A9">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
                 </w:r>
-                <w:r>
+                <w:r w:rsidR="004702A9">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:r>
-                <w:r>
+                <w:r w:rsidR="004702A9">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="004702A9">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
-                <w:bookmarkEnd w:id="1"/>
+                <w:bookmarkEnd w:id="0"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006174EF" w:rsidRPr="004E20F0" w14:paraId="5A580738" w14:textId="77777777" w:rsidTr="006174EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3280" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="11400F86" w14:textId="618A30F7" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00C822AB" w:rsidP="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk211333838"/>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If other, specify</w:t>
             </w:r>
             <w:r w:rsidR="008B7966" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61A03682" w14:textId="30BCDEF0" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="002D47AD" w:rsidP="006174EF">
+          <w:p w14:paraId="61A03682" w14:textId="30BCDEF0" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC" w:rsidP="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="2106146195"/>
                 <w:placeholder>
                   <w:docPart w:val="B6963CB6FDD33649854F0C6F2B93DE3A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006174EF" w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rStyle w:val="Platshllartext"/>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="006174EF" w:rsidRPr="004E20F0" w14:paraId="69FD8979" w14:textId="77777777" w:rsidTr="006174EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3280" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7E19E20E" w14:textId="4D8022B4" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Responsible line manager</w:t>
             </w:r>
             <w:r w:rsidR="008E448B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
@@ -1464,105 +1519,105 @@
               </w:rPr>
               <w:t>Neo</w:t>
             </w:r>
             <w:r w:rsidR="00A855B3" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (not requested when applying for access to the core facilities)</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="420236CF" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="002D47AD" w:rsidP="006174EF">
+          <w:p w14:paraId="420236CF" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC" w:rsidP="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="1715472324"/>
                 <w:placeholder>
                   <w:docPart w:val="511F37F35E6A054E94B829E8A58611DB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006174EF" w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rStyle w:val="Platshllartext"/>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DC93702" w14:textId="1BEC6C28" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="00CF7941">
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="5330"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F74D75" w:rsidRPr="004E20F0" w14:paraId="69A283F0" w14:textId="77777777" w:rsidTr="00E2416E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8210" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="4F0433"/>
           </w:tcPr>
           <w:p w14:paraId="1CB8690B" w14:textId="4D1189AD" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00F74D75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
@@ -1577,488 +1632,382 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F74D75" w:rsidRPr="004E20F0" w14:paraId="33A61AC4" w14:textId="77777777" w:rsidTr="00E2416E">
         <w:trPr>
           <w:trHeight w:val="472"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1AAC9031" w14:textId="6525FF7A" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="007C2D90">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk211332977"/>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ccess card</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> number</w:t>
             </w:r>
             <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="692460E5" w14:textId="7CE4D2FF" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="002D47AD">
+          <w:p w14:paraId="692460E5" w14:textId="7CE4D2FF" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="721104838"/>
                 <w:placeholder>
                   <w:docPart w:val="FD5EBC94E340074C8A9D1C488C179DCC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rStyle w:val="Platshllartext"/>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>See the back of the card, 13 digits.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2416E" w:rsidRPr="004E20F0" w14:paraId="0BFD38CA" w14:textId="77777777" w:rsidTr="00E2416E">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DB5367" w:rsidRPr="004E20F0" w14:paraId="648DA714" w14:textId="77777777" w:rsidTr="00DB5367">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5E0D21" w14:textId="4F80588E" w:rsidR="00E2416E" w:rsidRPr="004E20F0" w:rsidRDefault="00E2416E">
-[...21 lines deleted...]
-          <w:p w14:paraId="2F2A7CA9" w14:textId="0D995CDB" w:rsidR="00E2416E" w:rsidRPr="004E20F0" w:rsidRDefault="008119A6">
+          <w:p w14:paraId="058949F1" w14:textId="08774F65" w:rsidR="00DB5367" w:rsidRPr="004E20F0" w:rsidRDefault="00DB5367" w:rsidP="00F61584">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...17 lines deleted...]
-              </w:fldChar>
+              <w:t>Pin code</w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Dropdown2"/>
-            <w:r>
+            <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+              <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="002D47AD">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE64FBB" w14:textId="77777777" w:rsidR="00DB5367" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC" w:rsidP="00F61584">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...16 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:alias w:val="Klicka här"/>
+                <w:tag w:val="Klicka här"/>
+                <w:id w:val="602459099"/>
+                <w:placeholder>
+                  <w:docPart w:val="464F98296E9C4193BFF83010FA2BF19F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w15:appearance w15:val="hidden"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00DB5367" w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="en-GB"/>
+                  </w:rPr>
+                  <w:t>Write here.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="2"/>
       <w:tr w:rsidR="00F74D75" w:rsidRPr="004E20F0" w14:paraId="322E3C77" w14:textId="77777777" w:rsidTr="00E2416E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2E4433B8" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00F74D75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If other, specify:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0980EDC4" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="002D47AD">
+          <w:p w14:paraId="40CB5132" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRDefault="00B211BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="-1649663264"/>
                 <w:placeholder>
                   <w:docPart w:val="5B6FCE1B96456841942B50355EBCA047"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rStyle w:val="Platshllartext"/>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="0980EDC4" w14:textId="77777777" w:rsidR="00E217A2" w:rsidRPr="004E20F0" w:rsidRDefault="00E217A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18735CB6" w14:textId="7D48A2BA" w:rsidR="00CF7941" w:rsidRPr="004E20F0" w:rsidRDefault="00CF7941" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6697BDE4" w14:textId="77777777" w:rsidR="00CF7941" w:rsidRPr="004E20F0" w:rsidRDefault="00CF7941">
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22E66F4D" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00F74D75" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="441"/>
         <w:gridCol w:w="7762"/>
         <w:gridCol w:w="7"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A02D59" w:rsidRPr="004E20F0" w14:paraId="54E6865A" w14:textId="77777777" w:rsidTr="00A02D59">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8203" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="4F0433"/>
           </w:tcPr>
           <w:p w14:paraId="57F7B4F9" w14:textId="7E0CFC55" w:rsidR="00A02D59" w:rsidRPr="004E20F0" w:rsidRDefault="00A02D59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Access</w:t>
             </w:r>
             <w:r w:rsidR="00FF2546" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> to</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
-            </w:r>
-[...91 lines deleted...]
-              <w:t>, floor 5, and elevators</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008634BC" w:rsidRPr="004E20F0" w14:paraId="3ED43C2A" w14:textId="77777777" w:rsidTr="0061738A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="866711564"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -2071,51 +2020,51 @@
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7769" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7AAFA184" w14:textId="5FD200CD" w:rsidR="008634BC" w:rsidRPr="004E20F0" w:rsidRDefault="00FF2546" w:rsidP="008634BC">
+          <w:p w14:paraId="16380C8B" w14:textId="77777777" w:rsidR="008634BC" w:rsidRDefault="00FF2546" w:rsidP="008634BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00E436BC" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nner barrier in Neo floors 5-8</w:t>
             </w:r>
             <w:r w:rsidR="008E6A7D" w:rsidRPr="004E20F0">
               <w:rPr>
@@ -2168,4974 +2117,4820 @@
             <w:r w:rsidR="00E436BC" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>meeting rooms, lunchroom</w:t>
             </w:r>
             <w:r w:rsidR="00F85389" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00E436BC" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dressing rooms etc</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="7AAFA184" w14:textId="020AF689" w:rsidR="00E66CFA" w:rsidRPr="004E20F0" w:rsidRDefault="00E66CFA" w:rsidP="008634BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Common KI areas in Neo, floor5 and elevators</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008634BC" w:rsidRPr="004E20F0" w14:paraId="4C1A4904" w14:textId="77777777" w:rsidTr="0061738A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="321402060"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="441" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="15D9E9F7" w14:textId="61577A5F" w:rsidR="008634BC" w:rsidRPr="004E20F0" w:rsidRDefault="00EC49A4" w:rsidP="008634BC">
+              <w:p w14:paraId="15D9E9F7" w14:textId="79537C99" w:rsidR="008634BC" w:rsidRPr="004E20F0" w:rsidRDefault="007F3C22" w:rsidP="008634BC">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7769" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="63F15B28" w14:textId="6E3DFFA6" w:rsidR="008634BC" w:rsidRPr="004E20F0" w:rsidRDefault="009F035E" w:rsidP="008634BC">
+          <w:p w14:paraId="63F15B28" w14:textId="5A34674B" w:rsidR="008634BC" w:rsidRPr="004E20F0" w:rsidRDefault="009F035E" w:rsidP="008634BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Laboratory waste room (c</w:t>
             </w:r>
             <w:r w:rsidR="008634BC" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>hemical/biohazardous/radioactive</w:t>
             </w:r>
             <w:r w:rsidR="00063618" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="008634BC" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 331</w:t>
             </w:r>
-            <w:r w:rsidR="0020349B" w:rsidRPr="004E20F0">
+            <w:r w:rsidR="00463289">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00546B85">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>, 8810</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00463289">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3315 (includes 3317)</w:t>
             </w:r>
             <w:r w:rsidR="003C2E53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chemical storage</w:t>
+            </w:r>
+            <w:r w:rsidR="00463289">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F0C39C8" w14:textId="453D13DE" w:rsidR="003B7FEC" w:rsidRPr="004E20F0" w:rsidRDefault="003B7FEC" w:rsidP="0061738A">
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1411"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="14"/>
+        <w:gridCol w:w="8203"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1779716C" w14:textId="77777777" w:rsidTr="00DB1358">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1779716C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8196" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="8203" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="4F0433"/>
           </w:tcPr>
           <w:p w14:paraId="5FFD6786" w14:textId="3A32D3E2" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Rooms </w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>in Neo</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> that requires approval for access</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="23FB6CF3" w14:textId="77777777" w:rsidTr="00DB1358">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8217" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="3686"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="23FB6CF3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="605780AD" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17F069C2" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="444"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Access to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D15E315" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Room</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4BB591E4" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>User/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0FAABC03" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Responsible person/Approver</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="4EDFE742" w14:textId="77777777" w:rsidTr="00DB1358">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="4EDFE742" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1728216853"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7F8F600B" w14:textId="653AB92F" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="008119A6" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A6487EC" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 6150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3DBF413A" w14:textId="6392D385" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH</w:t>
             </w:r>
             <w:r w:rsidR="00664A24" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ICCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D361566" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Martin Bergö or Xiufeng Xu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="0432AF39" w14:textId="77777777" w:rsidTr="00DB1358">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="0432AF39" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="324480109"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
-              <w:p w14:paraId="7EB7BCE5" w14:textId="20C6A2AC" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00EC49A4" w:rsidP="00DC323A">
+              <w:p w14:paraId="7EB7BCE5" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69D688F0" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 6153</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="665040AB" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-ICCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2FCDC606" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Maria Eriksson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="0ADCEA24" w14:textId="77777777" w:rsidTr="00DB1358">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="0ADCEA24" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2778C56C" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5F3A7E0C" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62028CF1" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-GUT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16E5D9B0" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rongrong Fan</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eckardt Treuter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="09C8F9FD" w14:textId="77777777" w:rsidTr="00DB1358">
-[...107 lines deleted...]
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3AAEA558" w14:textId="77777777" w:rsidTr="00DB1358">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3AAEA558" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1587227558"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7E2B1E25" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57307D55" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 6155</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A450483" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-ICCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44CAFF3D" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Staffan Strömblad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="446E2A94" w14:textId="77777777" w:rsidTr="00DB1358">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="446E2A94" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="590A072B" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="70C1F388" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5BA88C5C" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CLINTEC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C1D8B19" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Marco Gerling</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="2AB87E32" w14:textId="77777777" w:rsidTr="00DB1358">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="2AB87E32" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51644A34" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F7F8FF3" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2BC215B3" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-ICCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FC74540" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Marie Jeansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="7B042975" w14:textId="77777777" w:rsidTr="00DB1358">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="7B042975" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-138426382"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="02CE04C2" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3499299E" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 6361</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="72DE7381" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-CeRM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B021C4A" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Luca Jovine</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="57E8D671" w14:textId="77777777" w:rsidTr="00DB1358">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="57E8D671" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-277496779"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="69B760E4" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B0D008B" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 6363</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7CDA95AE" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-HERM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="68AD3576" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34AD9" w:rsidRPr="00F34AD9" w14:paraId="077E430A" w14:textId="77777777" w:rsidTr="00F34AD9">
-[...137 lines deleted...]
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="55EE0BAA" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="55EE0BAA" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1478062434"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1A77A071" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7A52DE66" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 6557</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="582AD69B" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-GUT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E77D331" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Peter Swoboda, Rongrong Fan or </w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Eckardt Treuter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1125F01F" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1125F01F" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1654898524"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2842652E" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1630692F" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 6559</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A3FF0E3" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-CeRM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="620912DF" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nina Kronqvist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="7313012C" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="7313012C" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="847069574"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="77799972" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0F008F7F" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Virus room 6560</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="238DAFF7" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CLINTEC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0DA44C62" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pauliina Damdimopoulou</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="380C1BFA" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="380C1BFA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3B20F051" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79B02C83" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="76A89CAA" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-GUT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D8F285C" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rongrong Fan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="6971E51E" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="6971E51E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="439A1565" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="093399CA" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B9F828C" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-HERM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="515FF61F" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3E8EB511" w14:textId="77777777" w:rsidTr="00F34AD9">
-[...236 lines deleted...]
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="57C50878" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="57C50878" w14:textId="77777777" w:rsidTr="00212EC0">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="2030990466"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="5456179F" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="05D5151E" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 7559</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A97D805" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CLINTEC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E471388" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Karolina Kublickiene</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="606B0583" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="606B0583" w14:textId="77777777" w:rsidTr="00212EC0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3CE2C90C" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6347A8F3" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F295914" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-ICCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="004B3633" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eva Wärdell</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="26A4B07F" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="26A4B07F" w14:textId="77777777" w:rsidTr="00212EC0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="04BF5B45" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3C1D1E6A" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="442492C3" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NVS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A1F1CE7" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sumonto Mitra or Isabel Runneberger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="2FCE75C7" w14:textId="77777777" w:rsidTr="00F34AD9">
-[...131 lines deleted...]
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="374AF95C" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="374AF95C" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1106539826"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1E892052" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="0DA9B924" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 7150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43305B44" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-HERM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="312A1A98" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="720CD8DA" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="720CD8DA" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1595291844"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="524D047B" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FB1B627" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 7153</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0FA5DD59" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-HERM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69295773" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3E4B7200" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3E4B7200" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-59409014"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="71E8099F" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6DC5FE49" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cell room 7155</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5FB93B84" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-HERM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="602D20AD" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1884D3D2" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1884D3D2" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="2131281117"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6F614C14" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02B0928E" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chemical storage 6039</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4AF30BA8" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6912FD1B" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elisabeth Raschperger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3675353B" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3675353B" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-926033821"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="3ABEDF0E" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="477FE5AA" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chemical storage 6634</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="109A92D6" w14:textId="5693C82B" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14FFDAAF" w14:textId="2873D204" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00B002CC" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elisabeth Raschperger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="68AA9C58" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="68AA9C58" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1370135883"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4987E11D" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CD3F6B7" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chemical storage 7039</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6AACBADF" w14:textId="3440BBC1" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-HERM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F89E888" w14:textId="4F02B7A7" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00B002CC" w:rsidP="00FE6E29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="6D3D47FC" w14:textId="77777777" w:rsidTr="00F34AD9">
+      <w:tr w:rsidR="007815D8" w:rsidRPr="004E20F0" w14:paraId="37CBC980" w14:textId="77777777" w:rsidTr="00D70559">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="604235818"/>
+            <w:id w:val="58523623"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
-              <w:p w14:paraId="743CCE3B" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+              <w:p w14:paraId="3834C434" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC0ADB6" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="5B57BEF4" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E20F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Chemical storage 7634</w:t>
+              <w:t>Isotoplab 7382</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="09D4F7C3" w14:textId="70B0BB81" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="50457C18" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="00861704" w:rsidRDefault="00B211BC" w:rsidP="00D70559">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E20F0">
-[...16 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:alias w:val="Klicka här"/>
+                <w:tag w:val="Klicka här"/>
+                <w:id w:val="565377687"/>
+                <w:placeholder>
+                  <w:docPart w:val="A6B5D9CBBEFD4F1CA3E0445620E5F1B3"/>
+                </w:placeholder>
+                <w15:appearance w15:val="hidden"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:alias w:val="Klicka här"/>
+                    <w:tag w:val="Klicka här"/>
+                    <w:id w:val="-1878764211"/>
+                    <w:placeholder>
+                      <w:docPart w:val="CC8AA18A84094B4597C69D36D68708B2"/>
+                    </w:placeholder>
+                    <w15:appearance w15:val="hidden"/>
+                  </w:sdtPr>
+                  <w:sdtEndPr/>
+                  <w:sdtContent>
+                    <w:r w:rsidR="007815D8" w:rsidRPr="00861704">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Ge</w:t>
+                    </w:r>
+                    <w:r w:rsidR="007815D8">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>n</w:t>
+                    </w:r>
+                    <w:r w:rsidR="007815D8" w:rsidRPr="00861704">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>eral</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A31A2BF" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="14B67C50" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elisabeth Raschperger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="4ADD90DA" w14:textId="77777777" w:rsidTr="00957CE0">
+      <w:tr w:rsidR="007815D8" w:rsidRPr="004E20F0" w14:paraId="5CF8714A" w14:textId="77777777" w:rsidTr="007815D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="1249313527"/>
+            <w:id w:val="-1683123896"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1411" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="0168B1BF" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
-[...785 lines deleted...]
-              <w:p w14:paraId="7789EEA3" w14:textId="2A05FE91" w:rsidR="00DB1358" w:rsidRDefault="00DB1358" w:rsidP="00FE6E29">
+              <w:p w14:paraId="345F777D" w14:textId="77777777" w:rsidR="007815D8" w:rsidRDefault="007815D8" w:rsidP="00D70559">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0194DB2E" w14:textId="30E855C6" w:rsidR="00DB1358" w:rsidRDefault="00DB1358" w:rsidP="00FE6E29">
-[...149 lines deleted...]
-          <w:p w14:paraId="3380F0FE" w14:textId="1894BD49" w:rsidR="003B6441" w:rsidRPr="004E20F0" w:rsidRDefault="0010479E" w:rsidP="00FE6E29">
+          <w:p w14:paraId="4D77CBFA" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> room/s:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A9FE16" w14:textId="7CB7C434" w:rsidR="003B6441" w:rsidRDefault="002D47AD" w:rsidP="00FE6E29">
+          <w:p w14:paraId="07D9204C" w14:textId="77777777" w:rsidR="007815D8" w:rsidRDefault="00B211BC" w:rsidP="00D70559">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="-1272012877"/>
                 <w:placeholder>
-                  <w:docPart w:val="514CD6136C2C4734B16AD445F535C713"/>
+                  <w:docPart w:val="0488044CC26D42F6BA6E889EAFCC6ADF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0010479E" w:rsidRPr="006A5B04">
+                <w:r w:rsidR="007815D8" w:rsidRPr="006A5B04">
                   <w:rPr>
-                    <w:rStyle w:val="Platshllartext"/>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38858C93" w14:textId="14D71AB7" w:rsidR="003B6441" w:rsidRPr="004E20F0" w:rsidRDefault="003B6441" w:rsidP="00FE6E29">
+          <w:p w14:paraId="2FB8BB5B" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elisabeth Raschperger</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="6D3D47FC" w14:textId="77777777">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="604235818"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="743CCE3B" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC0ADB6" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chemical storage 7634</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D4F7C3" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>General</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A31A2BF" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Elisabeth Raschperger</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="4ADD90DA" w14:textId="77777777" w:rsidTr="00553D45">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="1249313527"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:tcPr>
+              <w:p w14:paraId="0168B1BF" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="287794B3" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>BEA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E90663B" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MedH-GUT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54AEA42F" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fredrik Fagerström-Billai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="1E841B3C" w14:textId="77777777" w:rsidTr="00553D45">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="-1405292708"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="6102FE6E" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="sv-SE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE7B234" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Freezer facility</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35AC527A" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MedH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE4E724" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Erik Lundgren</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F53A37" w:rsidRPr="004E20F0" w14:paraId="0C9B1757" w14:textId="77777777" w:rsidTr="004724E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0788C828" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRDefault="00F53A37" w:rsidP="00F53A37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="257351C4" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54149EA0" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36163279" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="66EE1DE6" w14:textId="77777777" w:rsidTr="00553D45">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="376045477"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:tcPr>
+              <w:p w14:paraId="4D158764" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF7E2D1" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LCI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C53D73" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MedH-ICCA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED3303B" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gabriela Imreh or Sylvie Le </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Guyader</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8217" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="4678"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D0060B" w:rsidRPr="004E20F0" w14:paraId="243040A3" w14:textId="4860A6BE" w:rsidTr="004724E5">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDEB187" w14:textId="77777777" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">From:  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Heading1Char"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              <w:color w:val="808080"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:id w:val="-37663810"/>
+            <w:placeholder>
+              <w:docPart w:val="41AF899FAF87495F8BE4DB73A61769FE"/>
+            </w:placeholder>
+            <w:date>
+              <w:dateFormat w:val="yyyy-MM-dd"/>
+              <w:lid w:val="sv-SE"/>
+              <w:storeMappedDataAs w:val="dateTime"/>
+              <w:calendar w:val="gregorian"/>
+            </w:date>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Heading1Char"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2126" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="794D43D5" w14:textId="77777777" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rStyle w:val="Heading1Char"/>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                    <w:color w:val="808080"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="en-GB"/>
+                  </w:rPr>
+                  <w:t>Click and add a date.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE9A86E" w14:textId="7085AFB2" w:rsidR="00D0060B" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Heading1Char"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Heading1Char"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Heading1Char"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ax </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Heading1Char"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Heading1Char"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Heading1Char"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>months</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D0060B" w:rsidRPr="004E20F0" w14:paraId="3DC04C87" w14:textId="55ACAC65" w:rsidTr="004724E5">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2E70CF" w14:textId="68D01821" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>To</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Heading1Char"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              <w:color w:val="808080"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:id w:val="552822557"/>
+            <w:placeholder>
+              <w:docPart w:val="BD76235FE1AC424FA3DBB2EE2BAA6EDF"/>
+            </w:placeholder>
+            <w:date>
+              <w:dateFormat w:val="yyyy-MM-dd"/>
+              <w:lid w:val="sv-SE"/>
+              <w:storeMappedDataAs w:val="dateTime"/>
+              <w:calendar w:val="gregorian"/>
+            </w:date>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Heading1Char"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2126" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="03AA77BD" w14:textId="77777777" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rStyle w:val="Heading1Char"/>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                    <w:color w:val="808080"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="en-GB"/>
+                  </w:rPr>
+                  <w:t>Click and add a date.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5E8664" w14:textId="77777777" w:rsidR="00D0060B" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Heading1Char"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8217" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="3686"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F53A37" w:rsidRPr="00B211BC" w14:paraId="2C9BEDBB" w14:textId="77777777" w:rsidTr="006F549F">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="4F0433" w:themeColor="accent1"/>
+              <w:spacing w:val="-4"/>
+              <w:kern w:val="56"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="sv-SE"/>
+            </w:rPr>
+            <w:id w:val="122657084"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="2BC16AC3" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="36297B0E" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>FACS room 7130A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7062951C" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MedH-HERM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="10FF48E3" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Belinda Pannagel or </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Narmadha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Subramanian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F53A37" w:rsidRPr="00B211BC" w14:paraId="02CE0056" w14:textId="77777777" w:rsidTr="00F53A37">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="-378397428"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1413" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="21F71FAE" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="sv-SE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2087171A" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>FACS room 7130A+B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="798DFF75" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MedH-HERM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="578E227D" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Belinda Pannagel or Narmadha Subramanian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="31DA6806" w14:textId="77777777" w:rsidTr="006F549F">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="-887876545"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="57FDF1EC" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004E20F0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4436BDC1" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SICOF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="031A78D9" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MedH-ICCA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="299AC73E" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E20F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sonja Gustafsson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69130B35" w14:textId="0AA43D8B" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="00C1236E" w:rsidP="00BD65D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="210DC825" w14:textId="77777777" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
@@ -7173,151 +6968,151 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Signatures requested by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54CDC682" w14:textId="77777777" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="754553D9" w14:textId="0432A9DA" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsible </w:t>
       </w:r>
       <w:r w:rsidR="002F5E6C" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PI/</w:t>
       </w:r>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">line manager </w:t>
       </w:r>
       <w:r w:rsidRPr="001A1B88">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in Neo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7718F89E" w14:textId="77777777" w:rsidR="00D375F0" w:rsidRPr="004E20F0" w:rsidRDefault="0099757C" w:rsidP="0099757C">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">When signing, the PI/line manager certifies that the person to be granted access </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59647EF8" w14:textId="77777777" w:rsidR="00D375F0" w:rsidRPr="004E20F0" w:rsidRDefault="0099757C" w:rsidP="00D375F0">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been informed </w:t>
       </w:r>
       <w:r w:rsidR="00D375F0" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>about the access application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6869A576" w14:textId="08EAAF49" w:rsidR="00AC47B7" w:rsidRPr="004E20F0" w:rsidRDefault="00AC47B7" w:rsidP="00D375F0">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has completed the web-based course </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="004E20F0">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
@@ -7345,221 +7140,192 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>simplified version for admin personnel</w:t>
       </w:r>
       <w:r w:rsidR="001644C6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="001906FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FAEAEE1" w14:textId="2337DD24" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="00D375F0" w:rsidP="0061738A">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Signature by PI/line manager is n</w:t>
       </w:r>
       <w:r w:rsidR="0061738A" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ot mandatory if applying only for core facility access.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B77E219" w14:textId="11D5346A" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
+    <w:p w14:paraId="6B77E219" w14:textId="59D9A6C8" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Room specific responsible person/approver </w:t>
-[...8 lines deleted...]
-        <w:t>in Neo</w:t>
+        <w:t>Room specific responsible person/approver in Neo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7129DCBA" w14:textId="77777777" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If access is required to more than one room with different approvers, all approvers must sign.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22075F4F" w14:textId="77777777" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE0309F" w14:textId="77777777" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26B5EBDA" w14:textId="3F8CA650" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
+    <w:p w14:paraId="26B5EBDA" w14:textId="77777777" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Submit application</w:t>
+        <w:t>3, Submit application</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C25C47E" w14:textId="77777777" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FEFD563" w14:textId="71C2C90B" w:rsidR="0061738A" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Send in the fully filled out and signed access form to Neo Service team (</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="004E20F0">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>serviceteam-neo@ki.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="007204EE" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The team will inform you as soon as your card is activated.</w:t>
       </w:r>
     </w:p>
@@ -7569,199 +7335,199 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E1BB412" w14:textId="49C00A4C" w:rsidR="00C86225" w:rsidRDefault="00C86225" w:rsidP="0061738A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>How to fill in the form:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054CCE54" w14:textId="0A454C9A" w:rsidR="00C86225" w:rsidRDefault="00C86225" w:rsidP="00C86225">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Download this document.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31520E62" w14:textId="1F986C91" w:rsidR="00C86225" w:rsidRDefault="00C86225" w:rsidP="00C86225">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enable e</w:t>
       </w:r>
       <w:r w:rsidRPr="00C86225">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>diting in word for this document</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D03CF54" w14:textId="186D6690" w:rsidR="00C86225" w:rsidRDefault="00C86225" w:rsidP="00C86225">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fill in the form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="517B864A" w14:textId="380458DC" w:rsidR="00C86225" w:rsidRDefault="00C86225" w:rsidP="00C86225">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Save the file as a PDF file in Word.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D38E21E" w14:textId="2787522D" w:rsidR="00C86225" w:rsidRDefault="00C86225" w:rsidP="00C86225">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Send the PDF-form to Edusign. (You will find that on the KI Webpage)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73615899" w14:textId="0E6EA4CC" w:rsidR="00C86225" w:rsidRPr="006A5B04" w:rsidRDefault="00C86225" w:rsidP="00C86225">
       <w:pPr>
-        <w:pStyle w:val="Liststycke"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Send the documents to </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="004E20F0">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>serviceteam-neo@ki.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="141A6F25" w14:textId="77777777" w:rsidR="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="006A5B04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0673548B" w14:textId="77777777" w:rsidR="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="006A5B04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7772,284 +7538,230 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F6EAB30" w14:textId="77777777" w:rsidR="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="006A5B04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7110C3E1" w14:textId="77777777" w:rsidR="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="006A5B04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="096E739A" w14:textId="77777777" w:rsidR="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="006A5B04">
+    <w:p w14:paraId="48EAB6DF" w14:textId="2A087970" w:rsidR="006A5B04" w:rsidRPr="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="001F2D2B">
       <w:pPr>
-        <w:rPr>
-[...53 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:ind w:left="7200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A5B04">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>V2025-0</w:t>
       </w:r>
-      <w:r w:rsidR="00D479E6">
+      <w:r w:rsidR="00212EC0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A5B04" w:rsidRPr="006A5B04" w:rsidSect="003B4DFC">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="936" w:right="1418" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B7029C3" w14:textId="77777777" w:rsidR="002D47AD" w:rsidRDefault="002D47AD" w:rsidP="001636A9">
+    <w:p w14:paraId="41099A2D" w14:textId="77777777" w:rsidR="00344DF7" w:rsidRDefault="00344DF7" w:rsidP="001636A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37346E1C" w14:textId="77777777" w:rsidR="002D47AD" w:rsidRDefault="002D47AD" w:rsidP="001636A9">
+    <w:p w14:paraId="64ED3CE7" w14:textId="77777777" w:rsidR="00344DF7" w:rsidRDefault="00344DF7" w:rsidP="001636A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
-    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
-    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CC38B1F" w14:textId="77777777" w:rsidR="002D47AD" w:rsidRDefault="002D47AD" w:rsidP="001636A9">
+    <w:p w14:paraId="5020008C" w14:textId="77777777" w:rsidR="00344DF7" w:rsidRDefault="00344DF7" w:rsidP="001636A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18BC4914" w14:textId="77777777" w:rsidR="002D47AD" w:rsidRDefault="002D47AD" w:rsidP="001636A9">
+    <w:p w14:paraId="05E13F01" w14:textId="77777777" w:rsidR="00344DF7" w:rsidRDefault="00344DF7" w:rsidP="001636A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="511BF5E0" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="0061653D" w:rsidP="00835DDF">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F678EC6" wp14:editId="02DD1BC6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5816600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>312943</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1043940" cy="327025"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Textruta 7">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -8192,51 +7904,51 @@
                               <w:bCs/>
                             </w:rPr>
                             <w:t>)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3F678EC6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 7" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458pt;margin-top:24.65pt;width:82.2pt;height:25.75pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB009ZpKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8tasRp8hSZBgQ&#10;tAXSoWdFlhMDsqhJTOzs14+SnSbrdhp2kUmReiQfSc/u21qzo3K+ApPz4SDlTBkJRWV2Of/+svr0&#10;mTOPwhRCg1E5PynP7+cfP8wam6kR7EEXyjECMT5rbM73iDZLEi/3qhZ+AFYZMpbgaoGkul1SONEQ&#10;eq2TUZreJA24wjqQynu6feiMfB7xy1JJfCpLr5DpnFNuGE8Xz204k/lMZDsn7L6SfRriH7KoRWUo&#10;6BvUg0DBDq76A6qupAMPJQ4k1AmUZSVVrIGqGabvqtnshVWxFiLH2zea/P+DlY/HjX12DNsv0FID&#10;AyGN9Zmny1BPW7o6fClTRnai8PRGm2qRyfAonYzvJmSSZBuPbtPRNMAkl9fWefyqoGZByLmjtkS2&#10;xHHtsXM9u4RgHnRVrCqtoxJGQS21Y0dBTdQYcyTw37y0YU3Ob8bTNAIbCM87ZG0ol0tNQcJ22/aF&#10;bqE4Uf0OutHwVq4qSnItPD4LR7NAddF84xMdpQYKAr3E2R7cz7/dB39qEVk5a2i2cu5/HIRTnOlv&#10;hpp3N5wEujAqk+ntiBR3bdleW8yhXgJVPqRNsjKKwR/1WSwd1K+0BosQlUzCSIqdczyLS+wmntZI&#10;qsUiOtH4WYFrs7EyQAemQwte2lfhbN8npA4/wnkKRfauXZ1veGlgcUAoq9jLQHDHas87jW6chn7N&#10;wm5c69Hr8jOY/wIAAP//AwBQSwMEFAAGAAgAAAAhAD7xfyTiAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1lbggapeUkoY4FUJAJW400IqbG2+TiHgdxW4S/h7nBLdZzWj2TboZ&#10;TcN67FxtScJiLoAhFVbXVEr4yF9uYmDOK9KqsYQSftDBJru8SFWi7UDv2O98yUIJuURJqLxvE85d&#10;UaFRbm5bpOCdbGeUD2dXct2pIZSbht8KseJG1RQ+VKrFpwqL793ZSPi6Lg9vbnz9HKK7qH3e9vn9&#10;XudSXs3GxwdgHkf/F4YJP6BDFpiO9kzasUbCerEKW7yE5ToCNgVELJbAjpMSMfAs5f83ZL8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdNPWaSsCAABUBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPvF/JOIAAAALAQAADwAAAAAAAAAAAAAAAACF&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="07CA52D2" w14:textId="77777777" w:rsidR="0082169F" w:rsidRPr="00E72567" w:rsidRDefault="0082169F" w:rsidP="0061653D">
                     <w:pPr>
                       <w:pStyle w:val="Rubrikliten"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Sid</w:t>
                     </w:r>
                     <w:r w:rsidR="00A9264E">
@@ -8329,54 +8041,54 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E1CC227" w14:textId="77777777" w:rsidR="00A9264E" w:rsidRPr="0082169F" w:rsidRDefault="00A9264E" w:rsidP="00835DDF">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="418FC573" wp14:editId="4396B5D4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5818505</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>266700</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1044000" cy="327600"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textruta 1">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -8519,51 +8231,51 @@
                               <w:bCs/>
                             </w:rPr>
                             <w:t>)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="418FC573" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 1" o:spid="_x0000_s1027" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458.15pt;margin-top:21pt;width:82.2pt;height:25.8pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzR+sSLQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykadoZcYosRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiIfHz196BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;T4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMOiW4hgXcum1WOdYi&#10;eqOzUZ5PshZcZR1w4T2ePvZOOkv4UgoenqX0IhBdUswtpNWldRPXbDZlxdYxWyt+TIP9QxYNUwYf&#10;PUM9ssDIzqk/oBrFHXiQYcChyUBKxUWqAasZ5u+qWdfMilQLkuPtmSb//2D5035tXxwJ3RfosIGR&#10;kNb6wuNhrKeTrolfzJSgHyk8nGkTXSA8XsrH4zxHF0ffzehugjbCZJfb1vnwVUBDolFSh21JbLH9&#10;yoc+9BQSH/OgVbVUWqdNlIJYaEf2DJuoQ8oRwX+L0oa0JZ3c3OYJ2EC83iNrg7lcaopW6DYdUdVV&#10;vRuoDkiDg14h3vKlwlxXzIcX5lASWB7KPDzjIjXgW3C0KKnB/fzbeYzHTqGXkhYlVlL/Y8ecoER/&#10;M9jDz0PkDTWZNuPbuxFu3LVnc+0xu2YBSMAQB8ryZMb4oE+mdNC84TTM46voYobj2yUNJ3MReuHj&#10;NHExn6cgVKFlYWXWlkfoSHjsxGv3xpw9titgo5/gJEZWvOtaHxtvGpjvAkiVWhp57lk90o8KTqI4&#10;Tlscket9irr8E2a/AAAA//8DAFBLAwQUAAYACAAAACEAQBqGD+EAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU+DQBCF7yb+h82YeDHt0qK0IktjjNrEm6VqvG3ZEYjsLGG3gP/e6UmPk/flzfey&#10;zWRbMWDvG0cKFvMIBFLpTEOVgn3xNFuD8EGT0a0jVPCDHjb5+VmmU+NGesVhFyrBJeRTraAOoUul&#10;9GWNVvu565A4+3K91YHPvpKm1yOX21YuoyiRVjfEH2rd4UON5ffuaBV8XlUfL356fhvjm7h73A7F&#10;6t0USl1eTPd3IAJO4Q+Gkz6rQ85OB3ck40Wr4HaRxIwquF7yphMQraMViANHcQIyz+T/CfkvAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADNH6xItAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEAahg/hAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;hwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="58AE2B28" w14:textId="77777777" w:rsidR="00A9264E" w:rsidRPr="00E72567" w:rsidRDefault="00A9264E" w:rsidP="0061653D">
                     <w:pPr>
                       <w:pStyle w:val="Rubrikliten"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Sid</w:t>
                     </w:r>
                     <w:r>
@@ -8656,59 +8368,59 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="92E858BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Numreradlista5"/>
+      <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="24BA7D30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
@@ -8733,114 +8445,114 @@
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="92647548"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8D1E331C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista5"/>
+      <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EDCEA0F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista4"/>
+      <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E82C9920"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista3"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F8F80610"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista2"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="738E9D4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
@@ -9082,51 +8794,51 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="270E7ED0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="082E321E"/>
     <w:name w:val="bullet"/>
     <w:styleLink w:val="ListaPunkt"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="- "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -9294,51 +9006,51 @@
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A78476D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="28A4A848"/>
     <w:name w:val="numeredlist"/>
     <w:styleLink w:val="ListaNumrerad"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Numreradlista"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9417,51 +9129,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ABA360C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="28A4A848"/>
     <w:name w:val="bullet22"/>
     <w:numStyleLink w:val="ListaNumrerad"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DEF3679"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="38744236"/>
     <w:name w:val="alista"/>
     <w:styleLink w:val="Listaa"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:pStyle w:val="Lista"/>
+      <w:pStyle w:val="List"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="357"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -9793,761 +9505,789 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Rubrik4-Numreard"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:pStyle w:val="Lista2"/>
+      <w:pStyle w:val="List2"/>
       <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:pStyle w:val="Lista3"/>
+      <w:pStyle w:val="List3"/>
       <w:lvlText w:val="(%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Numreradlista2"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="553008215">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2087920465">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="698043967">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1365054769">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="815684495">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1270309785">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2115056067">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2061519055">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="475146039">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="365329178">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1913462437">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1237283219">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1031688213">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="899368118">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1705326040">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1824856842">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="997197110">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1324815446">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1411777226">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="862042">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="2023890486">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="nltA1+UpRJkt1Qblm5MLLq+evH1kLbga5FX0k1KyqxiObad/GcWuhv7g1xZ+RECzdkxR+ViFSf4fKHObTC6JYQ==" w:salt="4yloUV2FD+KAibAcdK5rxQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ylMuCXEOIM/Af3CRwrMyPDwaWvFn255fYF/uJ0RC2i5jXZWp+CRCatLBmHA0y2GJqmOqVcQa7tY0FJVwGpS3Lg==" w:salt="cOfiSYZRXdcUJ44jpoXKgA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006174EF"/>
     <w:rsid w:val="00001294"/>
+    <w:rsid w:val="00006D7B"/>
     <w:rsid w:val="000175CD"/>
     <w:rsid w:val="00036AAF"/>
     <w:rsid w:val="00043E74"/>
     <w:rsid w:val="00045ED9"/>
+    <w:rsid w:val="00050673"/>
     <w:rsid w:val="000527BA"/>
     <w:rsid w:val="00062AD3"/>
     <w:rsid w:val="00063618"/>
     <w:rsid w:val="000704DF"/>
     <w:rsid w:val="000717EF"/>
     <w:rsid w:val="00091655"/>
     <w:rsid w:val="00092A7D"/>
     <w:rsid w:val="000A108F"/>
     <w:rsid w:val="000A7860"/>
     <w:rsid w:val="000B5C1E"/>
     <w:rsid w:val="000B64D9"/>
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="000C1300"/>
     <w:rsid w:val="000C6224"/>
     <w:rsid w:val="000D40E5"/>
     <w:rsid w:val="000D65C9"/>
     <w:rsid w:val="000E7B81"/>
     <w:rsid w:val="000F1D9B"/>
     <w:rsid w:val="000F4A5C"/>
     <w:rsid w:val="00100472"/>
     <w:rsid w:val="0010479E"/>
     <w:rsid w:val="00106E50"/>
     <w:rsid w:val="00112C67"/>
+    <w:rsid w:val="001141A0"/>
     <w:rsid w:val="001157F6"/>
     <w:rsid w:val="00115AFE"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="00130604"/>
     <w:rsid w:val="001318E5"/>
     <w:rsid w:val="00145D85"/>
     <w:rsid w:val="001636A9"/>
     <w:rsid w:val="001644C6"/>
     <w:rsid w:val="00166247"/>
     <w:rsid w:val="001725A4"/>
     <w:rsid w:val="00173B0C"/>
     <w:rsid w:val="00176444"/>
     <w:rsid w:val="00177D2A"/>
     <w:rsid w:val="00185ECB"/>
     <w:rsid w:val="001906FD"/>
     <w:rsid w:val="001929D4"/>
     <w:rsid w:val="00195DBC"/>
     <w:rsid w:val="001A18A7"/>
     <w:rsid w:val="001A1B88"/>
     <w:rsid w:val="001A4234"/>
     <w:rsid w:val="001A7262"/>
     <w:rsid w:val="001B6A16"/>
     <w:rsid w:val="001E7423"/>
     <w:rsid w:val="001F2367"/>
+    <w:rsid w:val="001F2D2B"/>
     <w:rsid w:val="0020349B"/>
+    <w:rsid w:val="00212EC0"/>
     <w:rsid w:val="00223612"/>
     <w:rsid w:val="002249A0"/>
     <w:rsid w:val="00236112"/>
     <w:rsid w:val="00236CB1"/>
     <w:rsid w:val="00246208"/>
     <w:rsid w:val="00247B0D"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="002635EC"/>
     <w:rsid w:val="002644FB"/>
     <w:rsid w:val="0026714A"/>
     <w:rsid w:val="002768B5"/>
     <w:rsid w:val="00282B84"/>
     <w:rsid w:val="00296E44"/>
     <w:rsid w:val="002A0065"/>
     <w:rsid w:val="002A660D"/>
     <w:rsid w:val="002B3B00"/>
     <w:rsid w:val="002B5D9E"/>
-    <w:rsid w:val="002D47AD"/>
     <w:rsid w:val="002E27C9"/>
     <w:rsid w:val="002F145D"/>
     <w:rsid w:val="002F313E"/>
     <w:rsid w:val="002F5E6C"/>
     <w:rsid w:val="002F79D1"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="003101B4"/>
     <w:rsid w:val="0031655E"/>
     <w:rsid w:val="00321766"/>
     <w:rsid w:val="00326D38"/>
     <w:rsid w:val="0033241B"/>
     <w:rsid w:val="00344DF7"/>
     <w:rsid w:val="00350838"/>
     <w:rsid w:val="00352FF6"/>
     <w:rsid w:val="003572A6"/>
     <w:rsid w:val="00362A69"/>
     <w:rsid w:val="003656DA"/>
     <w:rsid w:val="003724E7"/>
     <w:rsid w:val="003731DA"/>
     <w:rsid w:val="00376A40"/>
     <w:rsid w:val="003800D4"/>
     <w:rsid w:val="00391B76"/>
     <w:rsid w:val="003926FD"/>
     <w:rsid w:val="00394AEB"/>
     <w:rsid w:val="003B042B"/>
     <w:rsid w:val="003B0E0E"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B4DFC"/>
     <w:rsid w:val="003B5B20"/>
     <w:rsid w:val="003B6441"/>
     <w:rsid w:val="003B7FEC"/>
     <w:rsid w:val="003C2C01"/>
     <w:rsid w:val="003C2E53"/>
     <w:rsid w:val="003D0F77"/>
     <w:rsid w:val="003D460B"/>
     <w:rsid w:val="003D47BE"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
     <w:rsid w:val="003E584F"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="00410E66"/>
     <w:rsid w:val="00414526"/>
     <w:rsid w:val="00415253"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="0042733D"/>
     <w:rsid w:val="00427A2A"/>
     <w:rsid w:val="00437D71"/>
-    <w:rsid w:val="00451E6C"/>
+    <w:rsid w:val="004544D2"/>
+    <w:rsid w:val="00463289"/>
     <w:rsid w:val="004702A9"/>
     <w:rsid w:val="0047234D"/>
+    <w:rsid w:val="004724E5"/>
     <w:rsid w:val="00472F29"/>
     <w:rsid w:val="00482FE4"/>
     <w:rsid w:val="00485B0D"/>
     <w:rsid w:val="004921C3"/>
     <w:rsid w:val="004B272C"/>
     <w:rsid w:val="004B48F3"/>
     <w:rsid w:val="004B7D08"/>
     <w:rsid w:val="004C7181"/>
     <w:rsid w:val="004D0D2D"/>
     <w:rsid w:val="004D2493"/>
     <w:rsid w:val="004D2686"/>
     <w:rsid w:val="004E12BA"/>
     <w:rsid w:val="004E20F0"/>
     <w:rsid w:val="004F5392"/>
     <w:rsid w:val="00500723"/>
     <w:rsid w:val="00500D0D"/>
     <w:rsid w:val="00503AEF"/>
     <w:rsid w:val="00511CE4"/>
     <w:rsid w:val="00522C09"/>
     <w:rsid w:val="0052475C"/>
     <w:rsid w:val="00530095"/>
     <w:rsid w:val="0053478B"/>
     <w:rsid w:val="00542BAE"/>
     <w:rsid w:val="00544DCC"/>
     <w:rsid w:val="005454BF"/>
     <w:rsid w:val="00546B85"/>
     <w:rsid w:val="005509E3"/>
+    <w:rsid w:val="00553D45"/>
     <w:rsid w:val="00561879"/>
-    <w:rsid w:val="00561BE7"/>
     <w:rsid w:val="00571713"/>
     <w:rsid w:val="00582266"/>
     <w:rsid w:val="005831F6"/>
     <w:rsid w:val="00592C34"/>
     <w:rsid w:val="005A09E2"/>
     <w:rsid w:val="005A79B7"/>
     <w:rsid w:val="005D3A2C"/>
     <w:rsid w:val="005D6A45"/>
     <w:rsid w:val="005D7209"/>
     <w:rsid w:val="005D7F00"/>
     <w:rsid w:val="005E1933"/>
     <w:rsid w:val="005E555A"/>
     <w:rsid w:val="005E744D"/>
     <w:rsid w:val="005F281B"/>
     <w:rsid w:val="005F6DE9"/>
     <w:rsid w:val="005F7EEF"/>
     <w:rsid w:val="0061515E"/>
     <w:rsid w:val="00615576"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="0061666A"/>
     <w:rsid w:val="0061738A"/>
     <w:rsid w:val="006174EF"/>
     <w:rsid w:val="00622BD8"/>
     <w:rsid w:val="00627E5F"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="00644B3E"/>
     <w:rsid w:val="00644CE8"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="00657F21"/>
     <w:rsid w:val="00660CF3"/>
     <w:rsid w:val="00664A24"/>
     <w:rsid w:val="00670D66"/>
     <w:rsid w:val="00674F14"/>
     <w:rsid w:val="00685373"/>
     <w:rsid w:val="00690212"/>
+    <w:rsid w:val="00697432"/>
     <w:rsid w:val="006A5B04"/>
     <w:rsid w:val="006B2C6D"/>
     <w:rsid w:val="006B2CA1"/>
     <w:rsid w:val="006B40E4"/>
     <w:rsid w:val="006E29FD"/>
     <w:rsid w:val="006F0EB0"/>
     <w:rsid w:val="006F196B"/>
+    <w:rsid w:val="006F549F"/>
     <w:rsid w:val="0070438C"/>
     <w:rsid w:val="00706144"/>
     <w:rsid w:val="0071001F"/>
     <w:rsid w:val="0071023A"/>
     <w:rsid w:val="007204EE"/>
     <w:rsid w:val="007237FF"/>
     <w:rsid w:val="007241EB"/>
     <w:rsid w:val="00724244"/>
     <w:rsid w:val="00725F1C"/>
     <w:rsid w:val="00732B16"/>
     <w:rsid w:val="007337FB"/>
+    <w:rsid w:val="00773A7B"/>
     <w:rsid w:val="00775674"/>
+    <w:rsid w:val="007815D8"/>
     <w:rsid w:val="00787E28"/>
+    <w:rsid w:val="00793CC2"/>
     <w:rsid w:val="007949CE"/>
     <w:rsid w:val="007972D4"/>
     <w:rsid w:val="007A1B26"/>
     <w:rsid w:val="007A2169"/>
     <w:rsid w:val="007A410C"/>
     <w:rsid w:val="007B7981"/>
     <w:rsid w:val="007C2D90"/>
     <w:rsid w:val="007C410F"/>
     <w:rsid w:val="007C64A6"/>
     <w:rsid w:val="007D29B0"/>
     <w:rsid w:val="007D2D62"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007D7880"/>
+    <w:rsid w:val="007D7A3D"/>
     <w:rsid w:val="007D7C2B"/>
     <w:rsid w:val="007E1C1E"/>
     <w:rsid w:val="007E1E9A"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="007F1A58"/>
     <w:rsid w:val="007F3C22"/>
     <w:rsid w:val="008005A2"/>
     <w:rsid w:val="00802E55"/>
+    <w:rsid w:val="00806823"/>
     <w:rsid w:val="008102A6"/>
     <w:rsid w:val="008113FD"/>
     <w:rsid w:val="008119A6"/>
     <w:rsid w:val="00812366"/>
     <w:rsid w:val="008162B7"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
+    <w:rsid w:val="008222F0"/>
     <w:rsid w:val="00823260"/>
     <w:rsid w:val="00827B0C"/>
     <w:rsid w:val="00830E4A"/>
     <w:rsid w:val="00831B7C"/>
     <w:rsid w:val="008330BD"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="008460AA"/>
     <w:rsid w:val="0084724F"/>
     <w:rsid w:val="00851736"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="00861704"/>
     <w:rsid w:val="008634BC"/>
     <w:rsid w:val="008910F0"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008A60DE"/>
     <w:rsid w:val="008B7966"/>
     <w:rsid w:val="008C0C02"/>
     <w:rsid w:val="008D1E58"/>
     <w:rsid w:val="008D703D"/>
     <w:rsid w:val="008E2C5E"/>
     <w:rsid w:val="008E448B"/>
     <w:rsid w:val="008E4D99"/>
     <w:rsid w:val="008E6A7D"/>
     <w:rsid w:val="008F6BA5"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="00905CB0"/>
     <w:rsid w:val="00905D99"/>
     <w:rsid w:val="009166BF"/>
     <w:rsid w:val="00926903"/>
     <w:rsid w:val="00933268"/>
     <w:rsid w:val="0093361C"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="00937946"/>
     <w:rsid w:val="009442E1"/>
     <w:rsid w:val="00947356"/>
-    <w:rsid w:val="00957CE0"/>
     <w:rsid w:val="009663ED"/>
     <w:rsid w:val="00966B1B"/>
     <w:rsid w:val="00967862"/>
     <w:rsid w:val="00967DF5"/>
     <w:rsid w:val="009959C2"/>
     <w:rsid w:val="00996E8E"/>
     <w:rsid w:val="009972E3"/>
     <w:rsid w:val="0099757C"/>
     <w:rsid w:val="009A066A"/>
     <w:rsid w:val="009A6896"/>
     <w:rsid w:val="009B0E3F"/>
     <w:rsid w:val="009C1CB3"/>
     <w:rsid w:val="009C4195"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009C71CF"/>
     <w:rsid w:val="009D190E"/>
     <w:rsid w:val="009D77BE"/>
-    <w:rsid w:val="009E2819"/>
     <w:rsid w:val="009E282E"/>
     <w:rsid w:val="009E4C6F"/>
     <w:rsid w:val="009F035E"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A02D59"/>
     <w:rsid w:val="00A06538"/>
     <w:rsid w:val="00A15797"/>
     <w:rsid w:val="00A32CED"/>
     <w:rsid w:val="00A42C3B"/>
     <w:rsid w:val="00A4638F"/>
     <w:rsid w:val="00A5210A"/>
     <w:rsid w:val="00A55A38"/>
     <w:rsid w:val="00A644BB"/>
     <w:rsid w:val="00A717D0"/>
     <w:rsid w:val="00A74BB0"/>
     <w:rsid w:val="00A7541C"/>
     <w:rsid w:val="00A757D9"/>
     <w:rsid w:val="00A75B50"/>
     <w:rsid w:val="00A77C99"/>
     <w:rsid w:val="00A8461A"/>
     <w:rsid w:val="00A855B3"/>
     <w:rsid w:val="00A8725A"/>
     <w:rsid w:val="00A92216"/>
     <w:rsid w:val="00A9264E"/>
+    <w:rsid w:val="00A9763A"/>
+    <w:rsid w:val="00AA67E1"/>
     <w:rsid w:val="00AA6D4A"/>
     <w:rsid w:val="00AB1312"/>
     <w:rsid w:val="00AC47B7"/>
     <w:rsid w:val="00AC7F4C"/>
     <w:rsid w:val="00AD24B5"/>
     <w:rsid w:val="00AD3CCE"/>
     <w:rsid w:val="00AD70AA"/>
     <w:rsid w:val="00AE04AB"/>
     <w:rsid w:val="00AE0B65"/>
     <w:rsid w:val="00AE76D7"/>
     <w:rsid w:val="00AE792F"/>
     <w:rsid w:val="00AF1B60"/>
     <w:rsid w:val="00AF49CA"/>
     <w:rsid w:val="00AF6DAD"/>
     <w:rsid w:val="00AF6DCA"/>
     <w:rsid w:val="00B002CC"/>
-    <w:rsid w:val="00B004F4"/>
     <w:rsid w:val="00B068A1"/>
     <w:rsid w:val="00B07245"/>
     <w:rsid w:val="00B11EB1"/>
     <w:rsid w:val="00B1369B"/>
     <w:rsid w:val="00B16ED6"/>
     <w:rsid w:val="00B173FA"/>
     <w:rsid w:val="00B209FB"/>
+    <w:rsid w:val="00B211BC"/>
     <w:rsid w:val="00B214EE"/>
     <w:rsid w:val="00B25F55"/>
     <w:rsid w:val="00B30584"/>
     <w:rsid w:val="00B40D64"/>
     <w:rsid w:val="00B423CF"/>
+    <w:rsid w:val="00B429E3"/>
     <w:rsid w:val="00B464D7"/>
     <w:rsid w:val="00B541C4"/>
     <w:rsid w:val="00B5574B"/>
     <w:rsid w:val="00B57F0E"/>
     <w:rsid w:val="00B65864"/>
     <w:rsid w:val="00B747DF"/>
     <w:rsid w:val="00B762C4"/>
     <w:rsid w:val="00B84475"/>
     <w:rsid w:val="00B964A0"/>
     <w:rsid w:val="00B974BA"/>
     <w:rsid w:val="00BA5351"/>
     <w:rsid w:val="00BB662A"/>
     <w:rsid w:val="00BC6E22"/>
     <w:rsid w:val="00BC7FFC"/>
     <w:rsid w:val="00BD5157"/>
     <w:rsid w:val="00BD5383"/>
     <w:rsid w:val="00BD65D3"/>
     <w:rsid w:val="00BD79D5"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:rsid w:val="00BF1D45"/>
     <w:rsid w:val="00BF578C"/>
     <w:rsid w:val="00BF73E8"/>
+    <w:rsid w:val="00C01169"/>
     <w:rsid w:val="00C02C2B"/>
     <w:rsid w:val="00C05AB0"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rsid w:val="00C0676F"/>
     <w:rsid w:val="00C06C31"/>
     <w:rsid w:val="00C11533"/>
     <w:rsid w:val="00C1236E"/>
     <w:rsid w:val="00C13F8D"/>
     <w:rsid w:val="00C2329A"/>
     <w:rsid w:val="00C3006C"/>
     <w:rsid w:val="00C36ADD"/>
     <w:rsid w:val="00C56040"/>
     <w:rsid w:val="00C64A09"/>
     <w:rsid w:val="00C67EBC"/>
     <w:rsid w:val="00C722CA"/>
     <w:rsid w:val="00C77902"/>
     <w:rsid w:val="00C822AB"/>
     <w:rsid w:val="00C860F9"/>
     <w:rsid w:val="00C86225"/>
+    <w:rsid w:val="00C86EC1"/>
     <w:rsid w:val="00C906B6"/>
     <w:rsid w:val="00C934E5"/>
+    <w:rsid w:val="00CA25E5"/>
+    <w:rsid w:val="00CA6A21"/>
+    <w:rsid w:val="00CA7140"/>
     <w:rsid w:val="00CC077A"/>
     <w:rsid w:val="00CC1529"/>
     <w:rsid w:val="00CC6A33"/>
     <w:rsid w:val="00CD5AD8"/>
     <w:rsid w:val="00CE13F7"/>
     <w:rsid w:val="00CF2C4E"/>
     <w:rsid w:val="00CF3601"/>
     <w:rsid w:val="00CF4415"/>
+    <w:rsid w:val="00CF5A70"/>
     <w:rsid w:val="00CF7063"/>
     <w:rsid w:val="00CF7941"/>
+    <w:rsid w:val="00D0060B"/>
     <w:rsid w:val="00D017EC"/>
     <w:rsid w:val="00D03173"/>
     <w:rsid w:val="00D05572"/>
     <w:rsid w:val="00D16D28"/>
     <w:rsid w:val="00D3165D"/>
     <w:rsid w:val="00D31AF7"/>
     <w:rsid w:val="00D31D72"/>
     <w:rsid w:val="00D322C1"/>
     <w:rsid w:val="00D3279B"/>
     <w:rsid w:val="00D35D48"/>
     <w:rsid w:val="00D36AAE"/>
     <w:rsid w:val="00D375F0"/>
-    <w:rsid w:val="00D479E6"/>
     <w:rsid w:val="00D5279C"/>
     <w:rsid w:val="00D62406"/>
     <w:rsid w:val="00D64001"/>
     <w:rsid w:val="00D74EAE"/>
     <w:rsid w:val="00D77B42"/>
     <w:rsid w:val="00D80E57"/>
     <w:rsid w:val="00D816EC"/>
     <w:rsid w:val="00D83432"/>
     <w:rsid w:val="00D850A3"/>
     <w:rsid w:val="00D907F6"/>
     <w:rsid w:val="00DA3BC9"/>
-    <w:rsid w:val="00DB1358"/>
+    <w:rsid w:val="00DB187D"/>
+    <w:rsid w:val="00DB5367"/>
     <w:rsid w:val="00DB6600"/>
     <w:rsid w:val="00DB70C6"/>
     <w:rsid w:val="00DB76E8"/>
     <w:rsid w:val="00DC1C04"/>
     <w:rsid w:val="00DC323A"/>
     <w:rsid w:val="00DC52A5"/>
     <w:rsid w:val="00DD5E36"/>
     <w:rsid w:val="00DE1BEB"/>
     <w:rsid w:val="00DE6EE8"/>
+    <w:rsid w:val="00DE7953"/>
     <w:rsid w:val="00DF03B8"/>
     <w:rsid w:val="00E00494"/>
     <w:rsid w:val="00E05EFB"/>
     <w:rsid w:val="00E0764E"/>
     <w:rsid w:val="00E07C77"/>
+    <w:rsid w:val="00E217A2"/>
     <w:rsid w:val="00E2416E"/>
     <w:rsid w:val="00E31045"/>
     <w:rsid w:val="00E40762"/>
     <w:rsid w:val="00E43635"/>
     <w:rsid w:val="00E436BC"/>
     <w:rsid w:val="00E51AE2"/>
     <w:rsid w:val="00E545FF"/>
     <w:rsid w:val="00E54C74"/>
     <w:rsid w:val="00E57646"/>
     <w:rsid w:val="00E603CE"/>
     <w:rsid w:val="00E64B26"/>
     <w:rsid w:val="00E66993"/>
+    <w:rsid w:val="00E66CFA"/>
+    <w:rsid w:val="00E70CA3"/>
     <w:rsid w:val="00E71C13"/>
     <w:rsid w:val="00E72567"/>
     <w:rsid w:val="00E74A53"/>
     <w:rsid w:val="00E750E4"/>
     <w:rsid w:val="00E7662F"/>
     <w:rsid w:val="00E771E6"/>
     <w:rsid w:val="00E80EC5"/>
     <w:rsid w:val="00E84B2E"/>
     <w:rsid w:val="00E868E8"/>
     <w:rsid w:val="00E93917"/>
     <w:rsid w:val="00E96921"/>
     <w:rsid w:val="00EA3014"/>
     <w:rsid w:val="00EA4666"/>
     <w:rsid w:val="00EB2F99"/>
     <w:rsid w:val="00EB3553"/>
-    <w:rsid w:val="00EC49A4"/>
     <w:rsid w:val="00EE069E"/>
     <w:rsid w:val="00EE0E9F"/>
     <w:rsid w:val="00EE7123"/>
     <w:rsid w:val="00EF5FEE"/>
     <w:rsid w:val="00EF7607"/>
     <w:rsid w:val="00EF781F"/>
     <w:rsid w:val="00F036A9"/>
     <w:rsid w:val="00F0618D"/>
     <w:rsid w:val="00F079EE"/>
     <w:rsid w:val="00F130A3"/>
     <w:rsid w:val="00F21278"/>
     <w:rsid w:val="00F251FE"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rsid w:val="00F27348"/>
     <w:rsid w:val="00F30983"/>
     <w:rsid w:val="00F34068"/>
-    <w:rsid w:val="00F34AD9"/>
     <w:rsid w:val="00F35EC0"/>
+    <w:rsid w:val="00F425BE"/>
     <w:rsid w:val="00F43A99"/>
     <w:rsid w:val="00F46920"/>
     <w:rsid w:val="00F52124"/>
+    <w:rsid w:val="00F53A37"/>
     <w:rsid w:val="00F55CF8"/>
     <w:rsid w:val="00F65A21"/>
+    <w:rsid w:val="00F67758"/>
     <w:rsid w:val="00F7085A"/>
     <w:rsid w:val="00F734E9"/>
     <w:rsid w:val="00F74D75"/>
     <w:rsid w:val="00F82B5D"/>
     <w:rsid w:val="00F83542"/>
     <w:rsid w:val="00F85389"/>
     <w:rsid w:val="00FA0546"/>
     <w:rsid w:val="00FA54BD"/>
     <w:rsid w:val="00FA66DD"/>
     <w:rsid w:val="00FB1DE7"/>
     <w:rsid w:val="00FB2AFF"/>
     <w:rsid w:val="00FB35AE"/>
     <w:rsid w:val="00FB4B2B"/>
     <w:rsid w:val="00FC6D7E"/>
     <w:rsid w:val="00FE0AD3"/>
     <w:rsid w:val="00FE6E29"/>
+    <w:rsid w:val="00FF0561"/>
     <w:rsid w:val="00FF2546"/>
     <w:rsid w:val="00FF543B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2696E73E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3315DEE8-8B91-4621-A6A0-DEBDD4834A8E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10865,1688 +10605,1689 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00100472"/>
+    <w:rsid w:val="00DB5367"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00926903"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans Medium" w:eastAsiaTheme="majorEastAsia" w:hAnsi="DM Sans Medium" w:cstheme="majorBidi"/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:spacing w:val="-4"/>
       <w:kern w:val="56"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Rubrik1"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00C05DE5"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00F25B5D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00F25B5D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="4"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik6Char"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="270219" w:themeColor="accent1" w:themeShade="7F"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik7Char"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="270219" w:themeColor="accent1" w:themeShade="7F"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik8Char"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik9Char"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00926903"/>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans Medium" w:eastAsiaTheme="majorEastAsia" w:hAnsi="DM Sans Medium" w:cstheme="majorBidi"/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:spacing w:val="-4"/>
       <w:kern w:val="56"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="10"/>
       <w:kern w:val="56"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="4"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Rubrik1"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="0061666A"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="0061666A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListaPunkt">
     <w:name w:val="ListaPunkt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListaNumrerad">
     <w:name w:val="ListaNumrerad"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Listaa">
     <w:name w:val="Lista a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D36AAE"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista">
+  <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista2">
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista3">
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista4">
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E545FF"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Underrubrik">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="UnderrubrikChar"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003B3D76"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:spacing w:val="15"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lista">
+  <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="14"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D36AAE"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Underrubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A0185B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:spacing w:val="15"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:rsid w:val="00A15797"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Avsndaradress-brev">
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
     <w:name w:val="envelope return"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:kern w:val="2"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Avslutandetext">
+  <w:style w:type="paragraph" w:styleId="Closing">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AvslutandetextChar"/>
+    <w:link w:val="ClosingChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00670D66"/>
     <w:pPr>
       <w:spacing w:before="600"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AvslutandetextChar">
-[...2 lines deleted...]
-    <w:link w:val="Avslutandetext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A0185B"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Figurfrteckning">
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fotnotstext">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FotnotstextChar"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
-[...2 lines deleted...]
-    <w:link w:val="Fotnotstext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A0185B"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indragetstycke">
+  <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="10" w:color="4F0433" w:themeColor="accent1" w:frame="1"/>
         <w:left w:val="single" w:sz="2" w:space="10" w:color="4F0433" w:themeColor="accent1" w:frame="1"/>
         <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4F0433" w:themeColor="accent1" w:frame="1"/>
         <w:right w:val="single" w:sz="2" w:space="10" w:color="4F0433" w:themeColor="accent1" w:frame="1"/>
       </w:pBdr>
       <w:ind w:left="1152" w:right="1152"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inledning">
+  <w:style w:type="paragraph" w:styleId="Salutation">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="InledningChar"/>
+    <w:link w:val="SalutationChar"/>
     <w:uiPriority w:val="19"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:spacing w:val="10"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="InledningChar">
-[...2 lines deleted...]
-    <w:link w:val="Inledning"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
     <w:uiPriority w:val="19"/>
     <w:rsid w:val="00E771E6"/>
     <w:rPr>
       <w:spacing w:val="10"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarer">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="KommentarerChar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002E27C9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarsreferens">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Kommentarer"/>
-[...1 lines deleted...]
-    <w:link w:val="KommentarsmneChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarsmne"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E603CE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E603CE"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F251FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F251FE"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrik1-Numrerad">
     <w:name w:val="Rubrik 1 - Numrerad"/>
-    <w:basedOn w:val="Rubrik1"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00690212"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrik2-Numrerad">
     <w:name w:val="Rubrik 2 - Numrerad"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="002A660D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrik3-Numrerad">
     <w:name w:val="Rubrik 3 - Numrerad"/>
-    <w:basedOn w:val="Rubrik3"/>
+    <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="002A660D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrik4-Numreard">
     <w:name w:val="Rubrik 4 - Numreard"/>
-    <w:basedOn w:val="Rubrik4"/>
+    <w:basedOn w:val="Heading4"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="002A660D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="listaNrRubriker">
     <w:name w:val="listaNrRubriker"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B5574B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lista2">
+  <w:style w:type="paragraph" w:styleId="List2">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B5574B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lista3">
+  <w:style w:type="paragraph" w:styleId="List3">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B5574B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Adress-brev">
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C906B6"/>
     <w:pPr>
       <w:spacing w:after="600"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Datum">
+  <w:style w:type="paragraph" w:styleId="Date">
     <w:name w:val="Date"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="DatumChar"/>
+    <w:link w:val="DateChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE1CEF"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="840" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DatumChar">
-[...2 lines deleted...]
-    <w:link w:val="Datum"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A0185B"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C906B6"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Rubrik1"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B30584"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00427A2A"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="100" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00B068A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="7694"/>
       </w:tabs>
       <w:spacing w:before="100" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00427A2A"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="284"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B30584"/>
     <w:rPr>
       <w:color w:val="870052" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ingress">
     <w:name w:val="Ingress"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="14"/>
     <w:rsid w:val="00043E74"/>
     <w:pPr>
       <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MindreRubrik">
     <w:name w:val="Mindre Rubrik"/>
-    <w:basedOn w:val="Rubrik"/>
+    <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A9264E"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Litentextbildtext">
     <w:name w:val="Liten text/bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="LitentextbildtextChar"/>
     <w:uiPriority w:val="14"/>
     <w:rsid w:val="007E3EDE"/>
     <w:pPr>
       <w:framePr w:hSpace="132" w:wrap="around" w:vAnchor="text" w:hAnchor="text"/>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="sv-SE"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="LitentextbildtextChar">
     <w:name w:val="Liten text/bildtext Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Litentextbildtext"/>
     <w:uiPriority w:val="14"/>
     <w:rsid w:val="00A9264E"/>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Litentext">
     <w:name w:val="Liten text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="14"/>
     <w:rsid w:val="007E3EDE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1701"/>
         <w:tab w:val="left" w:pos="3828"/>
         <w:tab w:val="left" w:pos="5954"/>
       </w:tabs>
       <w:spacing w:after="80" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlistaellertabell">
     <w:name w:val="Normal efter lista eller tabell"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E771E6"/>
     <w:pPr>
       <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Anteckningsrubrik">
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
     <w:name w:val="Note Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="AnteckningsrubrikChar"/>
+    <w:link w:val="NoteHeadingChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AnteckningsrubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Anteckningsrubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="C490AA" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Betoning">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Bokenstitel">
+  <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtext">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BrdtextChar"/>
+    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Brdtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtext2">
+  <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Brdtext2Char"/>
+    <w:link w:val="BodyText2Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtext2Char">
-[...2 lines deleted...]
-    <w:link w:val="Brdtext2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtext3">
+  <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Brdtext3Char"/>
+    <w:link w:val="BodyText3Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtext3Char">
-[...2 lines deleted...]
-    <w:link w:val="Brdtext3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtextmedfrstaindrag">
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
     <w:name w:val="Body Text First Indent"/>
-    <w:basedOn w:val="Brdtext"/>
-    <w:link w:val="BrdtextmedfrstaindragChar"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextmedfrstaindragChar">
-[...2 lines deleted...]
-    <w:link w:val="Brdtextmedfrstaindrag"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtextmedindrag">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BrdtextmedindragChar"/>
+    <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextmedindragChar">
-[...2 lines deleted...]
-    <w:link w:val="Brdtextmedindrag"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtextmedfrstaindrag2">
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
     <w:name w:val="Body Text First Indent 2"/>
-    <w:basedOn w:val="Brdtextmedindrag"/>
-    <w:link w:val="Brdtextmedfrstaindrag2Char"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="360" w:firstLine="360"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtextmedfrstaindrag2Char">
-[...2 lines deleted...]
-    <w:link w:val="Brdtextmedfrstaindrag2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtextmedindrag2">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Brdtextmedindrag2Char"/>
+    <w:link w:val="BodyTextIndent2Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtextmedindrag2Char">
-[...2 lines deleted...]
-    <w:link w:val="Brdtextmedindrag2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtextmedindrag3">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Brdtextmedindrag3Char"/>
+    <w:link w:val="BodyTextIndent3Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Brdtextmedindrag3Char">
-[...2 lines deleted...]
-    <w:link w:val="Brdtextmedindrag3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citat">
+  <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="CitatChar"/>
+    <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:before="200"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CitatChar">
-[...2 lines deleted...]
-    <w:link w:val="Citat"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citatfrteckning">
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citatfrteckningsrubrik">
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Diskretbetoning">
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Diskretreferens">
+  <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="31"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Diskrettabell1">
+  <w:style w:type="table" w:styleId="TableSubtle1">
     <w:name w:val="Table Subtle 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12590,53 +12331,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Diskrettabell2">
+  <w:style w:type="table" w:styleId="TableSubtle2">
     <w:name w:val="Table Subtle 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
@@ -12672,154 +12413,154 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Dokumentversikt">
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="DokumentversiktChar"/>
+    <w:link w:val="DocumentMapChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="2"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DokumentversiktChar">
-[...2 lines deleted...]
-    <w:link w:val="Dokumentversikt"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Eleganttabell">
+  <w:style w:type="table" w:styleId="TableElegant">
     <w:name w:val="Table Elegant"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:caps/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Enkeltabell1">
+  <w:style w:type="table" w:styleId="TableSimple1">
     <w:name w:val="Table Simple 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="008000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="008000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Enkeltabell2">
+  <w:style w:type="table" w:styleId="TableSimple2">
     <w:name w:val="Table Simple 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
@@ -12867,113 +12608,113 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Enkeltabell3">
+  <w:style w:type="table" w:styleId="TableSimple3">
     <w:name w:val="Table Simple 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="E-postsignatur">
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
     <w:name w:val="E-mail Signature"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="E-postsignaturChar"/>
+    <w:link w:val="E-mailSignatureChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="E-postsignaturChar">
-[...2 lines deleted...]
-    <w:link w:val="E-postsignatur"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadlista">
+  <w:style w:type="table" w:styleId="ColorfulList">
     <w:name w:val="Colorful List"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -13008,53 +12749,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg1">
+  <w:style w:type="table" w:styleId="ColorfulList-Accent1">
     <w:name w:val="Colorful List Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDD7EE" w:themeFill="accent1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -13089,53 +12830,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg2">
+  <w:style w:type="table" w:styleId="ColorfulList-Accent2">
     <w:name w:val="Colorful List Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF3F0" w:themeFill="accent2" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -13170,53 +12911,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg3">
+  <w:style w:type="table" w:styleId="ColorfulList-Accent3">
     <w:name w:val="Colorful List Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFDAF0" w:themeFill="accent3" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -13251,53 +12992,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg4">
+  <w:style w:type="table" w:styleId="ColorfulList-Accent4">
     <w:name w:val="Colorful List Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFBFA" w:themeFill="accent4" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -13332,53 +13073,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg5">
+  <w:style w:type="table" w:styleId="ColorfulList-Accent5">
     <w:name w:val="Colorful List Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDF7F8" w:themeFill="accent5" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -13413,53 +13154,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadlista-dekorfrg6">
+  <w:style w:type="table" w:styleId="ColorfulList-Accent6">
     <w:name w:val="Colorful List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F9FDFD" w:themeFill="accent6" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -13494,53 +13235,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadskuggning">
+  <w:style w:type="table" w:styleId="ColorfulShading">
     <w:name w:val="Colorful Shading"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
     </w:tcPr>
@@ -13611,53 +13352,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent1">
     <w:name w:val="Colorful Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDD7EE" w:themeFill="accent1" w:themeFillTint="19"/>
     </w:tcPr>
@@ -13728,53 +13469,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F65CBC" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg2">
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent2">
     <w:name w:val="Colorful Shading Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF3F0" w:themeFill="accent2" w:themeFillTint="19"/>
     </w:tcPr>
@@ -13845,53 +13586,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFCEC5" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg3">
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent3">
     <w:name w:val="Colorful Shading Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFDAF0" w:themeFill="accent3" w:themeFillTint="19"/>
     </w:tcPr>
@@ -13952,53 +13693,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="510030" w:themeFill="accent3" w:themeFillShade="99"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF69C3" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg4">
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent4">
     <w:name w:val="Colorful Shading Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFBFA" w:themeFill="accent4" w:themeFillTint="19"/>
     </w:tcPr>
@@ -14069,53 +13810,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF1EE" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg5">
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent5">
     <w:name w:val="Colorful Shading Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDF7F8" w:themeFill="accent5" w:themeFillTint="19"/>
     </w:tcPr>
@@ -14186,53 +13927,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B7E1E4" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadskuggning-dekorfrg6">
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent6">
     <w:name w:val="Colorful Shading Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F9FDFD" w:themeFill="accent6" w:themeFillTint="19"/>
     </w:tcPr>
@@ -14303,53 +14044,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF6F7" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadtabell1">
+  <w:style w:type="table" w:styleId="TableColorful1">
     <w:name w:val="Table Colorful 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="FFFFFF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="00FFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
@@ -14383,53 +14124,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadtabell2">
+  <w:style w:type="table" w:styleId="TableColorful2">
     <w:name w:val="Table Colorful 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct20" w:color="FFFF00" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14457,53 +14198,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgadtabell3">
+  <w:style w:type="table" w:styleId="TableColorful3">
     <w:name w:val="Table Colorful 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct25" w:color="008080" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
@@ -14515,53 +14256,53 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="36" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgatrutnt">
+  <w:style w:type="table" w:styleId="ColorfulGrid">
     <w:name w:val="Colorful Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -14590,53 +14331,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent1">
     <w:name w:val="Colorful Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -14665,53 +14406,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg2">
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent2">
     <w:name w:val="Colorful Grid Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -14740,53 +14481,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg3">
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent3">
     <w:name w:val="Colorful Grid Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -14815,53 +14556,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg4">
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent4">
     <w:name w:val="Colorful Grid Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -14890,53 +14631,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg5">
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent5">
     <w:name w:val="Colorful Grid Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -14965,53 +14706,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Frgatrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent6">
     <w:name w:val="Colorful Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -15040,220 +14781,220 @@
         <w:shd w:val="clear" w:color="auto" w:fill="7ACAD0" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="7ACAD0" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hashtagg">
+  <w:style w:type="character" w:styleId="Hashtag">
     <w:name w:val="Hashtag"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML-adress">
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
     <w:name w:val="HTML Address"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HTML-adressChar"/>
+    <w:link w:val="HTMLAddressChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTML-adressChar">
-[...2 lines deleted...]
-    <w:link w:val="HTML-adress"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTML-akronym">
+  <w:style w:type="character" w:styleId="HTMLAcronym">
     <w:name w:val="HTML Acronym"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTML-citat">
+  <w:style w:type="character" w:styleId="HTMLCite">
     <w:name w:val="HTML Cite"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTML-definition">
+  <w:style w:type="character" w:styleId="HTMLDefinition">
     <w:name w:val="HTML Definition"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTML-exempel">
+  <w:style w:type="character" w:styleId="HTMLSample">
     <w:name w:val="HTML Sample"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML-frformaterad">
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HTML-frformateradChar"/>
+    <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Consolas" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTML-frformateradChar">
-[...2 lines deleted...]
-    <w:link w:val="HTML-frformaterad"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTML-kod">
+  <w:style w:type="character" w:styleId="HTMLCode">
     <w:name w:val="HTML Code"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTML-skrivmaskin">
+  <w:style w:type="character" w:styleId="HTMLTypewriter">
     <w:name w:val="HTML Typewriter"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTML-tangentbord">
+  <w:style w:type="character" w:styleId="HTMLKeyboard">
     <w:name w:val="HTML Keyboard"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTML-variabel">
+  <w:style w:type="character" w:styleId="HTMLVariable">
     <w:name w:val="HTML Variable"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index1">
     <w:name w:val="index 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
@@ -15391,354 +15132,354 @@
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index9">
     <w:name w:val="index 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:ind w:left="2160" w:hanging="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indexrubrik">
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Index1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ingetavstnd">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="960"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1440"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1680"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1920"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lista4">
+  <w:style w:type="paragraph" w:styleId="List4">
     <w:name w:val="List 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1132" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lista5">
+  <w:style w:type="paragraph" w:styleId="List5">
     <w:name w:val="List 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1415" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listafortstt">
+  <w:style w:type="paragraph" w:styleId="ListContinue">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="283"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listafortstt2">
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="566"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listafortstt3">
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="849"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listafortstt4">
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
     <w:name w:val="List Continue 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1132"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listafortstt5">
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1415"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell1ljus">
+  <w:style w:type="table" w:styleId="ListTable1Light">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -15753,53 +15494,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg1">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent1">
     <w:name w:val="List Table 1 Light Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -15814,53 +15555,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg2">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent2">
     <w:name w:val="List Table 1 Light Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -15875,53 +15616,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg3">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent3">
     <w:name w:val="List Table 1 Light Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -15936,53 +15677,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg4">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent4">
     <w:name w:val="List Table 1 Light Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -15997,53 +15738,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg5">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent5">
     <w:name w:val="List Table 1 Light Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -16058,53 +15799,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg6">
+  <w:style w:type="table" w:styleId="ListTable1Light-Accent6">
     <w:name w:val="List Table 1 Light Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -16119,53 +15860,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell2">
+  <w:style w:type="table" w:styleId="ListTable2">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -16173,53 +15914,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell2dekorfrg1">
+  <w:style w:type="table" w:styleId="ListTable2-Accent1">
     <w:name w:val="List Table 2 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -16227,53 +15968,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell2dekorfrg2">
+  <w:style w:type="table" w:styleId="ListTable2-Accent2">
     <w:name w:val="List Table 2 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -16281,53 +16022,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell2dekorfrg3">
+  <w:style w:type="table" w:styleId="ListTable2-Accent3">
     <w:name w:val="List Table 2 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -16335,53 +16076,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell2dekorfrg4">
+  <w:style w:type="table" w:styleId="ListTable2-Accent4">
     <w:name w:val="List Table 2 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -16389,53 +16130,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell2dekorfrg5">
+  <w:style w:type="table" w:styleId="ListTable2-Accent5">
     <w:name w:val="List Table 2 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -16443,53 +16184,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell2dekorfrg6">
+  <w:style w:type="table" w:styleId="ListTable2-Accent6">
     <w:name w:val="List Table 2 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -16497,53 +16238,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell3">
+  <w:style w:type="table" w:styleId="ListTable3">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
@@ -16621,53 +16362,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell3dekorfrg1">
+  <w:style w:type="table" w:styleId="ListTable3-Accent1">
     <w:name w:val="List Table 3 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="4F0433" w:themeFill="accent1"/>
       </w:tcPr>
@@ -16745,53 +16486,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell3dekorfrg2">
+  <w:style w:type="table" w:styleId="ListTable3-Accent2">
     <w:name w:val="List Table 3 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF876F" w:themeFill="accent2"/>
       </w:tcPr>
@@ -16869,53 +16610,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell3dekorfrg3">
+  <w:style w:type="table" w:styleId="ListTable3-Accent3">
     <w:name w:val="List Table 3 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="870052" w:themeFill="accent3"/>
       </w:tcPr>
@@ -16993,53 +16734,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell3dekorfrg4">
+  <w:style w:type="table" w:styleId="ListTable3-Accent4">
     <w:name w:val="List Table 3 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFDDD6" w:themeFill="accent4"/>
       </w:tcPr>
@@ -17117,53 +16858,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell3dekorfrg5">
+  <w:style w:type="table" w:styleId="ListTable3-Accent5">
     <w:name w:val="List Table 3 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="4DB5BC" w:themeFill="accent5"/>
       </w:tcPr>
@@ -17241,53 +16982,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell3dekorfrg6">
+  <w:style w:type="table" w:styleId="ListTable3-Accent6">
     <w:name w:val="List Table 3 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCEBED" w:themeFill="accent6"/>
       </w:tcPr>
@@ -17365,53 +17106,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell4">
+  <w:style w:type="table" w:styleId="ListTable4">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -17439,53 +17180,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell4dekorfrg1">
+  <w:style w:type="table" w:styleId="ListTable4-Accent1">
     <w:name w:val="List Table 4 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -17513,53 +17254,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell4dekorfrg2">
+  <w:style w:type="table" w:styleId="ListTable4-Accent2">
     <w:name w:val="List Table 4 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -17587,53 +17328,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell4dekorfrg3">
+  <w:style w:type="table" w:styleId="ListTable4-Accent3">
     <w:name w:val="List Table 4 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -17661,53 +17402,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell4dekorfrg4">
+  <w:style w:type="table" w:styleId="ListTable4-Accent4">
     <w:name w:val="List Table 4 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -17735,53 +17476,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell4dekorfrg5">
+  <w:style w:type="table" w:styleId="ListTable4-Accent5">
     <w:name w:val="List Table 4 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -17809,53 +17550,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell4dekorfrg6">
+  <w:style w:type="table" w:styleId="ListTable4-Accent6">
     <w:name w:val="List Table 4 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -17883,53 +17624,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell5mrk">
+  <w:style w:type="table" w:styleId="ListTable5Dark">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18017,53 +17758,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg1">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent1">
     <w:name w:val="List Table 5 Dark Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4F0433" w:themeFill="accent1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18151,53 +17892,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg2">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent2">
     <w:name w:val="List Table 5 Dark Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FF876F" w:themeFill="accent2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18285,53 +18026,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg3">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent3">
     <w:name w:val="List Table 5 Dark Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="870052" w:themeFill="accent3"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18419,53 +18160,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg4">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent4">
     <w:name w:val="List Table 5 Dark Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFDDD6" w:themeFill="accent4"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18553,53 +18294,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg5">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent5">
     <w:name w:val="List Table 5 Dark Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4DB5BC" w:themeFill="accent5"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18687,53 +18428,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell5mrkdekorfrg6">
+  <w:style w:type="table" w:styleId="ListTable5Dark-Accent6">
     <w:name w:val="List Table 5 Dark Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCEBED" w:themeFill="accent6"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -18821,53 +18562,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell6frgstark">
+  <w:style w:type="table" w:styleId="ListTable6Colorful">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -18889,53 +18630,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg1">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent1">
     <w:name w:val="List Table 6 Colorful Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
@@ -18957,53 +18698,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg2">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent2">
     <w:name w:val="List Table 6 Colorful Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
@@ -19025,53 +18766,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg3">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent3">
     <w:name w:val="List Table 6 Colorful Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
@@ -19093,53 +18834,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg4">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent4">
     <w:name w:val="List Table 6 Colorful Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
@@ -19161,53 +18902,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg5">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent5">
     <w:name w:val="List Table 6 Colorful Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
@@ -19229,53 +18970,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg6">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent6">
     <w:name w:val="List Table 6 Colorful Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
@@ -19297,53 +19038,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell7frgstark">
+  <w:style w:type="table" w:styleId="ListTable7Colorful">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -19420,53 +19161,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg1">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent1">
     <w:name w:val="List Table 7 Colorful Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -19543,53 +19284,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg2">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent2">
     <w:name w:val="List Table 7 Colorful Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -19666,53 +19407,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg3">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent3">
     <w:name w:val="List Table 7 Colorful Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -19789,53 +19530,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg4">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent4">
     <w:name w:val="List Table 7 Colorful Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -19912,53 +19653,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg5">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent5">
     <w:name w:val="List Table 7 Colorful Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -20035,53 +19776,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listtabell7frgstarkdekorfrg6">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent6">
     <w:name w:val="List Table 7 Colorful Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -20158,71 +19899,71 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Litteraturfrteckning">
+  <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista">
+  <w:style w:type="table" w:styleId="LightList">
     <w:name w:val="Light List"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -20263,53 +20004,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -20350,53 +20091,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg2">
+  <w:style w:type="table" w:styleId="LightList-Accent2">
     <w:name w:val="Light List Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -20437,53 +20178,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg3">
+  <w:style w:type="table" w:styleId="LightList-Accent3">
     <w:name w:val="Light List Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -20524,53 +20265,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg4">
+  <w:style w:type="table" w:styleId="LightList-Accent4">
     <w:name w:val="Light List Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -20611,53 +20352,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg5">
+  <w:style w:type="table" w:styleId="LightList-Accent5">
     <w:name w:val="Light List Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -20698,53 +20439,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -20785,53 +20526,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning">
+  <w:style w:type="table" w:styleId="LightShading">
     <w:name w:val="Light Shading"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -20883,53 +20624,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -20981,53 +20722,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg2">
+  <w:style w:type="table" w:styleId="LightShading-Accent2">
     <w:name w:val="Light Shading Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -21079,53 +20820,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg3">
+  <w:style w:type="table" w:styleId="LightShading-Accent3">
     <w:name w:val="Light Shading Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -21177,53 +20918,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg4">
+  <w:style w:type="table" w:styleId="LightShading-Accent4">
     <w:name w:val="Light Shading Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -21275,53 +21016,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg5">
+  <w:style w:type="table" w:styleId="LightShading-Accent5">
     <w:name w:val="Light Shading Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -21373,53 +21114,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightShading-Accent6">
     <w:name w:val="Light Shading Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -21471,53 +21212,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt">
+  <w:style w:type="table" w:styleId="LightGrid">
     <w:name w:val="Light Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -21596,53 +21337,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -21721,53 +21462,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg2">
+  <w:style w:type="table" w:styleId="LightGrid-Accent2">
     <w:name w:val="Light Grid Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -21846,53 +21587,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg3">
+  <w:style w:type="table" w:styleId="LightGrid-Accent3">
     <w:name w:val="Light Grid Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -21971,53 +21712,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg4">
+  <w:style w:type="table" w:styleId="LightGrid-Accent4">
     <w:name w:val="Light Grid Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -22096,53 +21837,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg5">
+  <w:style w:type="table" w:styleId="LightGrid-Accent5">
     <w:name w:val="Light Grid Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -22221,53 +21962,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -22346,133 +22087,133 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Makrotext">
+  <w:style w:type="paragraph" w:styleId="MacroText">
     <w:name w:val="macro"/>
-    <w:link w:val="MakrotextChar"/>
+    <w:link w:val="MacroTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="MakrotextChar">
-[...2 lines deleted...]
-    <w:link w:val="Makrotext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Meddelanderubrik">
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
     <w:name w:val="Message Header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="MeddelanderubrikChar"/>
+    <w:link w:val="MessageHeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="MeddelanderubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Meddelanderubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista1">
+  <w:style w:type="table" w:styleId="MediumList1">
     <w:name w:val="Medium List 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22505,53 +22246,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumList1-Accent1">
     <w:name w:val="Medium List 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22584,53 +22325,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg2">
+  <w:style w:type="table" w:styleId="MediumList1-Accent2">
     <w:name w:val="Medium List 1 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22663,53 +22404,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg3">
+  <w:style w:type="table" w:styleId="MediumList1-Accent3">
     <w:name w:val="Medium List 1 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22742,53 +22483,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg4">
+  <w:style w:type="table" w:styleId="MediumList1-Accent4">
     <w:name w:val="Medium List 1 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22821,53 +22562,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg5">
+  <w:style w:type="table" w:styleId="MediumList1-Accent5">
     <w:name w:val="Medium List 1 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22900,53 +22641,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumList1-Accent6">
     <w:name w:val="Medium List 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22979,53 +22720,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista2">
+  <w:style w:type="table" w:styleId="MediumList2">
     <w:name w:val="Medium List 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -23102,53 +22843,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumList2-Accent1">
     <w:name w:val="Medium List 2 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -23225,53 +22966,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg2">
+  <w:style w:type="table" w:styleId="MediumList2-Accent2">
     <w:name w:val="Medium List 2 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -23347,53 +23088,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg3">
+  <w:style w:type="table" w:styleId="MediumList2-Accent3">
     <w:name w:val="Medium List 2 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -23470,53 +23211,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg4">
+  <w:style w:type="table" w:styleId="MediumList2-Accent4">
     <w:name w:val="Medium List 2 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -23593,53 +23334,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg5">
+  <w:style w:type="table" w:styleId="MediumList2-Accent5">
     <w:name w:val="Medium List 2 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -23716,53 +23457,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrklista2-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumList2-Accent6">
     <w:name w:val="Medium List 2 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -23839,53 +23580,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1">
+  <w:style w:type="table" w:styleId="MediumShading1">
     <w:name w:val="Medium Shading 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -23940,53 +23681,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -24041,53 +23782,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg2">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent2">
     <w:name w:val="Medium Shading 1 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -24142,53 +23883,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg3">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent3">
     <w:name w:val="Medium Shading 1 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -24243,53 +23984,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg4">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent4">
     <w:name w:val="Medium Shading 1 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -24344,53 +24085,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg5">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
     <w:name w:val="Medium Shading 1 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -24445,53 +24186,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -24546,53 +24287,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning2">
+  <w:style w:type="table" w:styleId="MediumShading2">
     <w:name w:val="Medium Shading 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -24690,53 +24431,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent1">
     <w:name w:val="Medium Shading 2 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -24834,53 +24575,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg2">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent2">
     <w:name w:val="Medium Shading 2 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -24978,53 +24719,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg3">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent3">
     <w:name w:val="Medium Shading 2 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -25122,53 +24863,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg4">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent4">
     <w:name w:val="Medium Shading 2 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -25266,53 +25007,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg5">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent5">
     <w:name w:val="Medium Shading 2 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -25410,53 +25151,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning2-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent6">
     <w:name w:val="Medium Shading 2 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -25554,53 +25295,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt1">
+  <w:style w:type="table" w:styleId="MediumGrid1">
     <w:name w:val="Medium Grid 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -25622,53 +25363,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent1">
     <w:name w:val="Medium Grid 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B40974" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -25690,53 +25431,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg2">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent2">
     <w:name w:val="Medium Grid 1 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFA493" w:themeColor="accent2" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -25758,53 +25499,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg3">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent3">
     <w:name w:val="Medium Grid 1 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="E5008A" w:themeColor="accent3" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -25826,53 +25567,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg4">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent4">
     <w:name w:val="Medium Grid 1 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFE5E0" w:themeColor="accent4" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -25894,53 +25635,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg5">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent5">
     <w:name w:val="Medium Grid 1 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="79C7CC" w:themeColor="accent5" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -25962,53 +25703,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent6">
     <w:name w:val="Medium Grid 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="D8EFF1" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -26030,53 +25771,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt2">
+  <w:style w:type="table" w:styleId="MediumGrid2">
     <w:name w:val="Medium Grid 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
@@ -26150,53 +25891,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent1">
     <w:name w:val="Medium Grid 2 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
@@ -26270,53 +26011,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg2">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent2">
     <w:name w:val="Medium Grid 2 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
@@ -26390,53 +26131,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg3">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent3">
     <w:name w:val="Medium Grid 2 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
@@ -26510,53 +26251,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="870052" w:themeColor="accent3"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="870052" w:themeColor="accent3"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg4">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent4">
     <w:name w:val="Medium Grid 2 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
@@ -26630,53 +26371,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg5">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
     <w:name w:val="Medium Grid 2 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
@@ -26750,53 +26491,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt2-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent6">
     <w:name w:val="Medium Grid 2 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
@@ -26870,53 +26611,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt3">
+  <w:style w:type="table" w:styleId="MediumGrid3">
     <w:name w:val="Medium Grid 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -27006,53 +26747,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
     <w:name w:val="Medium Grid 3 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -27142,53 +26883,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg2">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
     <w:name w:val="Medium Grid 3 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -27278,53 +27019,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg3">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent3">
     <w:name w:val="Medium Grid 3 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -27414,53 +27155,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg4">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent4">
     <w:name w:val="Medium Grid 3 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -27550,53 +27291,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg5">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent5">
     <w:name w:val="Medium Grid 3 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -27686,53 +27427,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrktrutnt3-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent6">
     <w:name w:val="Medium Grid 3 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -27822,53 +27563,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Moderntabell">
+  <w:style w:type="table" w:styleId="TableContemporary">
     <w:name w:val="Table Contemporary"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
@@ -27878,53 +27619,53 @@
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct5" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mrklista">
+  <w:style w:type="table" w:styleId="DarkList">
     <w:name w:val="Dark List"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -27987,53 +27728,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mrklista-dekorfrg1">
+  <w:style w:type="table" w:styleId="DarkList-Accent1">
     <w:name w:val="Dark List Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4F0433" w:themeFill="accent1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -28096,53 +27837,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mrklista-dekorfrg2">
+  <w:style w:type="table" w:styleId="DarkList-Accent2">
     <w:name w:val="Dark List Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FF876F" w:themeFill="accent2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -28205,53 +27946,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mrklista-dekorfrg3">
+  <w:style w:type="table" w:styleId="DarkList-Accent3">
     <w:name w:val="Dark List Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="870052" w:themeFill="accent3"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -28314,53 +28055,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mrklista-dekorfrg4">
+  <w:style w:type="table" w:styleId="DarkList-Accent4">
     <w:name w:val="Dark List Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFDDD6" w:themeFill="accent4"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -28423,53 +28164,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mrklista-dekorfrg5">
+  <w:style w:type="table" w:styleId="DarkList-Accent5">
     <w:name w:val="Dark List Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4DB5BC" w:themeFill="accent5"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -28532,53 +28273,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mrklista-dekorfrg6">
+  <w:style w:type="table" w:styleId="DarkList-Accent6">
     <w:name w:val="Dark List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCEBED" w:themeFill="accent6"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -28641,117 +28382,117 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="7ACAD0" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="7ACAD0" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalwebb">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normaltindrag">
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1304"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista5">
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Nmn">
+  <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="41"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -28768,53 +28509,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="42"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -28848,53 +28589,53 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="43"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -28941,102 +28682,102 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="44"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell5">
+  <w:style w:type="table" w:styleId="PlainTable5">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="45"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -29110,301 +28851,301 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Oformateradtext">
+  <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OformateradtextChar"/>
+    <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Consolas" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OformateradtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Oformateradtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Professionelltabell">
+  <w:style w:type="table" w:styleId="TableProfessional">
     <w:name w:val="Table Professional"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista2">
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista3">
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista4">
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista5">
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Radnummer">
+  <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="270219" w:themeColor="accent1" w:themeShade="7F"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="270219" w:themeColor="accent1" w:themeShade="7F"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik8Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell1ljus">
+  <w:style w:type="table" w:styleId="GridTable1Light">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -29415,53 +29156,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg1">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent1">
     <w:name w:val="Grid Table 1 Light Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F65CBC" w:themeColor="accent1" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -29472,53 +29213,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell1ljus-dekorfrg2">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent2">
     <w:name w:val="Grid Table 1 Light Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -29529,53 +29270,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg3">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent3">
     <w:name w:val="Grid Table 1 Light Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF69C3" w:themeColor="accent3" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -29586,53 +29327,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg4">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent4">
     <w:name w:val="Grid Table 1 Light Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFF1EE" w:themeColor="accent4" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -29643,53 +29384,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg5">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent5">
     <w:name w:val="Grid Table 1 Light Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B7E1E4" w:themeColor="accent5" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -29700,53 +29441,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg6">
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent6">
     <w:name w:val="Grid Table 1 Light Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="EAF6F7" w:themeColor="accent6" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -29757,53 +29498,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell2">
+  <w:style w:type="table" w:styleId="GridTable2">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
@@ -29832,53 +29573,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg1">
+  <w:style w:type="table" w:styleId="GridTable2-Accent1">
     <w:name w:val="Grid Table 2 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
@@ -29907,53 +29648,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg2">
+  <w:style w:type="table" w:styleId="GridTable2-Accent2">
     <w:name w:val="Grid Table 2 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
@@ -29982,53 +29723,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg3">
+  <w:style w:type="table" w:styleId="GridTable2-Accent3">
     <w:name w:val="Grid Table 2 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
@@ -30057,53 +29798,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg4">
+  <w:style w:type="table" w:styleId="GridTable2-Accent4">
     <w:name w:val="Grid Table 2 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
@@ -30132,53 +29873,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg5">
+  <w:style w:type="table" w:styleId="GridTable2-Accent5">
     <w:name w:val="Grid Table 2 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
@@ -30207,53 +29948,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell2dekorfrg6">
+  <w:style w:type="table" w:styleId="GridTable2-Accent6">
     <w:name w:val="Grid Table 2 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
@@ -30282,53 +30023,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell3">
+  <w:style w:type="table" w:styleId="GridTable3">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -30418,53 +30159,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg1">
+  <w:style w:type="table" w:styleId="GridTable3-Accent1">
     <w:name w:val="Grid Table 3 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -30554,53 +30295,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg2">
+  <w:style w:type="table" w:styleId="GridTable3-Accent2">
     <w:name w:val="Grid Table 3 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -30690,53 +30431,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg3">
+  <w:style w:type="table" w:styleId="GridTable3-Accent3">
     <w:name w:val="Grid Table 3 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -30826,53 +30567,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg4">
+  <w:style w:type="table" w:styleId="GridTable3-Accent4">
     <w:name w:val="Grid Table 3 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -30962,53 +30703,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg5">
+  <w:style w:type="table" w:styleId="GridTable3-Accent5">
     <w:name w:val="Grid Table 3 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -31098,53 +30839,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell3dekorfrg6">
+  <w:style w:type="table" w:styleId="GridTable3-Accent6">
     <w:name w:val="Grid Table 3 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -31234,53 +30975,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell4">
+  <w:style w:type="table" w:styleId="GridTable4">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -31310,53 +31051,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg1">
+  <w:style w:type="table" w:styleId="GridTable4-Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -31386,53 +31127,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg2">
+  <w:style w:type="table" w:styleId="GridTable4-Accent2">
     <w:name w:val="Grid Table 4 Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -31462,53 +31203,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg3">
+  <w:style w:type="table" w:styleId="GridTable4-Accent3">
     <w:name w:val="Grid Table 4 Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -31538,53 +31279,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg4">
+  <w:style w:type="table" w:styleId="GridTable4-Accent4">
     <w:name w:val="Grid Table 4 Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -31614,53 +31355,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg5">
+  <w:style w:type="table" w:styleId="GridTable4-Accent5">
     <w:name w:val="Grid Table 4 Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -31690,53 +31431,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg6">
+  <w:style w:type="table" w:styleId="GridTable4-Accent6">
     <w:name w:val="Grid Table 4 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -31766,53 +31507,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell5mrk">
+  <w:style w:type="table" w:styleId="GridTable5Dark">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -31872,53 +31613,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg1">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent1">
     <w:name w:val="Grid Table 5 Dark Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -31978,53 +31719,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4F0433" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F65CBC" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F65CBC" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg2">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent2">
     <w:name w:val="Grid Table 5 Dark Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -32084,53 +31825,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FF876F" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFCEC5" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFCEC5" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg3">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent3">
     <w:name w:val="Grid Table 5 Dark Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -32190,53 +31931,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="870052" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF69C3" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF69C3" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg4">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent4">
     <w:name w:val="Grid Table 5 Dark Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -32296,53 +32037,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFDDD6" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF1EE" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF1EE" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg5">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent5">
     <w:name w:val="Grid Table 5 Dark Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -32402,53 +32143,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4DB5BC" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B7E1E4" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B7E1E4" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg6">
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent6">
     <w:name w:val="Grid Table 5 Dark Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -32508,53 +32249,53 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="CCEBED" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF6F7" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF6F7" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell6frgstark">
+  <w:style w:type="table" w:styleId="GridTable6Colorful">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -32580,53 +32321,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg1">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent1">
     <w:name w:val="Grid Table 6 Colorful Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -32652,53 +32393,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg2">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent2">
     <w:name w:val="Grid Table 6 Colorful Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -32724,53 +32465,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg3">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent3">
     <w:name w:val="Grid Table 6 Colorful Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -32796,53 +32537,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg4">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent4">
     <w:name w:val="Grid Table 6 Colorful Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -32868,53 +32609,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg5">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent5">
     <w:name w:val="Grid Table 6 Colorful Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -32940,53 +32681,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg6">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent6">
     <w:name w:val="Grid Table 6 Colorful Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -33012,53 +32753,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell7frgstark">
+  <w:style w:type="table" w:styleId="GridTable7Colorful">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -33151,53 +32892,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg1">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent1">
     <w:name w:val="Grid Table 7 Colorful Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -33290,53 +33031,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg2">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent2">
     <w:name w:val="Grid Table 7 Colorful Accent 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -33429,53 +33170,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg3">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent3">
     <w:name w:val="Grid Table 7 Colorful Accent 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -33568,53 +33309,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg4">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent4">
     <w:name w:val="Grid Table 7 Colorful Accent 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -33707,53 +33448,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg5">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent5">
     <w:name w:val="Grid Table 7 Colorful Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -33846,53 +33587,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg6">
+  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent6">
     <w:name w:val="Grid Table 7 Colorful Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -33985,159 +33726,159 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Signatur">
+  <w:style w:type="paragraph" w:styleId="Signature">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SignaturChar"/>
+    <w:link w:val="SignatureChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SignaturChar">
-[...2 lines deleted...]
-    <w:link w:val="Signatur"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Slutnotsreferens">
+  <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Slutnotstext">
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SlutnotstextChar"/>
+    <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SlutnotstextChar">
-[...2 lines deleted...]
-    <w:link w:val="Slutnotstext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Smarthyperlnk">
+  <w:style w:type="character" w:styleId="SmartHyperlink">
     <w:name w:val="Smart Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:u w:val="dotted"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SmartLink">
+  <w:style w:type="character" w:styleId="SmartLink">
     <w:name w:val="Smart Link"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F3F2F1"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Standardtabell1">
+  <w:style w:type="table" w:styleId="TableClassic1">
     <w:name w:val="Table Classic 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
@@ -34173,53 +33914,53 @@
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Standardtabell2">
+  <w:style w:type="table" w:styleId="TableClassic2">
     <w:name w:val="Table Classic 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="800080" w:fill="FFFFFF"/>
@@ -34263,53 +34004,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="800080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Standardtabell3">
+  <w:style w:type="table" w:styleId="TableClassic3">
     <w:name w:val="Table Classic 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="000080"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="FFFFFF"/>
@@ -34331,53 +34072,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Standardtabell4">
+  <w:style w:type="table" w:styleId="TableClassic4">
     <w:name w:val="Table Classic 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -34420,138 +34161,138 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Stark">
+  <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Starkbetoning">
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Starkreferens">
+  <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:spacing w:val="5"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Starktcitat">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="StarktcitatChar"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4F0433" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StarktcitatChar">
-[...2 lines deleted...]
-    <w:link w:val="Starktcitat"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellmed3D-effekter1">
+  <w:style w:type="table" w:styleId="Table3Deffects1">
     <w:name w:val="Table 3D effects 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr/>
     <w:tcPr>
       <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="800080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
@@ -34613,53 +34354,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellmed3D-effekter2">
+  <w:style w:type="table" w:styleId="Table3Deffects2">
     <w:name w:val="Table 3D effects 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:tblPr/>
@@ -34686,53 +34427,53 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellmed3D-effekter3">
+  <w:style w:type="table" w:styleId="Table3Deffects3">
     <w:name w:val="Table 3D effects 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -34775,53 +34516,53 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellmedkolumn1">
+  <w:style w:type="table" w:styleId="TableColumns1">
     <w:name w:val="Table Columns 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -34893,53 +34634,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellmedkolumn2">
+  <w:style w:type="table" w:styleId="TableColumns2">
     <w:name w:val="Table Columns 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -35005,53 +34746,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellmedkolumn3">
+  <w:style w:type="table" w:styleId="TableColumns3">
     <w:name w:val="Table Columns 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000080"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -35111,53 +34852,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="pct10" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellmedkolumn4">
+  <w:style w:type="table" w:styleId="TableColumns4">
     <w:name w:val="Table Columns 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -35179,53 +34920,53 @@
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="pct50" w:color="008080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="pct10" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellmedkolumn5">
+  <w:style w:type="table" w:styleId="TableColumns5">
     <w:name w:val="Table Columns 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
@@ -35267,53 +35008,53 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellista1">
+  <w:style w:type="table" w:styleId="TableList1">
     <w:name w:val="Table List 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="008080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="008080"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="800000"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -35350,53 +35091,53 @@
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellista2">
+  <w:style w:type="table" w:styleId="TableList2">
     <w:name w:val="Table List 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="2"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct75" w:color="008080" w:fill="008000"/>
       </w:tcPr>
@@ -35428,53 +35169,53 @@
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellista3">
+  <w:style w:type="table" w:styleId="TableList3">
     <w:name w:val="Table List 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -35485,136 +35226,136 @@
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellista4">
+  <w:style w:type="table" w:styleId="TableList4">
     <w:name w:val="Table List 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="808080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellista5">
+  <w:style w:type="table" w:styleId="TableList5">
     <w:name w:val="Table List 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellista6">
+  <w:style w:type="table" w:styleId="TableList6">
     <w:name w:val="Table List 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct50" w:color="000000" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
@@ -35626,53 +35367,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct25" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellista7">
+  <w:style w:type="table" w:styleId="TableList7">
     <w:name w:val="Table List 7"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="008000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="008000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -35722,53 +35463,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct25" w:color="FFFF00" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellista8">
+  <w:style w:type="table" w:styleId="TableList8">
     <w:name w:val="Table List 8"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -35820,100 +35561,100 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct25" w:color="FFFF00" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct50" w:color="FF0000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt1">
+  <w:style w:type="table" w:styleId="TableGrid1">
     <w:name w:val="Table Grid 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt2">
+  <w:style w:type="table" w:styleId="TableGrid2">
     <w:name w:val="Table Grid 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
@@ -35937,53 +35678,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt3">
+  <w:style w:type="table" w:styleId="TableGrid3">
     <w:name w:val="Table Grid 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct30" w:color="FFFF00" w:fill="FFFFFF"/>
@@ -35994,53 +35735,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt4">
+  <w:style w:type="table" w:styleId="TableGrid4">
     <w:name w:val="Table Grid 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -36057,53 +35798,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="pct30" w:color="FFFF00" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt5">
+  <w:style w:type="table" w:styleId="TableGrid5">
     <w:name w:val="Table Grid 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
@@ -36123,53 +35864,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt6">
+  <w:style w:type="table" w:styleId="TableGrid6">
     <w:name w:val="Table Grid 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -36192,53 +35933,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt7">
+  <w:style w:type="table" w:styleId="TableGrid7">
     <w:name w:val="Table Grid 7"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
@@ -36280,53 +36021,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt8">
+  <w:style w:type="table" w:styleId="TableGrid8">
     <w:name w:val="Table Grid 8"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000080"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -36344,227 +36085,227 @@
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutntljust">
+  <w:style w:type="table" w:styleId="TableGridLight">
     <w:name w:val="Grid Table Light"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelltema">
+  <w:style w:type="table" w:styleId="TableTheme">
     <w:name w:val="Table Theme"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Webbtabell1">
+  <w:style w:type="table" w:styleId="TableWeb1">
     <w:name w:val="Table Web 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Webbtabell2">
+  <w:style w:type="table" w:styleId="TableWeb2">
     <w:name w:val="Table Web 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:left w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:bottom w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:right w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideH w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Webbtabell3">
+  <w:style w:type="table" w:styleId="TableWeb3">
     <w:name w:val="Table Web 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:left w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:bottom w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:right w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrikliten">
     <w:name w:val="Rubrik liten"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00307FC0"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dokumentnamn">
     <w:name w:val="Dokumentnamn"/>
     <w:basedOn w:val="Rubrikliten"/>
     <w:uiPriority w:val="14"/>
     <w:qFormat/>
     <w:rsid w:val="0061653D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:ind w:left="3827" w:hanging="3827"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="KarolinskaInstitutet">
     <w:name w:val="Karolinska Institutet"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002644FB"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
@@ -36760,120 +36501,120 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
     <w:name w:val="Tabelltext"/>
     <w:basedOn w:val="Tabellrubrik"/>
     <w:qFormat/>
     <w:rsid w:val="00DE6EE8"/>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
     <w:name w:val="x_msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00321766"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00321766"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="outlook-search-highlight">
     <w:name w:val="outlook-search-highlight"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00321766"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="font541">
     <w:name w:val="font541"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00100472"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="font601">
     <w:name w:val="font601"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="001B6A16"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="font611">
     <w:name w:val="font611"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="001B6A16"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="253366814">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="308826416">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -37006,658 +36747,819 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:serviceteam-neo@ki.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:serviceteam-neo@ki.se" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/node/73495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="https://kise.sharepoint.com/sites/templates/Templates/Basmall_m_logo.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0DF17C2BFC9A7B4EA294F994A8AC71D8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{639776FA-984B-F941-BA09-028218789364}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E239B5" w:rsidRDefault="00E239B5" w:rsidP="00E239B5">
           <w:pPr>
             <w:pStyle w:val="0DF17C2BFC9A7B4EA294F994A8AC71D8"/>
           </w:pPr>
           <w:r w:rsidRPr="00CF60DC">
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click and add a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="72D1D49DCF154248B5E2F2C6D2A06299"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0B300D87-D41C-2745-AD44-7EC2DD6D1638}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E239B5" w:rsidRDefault="00E239B5" w:rsidP="00E239B5">
           <w:pPr>
             <w:pStyle w:val="72D1D49DCF154248B5E2F2C6D2A06299"/>
           </w:pPr>
           <w:r w:rsidRPr="00CF60DC">
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click and add a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A45F458033296345AF7969191FE69C03"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8CD7D109-14B3-FB40-9FE1-0BC06F8AD34F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E239B5" w:rsidRDefault="00E239B5" w:rsidP="00E239B5">
           <w:pPr>
             <w:pStyle w:val="A45F458033296345AF7969191FE69C03"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B6963CB6FDD33649854F0C6F2B93DE3A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A4E69ACB-246D-9940-BE4B-F880D2709B7E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E239B5" w:rsidRDefault="00E239B5" w:rsidP="00E239B5">
           <w:pPr>
             <w:pStyle w:val="B6963CB6FDD33649854F0C6F2B93DE3A"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="511F37F35E6A054E94B829E8A58611DB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{446C8A0D-05AD-8F47-924B-1CBBAF88B636}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E239B5" w:rsidRDefault="00E239B5" w:rsidP="00E239B5">
           <w:pPr>
             <w:pStyle w:val="511F37F35E6A054E94B829E8A58611DB"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FD5EBC94E340074C8A9D1C488C179DCC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0445E29C-68FF-4A47-A933-6A804DFD1A79}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009174F6" w:rsidRDefault="00320802" w:rsidP="00320802">
           <w:pPr>
             <w:pStyle w:val="FD5EBC94E340074C8A9D1C488C179DCC"/>
           </w:pPr>
           <w:r w:rsidRPr="00CF60DC">
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">See the back of the card, 13 </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>digits.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5B6FCE1B96456841942B50355EBCA047"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3E39B511-D795-6D4B-848E-65408B02FAAF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009174F6" w:rsidRDefault="00320802" w:rsidP="00320802">
           <w:pPr>
             <w:pStyle w:val="5B6FCE1B96456841942B50355EBCA047"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="287A41A39852634B9804296227F5CF64"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5656DF89-1D0D-EF4F-B3C1-41EDCA271AD7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009174F6" w:rsidRDefault="00320802" w:rsidP="00320802">
           <w:pPr>
             <w:pStyle w:val="287A41A39852634B9804296227F5CF64"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2A30783B1C6B1D49BDF078C3F709C6DE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{64690AFA-B24D-B743-A0BC-FD4BE122AD21}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009174F6" w:rsidRDefault="00320802" w:rsidP="00320802">
           <w:pPr>
             <w:pStyle w:val="2A30783B1C6B1D49BDF078C3F709C6DE"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2DD6F721B3B68649A344A0719CA1067C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2A6465FB-D494-D34E-A1C2-78CBC6327D7C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="000A1884" w:rsidRDefault="00593287" w:rsidP="00593287">
           <w:pPr>
             <w:pStyle w:val="2DD6F721B3B68649A344A0719CA1067C"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6ADC7E57069F2A48838D69148F9D00BE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3D99B42F-D585-FE4B-BF79-54A22BBD8AA6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="000A1884" w:rsidRDefault="00593287" w:rsidP="00593287">
           <w:pPr>
             <w:pStyle w:val="6ADC7E57069F2A48838D69148F9D00BE"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DBB188FC46F2D049BF3E4E4C370C3CC4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E2EA2208-406E-654D-A42C-8835C6CAA96B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005659C6" w:rsidRDefault="00DA3FA5" w:rsidP="00DA3FA5">
           <w:pPr>
             <w:pStyle w:val="DBB188FC46F2D049BF3E4E4C370C3CC4"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DE35E1B246352748AE9B60A4D9743750"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{33CF2370-48CC-7442-BFED-1D25C506B41B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005659C6" w:rsidRDefault="00DA3FA5" w:rsidP="00DA3FA5">
           <w:pPr>
             <w:pStyle w:val="DE35E1B246352748AE9B60A4D9743750"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="514CD6136C2C4734B16AD445F535C713"/>
+        <w:name w:val="A6B5D9CBBEFD4F1CA3E0445620E5F1B3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DA7DC6F6-038D-4828-B0D0-F79675C2E4C7}"/>
+        <w:guid w:val="{2A311306-73C3-4C00-B14B-79E980501DAE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005659C6" w:rsidRDefault="005659C6" w:rsidP="005659C6">
+        <w:p w:rsidR="00A223E8" w:rsidRDefault="00A223E8" w:rsidP="00A223E8">
           <w:pPr>
-            <w:pStyle w:val="514CD6136C2C4734B16AD445F535C713"/>
+            <w:pStyle w:val="A6B5D9CBBEFD4F1CA3E0445620E5F1B3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Write here.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CC8AA18A84094B4597C69D36D68708B2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2E34D1E3-166E-482C-B9F4-902CA55E4A3E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A223E8" w:rsidRDefault="00A223E8" w:rsidP="00A223E8">
+          <w:pPr>
+            <w:pStyle w:val="CC8AA18A84094B4597C69D36D68708B2"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Write here.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0488044CC26D42F6BA6E889EAFCC6ADF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6F6D4C41-1394-4EB8-9ED3-C1E051A9021F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A223E8" w:rsidRDefault="00A223E8" w:rsidP="00A223E8">
+          <w:pPr>
+            <w:pStyle w:val="0488044CC26D42F6BA6E889EAFCC6ADF"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Write here.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="41AF899FAF87495F8BE4DB73A61769FE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1551D3A8-B82A-4388-AD7C-8739B4A493CA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BA2BED" w:rsidRDefault="00BA2BED" w:rsidP="00BA2BED">
+          <w:pPr>
+            <w:pStyle w:val="41AF899FAF87495F8BE4DB73A61769FE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CF60DC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click and add a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BD76235FE1AC424FA3DBB2EE2BAA6EDF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F96CAFF6-69C6-43E7-952D-46A54EDE8418}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BA2BED" w:rsidRDefault="00BA2BED" w:rsidP="00BA2BED">
+          <w:pPr>
+            <w:pStyle w:val="BD76235FE1AC424FA3DBB2EE2BAA6EDF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CF60DC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click and add a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="464F98296E9C4193BFF83010FA2BF19F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A7F1B5FC-EB27-448C-ADCC-B111E55D8E84}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BC3169" w:rsidRDefault="00BC3169" w:rsidP="00BC3169">
+          <w:pPr>
+            <w:pStyle w:val="464F98296E9C4193BFF83010FA2BF19F"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
-    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
-    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E239B5"/>
+    <w:rsid w:val="00050673"/>
     <w:rsid w:val="00071685"/>
     <w:rsid w:val="000A1884"/>
     <w:rsid w:val="000B64D9"/>
     <w:rsid w:val="002E5A8D"/>
     <w:rsid w:val="00320802"/>
-    <w:rsid w:val="004751C6"/>
     <w:rsid w:val="005659C6"/>
     <w:rsid w:val="00593287"/>
     <w:rsid w:val="00645C0C"/>
-    <w:rsid w:val="007A4A54"/>
+    <w:rsid w:val="00697432"/>
     <w:rsid w:val="007C64A6"/>
-    <w:rsid w:val="00842478"/>
     <w:rsid w:val="009174F6"/>
+    <w:rsid w:val="00A223E8"/>
     <w:rsid w:val="00A644BB"/>
+    <w:rsid w:val="00A9763A"/>
+    <w:rsid w:val="00BA2BED"/>
+    <w:rsid w:val="00BC3169"/>
     <w:rsid w:val="00C13F8D"/>
     <w:rsid w:val="00C67D48"/>
+    <w:rsid w:val="00CA6A21"/>
     <w:rsid w:val="00D62406"/>
     <w:rsid w:val="00DA3FA5"/>
+    <w:rsid w:val="00DB187D"/>
     <w:rsid w:val="00E239B5"/>
     <w:rsid w:val="00E53D28"/>
     <w:rsid w:val="00EE1272"/>
     <w:rsid w:val="00FE0AD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -37989,88 +37891,89 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005659C6"/>
+    <w:rsid w:val="00BC3169"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD5EBC94E340074C8A9D1C488C179DCC">
     <w:name w:val="FD5EBC94E340074C8A9D1C488C179DCC"/>
     <w:rsid w:val="00320802"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0DF17C2BFC9A7B4EA294F994A8AC71D8">
     <w:name w:val="0DF17C2BFC9A7B4EA294F994A8AC71D8"/>
     <w:rsid w:val="00E239B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="72D1D49DCF154248B5E2F2C6D2A06299">
     <w:name w:val="72D1D49DCF154248B5E2F2C6D2A06299"/>
     <w:rsid w:val="00E239B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B6FCE1B96456841942B50355EBCA047">
     <w:name w:val="5B6FCE1B96456841942B50355EBCA047"/>
     <w:rsid w:val="00320802"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A45F458033296345AF7969191FE69C03">
     <w:name w:val="A45F458033296345AF7969191FE69C03"/>
     <w:rsid w:val="00E239B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6963CB6FDD33649854F0C6F2B93DE3A">
@@ -38079,80 +37982,101 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="511F37F35E6A054E94B829E8A58611DB">
     <w:name w:val="511F37F35E6A054E94B829E8A58611DB"/>
     <w:rsid w:val="00E239B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="287A41A39852634B9804296227F5CF64">
     <w:name w:val="287A41A39852634B9804296227F5CF64"/>
     <w:rsid w:val="00320802"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A30783B1C6B1D49BDF078C3F709C6DE">
     <w:name w:val="2A30783B1C6B1D49BDF078C3F709C6DE"/>
     <w:rsid w:val="00320802"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DD6F721B3B68649A344A0719CA1067C">
     <w:name w:val="2DD6F721B3B68649A344A0719CA1067C"/>
     <w:rsid w:val="00593287"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6ADC7E57069F2A48838D69148F9D00BE">
     <w:name w:val="6ADC7E57069F2A48838D69148F9D00BE"/>
     <w:rsid w:val="00593287"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBB188FC46F2D049BF3E4E4C370C3CC4">
     <w:name w:val="DBB188FC46F2D049BF3E4E4C370C3CC4"/>
     <w:rsid w:val="00DA3FA5"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8ABF3678E4494F3A923E88A748F45A8A">
-[...1 lines deleted...]
-    <w:rsid w:val="005659C6"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE35E1B246352748AE9B60A4D9743750">
+    <w:name w:val="DE35E1B246352748AE9B60A4D9743750"/>
+    <w:rsid w:val="00DA3FA5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6B5D9CBBEFD4F1CA3E0445620E5F1B3">
+    <w:name w:val="A6B5D9CBBEFD4F1CA3E0445620E5F1B3"/>
+    <w:rsid w:val="00A223E8"/>
     <w:rPr>
       <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33B48494039E4251BABB5E698BAACFA4">
-[...1 lines deleted...]
-    <w:rsid w:val="005659C6"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CC8AA18A84094B4597C69D36D68708B2">
+    <w:name w:val="CC8AA18A84094B4597C69D36D68708B2"/>
+    <w:rsid w:val="00A223E8"/>
     <w:rPr>
       <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE35E1B246352748AE9B60A4D9743750">
-[...5 lines deleted...]
-    <w:rsid w:val="005659C6"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0488044CC26D42F6BA6E889EAFCC6ADF">
+    <w:name w:val="0488044CC26D42F6BA6E889EAFCC6ADF"/>
+    <w:rsid w:val="00A223E8"/>
+    <w:rPr>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41AF899FAF87495F8BE4DB73A61769FE">
+    <w:name w:val="41AF899FAF87495F8BE4DB73A61769FE"/>
+    <w:rsid w:val="00BA2BED"/>
+    <w:rPr>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD76235FE1AC424FA3DBB2EE2BAA6EDF">
+    <w:name w:val="BD76235FE1AC424FA3DBB2EE2BAA6EDF"/>
+    <w:rsid w:val="00BA2BED"/>
+    <w:rPr>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="464F98296E9C4193BFF83010FA2BF19F">
+    <w:name w:val="464F98296E9C4193BFF83010FA2BF19F"/>
+    <w:rsid w:val="00BC3169"/>
     <w:rPr>
       <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="macintosh"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="KI">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F0433"/>
       </a:accent1>
@@ -38337,61 +38261,50 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101006B3D3988DB1E92408C029FE0429E495D" ma:contentTypeVersion="12" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="cdc1353450247884d1aea76b7de6eae8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9c4df81-0576-44de-b350-be7c52e66943" xmlns:ns3="73d8e64e-e64a-47cf-aac4-3d4babf8a00c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0f2da05c9ffd880f8c7bb3f0f11f2203" ns2:_="" ns3:_="">
     <xsd:import namespace="a9c4df81-0576-44de-b350-be7c52e66943"/>
     <xsd:import namespace="73d8e64e-e64a-47cf-aac4-3d4babf8a00c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -38548,191 +38461,216 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9c4df81-0576-44de-b350-be7c52e66943">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="73d8e64e-e64a-47cf-aac4-3d4babf8a00c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <root xmlns="LPXML">
   <namn/>
   <titel/>
   <avdelning/>
   <förvaltning/>
   <kontakt>
     <telefon/>
     <mobil/>
     <epost/>
     <adress>
       <co/>
       <box/>
       <gata/>
       <postnr/>
       <ort/>
       <land/>
     </adress>
   </kontakt>
   <dokumenttyp/>
   <Diarienummer/>
   <Datum/>
   <version/>
   <sklass/>
   <foretag/>
   <extra1/>
   <extra2/>
   <extra3/>
   <extra4/>
   <extra5/>
   <extra6/>
   <extra7/>
   <extra8/>
   <extra9/>
 </root>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A083391-8E44-45B5-9339-C4AC5026439C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9c4df81-0576-44de-b350-be7c52e66943"/>
     <ds:schemaRef ds:uri="73d8e64e-e64a-47cf-aac4-3d4babf8a00c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F8BF9BB-29FD-4319-A4F7-A450F7704244}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9c4df81-0576-44de-b350-be7c52e66943"/>
+    <ds:schemaRef ds:uri="73d8e64e-e64a-47cf-aac4-3d4babf8a00c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="LPXML"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD8DB128-02D4-42C6-8BD3-B58A0A3BE23E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Basmall_m_logo.dotx</Template>
+  <Template>Basmall_m_logo</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>679</Words>
-  <Characters>3604</Characters>
+  <Words>658</Words>
+  <Characters>3491</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Rubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="10" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
+      <vt:lpstr>    //&lt;Dokumentnamn&gt;</vt:lpstr>
+      <vt:lpstr>    &lt;Datum&gt;	Dnr: &lt;Dnr&gt;</vt:lpstr>
+      <vt:lpstr>    &lt;Institution&gt;</vt:lpstr>
+      <vt:lpstr>    &lt;Avdelning&gt;</vt:lpstr>
+      <vt:lpstr>    &lt;Namn&gt;, &lt;Titel&gt;</vt:lpstr>
+      <vt:lpstr>    &lt;Mottagare&gt;</vt:lpstr>
+      <vt:lpstr>    </vt:lpstr>
+      <vt:lpstr>&lt;Rubrik&gt;</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4275</CharactersWithSpaces>
+  <CharactersWithSpaces>4141</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>4587581</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:serviceteam-neo@ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2359355</vt:i4>
       </vt:variant>
       <vt:variant>