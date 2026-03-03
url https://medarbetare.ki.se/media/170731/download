--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -246,69 +246,51 @@
         </w:rPr>
         <w:t>To ensure proper data management</w:t>
       </w:r>
       <w:r w:rsidR="00EE7123" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the Neo Service team</w:t>
       </w:r>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, only digitally completed </w:t>
       </w:r>
       <w:r w:rsidR="00B974BA" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">and EduSigned </w:t>
       </w:r>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>forms will be processed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF01612" w14:textId="77777777" w:rsidR="00D31AF7" w:rsidRPr="004E20F0" w:rsidRDefault="00D31AF7" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23D8C735" w14:textId="1F4C7A33" w:rsidR="00F30983" w:rsidRPr="004E20F0" w:rsidRDefault="000175CD" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
@@ -499,79 +481,77 @@
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:alias w:val="Klicka här"/>
               <w:tag w:val="Klicka här"/>
               <w:id w:val="2064213884"/>
               <w:placeholder>
                 <w:docPart w:val="6ADC7E57069F2A48838D69148F9D00BE"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="55059418" w14:textId="285A3F13" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
+              <w:p w14:paraId="55059418" w14:textId="53BE9BCA" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:alias w:val="Klicka här"/>
                     <w:tag w:val="Klicka här"/>
                     <w:id w:val="454839756"/>
                     <w:placeholder>
                       <w:docPart w:val="DE35E1B246352748AE9B60A4D9743750"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:appearance w15:val="hidden"/>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r>
+                    <w:r w:rsidR="006A00FA">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                       </w:rPr>
                       <w:t>Write here.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77902" w:rsidRPr="004E20F0" w14:paraId="12F71AC0" w14:textId="77777777" w:rsidTr="009972E3">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1A5E77C9" w14:textId="6FA274A8" w:rsidR="00C77902" w:rsidRPr="004E20F0" w:rsidRDefault="007D29B0">
             <w:pPr>
               <w:rPr>
@@ -589,147 +569,145 @@
               <w:t>Family</w:t>
             </w:r>
             <w:r w:rsidR="00391B76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
             <w:r w:rsidR="00C77902" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3526221A" w14:textId="18F19076" w:rsidR="00C77902" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
+          <w:p w14:paraId="3526221A" w14:textId="18F19076" w:rsidR="00C77902" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="-211425944"/>
                 <w:placeholder>
                   <w:docPart w:val="DBB188FC46F2D049BF3E4E4C370C3CC4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009E282E" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w14:paraId="7725FA18" w14:textId="77777777" w:rsidTr="009972E3">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="195A6749" w14:textId="13A3B2C7" w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w:rsidRDefault="007D7C2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The applicant is:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3923FA" w14:textId="0896C564" w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
+          <w:p w14:paraId="3C3923FA" w14:textId="0896C564" w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="1443503487"/>
                 <w:placeholder>
                   <w:docPart w:val="2DD6F721B3B68649A344A0719CA1067C"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00185ECB">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val=""/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:statusText w:type="autoText" w:val="- PAGE -"/>
                       <w:ddList>
                         <w:listEntry w:val="Please select"/>
                         <w:listEntry w:val="Employee"/>
                         <w:listEntry w:val="Student"/>
                         <w:listEntry w:val="Only user of the core facilities"/>
                         <w:listEntry w:val="External company/organisation, specify"/>
                         <w:listEntry w:val="Other"/>
                       </w:ddList>
                     </w:ffData>
                   </w:fldChar>
                 </w:r>
                 <w:r w:rsidR="00185ECB">
@@ -778,92 +756,90 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5EDB57D8" w14:textId="1F8A0B82" w:rsidR="00FC6D7E" w:rsidRPr="004E20F0" w:rsidRDefault="007E1E9A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If other, specify:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC5EDC2" w14:textId="688A2D0C" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
+          <w:p w14:paraId="1FC5EDC2" w14:textId="688A2D0C" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="684332755"/>
                 <w:placeholder>
                   <w:docPart w:val="287A41A39852634B9804296227F5CF64"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:alias w:val="Klicka här"/>
                     <w:tag w:val="Klicka här"/>
                     <w:id w:val="785695946"/>
                     <w:placeholder>
                       <w:docPart w:val="2A30783B1C6B1D49BDF078C3F709C6DE"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:appearance w15:val="hidden"/>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00AA6D4A" w:rsidRPr="004E20F0">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Write here.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3283CE85" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="006174EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -990,55 +966,50 @@
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               <w:color w:val="808080"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-1847553014"/>
             <w:placeholder>
               <w:docPart w:val="0DF17C2BFC9A7B4EA294F994A8AC71D8"/>
             </w:placeholder>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7229" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="18462F8C" w14:textId="4589C187" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="004E20F0">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="Heading1Char"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:color w:val="808080"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
@@ -1071,95 +1042,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>To:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1703973340"/>
             <w:placeholder>
               <w:docPart w:val="72D1D49DCF154248B5E2F2C6D2A06299"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2687" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7D5D9761" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-899906612"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="573" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0A856D70" w14:textId="7D2EFF1F" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="009959C2">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1264,75 +1233,74 @@
               </w:rPr>
               <w:t xml:space="preserve">Responsible </w:t>
             </w:r>
             <w:r w:rsidR="007C2D90" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>epartment for applicant within Neo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A21F2E6" w14:textId="3528DE16" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC" w:rsidP="006174EF">
+          <w:p w14:paraId="1A21F2E6" w14:textId="3528DE16" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00000000" w:rsidP="006174EF">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="1189102832"/>
                 <w:placeholder>
                   <w:docPart w:val="A45F458033296345AF7969191FE69C03"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:bookmarkStart w:id="0" w:name="Dropdown1"/>
                 <w:r w:rsidR="004702A9">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val="Dropdown1"/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:statusText w:type="autoText" w:val="- PAGE -"/>
                       <w:ddList>
                         <w:listEntry w:val="Please select"/>
                         <w:listEntry w:val="CLINTEC-DevRegStemCellMed"/>
                         <w:listEntry w:val="CLINTEC-ObsGyn"/>
                         <w:listEntry w:val="CLINTEC-Renal"/>
                         <w:listEntry w:val="CLINTEC-SurOnk"/>
                         <w:listEntry w:val="CLINTEC-SMAILE"/>
                         <w:listEntry w:val="CLINTEC-Other"/>
                         <w:listEntry w:val="MedH-Admin"/>
                         <w:listEntry w:val="MedH-CeRM"/>
                         <w:listEntry w:val="MedH-CIM"/>
@@ -1397,75 +1365,74 @@
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk211333838"/>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If other, specify</w:t>
             </w:r>
             <w:r w:rsidR="008B7966" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61A03682" w14:textId="30BCDEF0" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC" w:rsidP="006174EF">
+          <w:p w14:paraId="61A03682" w14:textId="30BCDEF0" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00000000" w:rsidP="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="2106146195"/>
                 <w:placeholder>
                   <w:docPart w:val="B6963CB6FDD33649854F0C6F2B93DE3A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006174EF" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="006174EF" w:rsidRPr="004E20F0" w14:paraId="69FD8979" w14:textId="77777777" w:rsidTr="006174EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3280" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7E19E20E" w14:textId="4D8022B4" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="006174EF">
             <w:pPr>
@@ -1519,75 +1486,74 @@
               </w:rPr>
               <w:t>Neo</w:t>
             </w:r>
             <w:r w:rsidR="00A855B3" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (not requested when applying for access to the core facilities)</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="420236CF" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC" w:rsidP="006174EF">
+          <w:p w14:paraId="420236CF" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00000000" w:rsidP="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="1715472324"/>
                 <w:placeholder>
                   <w:docPart w:val="511F37F35E6A054E94B829E8A58611DB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006174EF" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DC93702" w14:textId="1BEC6C28" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="00CF7941">
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1671,220 +1637,217 @@
               </w:rPr>
               <w:t>ccess card</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> number</w:t>
             </w:r>
             <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="692460E5" w14:textId="7CE4D2FF" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC">
+          <w:p w14:paraId="692460E5" w14:textId="7CE4D2FF" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="721104838"/>
                 <w:placeholder>
                   <w:docPart w:val="FD5EBC94E340074C8A9D1C488C179DCC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>See the back of the card, 13 digits.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5367" w:rsidRPr="004E20F0" w14:paraId="648DA714" w14:textId="77777777" w:rsidTr="00DB5367">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="058949F1" w14:textId="08774F65" w:rsidR="00DB5367" w:rsidRPr="004E20F0" w:rsidRDefault="00DB5367" w:rsidP="00F61584">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pin code</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE64FBB" w14:textId="77777777" w:rsidR="00DB5367" w:rsidRPr="004E20F0" w:rsidRDefault="00B211BC" w:rsidP="00F61584">
+          <w:p w14:paraId="7EE64FBB" w14:textId="77777777" w:rsidR="00DB5367" w:rsidRPr="004E20F0" w:rsidRDefault="00000000" w:rsidP="00F61584">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="602459099"/>
                 <w:placeholder>
                   <w:docPart w:val="464F98296E9C4193BFF83010FA2BF19F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB5367" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
       <w:tr w:rsidR="00F74D75" w:rsidRPr="004E20F0" w14:paraId="322E3C77" w14:textId="77777777" w:rsidTr="00E2416E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2E4433B8" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00F74D75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If other, specify:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40CB5132" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRDefault="00B211BC">
+          <w:p w14:paraId="40CB5132" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="-1649663264"/>
                 <w:placeholder>
                   <w:docPart w:val="5B6FCE1B96456841942B50355EBCA047"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0980EDC4" w14:textId="77777777" w:rsidR="00E217A2" w:rsidRPr="004E20F0" w:rsidRDefault="00E217A2">
             <w:pPr>
               <w:rPr>
@@ -1985,51 +1948,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008634BC" w:rsidRPr="004E20F0" w14:paraId="3ED43C2A" w14:textId="77777777" w:rsidTr="0061738A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="866711564"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="441" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7039F66D" w14:textId="0FBB10E8" w:rsidR="008634BC" w:rsidRPr="004E20F0" w:rsidRDefault="007F3C22" w:rsidP="008634BC">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2153,51 +2115,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Common KI areas in Neo, floor5 and elevators</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008634BC" w:rsidRPr="004E20F0" w14:paraId="4C1A4904" w14:textId="77777777" w:rsidTr="0061738A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="321402060"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="441" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="15D9E9F7" w14:textId="79537C99" w:rsidR="008634BC" w:rsidRPr="004E20F0" w:rsidRDefault="007F3C22" w:rsidP="008634BC">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2491,51 +2452,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Responsible person/Approver</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="4EDFE742" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1728216853"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7F8F600B" w14:textId="653AB92F" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="008119A6" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
@@ -2641,51 +2601,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Martin Bergö or Xiufeng Xu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="0432AF39" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="324480109"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="7EB7BCE5" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
@@ -2911,51 +2870,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eckardt Treuter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3AAEA558" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1587227558"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7E2B1E25" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
@@ -3259,51 +3217,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Marie Jeansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="7B042975" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-138426382"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="02CE04C2" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
@@ -3393,51 +3350,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Luca Jovine</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="57E8D671" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-277496779"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="69B760E4" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -3514,51 +3470,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="55EE0BAA" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1478062434"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1A77A071" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -3647,51 +3602,50 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Eckardt Treuter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1125F01F" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1654898524"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2842652E" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
@@ -3774,51 +3728,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nina Kronqvist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="7313012C" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="847069574"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="77799972" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
@@ -4118,51 +4071,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="57C50878" w14:textId="77777777" w:rsidTr="00212EC0">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="2030990466"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="5456179F" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
@@ -4460,51 +4412,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sumonto Mitra or Isabel Runneberger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="374AF95C" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1106539826"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1E892052" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -4585,51 +4536,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="720CD8DA" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1595291844"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="524D047B" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -4706,51 +4656,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3E4B7200" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-59409014"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="71E8099F" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -4831,51 +4780,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1884D3D2" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="2131281117"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6F614C14" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -4952,51 +4900,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elisabeth Raschperger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3675353B" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-926033821"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="3ABEDF0E" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -5077,51 +5024,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elisabeth Raschperger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="68AA9C58" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1370135883"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4987E11D" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -5198,51 +5144,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007815D8" w:rsidRPr="004E20F0" w14:paraId="37CBC980" w14:textId="77777777" w:rsidTr="00D70559">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="58523623"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="3834C434" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
@@ -5278,92 +5223,90 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Isotoplab 7382</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="50457C18" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="00861704" w:rsidRDefault="00B211BC" w:rsidP="00D70559">
+          <w:p w14:paraId="50457C18" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="00861704" w:rsidRDefault="00000000" w:rsidP="00D70559">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="565377687"/>
                 <w:placeholder>
                   <w:docPart w:val="A6B5D9CBBEFD4F1CA3E0445620E5F1B3"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:alias w:val="Klicka här"/>
                     <w:tag w:val="Klicka här"/>
                     <w:id w:val="-1878764211"/>
                     <w:placeholder>
                       <w:docPart w:val="CC8AA18A84094B4597C69D36D68708B2"/>
                     </w:placeholder>
                     <w15:appearance w15:val="hidden"/>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="007815D8" w:rsidRPr="00861704">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Ge</w:t>
                     </w:r>
                     <w:r w:rsidR="007815D8">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
                     <w:r w:rsidR="007815D8" w:rsidRPr="00861704">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>eral</w:t>
                     </w:r>
@@ -5401,51 +5344,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elisabeth Raschperger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007815D8" w:rsidRPr="004E20F0" w14:paraId="5CF8714A" w14:textId="77777777" w:rsidTr="007815D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1683123896"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="345F777D" w14:textId="77777777" w:rsidR="007815D8" w:rsidRDefault="007815D8" w:rsidP="00D70559">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -5470,75 +5412,74 @@
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> room/s:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07D9204C" w14:textId="77777777" w:rsidR="007815D8" w:rsidRDefault="00B211BC" w:rsidP="00D70559">
+          <w:p w14:paraId="07D9204C" w14:textId="77777777" w:rsidR="007815D8" w:rsidRDefault="00000000" w:rsidP="00D70559">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="-1272012877"/>
                 <w:placeholder>
                   <w:docPart w:val="0488044CC26D42F6BA6E889EAFCC6ADF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007815D8" w:rsidRPr="006A5B04">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FB8BB5B" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -5552,51 +5493,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elisabeth Raschperger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="6D3D47FC" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="604235818"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="743CCE3B" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -5677,51 +5617,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elisabeth Raschperger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="4ADD90DA" w14:textId="77777777" w:rsidTr="00553D45">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1249313527"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="0168B1BF" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
@@ -5815,51 +5754,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fredrik Fagerström-Billai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="1E841B3C" w14:textId="77777777" w:rsidTr="00553D45">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1405292708"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="6102FE6E" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="sv-SE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
@@ -6049,51 +5987,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="66EE1DE6" w14:textId="77777777" w:rsidTr="00553D45">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="376045477"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="4D158764" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
@@ -6168,63 +6105,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5ED3303B" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gabriela Imreh or Sylvie Le </w:t>
+              <w:t>Gabriela Imreh or Sylvie Le Guyader</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8217" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D0060B" w:rsidRPr="004E20F0" w14:paraId="243040A3" w14:textId="4860A6BE" w:rsidTr="004724E5">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BDEB187" w14:textId="77777777" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
             <w:pPr>
@@ -6243,55 +6169,50 @@
               <w:t xml:space="preserve">From:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               <w:color w:val="808080"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-37663810"/>
             <w:placeholder>
               <w:docPart w:val="41AF899FAF87495F8BE4DB73A61769FE"/>
             </w:placeholder>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2126" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="794D43D5" w14:textId="77777777" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="Heading1Char"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:color w:val="808080"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
               </w:p>
@@ -6329,63 +6250,52 @@
                 <w:rStyle w:val="Heading1Char"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ax </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 </w:t>
+              <w:t>2 months</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0060B" w:rsidRPr="004E20F0" w14:paraId="3DC04C87" w14:textId="55ACAC65" w:rsidTr="004724E5">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F2E70CF" w14:textId="68D01821" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -6400,55 +6310,50 @@
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               <w:color w:val="808080"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="552822557"/>
             <w:placeholder>
               <w:docPart w:val="BD76235FE1AC424FA3DBB2EE2BAA6EDF"/>
             </w:placeholder>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2126" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="03AA77BD" w14:textId="77777777" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="Heading1Char"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:color w:val="808080"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
               </w:p>
@@ -6465,72 +6370,71 @@
                 <w:rStyle w:val="Heading1Char"/>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8217" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="3686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F53A37" w:rsidRPr="00B211BC" w14:paraId="2C9BEDBB" w14:textId="77777777" w:rsidTr="006F549F">
+      <w:tr w:rsidR="00F53A37" w:rsidRPr="006A00FA" w14:paraId="2C9BEDBB" w14:textId="77777777" w:rsidTr="006F549F">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="4F0433" w:themeColor="accent1"/>
               <w:spacing w:val="-4"/>
               <w:kern w:val="56"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="sv-SE"/>
             </w:rPr>
             <w:id w:val="122657084"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2BC16AC3" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
@@ -6592,107 +6496,72 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="10FF48E3" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Belinda Pannagel or </w:t>
+              <w:t>Belinda Pannagel or Narmadha Subramanian</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53A37" w:rsidRPr="00B211BC" w14:paraId="02CE0056" w14:textId="77777777" w:rsidTr="00F53A37">
+      <w:tr w:rsidR="00F53A37" w:rsidRPr="006A00FA" w14:paraId="02CE0056" w14:textId="77777777" w:rsidTr="00F53A37">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-378397428"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="21F71FAE" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="sv-SE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6770,51 +6639,50 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Belinda Pannagel or Narmadha Subramanian</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="31DA6806" w14:textId="77777777" w:rsidTr="006F549F">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-887876545"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="57FDF1EC" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
@@ -7138,78 +7006,94 @@
       <w:r w:rsidR="001906FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>simplified version for admin personnel</w:t>
       </w:r>
       <w:r w:rsidR="001644C6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="001906FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FAEAEE1" w14:textId="2337DD24" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="00D375F0" w:rsidP="0061738A">
+    <w:p w14:paraId="7FAEAEE1" w14:textId="6BB05675" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="00D375F0" w:rsidP="0061738A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Signature by PI/line manager is n</w:t>
       </w:r>
       <w:r w:rsidR="0061738A" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ot mandatory if applying only for core facility access.</w:t>
+        <w:t>ot mandatory if applying only for core facility access</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0A00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (LCI, SICOF and FACS)</w:t>
+      </w:r>
+      <w:r w:rsidR="0061738A" w:rsidRPr="004E20F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B77E219" w14:textId="59D9A6C8" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Room specific responsible person/approver in Neo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7129DCBA" w14:textId="77777777" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
@@ -7276,51 +7160,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2C25C47E" w14:textId="77777777" w:rsidR="0061738A" w:rsidRPr="004E20F0" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FEFD563" w14:textId="71C2C90B" w:rsidR="0061738A" w:rsidRDefault="0061738A" w:rsidP="0061738A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Send in the fully filled out and signed access form to Neo Service team (</w:t>
+        <w:t xml:space="preserve">Send in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006162ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fully filled out and signed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E20F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> access form to Neo Service team (</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="004E20F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>serviceteam-neo@ki.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="007204EE" w:rsidRPr="004E20F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -7538,102 +7440,118 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F6EAB30" w14:textId="77777777" w:rsidR="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="006A5B04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7110C3E1" w14:textId="77777777" w:rsidR="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="006A5B04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48EAB6DF" w14:textId="2A087970" w:rsidR="006A5B04" w:rsidRPr="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="001F2D2B">
+    <w:p w14:paraId="48EAB6DF" w14:textId="7FF94F8A" w:rsidR="006A5B04" w:rsidRPr="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="001F2D2B">
       <w:pPr>
         <w:ind w:left="7200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A5B04">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>V2025-0</w:t>
+        <w:t>V202</w:t>
       </w:r>
-      <w:r w:rsidR="00212EC0">
+      <w:r w:rsidR="004B7F05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5B04">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E711D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A5B04" w:rsidRPr="006A5B04" w:rsidSect="003B4DFC">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="936" w:right="1418" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41099A2D" w14:textId="77777777" w:rsidR="00344DF7" w:rsidRDefault="00344DF7" w:rsidP="001636A9">
+    <w:p w14:paraId="491465B4" w14:textId="77777777" w:rsidR="00856497" w:rsidRDefault="00856497" w:rsidP="001636A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64ED3CE7" w14:textId="77777777" w:rsidR="00344DF7" w:rsidRDefault="00344DF7" w:rsidP="001636A9">
+    <w:p w14:paraId="2DB2AEC0" w14:textId="77777777" w:rsidR="00856497" w:rsidRDefault="00856497" w:rsidP="001636A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
@@ -7697,58 +7615,58 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5020008C" w14:textId="77777777" w:rsidR="00344DF7" w:rsidRDefault="00344DF7" w:rsidP="001636A9">
+    <w:p w14:paraId="4EA4A321" w14:textId="77777777" w:rsidR="00856497" w:rsidRDefault="00856497" w:rsidP="001636A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05E13F01" w14:textId="77777777" w:rsidR="00344DF7" w:rsidRDefault="00344DF7" w:rsidP="001636A9">
+    <w:p w14:paraId="7E09E90E" w14:textId="77777777" w:rsidR="00856497" w:rsidRDefault="00856497" w:rsidP="001636A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="511BF5E0" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="0061653D" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F678EC6" wp14:editId="02DD1BC6">
@@ -9637,112 +9555,114 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="997197110">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1324815446">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1411777226">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="862042">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2023890486">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ylMuCXEOIM/Af3CRwrMyPDwaWvFn255fYF/uJ0RC2i5jXZWp+CRCatLBmHA0y2GJqmOqVcQa7tY0FJVwGpS3Lg==" w:salt="cOfiSYZRXdcUJ44jpoXKgA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9rc0IUuWdj+QzDUZj/3RswKHvfDNuX1EUwcCfNY6q920ak9KM1bLd3SIL5Owudust2RvsoZPu0hgpR942aSEsw==" w:salt="XP2LJiBA6CrcmFgXmnat+w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006174EF"/>
     <w:rsid w:val="00001294"/>
     <w:rsid w:val="00006D7B"/>
     <w:rsid w:val="000175CD"/>
     <w:rsid w:val="00036AAF"/>
     <w:rsid w:val="00043E74"/>
     <w:rsid w:val="00045ED9"/>
+    <w:rsid w:val="00047C70"/>
     <w:rsid w:val="00050673"/>
     <w:rsid w:val="000527BA"/>
     <w:rsid w:val="00062AD3"/>
     <w:rsid w:val="00063618"/>
     <w:rsid w:val="000704DF"/>
     <w:rsid w:val="000717EF"/>
     <w:rsid w:val="00091655"/>
     <w:rsid w:val="00092A7D"/>
     <w:rsid w:val="000A108F"/>
     <w:rsid w:val="000A7860"/>
     <w:rsid w:val="000B5C1E"/>
     <w:rsid w:val="000B64D9"/>
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="000C1300"/>
     <w:rsid w:val="000C6224"/>
     <w:rsid w:val="000D40E5"/>
     <w:rsid w:val="000D65C9"/>
     <w:rsid w:val="000E7B81"/>
     <w:rsid w:val="000F1D9B"/>
     <w:rsid w:val="000F4A5C"/>
     <w:rsid w:val="00100472"/>
     <w:rsid w:val="0010479E"/>
     <w:rsid w:val="00106E50"/>
     <w:rsid w:val="00112C67"/>
     <w:rsid w:val="001141A0"/>
     <w:rsid w:val="001157F6"/>
     <w:rsid w:val="00115AFE"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="00130604"/>
     <w:rsid w:val="001318E5"/>
     <w:rsid w:val="00145D85"/>
+    <w:rsid w:val="001611FF"/>
     <w:rsid w:val="001636A9"/>
     <w:rsid w:val="001644C6"/>
     <w:rsid w:val="00166247"/>
     <w:rsid w:val="001725A4"/>
     <w:rsid w:val="00173B0C"/>
     <w:rsid w:val="00176444"/>
     <w:rsid w:val="00177D2A"/>
     <w:rsid w:val="00185ECB"/>
     <w:rsid w:val="001906FD"/>
     <w:rsid w:val="001929D4"/>
     <w:rsid w:val="00195DBC"/>
     <w:rsid w:val="001A18A7"/>
     <w:rsid w:val="001A1B88"/>
     <w:rsid w:val="001A4234"/>
     <w:rsid w:val="001A7262"/>
     <w:rsid w:val="001B6A16"/>
     <w:rsid w:val="001E7423"/>
     <w:rsid w:val="001F2367"/>
     <w:rsid w:val="001F2D2B"/>
     <w:rsid w:val="0020349B"/>
     <w:rsid w:val="00212EC0"/>
     <w:rsid w:val="00223612"/>
     <w:rsid w:val="002249A0"/>
     <w:rsid w:val="00236112"/>
     <w:rsid w:val="00236CB1"/>
@@ -9800,173 +9720,181 @@
     <w:rsid w:val="003D47BE"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
     <w:rsid w:val="003E584F"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="00410E66"/>
     <w:rsid w:val="00414526"/>
     <w:rsid w:val="00415253"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="0042733D"/>
     <w:rsid w:val="00427A2A"/>
     <w:rsid w:val="00437D71"/>
     <w:rsid w:val="004544D2"/>
     <w:rsid w:val="00463289"/>
     <w:rsid w:val="004702A9"/>
     <w:rsid w:val="0047234D"/>
     <w:rsid w:val="004724E5"/>
     <w:rsid w:val="00472F29"/>
     <w:rsid w:val="00482FE4"/>
     <w:rsid w:val="00485B0D"/>
     <w:rsid w:val="004921C3"/>
     <w:rsid w:val="004B272C"/>
     <w:rsid w:val="004B48F3"/>
     <w:rsid w:val="004B7D08"/>
+    <w:rsid w:val="004B7F05"/>
     <w:rsid w:val="004C7181"/>
     <w:rsid w:val="004D0D2D"/>
     <w:rsid w:val="004D2493"/>
     <w:rsid w:val="004D2686"/>
     <w:rsid w:val="004E12BA"/>
     <w:rsid w:val="004E20F0"/>
+    <w:rsid w:val="004E4FB0"/>
     <w:rsid w:val="004F5392"/>
     <w:rsid w:val="00500723"/>
     <w:rsid w:val="00500D0D"/>
     <w:rsid w:val="00503AEF"/>
+    <w:rsid w:val="0050414B"/>
     <w:rsid w:val="00511CE4"/>
     <w:rsid w:val="00522C09"/>
     <w:rsid w:val="0052475C"/>
     <w:rsid w:val="00530095"/>
     <w:rsid w:val="0053478B"/>
     <w:rsid w:val="00542BAE"/>
     <w:rsid w:val="00544DCC"/>
     <w:rsid w:val="005454BF"/>
     <w:rsid w:val="00546B85"/>
     <w:rsid w:val="005509E3"/>
     <w:rsid w:val="00553D45"/>
     <w:rsid w:val="00561879"/>
     <w:rsid w:val="00571713"/>
     <w:rsid w:val="00582266"/>
     <w:rsid w:val="005831F6"/>
     <w:rsid w:val="00592C34"/>
     <w:rsid w:val="005A09E2"/>
     <w:rsid w:val="005A79B7"/>
     <w:rsid w:val="005D3A2C"/>
     <w:rsid w:val="005D6A45"/>
     <w:rsid w:val="005D7209"/>
     <w:rsid w:val="005D7F00"/>
     <w:rsid w:val="005E1933"/>
     <w:rsid w:val="005E555A"/>
     <w:rsid w:val="005E744D"/>
     <w:rsid w:val="005F281B"/>
     <w:rsid w:val="005F6DE9"/>
     <w:rsid w:val="005F7EEF"/>
     <w:rsid w:val="0061515E"/>
     <w:rsid w:val="00615576"/>
+    <w:rsid w:val="006162ED"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="0061666A"/>
     <w:rsid w:val="0061738A"/>
     <w:rsid w:val="006174EF"/>
     <w:rsid w:val="00622BD8"/>
     <w:rsid w:val="00627E5F"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="00644B3E"/>
     <w:rsid w:val="00644CE8"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="00657F21"/>
     <w:rsid w:val="00660CF3"/>
     <w:rsid w:val="00664A24"/>
     <w:rsid w:val="00670D66"/>
     <w:rsid w:val="00674F14"/>
     <w:rsid w:val="00685373"/>
     <w:rsid w:val="00690212"/>
     <w:rsid w:val="00697432"/>
+    <w:rsid w:val="006A00FA"/>
     <w:rsid w:val="006A5B04"/>
     <w:rsid w:val="006B2C6D"/>
     <w:rsid w:val="006B2CA1"/>
     <w:rsid w:val="006B40E4"/>
+    <w:rsid w:val="006C0A00"/>
     <w:rsid w:val="006E29FD"/>
     <w:rsid w:val="006F0EB0"/>
     <w:rsid w:val="006F196B"/>
     <w:rsid w:val="006F549F"/>
     <w:rsid w:val="0070438C"/>
     <w:rsid w:val="00706144"/>
     <w:rsid w:val="0071001F"/>
     <w:rsid w:val="0071023A"/>
     <w:rsid w:val="007204EE"/>
     <w:rsid w:val="007237FF"/>
     <w:rsid w:val="007241EB"/>
     <w:rsid w:val="00724244"/>
     <w:rsid w:val="00725F1C"/>
     <w:rsid w:val="00732B16"/>
     <w:rsid w:val="007337FB"/>
     <w:rsid w:val="00773A7B"/>
     <w:rsid w:val="00775674"/>
     <w:rsid w:val="007815D8"/>
     <w:rsid w:val="00787E28"/>
     <w:rsid w:val="00793CC2"/>
     <w:rsid w:val="007949CE"/>
     <w:rsid w:val="007972D4"/>
     <w:rsid w:val="007A1B26"/>
     <w:rsid w:val="007A2169"/>
     <w:rsid w:val="007A410C"/>
+    <w:rsid w:val="007B3D06"/>
     <w:rsid w:val="007B7981"/>
     <w:rsid w:val="007C2D90"/>
     <w:rsid w:val="007C410F"/>
     <w:rsid w:val="007C64A6"/>
     <w:rsid w:val="007D29B0"/>
     <w:rsid w:val="007D2D62"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007D7880"/>
     <w:rsid w:val="007D7A3D"/>
     <w:rsid w:val="007D7C2B"/>
     <w:rsid w:val="007E1C1E"/>
     <w:rsid w:val="007E1E9A"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="007F1A58"/>
     <w:rsid w:val="007F3C22"/>
     <w:rsid w:val="008005A2"/>
     <w:rsid w:val="00802E55"/>
     <w:rsid w:val="00806823"/>
     <w:rsid w:val="008102A6"/>
     <w:rsid w:val="008113FD"/>
     <w:rsid w:val="008119A6"/>
     <w:rsid w:val="00812366"/>
     <w:rsid w:val="008162B7"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
     <w:rsid w:val="008222F0"/>
     <w:rsid w:val="00823260"/>
     <w:rsid w:val="00827B0C"/>
     <w:rsid w:val="00830E4A"/>
     <w:rsid w:val="00831B7C"/>
     <w:rsid w:val="008330BD"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="008460AA"/>
     <w:rsid w:val="0084724F"/>
     <w:rsid w:val="00851736"/>
+    <w:rsid w:val="00856497"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="00861704"/>
     <w:rsid w:val="008634BC"/>
     <w:rsid w:val="008910F0"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008A60DE"/>
     <w:rsid w:val="008B7966"/>
     <w:rsid w:val="008C0C02"/>
     <w:rsid w:val="008D1E58"/>
     <w:rsid w:val="008D703D"/>
     <w:rsid w:val="008E2C5E"/>
     <w:rsid w:val="008E448B"/>
     <w:rsid w:val="008E4D99"/>
     <w:rsid w:val="008E6A7D"/>
     <w:rsid w:val="008F6BA5"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="00905CB0"/>
     <w:rsid w:val="00905D99"/>
     <w:rsid w:val="009166BF"/>
     <w:rsid w:val="00926903"/>
     <w:rsid w:val="00933268"/>
     <w:rsid w:val="0093361C"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="00937946"/>
     <w:rsid w:val="009442E1"/>
@@ -10015,85 +9943,85 @@
     <w:rsid w:val="00A9763A"/>
     <w:rsid w:val="00AA67E1"/>
     <w:rsid w:val="00AA6D4A"/>
     <w:rsid w:val="00AB1312"/>
     <w:rsid w:val="00AC47B7"/>
     <w:rsid w:val="00AC7F4C"/>
     <w:rsid w:val="00AD24B5"/>
     <w:rsid w:val="00AD3CCE"/>
     <w:rsid w:val="00AD70AA"/>
     <w:rsid w:val="00AE04AB"/>
     <w:rsid w:val="00AE0B65"/>
     <w:rsid w:val="00AE76D7"/>
     <w:rsid w:val="00AE792F"/>
     <w:rsid w:val="00AF1B60"/>
     <w:rsid w:val="00AF49CA"/>
     <w:rsid w:val="00AF6DAD"/>
     <w:rsid w:val="00AF6DCA"/>
     <w:rsid w:val="00B002CC"/>
     <w:rsid w:val="00B068A1"/>
     <w:rsid w:val="00B07245"/>
     <w:rsid w:val="00B11EB1"/>
     <w:rsid w:val="00B1369B"/>
     <w:rsid w:val="00B16ED6"/>
     <w:rsid w:val="00B173FA"/>
     <w:rsid w:val="00B209FB"/>
-    <w:rsid w:val="00B211BC"/>
     <w:rsid w:val="00B214EE"/>
     <w:rsid w:val="00B25F55"/>
     <w:rsid w:val="00B30584"/>
     <w:rsid w:val="00B40D64"/>
     <w:rsid w:val="00B423CF"/>
     <w:rsid w:val="00B429E3"/>
     <w:rsid w:val="00B464D7"/>
     <w:rsid w:val="00B541C4"/>
     <w:rsid w:val="00B5574B"/>
     <w:rsid w:val="00B57F0E"/>
     <w:rsid w:val="00B65864"/>
     <w:rsid w:val="00B747DF"/>
     <w:rsid w:val="00B762C4"/>
     <w:rsid w:val="00B84475"/>
     <w:rsid w:val="00B964A0"/>
     <w:rsid w:val="00B974BA"/>
     <w:rsid w:val="00BA5351"/>
     <w:rsid w:val="00BB662A"/>
     <w:rsid w:val="00BC6E22"/>
     <w:rsid w:val="00BC7FFC"/>
     <w:rsid w:val="00BD5157"/>
     <w:rsid w:val="00BD5383"/>
     <w:rsid w:val="00BD65D3"/>
     <w:rsid w:val="00BD79D5"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:rsid w:val="00BF1D45"/>
     <w:rsid w:val="00BF578C"/>
     <w:rsid w:val="00BF73E8"/>
     <w:rsid w:val="00C01169"/>
     <w:rsid w:val="00C02C2B"/>
     <w:rsid w:val="00C05AB0"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rsid w:val="00C0676F"/>
     <w:rsid w:val="00C06C31"/>
+    <w:rsid w:val="00C10A8A"/>
     <w:rsid w:val="00C11533"/>
     <w:rsid w:val="00C1236E"/>
     <w:rsid w:val="00C13F8D"/>
     <w:rsid w:val="00C2329A"/>
     <w:rsid w:val="00C3006C"/>
     <w:rsid w:val="00C36ADD"/>
     <w:rsid w:val="00C56040"/>
     <w:rsid w:val="00C64A09"/>
     <w:rsid w:val="00C67EBC"/>
     <w:rsid w:val="00C722CA"/>
     <w:rsid w:val="00C77902"/>
     <w:rsid w:val="00C822AB"/>
     <w:rsid w:val="00C860F9"/>
     <w:rsid w:val="00C86225"/>
     <w:rsid w:val="00C86EC1"/>
     <w:rsid w:val="00C906B6"/>
     <w:rsid w:val="00C934E5"/>
     <w:rsid w:val="00CA25E5"/>
     <w:rsid w:val="00CA6A21"/>
     <w:rsid w:val="00CA7140"/>
     <w:rsid w:val="00CC077A"/>
     <w:rsid w:val="00CC1529"/>
     <w:rsid w:val="00CC6A33"/>
     <w:rsid w:val="00CD5AD8"/>
     <w:rsid w:val="00CE13F7"/>
@@ -10122,65 +10050,67 @@
     <w:rsid w:val="00D74EAE"/>
     <w:rsid w:val="00D77B42"/>
     <w:rsid w:val="00D80E57"/>
     <w:rsid w:val="00D816EC"/>
     <w:rsid w:val="00D83432"/>
     <w:rsid w:val="00D850A3"/>
     <w:rsid w:val="00D907F6"/>
     <w:rsid w:val="00DA3BC9"/>
     <w:rsid w:val="00DB187D"/>
     <w:rsid w:val="00DB5367"/>
     <w:rsid w:val="00DB6600"/>
     <w:rsid w:val="00DB70C6"/>
     <w:rsid w:val="00DB76E8"/>
     <w:rsid w:val="00DC1C04"/>
     <w:rsid w:val="00DC323A"/>
     <w:rsid w:val="00DC52A5"/>
     <w:rsid w:val="00DD5E36"/>
     <w:rsid w:val="00DE1BEB"/>
     <w:rsid w:val="00DE6EE8"/>
     <w:rsid w:val="00DE7953"/>
     <w:rsid w:val="00DF03B8"/>
     <w:rsid w:val="00E00494"/>
     <w:rsid w:val="00E05EFB"/>
     <w:rsid w:val="00E0764E"/>
     <w:rsid w:val="00E07C77"/>
+    <w:rsid w:val="00E17E88"/>
     <w:rsid w:val="00E217A2"/>
     <w:rsid w:val="00E2416E"/>
     <w:rsid w:val="00E31045"/>
     <w:rsid w:val="00E40762"/>
     <w:rsid w:val="00E43635"/>
     <w:rsid w:val="00E436BC"/>
     <w:rsid w:val="00E51AE2"/>
     <w:rsid w:val="00E545FF"/>
     <w:rsid w:val="00E54C74"/>
     <w:rsid w:val="00E57646"/>
     <w:rsid w:val="00E603CE"/>
     <w:rsid w:val="00E64B26"/>
     <w:rsid w:val="00E66993"/>
     <w:rsid w:val="00E66CFA"/>
     <w:rsid w:val="00E70CA3"/>
+    <w:rsid w:val="00E711D1"/>
     <w:rsid w:val="00E71C13"/>
     <w:rsid w:val="00E72567"/>
     <w:rsid w:val="00E74A53"/>
     <w:rsid w:val="00E750E4"/>
     <w:rsid w:val="00E7662F"/>
     <w:rsid w:val="00E771E6"/>
     <w:rsid w:val="00E80EC5"/>
     <w:rsid w:val="00E84B2E"/>
     <w:rsid w:val="00E868E8"/>
     <w:rsid w:val="00E93917"/>
     <w:rsid w:val="00E96921"/>
     <w:rsid w:val="00EA3014"/>
     <w:rsid w:val="00EA4666"/>
     <w:rsid w:val="00EB2F99"/>
     <w:rsid w:val="00EB3553"/>
     <w:rsid w:val="00EE069E"/>
     <w:rsid w:val="00EE0E9F"/>
     <w:rsid w:val="00EE7123"/>
     <w:rsid w:val="00EF5FEE"/>
     <w:rsid w:val="00EF7607"/>
     <w:rsid w:val="00EF781F"/>
     <w:rsid w:val="00F036A9"/>
     <w:rsid w:val="00F0618D"/>
     <w:rsid w:val="00F079EE"/>
     <w:rsid w:val="00F130A3"/>
@@ -37451,66 +37381,72 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E239B5"/>
     <w:rsid w:val="00050673"/>
     <w:rsid w:val="00071685"/>
     <w:rsid w:val="000A1884"/>
     <w:rsid w:val="000B64D9"/>
+    <w:rsid w:val="000F401E"/>
     <w:rsid w:val="002E5A8D"/>
     <w:rsid w:val="00320802"/>
+    <w:rsid w:val="004E4FB0"/>
+    <w:rsid w:val="0050414B"/>
     <w:rsid w:val="005659C6"/>
     <w:rsid w:val="00593287"/>
     <w:rsid w:val="00645C0C"/>
     <w:rsid w:val="00697432"/>
     <w:rsid w:val="007C64A6"/>
     <w:rsid w:val="009174F6"/>
     <w:rsid w:val="00A223E8"/>
     <w:rsid w:val="00A644BB"/>
     <w:rsid w:val="00A9763A"/>
+    <w:rsid w:val="00B01E55"/>
     <w:rsid w:val="00BA2BED"/>
     <w:rsid w:val="00BC3169"/>
     <w:rsid w:val="00C13F8D"/>
     <w:rsid w:val="00C67D48"/>
     <w:rsid w:val="00CA6A21"/>
+    <w:rsid w:val="00D16934"/>
+    <w:rsid w:val="00D442BA"/>
     <w:rsid w:val="00D62406"/>
     <w:rsid w:val="00DA3FA5"/>
     <w:rsid w:val="00DB187D"/>
     <w:rsid w:val="00E239B5"/>
     <w:rsid w:val="00E53D28"/>
     <w:rsid w:val="00EE1272"/>
     <w:rsid w:val="00FE0AD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -38261,50 +38197,102 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<root xmlns="LPXML">
+  <namn/>
+  <titel/>
+  <avdelning/>
+  <förvaltning/>
+  <kontakt>
+    <telefon/>
+    <mobil/>
+    <epost/>
+    <adress>
+      <co/>
+      <box/>
+      <gata/>
+      <postnr/>
+      <ort/>
+      <land/>
+    </adress>
+  </kontakt>
+  <dokumenttyp/>
+  <Diarienummer/>
+  <Datum/>
+  <version/>
+  <sklass/>
+  <foretag/>
+  <extra1/>
+  <extra2/>
+  <extra3/>
+  <extra4/>
+  <extra5/>
+  <extra6/>
+  <extra7/>
+  <extra8/>
+  <extra9/>
+</root>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9c4df81-0576-44de-b350-be7c52e66943">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="73d8e64e-e64a-47cf-aac4-3d4babf8a00c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101006B3D3988DB1E92408C029FE0429E495D" ma:contentTypeVersion="12" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="cdc1353450247884d1aea76b7de6eae8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9c4df81-0576-44de-b350-be7c52e66943" xmlns:ns3="73d8e64e-e64a-47cf-aac4-3d4babf8a00c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0f2da05c9ffd880f8c7bb3f0f11f2203" ns2:_="" ns3:_="">
     <xsd:import namespace="a9c4df81-0576-44de-b350-be7c52e66943"/>
     <xsd:import namespace="73d8e64e-e64a-47cf-aac4-3d4babf8a00c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -38461,216 +38449,164 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...50 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="LPXML"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F8BF9BB-29FD-4319-A4F7-A450F7704244}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9c4df81-0576-44de-b350-be7c52e66943"/>
+    <ds:schemaRef ds:uri="73d8e64e-e64a-47cf-aac4-3d4babf8a00c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A083391-8E44-45B5-9339-C4AC5026439C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9c4df81-0576-44de-b350-be7c52e66943"/>
     <ds:schemaRef ds:uri="73d8e64e-e64a-47cf-aac4-3d4babf8a00c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD8DB128-02D4-42C6-8BD3-B58A0A3BE23E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basmall_m_logo</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>658</Words>
-  <Characters>3491</Characters>
+  <Words>654</Words>
+  <Characters>3516</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>270</Lines>
+  <Paragraphs>231</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr>    //&lt;Dokumentnamn&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Datum&gt;	Dnr: &lt;Dnr&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Institution&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Avdelning&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Namn&gt;, &lt;Titel&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Mottagare&gt;</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>&lt;Rubrik&gt;</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4141</CharactersWithSpaces>
+  <CharactersWithSpaces>3939</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>4587581</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:serviceteam-neo@ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2359355</vt:i4>
       </vt:variant>
       <vt:variant>