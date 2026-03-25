--- v2 (2026-03-03)
+++ v3 (2026-03-25)
@@ -481,80 +481,85 @@
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:alias w:val="Klicka här"/>
               <w:tag w:val="Klicka här"/>
               <w:id w:val="2064213884"/>
               <w:placeholder>
                 <w:docPart w:val="6ADC7E57069F2A48838D69148F9D00BE"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="55059418" w14:textId="53BE9BCA" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
+              <w:p w14:paraId="55059418" w14:textId="6A59A147" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00A97500">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:alias w:val="Klicka här"/>
                     <w:tag w:val="Klicka här"/>
                     <w:id w:val="454839756"/>
                     <w:placeholder>
                       <w:docPart w:val="DE35E1B246352748AE9B60A4D9743750"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:appearance w15:val="hidden"/>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="006A00FA">
+                    <w:r w:rsidR="004E20F0" w:rsidRPr="004E20F0">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
-                        <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                        <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Write here.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77902" w:rsidRPr="004E20F0" w14:paraId="12F71AC0" w14:textId="77777777" w:rsidTr="009972E3">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1A5E77C9" w14:textId="6FA274A8" w:rsidR="00C77902" w:rsidRPr="004E20F0" w:rsidRDefault="007D29B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -569,145 +574,147 @@
               <w:t>Family</w:t>
             </w:r>
             <w:r w:rsidR="00391B76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
             <w:r w:rsidR="00C77902" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3526221A" w14:textId="18F19076" w:rsidR="00C77902" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3526221A" w14:textId="18F19076" w:rsidR="00C77902" w:rsidRPr="004E20F0" w:rsidRDefault="00A97500">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="-211425944"/>
                 <w:placeholder>
                   <w:docPart w:val="DBB188FC46F2D049BF3E4E4C370C3CC4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009E282E" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w14:paraId="7725FA18" w14:textId="77777777" w:rsidTr="009972E3">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="195A6749" w14:textId="13A3B2C7" w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w:rsidRDefault="007D7C2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The applicant is:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3923FA" w14:textId="0896C564" w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3C3923FA" w14:textId="0896C564" w:rsidR="007D7C2B" w:rsidRPr="004E20F0" w:rsidRDefault="00A97500">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="1443503487"/>
                 <w:placeholder>
                   <w:docPart w:val="2DD6F721B3B68649A344A0719CA1067C"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00185ECB">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val=""/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:statusText w:type="autoText" w:val="- PAGE -"/>
                       <w:ddList>
                         <w:listEntry w:val="Please select"/>
                         <w:listEntry w:val="Employee"/>
                         <w:listEntry w:val="Student"/>
                         <w:listEntry w:val="Only user of the core facilities"/>
                         <w:listEntry w:val="External company/organisation, specify"/>
                         <w:listEntry w:val="Other"/>
                       </w:ddList>
                     </w:ffData>
                   </w:fldChar>
                 </w:r>
                 <w:r w:rsidR="00185ECB">
@@ -756,90 +763,92 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5EDB57D8" w14:textId="1F8A0B82" w:rsidR="00FC6D7E" w:rsidRPr="004E20F0" w:rsidRDefault="007E1E9A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If other, specify:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC5EDC2" w14:textId="688A2D0C" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1FC5EDC2" w14:textId="688A2D0C" w:rsidR="00115AFE" w:rsidRPr="004E20F0" w:rsidRDefault="00A97500">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="684332755"/>
                 <w:placeholder>
                   <w:docPart w:val="287A41A39852634B9804296227F5CF64"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:alias w:val="Klicka här"/>
                     <w:tag w:val="Klicka här"/>
                     <w:id w:val="785695946"/>
                     <w:placeholder>
                       <w:docPart w:val="2A30783B1C6B1D49BDF078C3F709C6DE"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:appearance w15:val="hidden"/>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00AA6D4A" w:rsidRPr="004E20F0">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Write here.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3283CE85" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="006174EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -966,50 +975,55 @@
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               <w:color w:val="808080"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-1847553014"/>
             <w:placeholder>
               <w:docPart w:val="0DF17C2BFC9A7B4EA294F994A8AC71D8"/>
             </w:placeholder>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Heading1Char"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7229" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="18462F8C" w14:textId="4589C187" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="004E20F0">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="Heading1Char"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:color w:val="808080"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
@@ -1042,93 +1056,95 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>To:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1703973340"/>
             <w:placeholder>
               <w:docPart w:val="72D1D49DCF154248B5E2F2C6D2A06299"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2687" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7D5D9761" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-899906612"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="573" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0A856D70" w14:textId="7D2EFF1F" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="009959C2">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1233,74 +1249,75 @@
               </w:rPr>
               <w:t xml:space="preserve">Responsible </w:t>
             </w:r>
             <w:r w:rsidR="007C2D90" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>epartment for applicant within Neo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A21F2E6" w14:textId="3528DE16" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00000000" w:rsidP="006174EF">
+          <w:p w14:paraId="1A21F2E6" w14:textId="3528DE16" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00A97500" w:rsidP="006174EF">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="1189102832"/>
                 <w:placeholder>
                   <w:docPart w:val="A45F458033296345AF7969191FE69C03"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:bookmarkStart w:id="0" w:name="Dropdown1"/>
                 <w:r w:rsidR="004702A9">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val="Dropdown1"/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:statusText w:type="autoText" w:val="- PAGE -"/>
                       <w:ddList>
                         <w:listEntry w:val="Please select"/>
                         <w:listEntry w:val="CLINTEC-DevRegStemCellMed"/>
                         <w:listEntry w:val="CLINTEC-ObsGyn"/>
                         <w:listEntry w:val="CLINTEC-Renal"/>
                         <w:listEntry w:val="CLINTEC-SurOnk"/>
                         <w:listEntry w:val="CLINTEC-SMAILE"/>
                         <w:listEntry w:val="CLINTEC-Other"/>
                         <w:listEntry w:val="MedH-Admin"/>
                         <w:listEntry w:val="MedH-CeRM"/>
                         <w:listEntry w:val="MedH-CIM"/>
@@ -1365,74 +1382,75 @@
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk211333838"/>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If other, specify</w:t>
             </w:r>
             <w:r w:rsidR="008B7966" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61A03682" w14:textId="30BCDEF0" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00000000" w:rsidP="006174EF">
+          <w:p w14:paraId="61A03682" w14:textId="30BCDEF0" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00A97500" w:rsidP="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="2106146195"/>
                 <w:placeholder>
                   <w:docPart w:val="B6963CB6FDD33649854F0C6F2B93DE3A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006174EF" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="006174EF" w:rsidRPr="004E20F0" w14:paraId="69FD8979" w14:textId="77777777" w:rsidTr="006174EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3280" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7E19E20E" w14:textId="4D8022B4" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="006174EF">
             <w:pPr>
@@ -1486,74 +1504,75 @@
               </w:rPr>
               <w:t>Neo</w:t>
             </w:r>
             <w:r w:rsidR="00A855B3" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (not requested when applying for access to the core facilities)</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="420236CF" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00000000" w:rsidP="006174EF">
+          <w:p w14:paraId="420236CF" w14:textId="77777777" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="00A97500" w:rsidP="006174EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="1715472324"/>
                 <w:placeholder>
                   <w:docPart w:val="511F37F35E6A054E94B829E8A58611DB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006174EF" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DC93702" w14:textId="1BEC6C28" w:rsidR="006174EF" w:rsidRPr="004E20F0" w:rsidRDefault="006174EF" w:rsidP="00CF7941">
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1637,217 +1656,220 @@
               </w:rPr>
               <w:t>ccess card</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> number</w:t>
             </w:r>
             <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="692460E5" w14:textId="7CE4D2FF" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="692460E5" w14:textId="7CE4D2FF" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00A97500">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="721104838"/>
                 <w:placeholder>
                   <w:docPart w:val="FD5EBC94E340074C8A9D1C488C179DCC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>See the back of the card, 13 digits.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5367" w:rsidRPr="004E20F0" w14:paraId="648DA714" w14:textId="77777777" w:rsidTr="00DB5367">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="058949F1" w14:textId="08774F65" w:rsidR="00DB5367" w:rsidRPr="004E20F0" w:rsidRDefault="00DB5367" w:rsidP="00F61584">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pin code</w:t>
             </w:r>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE64FBB" w14:textId="77777777" w:rsidR="00DB5367" w:rsidRPr="004E20F0" w:rsidRDefault="00000000" w:rsidP="00F61584">
+          <w:p w14:paraId="7EE64FBB" w14:textId="77777777" w:rsidR="00DB5367" w:rsidRPr="004E20F0" w:rsidRDefault="00A97500" w:rsidP="00F61584">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="602459099"/>
                 <w:placeholder>
                   <w:docPart w:val="464F98296E9C4193BFF83010FA2BF19F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB5367" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
       <w:tr w:rsidR="00F74D75" w:rsidRPr="004E20F0" w14:paraId="322E3C77" w14:textId="77777777" w:rsidTr="00E2416E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2E4433B8" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRPr="004E20F0" w:rsidRDefault="00F74D75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If other, specify:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40CB5132" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRDefault="00000000">
+          <w:p w14:paraId="40CB5132" w14:textId="77777777" w:rsidR="00F74D75" w:rsidRDefault="00A97500">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="-1649663264"/>
                 <w:placeholder>
                   <w:docPart w:val="5B6FCE1B96456841942B50355EBCA047"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F74D75" w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0980EDC4" w14:textId="77777777" w:rsidR="00E217A2" w:rsidRPr="004E20F0" w:rsidRDefault="00E217A2">
             <w:pPr>
               <w:rPr>
@@ -1948,50 +1970,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008634BC" w:rsidRPr="004E20F0" w14:paraId="3ED43C2A" w14:textId="77777777" w:rsidTr="0061738A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="866711564"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="441" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7039F66D" w14:textId="0FBB10E8" w:rsidR="008634BC" w:rsidRPr="004E20F0" w:rsidRDefault="007F3C22" w:rsidP="008634BC">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2115,50 +2138,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Common KI areas in Neo, floor5 and elevators</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008634BC" w:rsidRPr="004E20F0" w14:paraId="4C1A4904" w14:textId="77777777" w:rsidTr="0061738A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="321402060"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="441" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="15D9E9F7" w14:textId="79537C99" w:rsidR="008634BC" w:rsidRPr="004E20F0" w:rsidRDefault="007F3C22" w:rsidP="008634BC">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2452,50 +2476,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Responsible person/Approver</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="4EDFE742" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1728216853"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7F8F600B" w14:textId="653AB92F" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="008119A6" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
@@ -2601,50 +2626,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Martin Bergö or Xiufeng Xu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="0432AF39" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="324480109"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="7EB7BCE5" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
@@ -2870,50 +2896,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eckardt Treuter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3AAEA558" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1587227558"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7E2B1E25" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
@@ -3217,50 +3244,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Marie Jeansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="7B042975" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-138426382"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="02CE04C2" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
@@ -3350,50 +3378,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Luca Jovine</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="57E8D671" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-277496779"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="69B760E4" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -3470,50 +3499,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="55EE0BAA" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1478062434"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1A77A071" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -3602,50 +3632,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Eckardt Treuter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1125F01F" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1654898524"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2842652E" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
@@ -3728,50 +3759,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nina Kronqvist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="7313012C" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="847069574"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="77799972" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
@@ -4071,50 +4103,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="57C50878" w14:textId="77777777" w:rsidTr="00212EC0">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="2030990466"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="5456179F" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
@@ -4412,50 +4445,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sumonto Mitra or Isabel Runneberger</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="374AF95C" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1106539826"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1E892052" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -4536,50 +4570,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="720CD8DA" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1595291844"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="524D047B" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -4656,50 +4691,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3E4B7200" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-59409014"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="71E8099F" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -4780,50 +4816,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="1884D3D2" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="2131281117"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6F614C14" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -4862,212 +4899,214 @@
           <w:p w14:paraId="4AF30BA8" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6912FD1B" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
+          <w:p w14:paraId="6912FD1B" w14:textId="4D7E3407" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="00DC323A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E20F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Elisabeth Raschperger</w:t>
+              <w:t>Erik Lundgren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036AAF" w:rsidRPr="004E20F0" w14:paraId="3675353B" w14:textId="77777777">
+      <w:tr w:rsidR="0031019B" w:rsidRPr="004E20F0" w14:paraId="3675353B" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-926033821"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
-              <w:p w14:paraId="3ABEDF0E" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
+              <w:p w14:paraId="3ABEDF0E" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="477FE5AA" w14:textId="77777777" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00036AAF" w:rsidP="00DC323A">
+          <w:p w14:paraId="477FE5AA" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chemical storage 6634</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="109A92D6" w14:textId="5693C82B" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00DC323A">
+          <w:p w14:paraId="109A92D6" w14:textId="5693C82B" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="14FFDAAF" w14:textId="2873D204" w:rsidR="00036AAF" w:rsidRPr="004E20F0" w:rsidRDefault="00B002CC" w:rsidP="00DC323A">
+          <w:p w14:paraId="14FFDAAF" w14:textId="1D6F6AF3" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E20F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Elisabeth Raschperger</w:t>
+              <w:t>Erik Lundgren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="68AA9C58" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1370135883"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4987E11D" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -5127,1013 +5166,1023 @@
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F89E888" w14:textId="4F02B7A7" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00B002CC" w:rsidP="00FE6E29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anne-Sofie Johansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007815D8" w:rsidRPr="004E20F0" w14:paraId="37CBC980" w14:textId="77777777" w:rsidTr="00D70559">
+      <w:tr w:rsidR="0031019B" w:rsidRPr="004E20F0" w14:paraId="37CBC980" w14:textId="77777777" w:rsidTr="00D70559">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="58523623"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
-              <w:p w14:paraId="3834C434" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
+              <w:p w14:paraId="3834C434" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B57BEF4" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
+          <w:p w14:paraId="5B57BEF4" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Isotoplab 7382</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="50457C18" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="00861704" w:rsidRDefault="00000000" w:rsidP="00D70559">
+          <w:p w14:paraId="50457C18" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="00861704" w:rsidRDefault="00A97500" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="565377687"/>
                 <w:placeholder>
-                  <w:docPart w:val="A6B5D9CBBEFD4F1CA3E0445620E5F1B3"/>
+                  <w:docPart w:val="2DB04BCC30534DD89C69BF2B3B262AFC"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:alias w:val="Klicka här"/>
                     <w:tag w:val="Klicka här"/>
                     <w:id w:val="-1878764211"/>
                     <w:placeholder>
-                      <w:docPart w:val="CC8AA18A84094B4597C69D36D68708B2"/>
+                      <w:docPart w:val="B08672D928064E5EB1BD119D27103E68"/>
                     </w:placeholder>
                     <w15:appearance w15:val="hidden"/>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="007815D8" w:rsidRPr="00861704">
+                    <w:r w:rsidR="0031019B" w:rsidRPr="00861704">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Ge</w:t>
                     </w:r>
-                    <w:r w:rsidR="007815D8">
+                    <w:r w:rsidR="0031019B">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>n</w:t>
                     </w:r>
-                    <w:r w:rsidR="007815D8" w:rsidRPr="00861704">
+                    <w:r w:rsidR="0031019B" w:rsidRPr="00861704">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>eral</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="14B67C50" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
+          <w:p w14:paraId="14B67C50" w14:textId="622607DD" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E20F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Elisabeth Raschperger</w:t>
+              <w:t>Erik Lundgren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007815D8" w:rsidRPr="004E20F0" w14:paraId="5CF8714A" w14:textId="77777777" w:rsidTr="007815D8">
+      <w:tr w:rsidR="0031019B" w:rsidRPr="004E20F0" w14:paraId="5CF8714A" w14:textId="77777777" w:rsidTr="00AB1E72">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1683123896"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="345F777D" w14:textId="77777777" w:rsidR="007815D8" w:rsidRDefault="007815D8" w:rsidP="00D70559">
+              <w:p w14:paraId="345F777D" w14:textId="77777777" w:rsidR="0031019B" w:rsidRDefault="0031019B" w:rsidP="0031019B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D77CBFA" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
+          <w:p w14:paraId="4D77CBFA" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> room/s:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07D9204C" w14:textId="77777777" w:rsidR="007815D8" w:rsidRDefault="00000000" w:rsidP="00D70559">
+          <w:p w14:paraId="07D9204C" w14:textId="77777777" w:rsidR="0031019B" w:rsidRDefault="00A97500" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Klicka här"/>
                 <w:tag w:val="Klicka här"/>
                 <w:id w:val="-1272012877"/>
                 <w:placeholder>
-                  <w:docPart w:val="0488044CC26D42F6BA6E889EAFCC6ADF"/>
+                  <w:docPart w:val="26213F6C0A054F35B00E04C464256CC3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007815D8" w:rsidRPr="006A5B04">
+                <w:r w:rsidR="0031019B" w:rsidRPr="006A5B04">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Write here.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB8BB5B" w14:textId="77777777" w:rsidR="007815D8" w:rsidRPr="004E20F0" w:rsidRDefault="007815D8" w:rsidP="00D70559">
+          <w:p w14:paraId="2FB8BB5B" w14:textId="2D9A39AA" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E20F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Elisabeth Raschperger</w:t>
+              <w:t>Erik Lundgren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="6D3D47FC" w14:textId="77777777">
+      <w:tr w:rsidR="0031019B" w:rsidRPr="004E20F0" w14:paraId="6D3D47FC" w14:textId="77777777">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="604235818"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
-              <w:p w14:paraId="743CCE3B" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+              <w:p w14:paraId="743CCE3B" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC0ADB6" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="5BC0ADB6" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chemical storage 7634</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="09D4F7C3" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="09D4F7C3" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A31A2BF" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="4A31A2BF" w14:textId="7ED2C029" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E20F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Elisabeth Raschperger</w:t>
+              <w:t>Erik Lundgren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="4ADD90DA" w14:textId="77777777" w:rsidTr="00553D45">
+      <w:tr w:rsidR="0031019B" w:rsidRPr="004E20F0" w14:paraId="4ADD90DA" w14:textId="77777777" w:rsidTr="00553D45">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1249313527"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
-              <w:p w14:paraId="0168B1BF" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+              <w:p w14:paraId="0168B1BF" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="287794B3" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="287794B3" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>BEA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0E90663B" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="0E90663B" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-GUT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54AEA42F" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="54AEA42F" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fredrik Fagerström-Billai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="1E841B3C" w14:textId="77777777" w:rsidTr="00553D45">
+      <w:tr w:rsidR="0031019B" w:rsidRPr="004E20F0" w14:paraId="1E841B3C" w14:textId="77777777" w:rsidTr="00553D45">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1405292708"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
-              <w:p w14:paraId="6102FE6E" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+              <w:p w14:paraId="6102FE6E" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="sv-SE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE7B234" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="4AE7B234" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Freezer facility</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="35AC527A" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="35AC527A" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE4E724" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="2EE4E724" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Erik Lundgren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53A37" w:rsidRPr="004E20F0" w14:paraId="0C9B1757" w14:textId="77777777" w:rsidTr="004724E5">
+      <w:tr w:rsidR="0031019B" w:rsidRPr="004E20F0" w14:paraId="0C9B1757" w14:textId="77777777" w:rsidTr="004724E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0788C828" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRDefault="00F53A37" w:rsidP="00F53A37">
+          <w:p w14:paraId="0788C828" w14:textId="77777777" w:rsidR="0031019B" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="257351C4" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00FE6E29">
+          <w:p w14:paraId="257351C4" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54149EA0" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00FE6E29">
+          <w:p w14:paraId="54149EA0" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="36163279" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00FE6E29">
+          <w:p w14:paraId="36163279" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="66EE1DE6" w14:textId="77777777" w:rsidTr="00553D45">
+      <w:tr w:rsidR="0031019B" w:rsidRPr="004E20F0" w14:paraId="66EE1DE6" w14:textId="77777777" w:rsidTr="00553D45">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="376045477"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
-              <w:p w14:paraId="4D158764" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+              <w:p w14:paraId="4D158764" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF7E2D1" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="4DF7E2D1" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39C53D73" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="39C53D73" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MedH-ICCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED3303B" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
+          <w:p w14:paraId="5ED3303B" w14:textId="77777777" w:rsidR="0031019B" w:rsidRPr="004E20F0" w:rsidRDefault="0031019B" w:rsidP="0031019B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gabriela Imreh or Sylvie Le Guyader</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8217" w:type="dxa"/>
@@ -6169,50 +6218,55 @@
               <w:t xml:space="preserve">From:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               <w:color w:val="808080"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-37663810"/>
             <w:placeholder>
               <w:docPart w:val="41AF899FAF87495F8BE4DB73A61769FE"/>
             </w:placeholder>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Heading1Char"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2126" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="794D43D5" w14:textId="77777777" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="Heading1Char"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:color w:val="808080"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
               </w:p>
@@ -6310,50 +6364,55 @@
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               <w:color w:val="808080"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="552822557"/>
             <w:placeholder>
               <w:docPart w:val="BD76235FE1AC424FA3DBB2EE2BAA6EDF"/>
             </w:placeholder>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="sv-SE"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Heading1Char"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2126" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="03AA77BD" w14:textId="77777777" w:rsidR="00D0060B" w:rsidRPr="004E20F0" w:rsidRDefault="00D0060B" w:rsidP="00193D50">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rStyle w:val="Heading1Char"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                     <w:color w:val="808080"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click and add a date.</w:t>
                 </w:r>
               </w:p>
@@ -6370,71 +6429,72 @@
                 <w:rStyle w:val="Heading1Char"/>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8217" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="3686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F53A37" w:rsidRPr="006A00FA" w14:paraId="2C9BEDBB" w14:textId="77777777" w:rsidTr="006F549F">
+      <w:tr w:rsidR="00F53A37" w:rsidRPr="00DE78E9" w14:paraId="2C9BEDBB" w14:textId="77777777" w:rsidTr="006F549F">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="4F0433" w:themeColor="accent1"/>
               <w:spacing w:val="-4"/>
               <w:kern w:val="56"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="sv-SE"/>
             </w:rPr>
             <w:id w:val="122657084"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2BC16AC3" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
@@ -6501,67 +6561,68 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="10FF48E3" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E20F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Belinda Pannagel or Narmadha Subramanian</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53A37" w:rsidRPr="006A00FA" w14:paraId="02CE0056" w14:textId="77777777" w:rsidTr="00F53A37">
+      <w:tr w:rsidR="00F53A37" w:rsidRPr="00DE78E9" w14:paraId="02CE0056" w14:textId="77777777" w:rsidTr="00F53A37">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-378397428"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="21F71FAE" w14:textId="77777777" w:rsidR="00F53A37" w:rsidRPr="004E20F0" w:rsidRDefault="00F53A37" w:rsidP="00193D50">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="sv-SE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6639,50 +6700,51 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Belinda Pannagel or Narmadha Subramanian</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w14:paraId="31DA6806" w14:textId="77777777" w:rsidTr="006F549F">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-887876545"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1413" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="57FDF1EC" w14:textId="77777777" w:rsidR="00FE6E29" w:rsidRPr="004E20F0" w:rsidRDefault="00FE6E29" w:rsidP="00FE6E29">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004E20F0">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
@@ -7440,233 +7502,233 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F6EAB30" w14:textId="77777777" w:rsidR="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="006A5B04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7110C3E1" w14:textId="77777777" w:rsidR="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="006A5B04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48EAB6DF" w14:textId="7FF94F8A" w:rsidR="006A5B04" w:rsidRPr="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="001F2D2B">
+    <w:p w14:paraId="48EAB6DF" w14:textId="67A7E522" w:rsidR="006A5B04" w:rsidRPr="006A5B04" w:rsidRDefault="006A5B04" w:rsidP="001F2D2B">
       <w:pPr>
         <w:ind w:left="7200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A5B04">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>V202</w:t>
       </w:r>
       <w:r w:rsidR="004B7F05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006A5B04">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00E711D1">
+      <w:r w:rsidR="0031019B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A5B04" w:rsidRPr="006A5B04" w:rsidSect="003B4DFC">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="936" w:right="1418" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="491465B4" w14:textId="77777777" w:rsidR="00856497" w:rsidRDefault="00856497" w:rsidP="001636A9">
+    <w:p w14:paraId="12C7E66E" w14:textId="77777777" w:rsidR="00600D6E" w:rsidRDefault="00600D6E" w:rsidP="001636A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DB2AEC0" w14:textId="77777777" w:rsidR="00856497" w:rsidRDefault="00856497" w:rsidP="001636A9">
+    <w:p w14:paraId="373CA5D1" w14:textId="77777777" w:rsidR="00600D6E" w:rsidRDefault="00600D6E" w:rsidP="001636A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EA4A321" w14:textId="77777777" w:rsidR="00856497" w:rsidRDefault="00856497" w:rsidP="001636A9">
+    <w:p w14:paraId="57A3F7EC" w14:textId="77777777" w:rsidR="00600D6E" w:rsidRDefault="00600D6E" w:rsidP="001636A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E09E90E" w14:textId="77777777" w:rsidR="00856497" w:rsidRDefault="00856497" w:rsidP="001636A9">
+    <w:p w14:paraId="4DC87675" w14:textId="77777777" w:rsidR="00600D6E" w:rsidRDefault="00600D6E" w:rsidP="001636A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="511BF5E0" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="0061653D" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F678EC6" wp14:editId="02DD1BC6">
@@ -9555,82 +9617,82 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="997197110">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1324815446">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1411777226">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="862042">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2023890486">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9rc0IUuWdj+QzDUZj/3RswKHvfDNuX1EUwcCfNY6q920ak9KM1bLd3SIL5Owudust2RvsoZPu0hgpR942aSEsw==" w:salt="XP2LJiBA6CrcmFgXmnat+w=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ANaZhV3WXKaC4VL26DTmbDJSFDtmGLO9IEN++XIO8tJ5r0RMqL233LoyP78vidyNt1GD4vuK7XpuTDt1siqGLQ==" w:salt="qqP9K9DiFQNxyKYWusrlvA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006174EF"/>
     <w:rsid w:val="00001294"/>
     <w:rsid w:val="00006D7B"/>
     <w:rsid w:val="000175CD"/>
     <w:rsid w:val="00036AAF"/>
     <w:rsid w:val="00043E74"/>
+    <w:rsid w:val="00045431"/>
     <w:rsid w:val="00045ED9"/>
-    <w:rsid w:val="00047C70"/>
     <w:rsid w:val="00050673"/>
     <w:rsid w:val="000527BA"/>
     <w:rsid w:val="00062AD3"/>
     <w:rsid w:val="00063618"/>
     <w:rsid w:val="000704DF"/>
     <w:rsid w:val="000717EF"/>
     <w:rsid w:val="00091655"/>
     <w:rsid w:val="00092A7D"/>
     <w:rsid w:val="000A108F"/>
     <w:rsid w:val="000A7860"/>
     <w:rsid w:val="000B5C1E"/>
     <w:rsid w:val="000B64D9"/>
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="000C1300"/>
     <w:rsid w:val="000C6224"/>
     <w:rsid w:val="000D40E5"/>
     <w:rsid w:val="000D65C9"/>
     <w:rsid w:val="000E7B81"/>
     <w:rsid w:val="000F1D9B"/>
     <w:rsid w:val="000F4A5C"/>
     <w:rsid w:val="00100472"/>
     <w:rsid w:val="0010479E"/>
     <w:rsid w:val="00106E50"/>
     <w:rsid w:val="00112C67"/>
     <w:rsid w:val="001141A0"/>
@@ -9646,70 +9708,72 @@
     <w:rsid w:val="00166247"/>
     <w:rsid w:val="001725A4"/>
     <w:rsid w:val="00173B0C"/>
     <w:rsid w:val="00176444"/>
     <w:rsid w:val="00177D2A"/>
     <w:rsid w:val="00185ECB"/>
     <w:rsid w:val="001906FD"/>
     <w:rsid w:val="001929D4"/>
     <w:rsid w:val="00195DBC"/>
     <w:rsid w:val="001A18A7"/>
     <w:rsid w:val="001A1B88"/>
     <w:rsid w:val="001A4234"/>
     <w:rsid w:val="001A7262"/>
     <w:rsid w:val="001B6A16"/>
     <w:rsid w:val="001E7423"/>
     <w:rsid w:val="001F2367"/>
     <w:rsid w:val="001F2D2B"/>
     <w:rsid w:val="0020349B"/>
     <w:rsid w:val="00212EC0"/>
     <w:rsid w:val="00223612"/>
     <w:rsid w:val="002249A0"/>
     <w:rsid w:val="00236112"/>
     <w:rsid w:val="00236CB1"/>
     <w:rsid w:val="00246208"/>
     <w:rsid w:val="00247B0D"/>
+    <w:rsid w:val="00255C11"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="002635EC"/>
     <w:rsid w:val="002644FB"/>
     <w:rsid w:val="0026714A"/>
     <w:rsid w:val="002768B5"/>
     <w:rsid w:val="00282B84"/>
     <w:rsid w:val="00296E44"/>
     <w:rsid w:val="002A0065"/>
     <w:rsid w:val="002A660D"/>
     <w:rsid w:val="002B3B00"/>
     <w:rsid w:val="002B5D9E"/>
     <w:rsid w:val="002E27C9"/>
     <w:rsid w:val="002F145D"/>
     <w:rsid w:val="002F313E"/>
     <w:rsid w:val="002F5E6C"/>
     <w:rsid w:val="002F79D1"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00307FC0"/>
+    <w:rsid w:val="0031019B"/>
     <w:rsid w:val="003101B4"/>
     <w:rsid w:val="0031655E"/>
     <w:rsid w:val="00321766"/>
     <w:rsid w:val="00326D38"/>
     <w:rsid w:val="0033241B"/>
     <w:rsid w:val="00344DF7"/>
     <w:rsid w:val="00350838"/>
     <w:rsid w:val="00352FF6"/>
     <w:rsid w:val="003572A6"/>
     <w:rsid w:val="00362A69"/>
     <w:rsid w:val="003656DA"/>
     <w:rsid w:val="003724E7"/>
     <w:rsid w:val="003731DA"/>
     <w:rsid w:val="00376A40"/>
     <w:rsid w:val="003800D4"/>
     <w:rsid w:val="00391B76"/>
     <w:rsid w:val="003926FD"/>
     <w:rsid w:val="00394AEB"/>
     <w:rsid w:val="003B042B"/>
     <w:rsid w:val="003B0E0E"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B4DFC"/>
     <w:rsid w:val="003B5B20"/>
     <w:rsid w:val="003B6441"/>
     <w:rsid w:val="003B7FEC"/>
@@ -9761,140 +9825,138 @@
     <w:rsid w:val="00530095"/>
     <w:rsid w:val="0053478B"/>
     <w:rsid w:val="00542BAE"/>
     <w:rsid w:val="00544DCC"/>
     <w:rsid w:val="005454BF"/>
     <w:rsid w:val="00546B85"/>
     <w:rsid w:val="005509E3"/>
     <w:rsid w:val="00553D45"/>
     <w:rsid w:val="00561879"/>
     <w:rsid w:val="00571713"/>
     <w:rsid w:val="00582266"/>
     <w:rsid w:val="005831F6"/>
     <w:rsid w:val="00592C34"/>
     <w:rsid w:val="005A09E2"/>
     <w:rsid w:val="005A79B7"/>
     <w:rsid w:val="005D3A2C"/>
     <w:rsid w:val="005D6A45"/>
     <w:rsid w:val="005D7209"/>
     <w:rsid w:val="005D7F00"/>
     <w:rsid w:val="005E1933"/>
     <w:rsid w:val="005E555A"/>
     <w:rsid w:val="005E744D"/>
     <w:rsid w:val="005F281B"/>
     <w:rsid w:val="005F6DE9"/>
     <w:rsid w:val="005F7EEF"/>
+    <w:rsid w:val="00600D6E"/>
     <w:rsid w:val="0061515E"/>
     <w:rsid w:val="00615576"/>
     <w:rsid w:val="006162ED"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="0061666A"/>
     <w:rsid w:val="0061738A"/>
     <w:rsid w:val="006174EF"/>
     <w:rsid w:val="00622BD8"/>
     <w:rsid w:val="00627E5F"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="00644B3E"/>
     <w:rsid w:val="00644CE8"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="00657F21"/>
     <w:rsid w:val="00660CF3"/>
     <w:rsid w:val="00664A24"/>
     <w:rsid w:val="00670D66"/>
     <w:rsid w:val="00674F14"/>
     <w:rsid w:val="00685373"/>
     <w:rsid w:val="00690212"/>
     <w:rsid w:val="00697432"/>
-    <w:rsid w:val="006A00FA"/>
     <w:rsid w:val="006A5B04"/>
     <w:rsid w:val="006B2C6D"/>
     <w:rsid w:val="006B2CA1"/>
     <w:rsid w:val="006B40E4"/>
     <w:rsid w:val="006C0A00"/>
     <w:rsid w:val="006E29FD"/>
     <w:rsid w:val="006F0EB0"/>
     <w:rsid w:val="006F196B"/>
     <w:rsid w:val="006F549F"/>
     <w:rsid w:val="0070438C"/>
     <w:rsid w:val="00706144"/>
     <w:rsid w:val="0071001F"/>
     <w:rsid w:val="0071023A"/>
     <w:rsid w:val="007204EE"/>
     <w:rsid w:val="007237FF"/>
     <w:rsid w:val="007241EB"/>
     <w:rsid w:val="00724244"/>
     <w:rsid w:val="00725F1C"/>
     <w:rsid w:val="00732B16"/>
     <w:rsid w:val="007337FB"/>
     <w:rsid w:val="00773A7B"/>
     <w:rsid w:val="00775674"/>
     <w:rsid w:val="007815D8"/>
     <w:rsid w:val="00787E28"/>
     <w:rsid w:val="00793CC2"/>
     <w:rsid w:val="007949CE"/>
     <w:rsid w:val="007972D4"/>
     <w:rsid w:val="007A1B26"/>
     <w:rsid w:val="007A2169"/>
     <w:rsid w:val="007A410C"/>
-    <w:rsid w:val="007B3D06"/>
     <w:rsid w:val="007B7981"/>
     <w:rsid w:val="007C2D90"/>
     <w:rsid w:val="007C410F"/>
     <w:rsid w:val="007C64A6"/>
     <w:rsid w:val="007D29B0"/>
     <w:rsid w:val="007D2D62"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007D7880"/>
     <w:rsid w:val="007D7A3D"/>
     <w:rsid w:val="007D7C2B"/>
     <w:rsid w:val="007E1C1E"/>
     <w:rsid w:val="007E1E9A"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="007F1A58"/>
     <w:rsid w:val="007F3C22"/>
     <w:rsid w:val="008005A2"/>
     <w:rsid w:val="00802E55"/>
     <w:rsid w:val="00806823"/>
     <w:rsid w:val="008102A6"/>
     <w:rsid w:val="008113FD"/>
     <w:rsid w:val="008119A6"/>
     <w:rsid w:val="00812366"/>
     <w:rsid w:val="008162B7"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
     <w:rsid w:val="008222F0"/>
     <w:rsid w:val="00823260"/>
     <w:rsid w:val="00827B0C"/>
     <w:rsid w:val="00830E4A"/>
     <w:rsid w:val="00831B7C"/>
     <w:rsid w:val="008330BD"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="008460AA"/>
     <w:rsid w:val="0084724F"/>
     <w:rsid w:val="00851736"/>
-    <w:rsid w:val="00856497"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="00861704"/>
     <w:rsid w:val="008634BC"/>
     <w:rsid w:val="008910F0"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008A60DE"/>
     <w:rsid w:val="008B7966"/>
     <w:rsid w:val="008C0C02"/>
     <w:rsid w:val="008D1E58"/>
     <w:rsid w:val="008D703D"/>
     <w:rsid w:val="008E2C5E"/>
     <w:rsid w:val="008E448B"/>
     <w:rsid w:val="008E4D99"/>
     <w:rsid w:val="008E6A7D"/>
     <w:rsid w:val="008F6BA5"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="00905CB0"/>
     <w:rsid w:val="00905D99"/>
     <w:rsid w:val="009166BF"/>
     <w:rsid w:val="00926903"/>
     <w:rsid w:val="00933268"/>
     <w:rsid w:val="0093361C"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="00937946"/>
     <w:rsid w:val="009442E1"/>
@@ -9918,50 +9980,51 @@
     <w:rsid w:val="009D77BE"/>
     <w:rsid w:val="009E282E"/>
     <w:rsid w:val="009E4C6F"/>
     <w:rsid w:val="009F035E"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A02D59"/>
     <w:rsid w:val="00A06538"/>
     <w:rsid w:val="00A15797"/>
     <w:rsid w:val="00A32CED"/>
     <w:rsid w:val="00A42C3B"/>
     <w:rsid w:val="00A4638F"/>
     <w:rsid w:val="00A5210A"/>
     <w:rsid w:val="00A55A38"/>
     <w:rsid w:val="00A644BB"/>
     <w:rsid w:val="00A717D0"/>
     <w:rsid w:val="00A74BB0"/>
     <w:rsid w:val="00A7541C"/>
     <w:rsid w:val="00A757D9"/>
     <w:rsid w:val="00A75B50"/>
     <w:rsid w:val="00A77C99"/>
     <w:rsid w:val="00A8461A"/>
     <w:rsid w:val="00A855B3"/>
     <w:rsid w:val="00A8725A"/>
     <w:rsid w:val="00A92216"/>
     <w:rsid w:val="00A9264E"/>
+    <w:rsid w:val="00A97500"/>
     <w:rsid w:val="00A9763A"/>
     <w:rsid w:val="00AA67E1"/>
     <w:rsid w:val="00AA6D4A"/>
     <w:rsid w:val="00AB1312"/>
     <w:rsid w:val="00AC47B7"/>
     <w:rsid w:val="00AC7F4C"/>
     <w:rsid w:val="00AD24B5"/>
     <w:rsid w:val="00AD3CCE"/>
     <w:rsid w:val="00AD70AA"/>
     <w:rsid w:val="00AE04AB"/>
     <w:rsid w:val="00AE0B65"/>
     <w:rsid w:val="00AE76D7"/>
     <w:rsid w:val="00AE792F"/>
     <w:rsid w:val="00AF1B60"/>
     <w:rsid w:val="00AF49CA"/>
     <w:rsid w:val="00AF6DAD"/>
     <w:rsid w:val="00AF6DCA"/>
     <w:rsid w:val="00B002CC"/>
     <w:rsid w:val="00B068A1"/>
     <w:rsid w:val="00B07245"/>
     <w:rsid w:val="00B11EB1"/>
     <w:rsid w:val="00B1369B"/>
     <w:rsid w:val="00B16ED6"/>
     <w:rsid w:val="00B173FA"/>
     <w:rsid w:val="00B209FB"/>
@@ -9986,50 +10049,51 @@
     <w:rsid w:val="00BC6E22"/>
     <w:rsid w:val="00BC7FFC"/>
     <w:rsid w:val="00BD5157"/>
     <w:rsid w:val="00BD5383"/>
     <w:rsid w:val="00BD65D3"/>
     <w:rsid w:val="00BD79D5"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:rsid w:val="00BF1D45"/>
     <w:rsid w:val="00BF578C"/>
     <w:rsid w:val="00BF73E8"/>
     <w:rsid w:val="00C01169"/>
     <w:rsid w:val="00C02C2B"/>
     <w:rsid w:val="00C05AB0"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rsid w:val="00C0676F"/>
     <w:rsid w:val="00C06C31"/>
     <w:rsid w:val="00C10A8A"/>
     <w:rsid w:val="00C11533"/>
     <w:rsid w:val="00C1236E"/>
     <w:rsid w:val="00C13F8D"/>
     <w:rsid w:val="00C2329A"/>
     <w:rsid w:val="00C3006C"/>
     <w:rsid w:val="00C36ADD"/>
     <w:rsid w:val="00C56040"/>
     <w:rsid w:val="00C64A09"/>
+    <w:rsid w:val="00C65713"/>
     <w:rsid w:val="00C67EBC"/>
     <w:rsid w:val="00C722CA"/>
     <w:rsid w:val="00C77902"/>
     <w:rsid w:val="00C822AB"/>
     <w:rsid w:val="00C860F9"/>
     <w:rsid w:val="00C86225"/>
     <w:rsid w:val="00C86EC1"/>
     <w:rsid w:val="00C906B6"/>
     <w:rsid w:val="00C934E5"/>
     <w:rsid w:val="00CA25E5"/>
     <w:rsid w:val="00CA6A21"/>
     <w:rsid w:val="00CA7140"/>
     <w:rsid w:val="00CC077A"/>
     <w:rsid w:val="00CC1529"/>
     <w:rsid w:val="00CC6A33"/>
     <w:rsid w:val="00CD5AD8"/>
     <w:rsid w:val="00CE13F7"/>
     <w:rsid w:val="00CF2C4E"/>
     <w:rsid w:val="00CF3601"/>
     <w:rsid w:val="00CF4415"/>
     <w:rsid w:val="00CF5A70"/>
     <w:rsid w:val="00CF7063"/>
     <w:rsid w:val="00CF7941"/>
     <w:rsid w:val="00D0060B"/>
     <w:rsid w:val="00D017EC"/>
@@ -10044,56 +10108,58 @@
     <w:rsid w:val="00D35D48"/>
     <w:rsid w:val="00D36AAE"/>
     <w:rsid w:val="00D375F0"/>
     <w:rsid w:val="00D5279C"/>
     <w:rsid w:val="00D62406"/>
     <w:rsid w:val="00D64001"/>
     <w:rsid w:val="00D74EAE"/>
     <w:rsid w:val="00D77B42"/>
     <w:rsid w:val="00D80E57"/>
     <w:rsid w:val="00D816EC"/>
     <w:rsid w:val="00D83432"/>
     <w:rsid w:val="00D850A3"/>
     <w:rsid w:val="00D907F6"/>
     <w:rsid w:val="00DA3BC9"/>
     <w:rsid w:val="00DB187D"/>
     <w:rsid w:val="00DB5367"/>
     <w:rsid w:val="00DB6600"/>
     <w:rsid w:val="00DB70C6"/>
     <w:rsid w:val="00DB76E8"/>
     <w:rsid w:val="00DC1C04"/>
     <w:rsid w:val="00DC323A"/>
     <w:rsid w:val="00DC52A5"/>
     <w:rsid w:val="00DD5E36"/>
     <w:rsid w:val="00DE1BEB"/>
     <w:rsid w:val="00DE6EE8"/>
+    <w:rsid w:val="00DE78E9"/>
     <w:rsid w:val="00DE7953"/>
     <w:rsid w:val="00DF03B8"/>
     <w:rsid w:val="00E00494"/>
     <w:rsid w:val="00E05EFB"/>
     <w:rsid w:val="00E0764E"/>
     <w:rsid w:val="00E07C77"/>
+    <w:rsid w:val="00E12D2A"/>
     <w:rsid w:val="00E17E88"/>
     <w:rsid w:val="00E217A2"/>
     <w:rsid w:val="00E2416E"/>
     <w:rsid w:val="00E31045"/>
     <w:rsid w:val="00E40762"/>
     <w:rsid w:val="00E43635"/>
     <w:rsid w:val="00E436BC"/>
     <w:rsid w:val="00E51AE2"/>
     <w:rsid w:val="00E545FF"/>
     <w:rsid w:val="00E54C74"/>
     <w:rsid w:val="00E57646"/>
     <w:rsid w:val="00E603CE"/>
     <w:rsid w:val="00E64B26"/>
     <w:rsid w:val="00E66993"/>
     <w:rsid w:val="00E66CFA"/>
     <w:rsid w:val="00E70CA3"/>
     <w:rsid w:val="00E711D1"/>
     <w:rsid w:val="00E71C13"/>
     <w:rsid w:val="00E72567"/>
     <w:rsid w:val="00E74A53"/>
     <w:rsid w:val="00E750E4"/>
     <w:rsid w:val="00E7662F"/>
     <w:rsid w:val="00E771E6"/>
     <w:rsid w:val="00E80EC5"/>
     <w:rsid w:val="00E84B2E"/>
@@ -12572,77 +12638,77 @@
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+  <w:style w:type="paragraph" w:styleId="EmailSignature">
     <w:name w:val="E-mail Signature"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="E-mailSignatureChar"/>
+    <w:link w:val="EmailSignatureChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
-    <w:name w:val="E-mail Signature Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EmailSignatureChar">
+    <w:name w:val="Email Signature Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="E-mailSignature"/>
+    <w:link w:val="EmailSignature"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulList">
+  <w:style w:type="table" w:styleId="ColourfulList">
     <w:name w:val="Colorful List"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -12679,51 +12745,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulList-Accent1">
+  <w:style w:type="table" w:styleId="ColourfulListAccent1">
     <w:name w:val="Colorful List Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDD7EE" w:themeFill="accent1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -12760,51 +12826,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FA9AD5" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulList-Accent2">
+  <w:style w:type="table" w:styleId="ColourfulListAccent2">
     <w:name w:val="Colorful List Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF3F0" w:themeFill="accent2" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -12841,51 +12907,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE1DB" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulList-Accent3">
+  <w:style w:type="table" w:styleId="ColourfulListAccent3">
     <w:name w:val="Colorful List Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFDAF0" w:themeFill="accent3" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -12922,51 +12988,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFA2DA" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulList-Accent4">
+  <w:style w:type="table" w:styleId="ColourfulListAccent4">
     <w:name w:val="Colorful List Accent 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFBFA" w:themeFill="accent4" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -13003,51 +13069,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF6F4" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulList-Accent5">
+  <w:style w:type="table" w:styleId="ColourfulListAccent5">
     <w:name w:val="Colorful List Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDF7F8" w:themeFill="accent5" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -13084,51 +13150,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2ECEE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulList-Accent6">
+  <w:style w:type="table" w:styleId="ColourfulListAccent6">
     <w:name w:val="Colorful List Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F9FDFD" w:themeFill="accent6" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -13165,51 +13231,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F9FA" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulShading">
+  <w:style w:type="table" w:styleId="ColourfulShading">
     <w:name w:val="Colorful Shading"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
@@ -13282,51 +13348,51 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulShading-Accent1">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent1">
     <w:name w:val="Colorful Shading Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
@@ -13399,51 +13465,51 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F65CBC" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulShading-Accent2">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent2">
     <w:name w:val="Colorful Shading Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
@@ -13516,51 +13582,51 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFCEC5" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulShading-Accent3">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent3">
     <w:name w:val="Colorful Shading Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
@@ -13623,51 +13689,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="510030" w:themeFill="accent3" w:themeFillShade="99"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF69C3" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulShading-Accent4">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent4">
     <w:name w:val="Colorful Shading Accent 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
@@ -13740,51 +13806,51 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF1EE" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulShading-Accent5">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent5">
     <w:name w:val="Colorful Shading Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
@@ -13857,51 +13923,51 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B7E1E4" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulShading-Accent6">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent6">
     <w:name w:val="Colorful Shading Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
@@ -13974,51 +14040,51 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF6F7" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5F4F6" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColorful1">
+  <w:style w:type="table" w:styleId="TableColourful1">
     <w:name w:val="Table Colorful 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="FFFFFF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="00FFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -14054,51 +14120,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColorful2">
+  <w:style w:type="table" w:styleId="TableColourful2">
     <w:name w:val="Table Colorful 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct20" w:color="FFFF00" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -14128,51 +14194,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableColorful3">
+  <w:style w:type="table" w:styleId="TableColourful3">
     <w:name w:val="Table Colorful 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct25" w:color="008080" w:fill="FFFFFF"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14186,51 +14252,51 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="36" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulGrid">
+  <w:style w:type="table" w:styleId="ColourfulGrid">
     <w:name w:val="Colorful Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -14261,51 +14327,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulGrid-Accent1">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent1">
     <w:name w:val="Colorful Grid Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -14336,51 +14402,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="3B0325" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F434AC" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulGrid-Accent2">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent2">
     <w:name w:val="Colorful Grid Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -14411,51 +14477,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF3913" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC2B7" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulGrid-Accent3">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent3">
     <w:name w:val="Colorful Grid Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -14486,51 +14552,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="65003C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF44B4" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulGrid-Accent4">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent4">
     <w:name w:val="Colorful Grid Accent 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -14561,51 +14627,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF7A60" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFEDEA" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulGrid-Accent5">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent5">
     <w:name w:val="Colorful Grid Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -14636,51 +14702,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="368A90" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6D9DD" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ColorfulGrid-Accent6">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent6">
     <w:name w:val="Colorful Grid Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -18492,51 +18558,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6Colorful">
+  <w:style w:type="table" w:styleId="ListTable6Colourful">
     <w:name w:val="List Table 6 Colorful"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -18560,51 +18626,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent1">
+  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent1">
     <w:name w:val="List Table 6 Colorful Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -18628,51 +18694,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent2">
+  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent2">
     <w:name w:val="List Table 6 Colorful Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -18696,51 +18762,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent3">
+  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent3">
     <w:name w:val="List Table 6 Colorful Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -18764,51 +18830,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent4">
+  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent4">
     <w:name w:val="List Table 6 Colorful Accent 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -18832,51 +18898,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent5">
+  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent5">
     <w:name w:val="List Table 6 Colorful Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -18900,51 +18966,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent6">
+  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent6">
     <w:name w:val="List Table 6 Colorful Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -18968,51 +19034,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7Colorful">
+  <w:style w:type="table" w:styleId="ListTable7Colourful">
     <w:name w:val="List Table 7 Colorful"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -19091,51 +19157,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent1">
+  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent1">
     <w:name w:val="List Table 7 Colorful Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F0433" w:themeColor="accent1"/>
@@ -19214,51 +19280,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent2">
+  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent2">
     <w:name w:val="List Table 7 Colorful Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF876F" w:themeColor="accent2"/>
@@ -19337,51 +19403,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent3">
+  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent3">
     <w:name w:val="List Table 7 Colorful Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="870052" w:themeColor="accent3"/>
@@ -19460,51 +19526,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent4">
+  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent4">
     <w:name w:val="List Table 7 Colorful Accent 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFDDD6" w:themeColor="accent4"/>
@@ -19583,51 +19649,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent5">
+  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent5">
     <w:name w:val="List Table 7 Colorful Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DB5BC" w:themeColor="accent5"/>
@@ -19706,51 +19772,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent6">
+  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent6">
     <w:name w:val="List Table 7 Colorful Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCEBED" w:themeColor="accent6"/>
@@ -29143,51 +29209,51 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable1Light-Accent2">
+  <w:style w:type="table" w:styleId="GridTable1LightAccent2">
     <w:name w:val="Grid Table 1 Light Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFCEC5" w:themeColor="accent2" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -32179,51 +32245,51 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="CCEBED" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF6F7" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF6F7" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6Colorful">
+  <w:style w:type="table" w:styleId="GridTable6Colourful">
     <w:name w:val="Grid Table 6 Colorful"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -32251,51 +32317,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent1">
+  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent1">
     <w:name w:val="Grid Table 6 Colorful Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -32323,51 +32389,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBADDD" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent2">
+  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent2">
     <w:name w:val="Grid Table 6 Colorful Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -32395,51 +32461,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE6E2" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent3">
+  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent3">
     <w:name w:val="Grid Table 6 Colorful Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -32467,51 +32533,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFB4E1" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent4">
+  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent4">
     <w:name w:val="Grid Table 6 Colorful Accent 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -32539,51 +32605,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFF8F6" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent5">
+  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent5">
     <w:name w:val="Grid Table 6 Colorful Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -32611,51 +32677,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBF0F1" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent6">
+  <w:style w:type="table" w:styleId="GridTable6ColourfulAccent6">
     <w:name w:val="Grid Table 6 Colorful Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -32683,51 +32749,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4FBFB" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7Colorful">
+  <w:style w:type="table" w:styleId="GridTable7Colourful">
     <w:name w:val="Grid Table 7 Colorful"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -32822,51 +32888,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent1">
+  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent1">
     <w:name w:val="Grid Table 7 Colorful Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="3B0325" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -32961,51 +33027,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F10C9B" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent2">
+  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent2">
     <w:name w:val="Grid Table 7 Colorful Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF3913" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -33100,51 +33166,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFB6A8" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent3">
+  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent3">
     <w:name w:val="Grid Table 7 Colorful Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="65003C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -33239,51 +33305,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF1EA5" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent4">
+  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent4">
     <w:name w:val="Grid Table 7 Colorful Accent 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FF7A60" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -33378,51 +33444,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFEAE6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent5">
+  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent5">
     <w:name w:val="Grid Table 7 Colorful Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="368A90" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -33517,51 +33583,51 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94D2D6" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable7Colorful-Accent6">
+  <w:style w:type="table" w:styleId="GridTable7ColourfulAccent6">
     <w:name w:val="Grid Table 7 Colorful Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="006B40E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7ACAD0" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0F2F4" w:themeColor="accent6" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -37070,137 +37136,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{33CF2370-48CC-7442-BFED-1D25C506B41B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005659C6" w:rsidRDefault="00DA3FA5" w:rsidP="00DA3FA5">
           <w:pPr>
             <w:pStyle w:val="DE35E1B246352748AE9B60A4D9743750"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A6B5D9CBBEFD4F1CA3E0445620E5F1B3"/>
-[...85 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="41AF899FAF87495F8BE4DB73A61769FE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1551D3A8-B82A-4388-AD7C-8739B4A493CA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00BA2BED" w:rsidRDefault="00BA2BED" w:rsidP="00BA2BED">
           <w:pPr>
             <w:pStyle w:val="41AF899FAF87495F8BE4DB73A61769FE"/>
           </w:pPr>
           <w:r w:rsidRPr="00CF60DC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -37248,212 +37227,303 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A7F1B5FC-EB27-448C-ADCC-B111E55D8E84}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00BC3169" w:rsidRDefault="00BC3169" w:rsidP="00BC3169">
           <w:pPr>
             <w:pStyle w:val="464F98296E9C4193BFF83010FA2BF19F"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Write here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2DB04BCC30534DD89C69BF2B3B262AFC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5A60CFF8-2AB8-4015-881F-EEE8E0DB7AD6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00346636" w:rsidRDefault="00FE6F87" w:rsidP="00FE6F87">
+          <w:pPr>
+            <w:pStyle w:val="2DB04BCC30534DD89C69BF2B3B262AFC"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Write here.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B08672D928064E5EB1BD119D27103E68"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{025270CE-2A35-4B9A-9E2D-8CF5ADE0781F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00346636" w:rsidRDefault="00FE6F87" w:rsidP="00FE6F87">
+          <w:pPr>
+            <w:pStyle w:val="B08672D928064E5EB1BD119D27103E68"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Write here.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="26213F6C0A054F35B00E04C464256CC3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4986F80B-D9F8-403C-9E14-481C027551E8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00346636" w:rsidRDefault="00FE6F87" w:rsidP="00FE6F87">
+          <w:pPr>
+            <w:pStyle w:val="26213F6C0A054F35B00E04C464256CC3"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Write here.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E239B5"/>
+    <w:rsid w:val="00045431"/>
     <w:rsid w:val="00050673"/>
     <w:rsid w:val="00071685"/>
     <w:rsid w:val="000A1884"/>
+    <w:rsid w:val="000A2262"/>
     <w:rsid w:val="000B64D9"/>
-    <w:rsid w:val="000F401E"/>
+    <w:rsid w:val="00255C11"/>
     <w:rsid w:val="002E5A8D"/>
     <w:rsid w:val="00320802"/>
+    <w:rsid w:val="00346636"/>
     <w:rsid w:val="004E4FB0"/>
     <w:rsid w:val="0050414B"/>
     <w:rsid w:val="005659C6"/>
     <w:rsid w:val="00593287"/>
     <w:rsid w:val="00645C0C"/>
     <w:rsid w:val="00697432"/>
     <w:rsid w:val="007C64A6"/>
     <w:rsid w:val="009174F6"/>
     <w:rsid w:val="00A223E8"/>
     <w:rsid w:val="00A644BB"/>
     <w:rsid w:val="00A9763A"/>
     <w:rsid w:val="00B01E55"/>
     <w:rsid w:val="00BA2BED"/>
     <w:rsid w:val="00BC3169"/>
     <w:rsid w:val="00C13F8D"/>
     <w:rsid w:val="00C67D48"/>
     <w:rsid w:val="00CA6A21"/>
     <w:rsid w:val="00D16934"/>
-    <w:rsid w:val="00D442BA"/>
     <w:rsid w:val="00D62406"/>
     <w:rsid w:val="00DA3FA5"/>
     <w:rsid w:val="00DB187D"/>
+    <w:rsid w:val="00E12D2A"/>
     <w:rsid w:val="00E239B5"/>
     <w:rsid w:val="00E53D28"/>
     <w:rsid w:val="00EE1272"/>
     <w:rsid w:val="00FE0AD3"/>
+    <w:rsid w:val="00FE6F87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -37865,51 +37935,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC3169"/>
+    <w:rsid w:val="00FE6F87"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD5EBC94E340074C8A9D1C488C179DCC">
     <w:name w:val="FD5EBC94E340074C8A9D1C488C179DCC"/>
     <w:rsid w:val="00320802"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0DF17C2BFC9A7B4EA294F994A8AC71D8">
     <w:name w:val="0DF17C2BFC9A7B4EA294F994A8AC71D8"/>
     <w:rsid w:val="00E239B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="72D1D49DCF154248B5E2F2C6D2A06299">
     <w:name w:val="72D1D49DCF154248B5E2F2C6D2A06299"/>
     <w:rsid w:val="00E239B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B6FCE1B96456841942B50355EBCA047">
     <w:name w:val="5B6FCE1B96456841942B50355EBCA047"/>
     <w:rsid w:val="00320802"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A45F458033296345AF7969191FE69C03">
     <w:name w:val="A45F458033296345AF7969191FE69C03"/>
     <w:rsid w:val="00E239B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6963CB6FDD33649854F0C6F2B93DE3A">
@@ -37921,89 +37991,89 @@
     <w:rsid w:val="00E239B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="287A41A39852634B9804296227F5CF64">
     <w:name w:val="287A41A39852634B9804296227F5CF64"/>
     <w:rsid w:val="00320802"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A30783B1C6B1D49BDF078C3F709C6DE">
     <w:name w:val="2A30783B1C6B1D49BDF078C3F709C6DE"/>
     <w:rsid w:val="00320802"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DD6F721B3B68649A344A0719CA1067C">
     <w:name w:val="2DD6F721B3B68649A344A0719CA1067C"/>
     <w:rsid w:val="00593287"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6ADC7E57069F2A48838D69148F9D00BE">
     <w:name w:val="6ADC7E57069F2A48838D69148F9D00BE"/>
     <w:rsid w:val="00593287"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBB188FC46F2D049BF3E4E4C370C3CC4">
     <w:name w:val="DBB188FC46F2D049BF3E4E4C370C3CC4"/>
     <w:rsid w:val="00DA3FA5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE35E1B246352748AE9B60A4D9743750">
     <w:name w:val="DE35E1B246352748AE9B60A4D9743750"/>
     <w:rsid w:val="00DA3FA5"/>
-  </w:style>
-[...19 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="41AF899FAF87495F8BE4DB73A61769FE">
     <w:name w:val="41AF899FAF87495F8BE4DB73A61769FE"/>
     <w:rsid w:val="00BA2BED"/>
     <w:rPr>
       <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD76235FE1AC424FA3DBB2EE2BAA6EDF">
     <w:name w:val="BD76235FE1AC424FA3DBB2EE2BAA6EDF"/>
     <w:rsid w:val="00BA2BED"/>
     <w:rPr>
       <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="464F98296E9C4193BFF83010FA2BF19F">
     <w:name w:val="464F98296E9C4193BFF83010FA2BF19F"/>
     <w:rsid w:val="00BC3169"/>
+    <w:rPr>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DB04BCC30534DD89C69BF2B3B262AFC">
+    <w:name w:val="2DB04BCC30534DD89C69BF2B3B262AFC"/>
+    <w:rsid w:val="00FE6F87"/>
+    <w:rPr>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B08672D928064E5EB1BD119D27103E68">
+    <w:name w:val="B08672D928064E5EB1BD119D27103E68"/>
+    <w:rsid w:val="00FE6F87"/>
+    <w:rPr>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26213F6C0A054F35B00E04C464256CC3">
+    <w:name w:val="26213F6C0A054F35B00E04C464256CC3"/>
+    <w:rsid w:val="00FE6F87"/>
     <w:rPr>
       <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="macintosh"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="KI">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -38197,102 +38267,50 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...50 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101006B3D3988DB1E92408C029FE0429E495D" ma:contentTypeVersion="12" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="cdc1353450247884d1aea76b7de6eae8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9c4df81-0576-44de-b350-be7c52e66943" xmlns:ns3="73d8e64e-e64a-47cf-aac4-3d4babf8a00c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0f2da05c9ffd880f8c7bb3f0f11f2203" ns2:_="" ns3:_="">
     <xsd:import namespace="a9c4df81-0576-44de-b350-be7c52e66943"/>
     <xsd:import namespace="73d8e64e-e64a-47cf-aac4-3d4babf8a00c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -38449,164 +38467,216 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9c4df81-0576-44de-b350-be7c52e66943">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="73d8e64e-e64a-47cf-aac4-3d4babf8a00c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<root xmlns="LPXML">
+  <namn/>
+  <titel/>
+  <avdelning/>
+  <förvaltning/>
+  <kontakt>
+    <telefon/>
+    <mobil/>
+    <epost/>
+    <adress>
+      <co/>
+      <box/>
+      <gata/>
+      <postnr/>
+      <ort/>
+      <land/>
+    </adress>
+  </kontakt>
+  <dokumenttyp/>
+  <Diarienummer/>
+  <Datum/>
+  <version/>
+  <sklass/>
+  <foretag/>
+  <extra1/>
+  <extra2/>
+  <extra3/>
+  <extra4/>
+  <extra5/>
+  <extra6/>
+  <extra7/>
+  <extra8/>
+  <extra9/>
+</root>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
-[...25 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A083391-8E44-45B5-9339-C4AC5026439C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9c4df81-0576-44de-b350-be7c52e66943"/>
     <ds:schemaRef ds:uri="73d8e64e-e64a-47cf-aac4-3d4babf8a00c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F8BF9BB-29FD-4319-A4F7-A450F7704244}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9c4df81-0576-44de-b350-be7c52e66943"/>
+    <ds:schemaRef ds:uri="73d8e64e-e64a-47cf-aac4-3d4babf8a00c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="LPXML"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD8DB128-02D4-42C6-8BD3-B58A0A3BE23E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basmall_m_logo</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>654</Words>
-  <Characters>3516</Characters>
+  <Words>655</Words>
+  <Characters>3475</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>270</Lines>
-  <Paragraphs>231</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr>    //&lt;Dokumentnamn&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Datum&gt;	Dnr: &lt;Dnr&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Institution&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Avdelning&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Namn&gt;, &lt;Titel&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Mottagare&gt;</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>&lt;Rubrik&gt;</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3939</CharactersWithSpaces>
+  <CharactersWithSpaces>4122</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>4587581</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:serviceteam-neo@ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2359355</vt:i4>
       </vt:variant>
       <vt:variant>