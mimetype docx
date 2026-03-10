--- v0 (2025-10-07)
+++ v1 (2026-03-10)
@@ -313,61 +313,532 @@
           <w:spacing w:val="-2"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E5BE8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>svenska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E5BE8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDFC237" w14:textId="77777777" w:rsidR="00C529EA" w:rsidRPr="006E5BE8" w:rsidRDefault="00C529EA" w:rsidP="00C529EA">
+    <w:p w14:paraId="37F77964" w14:textId="0567728B" w:rsidR="008E4627" w:rsidRPr="00955A7F" w:rsidRDefault="008E4627" w:rsidP="00955A7F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>translation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Swedish version (Utbildningsplan för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">programmet, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>programskod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). In the event </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>discrepancy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>between</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the versions, the Swedish version </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>constitutes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>official</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decision, and the Swedish </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>wording</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>prevail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1C05FFE6" w14:textId="69193611" w:rsidR="00C529EA" w:rsidRPr="006E5BE8" w:rsidRDefault="006E4FD0" w:rsidP="00C529EA">
+    <w:p w14:paraId="1C05FFE6" w14:textId="69193611" w:rsidR="00C529EA" w:rsidRPr="006E5BE8" w:rsidRDefault="006E4FD0" w:rsidP="00341884">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:color w:val="4F0433" w:themeColor="accent1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E5BE8">
         <w:rPr>
           <w:color w:val="4F0433" w:themeColor="accent1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Essential data </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D36DC45" w14:textId="200AF3E7" w:rsidR="00C529EA" w:rsidRPr="006E5BE8" w:rsidRDefault="00C529EA" w:rsidP="00C529EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E5BE8">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1238,74 +1709,74 @@
       </w:pPr>
       <w:r w:rsidRPr="006E5BE8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>First-cycle courses and study programmes shall be based fundamentally on the knowledge acquired by pupils in national study programmes in the upper-secondary schools or its equivalent. The Government may, however, permit exceptions for courses and study programmes in the fine, applied or performing arts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0639B43E" w14:textId="77777777" w:rsidR="003C678F" w:rsidRPr="006E5BE8" w:rsidRDefault="003C678F" w:rsidP="003C678F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="336" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E5BE8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>First-cycle courses and study programmes shall develop:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EC45290" w14:textId="77777777" w:rsidR="003C678F" w:rsidRPr="006E5BE8" w:rsidRDefault="003C678F" w:rsidP="003C678F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E5BE8">
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="006E5BE8">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ability of students to make independent and critical assessments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA0464F" w14:textId="77777777" w:rsidR="003C678F" w:rsidRPr="006E5BE8" w:rsidRDefault="003C678F" w:rsidP="003C678F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -4804,155 +5275,154 @@
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Text</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="00171537" w:rsidRPr="004D4FA8" w:rsidSect="003B4DFC">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="936" w:right="1418" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E26B261" w14:textId="77777777" w:rsidR="00847588" w:rsidRDefault="00847588" w:rsidP="001636A9">
+    <w:p w14:paraId="298099E7" w14:textId="77777777" w:rsidR="00F71311" w:rsidRDefault="00F71311" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6235765A" w14:textId="77777777" w:rsidR="00847588" w:rsidRDefault="00847588" w:rsidP="001636A9">
+    <w:p w14:paraId="308453C0" w14:textId="77777777" w:rsidR="00F71311" w:rsidRDefault="00F71311" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
-    <w:altName w:val="DM Sans Medium"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10006FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2503D13F" w14:textId="77777777" w:rsidR="00847588" w:rsidRDefault="00847588" w:rsidP="001636A9">
+    <w:p w14:paraId="27757605" w14:textId="77777777" w:rsidR="00F71311" w:rsidRDefault="00F71311" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EE34AC4" w14:textId="77777777" w:rsidR="00847588" w:rsidRDefault="00847588" w:rsidP="001636A9">
+    <w:p w14:paraId="2D27C79E" w14:textId="77777777" w:rsidR="00F71311" w:rsidRDefault="00F71311" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7863075D" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="0061653D" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
@@ -7696,51 +8166,52 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="17892773">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1826505943">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1940529421">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1979070260">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="145319804">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2015111257">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="121"/>
+  <w:zoom w:percent="154"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -7749,120 +8220,124 @@
     <w:rsid w:val="000527BA"/>
     <w:rsid w:val="00062AD3"/>
     <w:rsid w:val="000B3D35"/>
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="00130604"/>
     <w:rsid w:val="001375B7"/>
     <w:rsid w:val="0014257D"/>
     <w:rsid w:val="00160270"/>
     <w:rsid w:val="001636A9"/>
     <w:rsid w:val="00171537"/>
     <w:rsid w:val="00177D2A"/>
     <w:rsid w:val="001A4234"/>
     <w:rsid w:val="001A6384"/>
     <w:rsid w:val="00221AE6"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="002644FB"/>
     <w:rsid w:val="00296E44"/>
     <w:rsid w:val="002A660D"/>
     <w:rsid w:val="002E27C9"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="0033241B"/>
+    <w:rsid w:val="00341884"/>
     <w:rsid w:val="00350334"/>
     <w:rsid w:val="00377299"/>
     <w:rsid w:val="003800D4"/>
     <w:rsid w:val="003926FD"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B4DFC"/>
     <w:rsid w:val="003C678F"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="003F4CA4"/>
     <w:rsid w:val="0041432E"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="00427A2A"/>
     <w:rsid w:val="00472F29"/>
     <w:rsid w:val="00481E0C"/>
     <w:rsid w:val="004921C3"/>
     <w:rsid w:val="004A7B73"/>
     <w:rsid w:val="004B7D08"/>
     <w:rsid w:val="004C54B6"/>
     <w:rsid w:val="004D2686"/>
     <w:rsid w:val="004D4FA8"/>
     <w:rsid w:val="004E02C3"/>
     <w:rsid w:val="005074D4"/>
     <w:rsid w:val="00530095"/>
     <w:rsid w:val="00544DCC"/>
     <w:rsid w:val="005454C1"/>
     <w:rsid w:val="005474FE"/>
     <w:rsid w:val="00567BB2"/>
     <w:rsid w:val="005A34F5"/>
     <w:rsid w:val="005F7EEF"/>
+    <w:rsid w:val="00614E24"/>
     <w:rsid w:val="00615A20"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="0061666A"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="0064582A"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="00670D66"/>
     <w:rsid w:val="00685373"/>
     <w:rsid w:val="00690212"/>
     <w:rsid w:val="006A221A"/>
     <w:rsid w:val="006B40E4"/>
     <w:rsid w:val="006E29FD"/>
     <w:rsid w:val="006E4FD0"/>
     <w:rsid w:val="006E5BE8"/>
     <w:rsid w:val="006F196B"/>
     <w:rsid w:val="007337FB"/>
     <w:rsid w:val="00743928"/>
     <w:rsid w:val="00775108"/>
     <w:rsid w:val="00775674"/>
     <w:rsid w:val="007822F5"/>
     <w:rsid w:val="00783899"/>
     <w:rsid w:val="007A1991"/>
     <w:rsid w:val="007A1B26"/>
     <w:rsid w:val="007C28D0"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="00847588"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008E2C5E"/>
+    <w:rsid w:val="008E4627"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="009252C4"/>
     <w:rsid w:val="00926903"/>
     <w:rsid w:val="0093655E"/>
+    <w:rsid w:val="00955A7F"/>
     <w:rsid w:val="0096503E"/>
     <w:rsid w:val="009663ED"/>
     <w:rsid w:val="00966B1B"/>
     <w:rsid w:val="009A3466"/>
     <w:rsid w:val="009A6896"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009C71CF"/>
     <w:rsid w:val="009E4C6F"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A06538"/>
     <w:rsid w:val="00A15797"/>
     <w:rsid w:val="00A27083"/>
     <w:rsid w:val="00A42C3B"/>
     <w:rsid w:val="00A8461A"/>
     <w:rsid w:val="00A90C0D"/>
     <w:rsid w:val="00A9264E"/>
     <w:rsid w:val="00AE1901"/>
     <w:rsid w:val="00AE6169"/>
     <w:rsid w:val="00AF6DAD"/>
     <w:rsid w:val="00AF6DCA"/>
     <w:rsid w:val="00B068A1"/>
     <w:rsid w:val="00B209FB"/>
     <w:rsid w:val="00B25F55"/>
     <w:rsid w:val="00B30584"/>
     <w:rsid w:val="00B541C4"/>
@@ -7898,50 +8373,51 @@
     <w:rsid w:val="00D865FE"/>
     <w:rsid w:val="00DB6600"/>
     <w:rsid w:val="00DE1BEB"/>
     <w:rsid w:val="00DE6EE8"/>
     <w:rsid w:val="00E0764E"/>
     <w:rsid w:val="00E2059E"/>
     <w:rsid w:val="00E545FF"/>
     <w:rsid w:val="00E57646"/>
     <w:rsid w:val="00E603CE"/>
     <w:rsid w:val="00E66993"/>
     <w:rsid w:val="00E72567"/>
     <w:rsid w:val="00E74A53"/>
     <w:rsid w:val="00E7662F"/>
     <w:rsid w:val="00E771E6"/>
     <w:rsid w:val="00E84E3C"/>
     <w:rsid w:val="00E868E8"/>
     <w:rsid w:val="00EB2F99"/>
     <w:rsid w:val="00EB3553"/>
     <w:rsid w:val="00EC7DAE"/>
     <w:rsid w:val="00F0618D"/>
     <w:rsid w:val="00F130A3"/>
     <w:rsid w:val="00F21278"/>
     <w:rsid w:val="00F251FE"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rsid w:val="00F27348"/>
+    <w:rsid w:val="00F71311"/>
     <w:rsid w:val="00F93379"/>
     <w:rsid w:val="00FA0546"/>
     <w:rsid w:val="00FA5BC4"/>
     <w:rsid w:val="00FB2AFF"/>
     <w:rsid w:val="00FB35AE"/>
     <w:rsid w:val="00FB4B2B"/>
     <w:rsid w:val="00FD7C56"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -9424,51 +9900,50 @@
     <w:link w:val="Anteckningsrubrik"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="C490AA" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Betoning">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="20"/>
-    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Bokenstitel">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="33"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
@@ -34339,142 +34814,143 @@
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
-    <w:altName w:val="DM Sans Medium"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10006FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F23F27"/>
     <w:rsid w:val="00054FAA"/>
     <w:rsid w:val="00131698"/>
     <w:rsid w:val="002F5F6E"/>
     <w:rsid w:val="00361FAB"/>
     <w:rsid w:val="003817CD"/>
     <w:rsid w:val="004E02C3"/>
     <w:rsid w:val="005454C1"/>
+    <w:rsid w:val="00614E24"/>
     <w:rsid w:val="006F72E4"/>
     <w:rsid w:val="007822F5"/>
     <w:rsid w:val="007C7417"/>
     <w:rsid w:val="008B4B95"/>
     <w:rsid w:val="00C53B28"/>
     <w:rsid w:val="00F23F27"/>
+    <w:rsid w:val="00F87C55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -35192,111 +35668,91 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <root xmlns="LPXML">
   <namn/>
   <titel/>
   <avdelning/>
   <förvaltning/>
   <kontakt>
     <telefon/>
     <mobil/>
     <epost/>
     <adress>
       <co/>
       <box/>
       <gata/>
       <postnr/>
       <ort/>
       <land/>
     </adress>
   </kontakt>
   <dokumenttyp/>
   <Diarienummer/>
   <Datum/>
   <version/>
   <sklass/>
   <foretag/>
   <extra1/>
   <extra2/>
   <extra3/>
   <extra4/>
   <extra5/>
   <extra6/>
   <extra7/>
   <extra8/>
   <extra9/>
 </root>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100A1CB96EA26FBF54A966DC5680D88EFBE" ma:contentTypeVersion="13" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="0bfb2b5569d7b40235a18b090add57a4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="38a2f3cf-9eaf-4796-82d6-609fa09559e8" xmlns:ns3="6d910328-e327-4af0-9d32-587895877f66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2727caca58cc8b3cf965328233c88c2" ns2:_="" ns3:_="">
     <xsd:import namespace="38a2f3cf-9eaf-4796-82d6-609fa09559e8"/>
     <xsd:import namespace="6d910328-e327-4af0-9d32-587895877f66"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -35475,117 +35931,154 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6d910328-e327-4af0-9d32-587895877f66" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="38a2f3cf-9eaf-4796-82d6-609fa09559e8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="LPXML"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB5FBBFC-862A-48BF-85A6-7D52B920FB6A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...6 lines deleted...]
-  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="38a2f3cf-9eaf-4796-82d6-609fa09559e8"/>
+    <ds:schemaRef ds:uri="6d910328-e327-4af0-9d32-587895877f66"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD8DB128-02D4-42C6-8BD3-B58A0A3BE23E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB5FBBFC-862A-48BF-85A6-7D52B920FB6A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F8BF9BB-29FD-4319-A4F7-A450F7704244}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6d910328-e327-4af0-9d32-587895877f66"/>
+    <ds:schemaRef ds:uri="38a2f3cf-9eaf-4796-82d6-609fa09559e8"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basmall_m_logo.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>623</Words>
-  <Characters>3304</Characters>
+  <Words>596</Words>
+  <Characters>3581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3920</CharactersWithSpaces>
+  <CharactersWithSpaces>4103</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hien Ekeroth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A1CB96EA26FBF54A966DC5680D88EFBE</vt:lpwstr>
   </property>