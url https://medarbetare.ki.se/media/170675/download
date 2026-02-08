--- v0 (2025-10-08)
+++ v1 (2026-02-08)
@@ -8,51 +8,83 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="21A80D47" w14:textId="28D47F9D" w:rsidR="002E604D" w:rsidRPr="00F34295" w:rsidRDefault="002E604D" w:rsidP="002E604D">
+    <w:p w14:paraId="71797FF0" w14:textId="77777777" w:rsidR="003641DC" w:rsidRPr="00FF5FDB" w:rsidRDefault="003641DC" w:rsidP="003641DC">
+      <w:pPr>
+        <w:pStyle w:val="Sidhuvud"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF5FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This form is also available in English: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00FF5FDB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>Forms - doctoral education | Staff Portal</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="21A80D47" w14:textId="28CD9FF5" w:rsidR="002E604D" w:rsidRPr="00F34295" w:rsidRDefault="002E604D" w:rsidP="002E604D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="180" w:lineRule="atLeast"/>
         <w:ind w:left="360" w:right="-170" w:hanging="360"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Den blivande doktoranden</w:t>
@@ -86,71 +118,59 @@
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6941" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="12E6FB99" w14:textId="7B3084EB" w:rsidR="00AB7F85" w:rsidRPr="00692EB2" w:rsidRDefault="00AB7F85" w:rsidP="00704EA9">
             <w:pPr>
               <w:keepLines/>
               <w:ind w:right="-709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Namn</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Namn </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="424ED0BB" w14:textId="77777777" w:rsidR="00AB7F85" w:rsidRPr="00692EB2" w:rsidRDefault="00AB7F85" w:rsidP="00704EA9">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="60"/>
               <w:ind w:right="-709"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -228,62 +248,60 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64AA7FF5" w14:textId="40A98CA8" w:rsidR="00AB7F85" w:rsidRPr="00692EB2" w:rsidRDefault="00AB7F85" w:rsidP="00704EA9">
             <w:pPr>
               <w:keepLines/>
               <w:ind w:right="-709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00692EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Personnummer</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="7BFBB4AA" w14:textId="77777777" w:rsidR="00AB7F85" w:rsidRPr="00692EB2" w:rsidRDefault="00AB7F85" w:rsidP="00704EA9">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="60"/>
               <w:ind w:right="-709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -15206,75 +15224,75 @@
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Efter </w:t>
       </w:r>
       <w:r w:rsidR="006B6CC1">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>inrättandet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska en kopia ges till doktoranden och en kopia till verksamhetschefen.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007274F6" w:rsidRPr="00E02495" w:rsidSect="002E3B94">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="991" w:bottom="567" w:left="1304" w:header="567" w:footer="839" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75AAD1CE" w14:textId="77777777" w:rsidR="00FD16B5" w:rsidRDefault="00FD16B5">
+    <w:p w14:paraId="34A0685B" w14:textId="77777777" w:rsidR="00110090" w:rsidRDefault="00110090">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68673147" w14:textId="77777777" w:rsidR="00FD16B5" w:rsidRDefault="00FD16B5">
+    <w:p w14:paraId="3823E669" w14:textId="77777777" w:rsidR="00110090" w:rsidRDefault="00110090">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15378,58 +15396,58 @@
     <w:r w:rsidR="00FD60C5">
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00EA05FB">
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="002E604D">
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>07-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C305BC5" w14:textId="77777777" w:rsidR="00FD16B5" w:rsidRDefault="00FD16B5">
+    <w:p w14:paraId="38CFCF68" w14:textId="77777777" w:rsidR="00110090" w:rsidRDefault="00110090">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DA77E9E" w14:textId="77777777" w:rsidR="00FD16B5" w:rsidRDefault="00FD16B5">
+    <w:p w14:paraId="24D88BEF" w14:textId="77777777" w:rsidR="00110090" w:rsidRDefault="00110090">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AD02F3B" w14:textId="1E519903" w:rsidR="00E81E31" w:rsidRDefault="00E81E31">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="656428976"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -15710,108 +15728,50 @@
           <w:tcW w:w="992" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="34A324B0" w14:textId="51649FF4" w:rsidR="002E3B94" w:rsidRPr="002E3B94" w:rsidRDefault="002E3B94" w:rsidP="0048674B">
           <w:pPr>
             <w:spacing w:before="120"/>
             <w:rPr>
               <w:bCs/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="002E3B94">
             <w:rPr>
               <w:bCs/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Page 1</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3431F6F0" w14:textId="7F47C6F6" w:rsidR="0048674B" w:rsidRDefault="0048674B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
-  </w:p>
-[...56 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w14:paraId="394E0965" w14:textId="77777777" w:rsidR="00C80C1F" w:rsidRDefault="00C80C1F">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="19E49E10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16778,51 +16738,51 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1563252150">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1992784537">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1927762200">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="24838640">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="557786901">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1979844905">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -16877,50 +16837,51 @@
     <w:rsid w:val="000C4D9A"/>
     <w:rsid w:val="000C5FB4"/>
     <w:rsid w:val="000C60D7"/>
     <w:rsid w:val="000D4022"/>
     <w:rsid w:val="000D4C35"/>
     <w:rsid w:val="000D4D5D"/>
     <w:rsid w:val="000D7470"/>
     <w:rsid w:val="000D7F5E"/>
     <w:rsid w:val="000E09A6"/>
     <w:rsid w:val="000E1DDC"/>
     <w:rsid w:val="000E4285"/>
     <w:rsid w:val="000E4D26"/>
     <w:rsid w:val="000E5012"/>
     <w:rsid w:val="000E50DC"/>
     <w:rsid w:val="000E793B"/>
     <w:rsid w:val="000F02C1"/>
     <w:rsid w:val="000F1A1B"/>
     <w:rsid w:val="000F2DEB"/>
     <w:rsid w:val="000F4077"/>
     <w:rsid w:val="000F50C7"/>
     <w:rsid w:val="000F668F"/>
     <w:rsid w:val="0010072F"/>
     <w:rsid w:val="00102C1B"/>
     <w:rsid w:val="001030C4"/>
     <w:rsid w:val="00104EEB"/>
+    <w:rsid w:val="00110090"/>
     <w:rsid w:val="0011088B"/>
     <w:rsid w:val="00111DA0"/>
     <w:rsid w:val="001151BD"/>
     <w:rsid w:val="0011543B"/>
     <w:rsid w:val="00122784"/>
     <w:rsid w:val="001267BB"/>
     <w:rsid w:val="00126B8A"/>
     <w:rsid w:val="00130746"/>
     <w:rsid w:val="0013172D"/>
     <w:rsid w:val="00131C69"/>
     <w:rsid w:val="001356D9"/>
     <w:rsid w:val="001368E7"/>
     <w:rsid w:val="001426C4"/>
     <w:rsid w:val="001436DA"/>
     <w:rsid w:val="00144A68"/>
     <w:rsid w:val="0014772B"/>
     <w:rsid w:val="00147D8E"/>
     <w:rsid w:val="00152B76"/>
     <w:rsid w:val="00154B03"/>
     <w:rsid w:val="00155AED"/>
     <w:rsid w:val="00156FBE"/>
     <w:rsid w:val="00163BCA"/>
     <w:rsid w:val="00164872"/>
     <w:rsid w:val="0016502C"/>
     <w:rsid w:val="00170D85"/>
@@ -17043,50 +17004,51 @@
     <w:rsid w:val="003235DF"/>
     <w:rsid w:val="00326273"/>
     <w:rsid w:val="00327148"/>
     <w:rsid w:val="00327A87"/>
     <w:rsid w:val="003305FC"/>
     <w:rsid w:val="00331DA3"/>
     <w:rsid w:val="00333B8E"/>
     <w:rsid w:val="00336638"/>
     <w:rsid w:val="0033752A"/>
     <w:rsid w:val="00337E80"/>
     <w:rsid w:val="00340EB8"/>
     <w:rsid w:val="00342097"/>
     <w:rsid w:val="00342A45"/>
     <w:rsid w:val="00342D92"/>
     <w:rsid w:val="00345376"/>
     <w:rsid w:val="0034711E"/>
     <w:rsid w:val="00347674"/>
     <w:rsid w:val="00347D9A"/>
     <w:rsid w:val="00351323"/>
     <w:rsid w:val="003517FB"/>
     <w:rsid w:val="0035495C"/>
     <w:rsid w:val="00355FA5"/>
     <w:rsid w:val="0036001F"/>
     <w:rsid w:val="003616B0"/>
     <w:rsid w:val="00363885"/>
+    <w:rsid w:val="003641DC"/>
     <w:rsid w:val="00364B1B"/>
     <w:rsid w:val="00364D80"/>
     <w:rsid w:val="00365B5F"/>
     <w:rsid w:val="003675C4"/>
     <w:rsid w:val="00367BA9"/>
     <w:rsid w:val="00370BF6"/>
     <w:rsid w:val="00370C05"/>
     <w:rsid w:val="00371C31"/>
     <w:rsid w:val="00373C86"/>
     <w:rsid w:val="00375A17"/>
     <w:rsid w:val="00381719"/>
     <w:rsid w:val="003835DB"/>
     <w:rsid w:val="00386242"/>
     <w:rsid w:val="00390582"/>
     <w:rsid w:val="003928B4"/>
     <w:rsid w:val="00392B49"/>
     <w:rsid w:val="00393669"/>
     <w:rsid w:val="00394214"/>
     <w:rsid w:val="00395B9D"/>
     <w:rsid w:val="00397998"/>
     <w:rsid w:val="003A2C60"/>
     <w:rsid w:val="003A3EA1"/>
     <w:rsid w:val="003A5E28"/>
     <w:rsid w:val="003B01FD"/>
     <w:rsid w:val="003B077C"/>
@@ -17476,50 +17438,51 @@
     <w:rsid w:val="009A3AFC"/>
     <w:rsid w:val="009B08CB"/>
     <w:rsid w:val="009B12D3"/>
     <w:rsid w:val="009B2513"/>
     <w:rsid w:val="009B2E09"/>
     <w:rsid w:val="009B4159"/>
     <w:rsid w:val="009C10D1"/>
     <w:rsid w:val="009C2A1B"/>
     <w:rsid w:val="009C3CA4"/>
     <w:rsid w:val="009C58FA"/>
     <w:rsid w:val="009D0151"/>
     <w:rsid w:val="009D0398"/>
     <w:rsid w:val="009D15F1"/>
     <w:rsid w:val="009E0FE5"/>
     <w:rsid w:val="009E1E79"/>
     <w:rsid w:val="009E4A56"/>
     <w:rsid w:val="009E70BB"/>
     <w:rsid w:val="009F025B"/>
     <w:rsid w:val="009F154E"/>
     <w:rsid w:val="009F17DB"/>
     <w:rsid w:val="009F30FA"/>
     <w:rsid w:val="009F3D74"/>
     <w:rsid w:val="009F4436"/>
     <w:rsid w:val="009F4679"/>
     <w:rsid w:val="009F72D3"/>
+    <w:rsid w:val="00A00A1B"/>
     <w:rsid w:val="00A07017"/>
     <w:rsid w:val="00A105E4"/>
     <w:rsid w:val="00A1092C"/>
     <w:rsid w:val="00A10DE4"/>
     <w:rsid w:val="00A11085"/>
     <w:rsid w:val="00A13F3B"/>
     <w:rsid w:val="00A14EF9"/>
     <w:rsid w:val="00A1692B"/>
     <w:rsid w:val="00A17BDB"/>
     <w:rsid w:val="00A21412"/>
     <w:rsid w:val="00A24068"/>
     <w:rsid w:val="00A3102B"/>
     <w:rsid w:val="00A32721"/>
     <w:rsid w:val="00A42218"/>
     <w:rsid w:val="00A43022"/>
     <w:rsid w:val="00A4640B"/>
     <w:rsid w:val="00A50179"/>
     <w:rsid w:val="00A507D4"/>
     <w:rsid w:val="00A52998"/>
     <w:rsid w:val="00A53AD0"/>
     <w:rsid w:val="00A573D5"/>
     <w:rsid w:val="00A57C87"/>
     <w:rsid w:val="00A601B1"/>
     <w:rsid w:val="00A604AF"/>
     <w:rsid w:val="00A607D3"/>
@@ -18909,51 +18872,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1899587637">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/doctoral-education/documents-and-information-doctoral-education/forms-doctoral-education" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -19198,76 +19161,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4F0013F-C412-4405-8AF4-049E19450838}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>892</Words>
-  <Characters>4731</Characters>
+  <Words>807</Words>
+  <Characters>5022</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>313</Lines>
+  <Paragraphs>277</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>blankett</vt:lpstr>
       <vt:lpstr>studieplan</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Förvaltningen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5612</CharactersWithSpaces>
+  <CharactersWithSpaces>5552</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>blankett</dc:title>
   <dc:subject>studieplan</dc:subject>
   <dc:creator>Maya Petrén</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>