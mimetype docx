--- v0 (2025-10-06)
+++ v1 (2026-02-06)
@@ -5418,51 +5418,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623C6E79" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="621A10F7" w14:textId="076E2E97" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+    <w:p w14:paraId="621A10F7" w14:textId="158F683A" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3.4 Antal av övriga publikationer</w:t>
       </w:r>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5490,79 +5490,105 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>editorials</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och e) andra relevanta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>peer-reviewgranskade</w:t>
+        <w:t>peer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD3D62">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>granskade publikationer i internationella tidskrifter.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D249F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1D09C327" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30B7BF05" w14:textId="25F4FDF7" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+    <w:p w14:paraId="30B7BF05" w14:textId="6C2E7D96" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3.5 Lista över övriga publikationer</w:t>
       </w:r>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5590,60 +5616,86 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>editorials</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och e) andra relevanta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>peer-reviewgranskade</w:t>
+        <w:t>peer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD3D62">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> publikationer i internationella tidskrifter (</w:t>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>granskade publikationer i internationella tidskrifter (</w:t>
       </w:r>
       <w:r w:rsidR="009E415C" w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1427E9DA" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -6231,75 +6283,93 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="711B5AEA" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc187910202"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>8. Övriga betydelsefulla vetenskapliga meriter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="417BA923" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+    <w:p w14:paraId="417BA923" w14:textId="3E60A9D3" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Upp till tio utvalda meriter av betydelse för bedömningen av din vetenskapliga skicklighet som inte angivits ovan (till exempel medsökande till erhållna forskningsmedel, patent, innovation, böcker, publikationer utan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>peer-review</w:t>
+        <w:t>peer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, publicering eller annan spridning av kohorter, programvaror, koder, metadata och metoder).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40146D5F" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AB49E31" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -6661,66 +6731,130 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc187910208"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4. Undervisning och handledning på universitets- och högskolenivå</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C4955D" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Beskrivs under rubrikerna 4.1–4.4 nedan. Ge en kortfattad sammanfattning av omfattningen och variationen i din undervisning på grundnivå, avancerad nivå och forskarutbildningsnivå. Gör en tabell under 4.1 som du hänvisar till under punkterna 4.2–4.4. </w:t>
+    <w:p w14:paraId="10C4955D" w14:textId="03424EB9" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Beskrivs under rubrikerna 4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.4 nedan. Ge en kortfattad sammanfattning av omfattningen och variationen i din undervisning på grundnivå, avancerad nivå och forskarutbildningsnivå. Gör en tabell under 4.1 som du hänvisar till under punkterna 4.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A2C861" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EA3DC77" w14:textId="3662AEA4" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -6745,80 +6879,114 @@
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>För kurser som du har undervisat i: Ange kursnamn, din roll (till exempel kursansvarig, klinisk handledare, föreläsare), lärosäte, år, studieprogram, nivå och antal dokumenterade undervisningstimmar.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F4DA40F" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52AF3B09" w14:textId="619B422B" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+    <w:p w14:paraId="52AF3B09" w14:textId="402ED94B" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4.2 Undervisningsmetoder</w:t>
       </w:r>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Ange olika undervisningsformer, metoder eller modeller som du har använt (till exempel seminarier, team-/problem-/fallbaserat lärande, föreläsningar, klinisk färdighetsträning praktisk/</w:t>
+        <w:t xml:space="preserve">Ange olika undervisningsformer, metoder eller modeller som du har använt (till exempel seminarier, team-/problem-/fallbaserat lärande, föreläsningar, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="_Hlk217042219"/>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>klinisk färdighetsträning</w:t>
+      </w:r>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>praktisk/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>laboratorisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> undervisning, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7426,82 +7594,100 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lista doktorandernas namn, om det var disputation eller halvtidskontroll, årtal och lärosäte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE319F6" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2667D93F" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+    <w:p w14:paraId="2667D93F" w14:textId="3AF8A2B4" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc187910209"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc187910209"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5.  Undervisning för hälso-och sjukvårdspersonal, patienter och andra</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D249F8">
+        <w:t>5.  Undervisning för hälso-</w:t>
+      </w:r>
+      <w:r w:rsidR="00865E57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00D249F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>och sjukvårdspersonal, patienter och andra</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00D249F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7906086B" w14:textId="6BF0A775" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">För utvalda undervisningserfarenheter utöver det som angivits ovan (till exempel inom sjukvårdsutbildning, som specialistutbildning och patientutbildning, eller inom vidareutbildning): </w:t>
       </w:r>
       <w:r w:rsidR="00E551C3" w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Specificera aktivitet</w:t>
@@ -7514,87 +7700,119 @@
         </w:rPr>
         <w:t>, din roll, organisation, år och antal dokumenterade undervisningstimmar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="777DFC76" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="374B23FE" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc187910210"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc187910210"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6. Utvecklingsarbete, ledarskap och samverkan inom undervisning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B09B1E" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Beskrivs under rubrikerna 6.1–6.7 nedan. </w:t>
+    <w:p w14:paraId="58B09B1E" w14:textId="4D97ECFA" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Beskrivs under rubrikerna 6.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A670AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00A670AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.7 nedan. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A3BB18F" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E8CF8F2" w14:textId="56037022" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -7856,113 +8074,113 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26527A40" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4528A8B7" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc187910211"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc187910211"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>7. Övriga betydelsefulla undervisningsmeriter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="43DD488D" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Upp till tio utvalda undervisningsmeriter av relevans för bedömningen av din pedagogiska skicklighet som inte angivits ovan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B351B6C" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F69BBAD" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc187910212"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc187910212"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>8. Pedagogisk reflektion och utvärdering av din undervisning och handledarskap</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3763763B" w14:textId="3A0DE1DD" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8079,332 +8297,332 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="386633C7" w14:textId="11616A7A" w:rsidR="002D12C1" w:rsidRPr="0050121C" w:rsidRDefault="002D12C1" w:rsidP="0050121C">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc187910213"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc187910213"/>
       <w:r w:rsidRPr="0050121C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>IV. LEDARSKAP OCH SAMVERKAN</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="53364D2B" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="653B5145" w14:textId="64C627B8" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>LEDARSKAP</w:t>
       </w:r>
       <w:r w:rsidR="00F2512D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA9BE6D" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc187910214"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc187910214"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1. Formell utbildning i ledarskap, chefskap och arbetsmiljö</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="1DFB26D4" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lista kurstitel, nivå, längd motsvarande hela arbetsdagar, årtal och lärosäte eller organisation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="470D5494" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65728921" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc187910215"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc187910215"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2. Ledningsuppdrag med budget och personalansvar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="7603AF3F" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uppdrag, tidsperiod, uppdragsgivare och antal personer du har eller hade personalansvar för. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0666F22F" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3665B6F0" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc187910216"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc187910216"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3. Övriga ledarskapsroller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="7727E210" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Din roll, tidsperiod och uppdragsgivare. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50186796" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="534AD55C" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc187910217"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc187910217"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4. Förtroendeuppdrag på internationell, nationell eller regional nivå</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E80B87" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exempelvis uppdrag i organisationer, kommittéer och nämnder. Ange uppdrag, tidsperiod och organisation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="790F2377" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54D07BF3" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc187910218"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc187910218"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5. Övriga betydelsefulla ledarskapsmeriter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1291A2F4" w14:textId="384FCCE4" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8436,343 +8654,343 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>SAMVERKAN</w:t>
       </w:r>
       <w:r w:rsidR="00F2512D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC0D3B7" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc187910219"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc187910219"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6. Organisering av internationella, nationella eller regionala nätverk samt annan större samverkan</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52871003" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nätverk eller aktivitet, din roll, tidsperiod, plats och arbetsgivare, uppdragsgivare eller arrangör. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="227E18BC" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A87AF60" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+    <w:p w14:paraId="5A87AF60" w14:textId="5F1DCCFB" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc187910220"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc187910220"/>
+      <w:r w:rsidRPr="00D249F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Organisering av internationella, nationella och regionala kongresser, konferenser samt workshops</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="225FCFDE" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Typ, titel, din roll, årtal och plats. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B630E5" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="787E9256" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc187910221"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc187910221"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>8. Implementering av kvalitetsarbeten</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="2AC0E295" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ditt bidrag, årtal och arbetsgivare, uppdragsgivare eller arrangör.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C132FD" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42CDEAFA" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc187910222"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc187910222"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>9. Samverkan med det omgivande samhället, kommunikation och dissemination</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="70BC5534" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">För upp till tio samarbeten (till exempel med skolor, myndigheter, näringsliv, lekmannaorganisationer, regioner och kommuner, patientorganisationer, allmänhet eller media): Ange typ av samverkan, tidsperiod och samarbetspartner. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="041DAAAC" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="012948DA" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc187910223"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc187910223"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10. Samverkansuppdrag relaterade till etik, likabehandling, arbetsmiljö och miljö</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27DC87CC" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Uppdrag, tidsperiod samt uppdragsgivare eller arrangör.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52526437" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DDB85C8" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc187910224"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc187910224"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>11. Övriga betydelsefulla samverkansmeriter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="29A82C1D" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">För upp till tio utvalda meriter av betydelse för bedömningen av din samverkansskicklighet som inte angivits ovan (till exempel utmärkelser och priser): Ange typ av merit och årtal. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33B121F0" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -8805,460 +9023,460 @@
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="33262C66" w14:textId="4889A52F" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc187910225"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc187910225"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>V. KLINIK</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D5823D2" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49630169" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc187910226"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc187910226"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1. Specialistkompetens</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7639F5FA" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ämne och år för specialistbevis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="289E7A0C" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62BCEC82" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc187910227"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc187910227"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Kliniskt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>fellowship</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-program</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04CA2261" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Här avses klinisk utbildning, till exempel för att tillägna sig ny kunskap. Ange program, land, sjukhus och tidsperiod.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59958CF9" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="594E0CF7" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc187910228"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc187910228"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3. Nuvarande eller senaste kliniska tjänstgöring</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="225437C6" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anställning, arbetsgivare, omfattning i procent av heltidsanställning, arbetsuppgifter (inklusive bakjoursverksamhet) och tidsperiod.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EC6AD1" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FCA9D21" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc187910229"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc187910229"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4. Kliniskt expertområde</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="4AFAE696" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange område. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166CDC0A" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69423369" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc187910230"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc187910230"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5. Utveckling av innovationer eller nya evidensbaserade diagnostik- och behandlingsprinciper</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="2BBB43CC" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Din roll, metod och tidsperiod.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A24BE3A" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EA29E18" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Toc187910231"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc187910231"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6. Delaktighet i framtagningen av internationella, nationella och regionala kliniska riktlinjer eller vårdprogram</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="3F97F58E" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Din roll, typ av föreskrift och tidsperiod.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B425B9" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7117FB94" w14:textId="64F0F6C2" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc187910232"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc187910232"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>7. Övriga betyd</w:t>
       </w:r>
       <w:r w:rsidR="00460E16" w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>elsefulla</w:t>
       </w:r>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> kliniska meriter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="401B40A5" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>För upp till tio utvalda kliniska meriter av betydelse för bedömningen av din kliniska skicklighet som inte angivits ovan (till exempel kliniska utmärkelser och priser): Ange typ av merit och årtal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708BD8B9" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -9298,234 +9516,330 @@
     </w:p>
     <w:p w14:paraId="10E3C422" w14:textId="77777777" w:rsidR="00FB0AD7" w:rsidRPr="00D249F8" w:rsidRDefault="00FB0AD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17293356" w14:textId="2E08564E" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="_Toc187910233"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc187910233"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Bilagor</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A324FD" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0129A1B0" w14:textId="77777777" w:rsidR="00B11591" w:rsidRPr="00D249F8" w:rsidRDefault="005A2D9A" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bilaga 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CEC0F8" w14:textId="177F13DC" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+    <w:p w14:paraId="67CEC0F8" w14:textId="3C032F23" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En lista över samtliga </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>peer-reviewgranskade</w:t>
+        <w:t>peer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD3D62">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> originalartiklar i internationella vetenskapliga tidskrifter. </w:t>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">granskade originalartiklar i internationella vetenskapliga tidskrifter. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CDD9BE" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EA1F4DC" w14:textId="77777777" w:rsidR="00B11591" w:rsidRPr="00D249F8" w:rsidRDefault="005A2D9A" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga </w:t>
       </w:r>
       <w:r w:rsidR="002D12C1" w:rsidRPr="00D249F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5126F3DD" w14:textId="049E6CA5" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
+    <w:p w14:paraId="5126F3DD" w14:textId="254B46AB" w:rsidR="002D12C1" w:rsidRPr="00CD3D62" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En lista över samtliga </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>peer-reviewgranskade</w:t>
+        <w:t>peer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD3D62">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> a) översiktsartiklar, b) studieprotokoll, c) bokkapitel, d) </w:t>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">granskade a) översiktsartiklar, b) studieprotokoll, c) bokkapitel, d) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>commentaries</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>editorials</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD3D62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och e) andra relevanta i internationella vetenskapliga tidskrifter. </w:t>
+        <w:t xml:space="preserve"> och e) andra relevanta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>peer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00865E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-granskade publikationer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i internationella vetenskapliga tidskrifter. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="278260B7" w14:textId="77777777" w:rsidR="002D12C1" w:rsidRPr="00D249F8" w:rsidRDefault="002D12C1" w:rsidP="00073BF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002D12C1" w:rsidRPr="00D249F8">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
@@ -9721,53 +10035,57 @@
     <w:rsid w:val="00137D8D"/>
     <w:rsid w:val="001E733B"/>
     <w:rsid w:val="002A173B"/>
     <w:rsid w:val="002A6895"/>
     <w:rsid w:val="002D12C1"/>
     <w:rsid w:val="003015FA"/>
     <w:rsid w:val="00334543"/>
     <w:rsid w:val="00335399"/>
     <w:rsid w:val="00381687"/>
     <w:rsid w:val="00384A76"/>
     <w:rsid w:val="004061F3"/>
     <w:rsid w:val="00460E16"/>
     <w:rsid w:val="004847F2"/>
     <w:rsid w:val="004B1D81"/>
     <w:rsid w:val="004B203C"/>
     <w:rsid w:val="0050121C"/>
     <w:rsid w:val="00515863"/>
     <w:rsid w:val="00556AC5"/>
     <w:rsid w:val="00564F9F"/>
     <w:rsid w:val="005A2D9A"/>
     <w:rsid w:val="005C607C"/>
     <w:rsid w:val="005D1A01"/>
     <w:rsid w:val="006B28AC"/>
     <w:rsid w:val="006F5CB8"/>
     <w:rsid w:val="007014EF"/>
+    <w:rsid w:val="007B23DC"/>
+    <w:rsid w:val="00865E57"/>
     <w:rsid w:val="008F08AB"/>
     <w:rsid w:val="009061F8"/>
     <w:rsid w:val="009E415C"/>
+    <w:rsid w:val="00A12FEF"/>
+    <w:rsid w:val="00A670AB"/>
     <w:rsid w:val="00A852F1"/>
     <w:rsid w:val="00A91D5E"/>
     <w:rsid w:val="00B11591"/>
     <w:rsid w:val="00B45888"/>
     <w:rsid w:val="00B67D45"/>
     <w:rsid w:val="00CD3D62"/>
     <w:rsid w:val="00D249F8"/>
     <w:rsid w:val="00DA2155"/>
     <w:rsid w:val="00E551C3"/>
     <w:rsid w:val="00F118BF"/>
     <w:rsid w:val="00F2512D"/>
     <w:rsid w:val="00FB0AD7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -11217,76 +11535,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5D5FC84-103C-4E1E-AD3F-4C2405613F5F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>3745</Words>
-  <Characters>19850</Characters>
+  <Words>3751</Words>
+  <Characters>19882</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>165</Lines>
   <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23548</CharactersWithSpaces>
+  <CharactersWithSpaces>23586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jasmin Ahangaran</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>