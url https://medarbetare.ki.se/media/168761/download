--- v0 (2025-10-08)
+++ v1 (2026-01-28)
@@ -1,161 +1,161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5FE0E082" w14:textId="12A12076" w:rsidR="001A4234" w:rsidRDefault="0042548F" w:rsidP="003A14BE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:after="0"/>
         <w:sectPr w:rsidR="001A4234" w:rsidSect="003B4DFC">
           <w:headerReference w:type="default" r:id="rId12"/>
-          <w:headerReference w:type="first" r:id="rId13"/>
-          <w:footerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="2268" w:right="1418" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:num="2" w:space="567" w:equalWidth="0">
             <w:col w:w="3232" w:space="567"/>
             <w:col w:w="4421"/>
           </w:cols>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA0546">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46CC64C9" wp14:editId="5B44323E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>613079</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>428625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1799590" cy="737870"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Bild 3" descr="Logotyp Karolinska Institutet."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Bild 3" descr="Logotyp Karolinska Institutet."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId14"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1799590" cy="737870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5111BA29" w14:textId="7BA561AD" w:rsidR="003B4DFC" w:rsidRDefault="00A66210" w:rsidP="00902F19">
+    <w:p w14:paraId="5111BA29" w14:textId="7BA561AD" w:rsidR="003B4DFC" w:rsidRPr="008C15AB" w:rsidRDefault="00A66210" w:rsidP="00902F19">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A66210">
+      <w:r w:rsidRPr="008C15AB">
         <w:rPr>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Information till tentamensvakter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D328ED" w14:textId="139E3EBF" w:rsidR="00920B35" w:rsidRPr="00DA1AD9" w:rsidRDefault="00920B35" w:rsidP="00E57646">
       <w:r w:rsidRPr="00DA1AD9">
         <w:t xml:space="preserve">Fyll i denna information med </w:t>
       </w:r>
       <w:r w:rsidR="00902F19" w:rsidRPr="00DA1AD9">
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1AD9">
         <w:t xml:space="preserve"> uppgifter som tentamensvakterna behöver. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1285F7F0" w14:textId="46A8FB44" w:rsidR="007576A1" w:rsidRDefault="00306248" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
@@ -164,163 +164,169 @@
         </w:rPr>
         <w:t>Kurskod</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">/er och namn på </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tentan</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006560FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>/tentorna</w:t>
+        <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006560FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tentorna</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F6E9726" w14:textId="4E529414" w:rsidR="002B1526" w:rsidRPr="00902F19" w:rsidRDefault="002B1526" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tentans/tentornas namn i Inspera:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F844CF" w14:textId="1920316B" w:rsidR="00A66210" w:rsidRDefault="00A66210" w:rsidP="00A66210">
+    <w:p w14:paraId="63F844CF" w14:textId="5F62CA86" w:rsidR="00A66210" w:rsidRDefault="00A66210" w:rsidP="00A66210">
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Datum för </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tentan</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A05F83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1478577555"/>
           <w:placeholder>
             <w:docPart w:val="D590374EE299429B984F3A1FF3063BF7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="sv-SE"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A05F83" w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
-            <w:t>Klicka eller tryck här för att ange datum.</w:t>
+            <w:t>Klicka här för att ange datum.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1020ED44" w14:textId="2B0A510C" w:rsidR="00A66210" w:rsidRDefault="00457F1E" w:rsidP="00A66210">
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ordinarie s</w:t>
       </w:r>
       <w:r w:rsidR="00A66210" w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tart och sluttid:</w:t>
       </w:r>
       <w:r w:rsidR="00A05F83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk182235971"/>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Starttid"/>
           <w:tag w:val="Starttid"/>
           <w:id w:val="-281648360"/>
           <w:placeholder>
             <w:docPart w:val="810A99F2848C4243B211418E9237058C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="08:15" w:value="08:15"/>
-            <w:listItem w:displayText="14:15" w:value="14:15"/>
-[...1 lines deleted...]
-            <w:listItem w:displayText="19:15" w:value="19:15"/>
+            <w:listItem w:displayText="13:15" w:value="13:15"/>
+            <w:listItem w:displayText="18:15" w:value="18:15"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A05F83" w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t xml:space="preserve">Välj </w:t>
           </w:r>
           <w:r w:rsidR="00AE630C">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>starttid</w:t>
           </w:r>
           <w:r w:rsidR="00A05F83" w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00AE630C">
         <w:t xml:space="preserve">       </w:t>
       </w:r>
@@ -351,134 +357,152 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>antal minuter</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E32203E" w14:textId="4368F120" w:rsidR="00306248" w:rsidRPr="00902F19" w:rsidRDefault="00306248" w:rsidP="00A66210">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Antal studenter med riktat pedagogiskt stöd (om ingen ange 0):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EAA0D5" w14:textId="38B2A093" w:rsidR="00AE630C" w:rsidRDefault="00AE630C" w:rsidP="00E57646">
+    <w:p w14:paraId="32EAA0D5" w14:textId="2A9C4764" w:rsidR="00AE630C" w:rsidRDefault="00AE630C" w:rsidP="00190801">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+      </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Språk:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="863795322"/>
           <w:placeholder>
             <w:docPart w:val="AA7E16188AA04116B7008AF1BA0DA08E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:displayText="Svenska" w:value="Svenska"/>
             <w:listItem w:displayText="Engelska" w:value="Engelska"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EA0333" w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t xml:space="preserve">Välj </w:t>
           </w:r>
           <w:r w:rsidR="00EA0333">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>språk</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00190801">
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3B0C22E8" w14:textId="2AB44BA6" w:rsidR="006C0FEE" w:rsidRDefault="006C0FEE" w:rsidP="00E57646">
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Typ av tentamen:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2034757501"/>
           <w:placeholder>
             <w:docPart w:val="E29D14DFBCDE452682D14A91791CF101"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:displayText="Digital tentamen med KI-inloggning" w:value="Digital tentamen med KI-inloggning"/>
             <w:listItem w:displayText="Digital tentamen med engångskoder" w:value="Digital tentamen med engångskoder"/>
             <w:listItem w:displayText="Papperstentamen" w:value="Papperstentamen"/>
             <w:listItem w:displayText="Övrigt (vänligen ange)" w:value="Övrigt (vänligen ange)"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EA0333" w:rsidRPr="00F756A4">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Välj ett objekt.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4CB34B10" w14:textId="36A149B9" w:rsidR="00A66210" w:rsidRPr="00CE5BE6" w:rsidRDefault="00A66210" w:rsidP="00902F19">
+    <w:p w14:paraId="4CB34B10" w14:textId="36A149B9" w:rsidR="00A66210" w:rsidRPr="008C15AB" w:rsidRDefault="00A66210" w:rsidP="00902F19">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE5BE6">
+      <w:r w:rsidRPr="008C15AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Kontaktuppgifter under examinationsdagen</w:t>
       </w:r>
-      <w:r w:rsidR="00157A66">
+      <w:r w:rsidR="00157A66" w:rsidRPr="008C15AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7081EA84" w14:textId="578AC2B3" w:rsidR="0023390F" w:rsidRPr="00514AA5" w:rsidRDefault="00A66210" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Lärare/examinator:</w:t>
       </w:r>
       <w:r w:rsidR="00157A66" w:rsidRPr="000B16F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00157A66" w:rsidRPr="00514AA5">
@@ -602,174 +626,205 @@
       </w:r>
       <w:r w:rsidRPr="00514AA5">
         <w:rPr>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t>Här ska all viktig information till tentavakterna läggas in.</w:t>
       </w:r>
       <w:r w:rsidR="00A66210" w:rsidRPr="00514AA5">
         <w:rPr>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A66210" w:rsidRPr="00514AA5">
         <w:rPr>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A66210" w:rsidRPr="00514AA5">
         <w:rPr>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hjälpmedel ex. formelsamling m.m.):</w:t>
+        <w:t xml:space="preserve"> hjälpmedel ex. formelsamling </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A66210" w:rsidRPr="00514AA5">
+        <w:rPr>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>m.m.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A66210" w:rsidRPr="00514AA5">
+        <w:rPr>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13BEFAB7" w14:textId="1C1E0EEA" w:rsidR="00CE5BE6" w:rsidRDefault="00CE5BE6" w:rsidP="00902F19">
+    <w:p w14:paraId="13BEFAB7" w14:textId="1C1E0EEA" w:rsidR="00CE5BE6" w:rsidRPr="008C15AB" w:rsidRDefault="00CE5BE6" w:rsidP="00902F19">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008C15AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Fylls i av Tentamensservice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A2EBA8" w14:textId="2D20C3CC" w:rsidR="00CE5BE6" w:rsidRPr="00902F19" w:rsidRDefault="00E83488" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TV i sal:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06080748" w14:textId="39586F39" w:rsidR="00E83488" w:rsidRPr="00902F19" w:rsidRDefault="00E83488" w:rsidP="00E57646">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="06080748" w14:textId="39586F39" w:rsidR="00E83488" w:rsidRPr="00685318" w:rsidRDefault="00E83488" w:rsidP="00E57646">
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TV i anpassad sal:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301F960E" w14:textId="60982E7E" w:rsidR="009C71CF" w:rsidRPr="00DC3C85" w:rsidRDefault="00E83488" w:rsidP="00E57646">
+    <w:p w14:paraId="747883D1" w14:textId="77777777" w:rsidR="00685318" w:rsidRDefault="00E83488" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Antal anmälda:</w:t>
+      </w:r>
+      <w:r w:rsidR="00685318">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC3C85">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC3C85">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC3C85">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001672CA" w:rsidRPr="00902F19">
+    </w:p>
+    <w:p w14:paraId="301F960E" w14:textId="3769E4BA" w:rsidR="009C71CF" w:rsidRPr="00DC3C85" w:rsidRDefault="001672CA" w:rsidP="00E57646">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Övrigt:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009C71CF" w:rsidRPr="00DC3C85" w:rsidSect="00017A86">
-      <w:headerReference w:type="default" r:id="rId17"/>
+    <w:sectPr w:rsidR="009C71CF" w:rsidRPr="00DC3C85" w:rsidSect="00190801">
+      <w:headerReference w:type="default" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="284" w:footer="284" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="164E7725" w14:textId="77777777" w:rsidR="00C91543" w:rsidRDefault="00C91543" w:rsidP="001636A9">
+    <w:p w14:paraId="3E1ADB64" w14:textId="77777777" w:rsidR="00552C7E" w:rsidRDefault="00552C7E" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="648B8F3A" w14:textId="77777777" w:rsidR="00C91543" w:rsidRDefault="00C91543" w:rsidP="001636A9">
+    <w:p w14:paraId="139BDE92" w14:textId="77777777" w:rsidR="00552C7E" w:rsidRDefault="00552C7E" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -794,87 +849,77 @@
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6431FC68" w14:textId="77777777" w:rsidR="00C91543" w:rsidRDefault="00C91543" w:rsidP="001636A9">
+    <w:p w14:paraId="20C9B50A" w14:textId="77777777" w:rsidR="00552C7E" w:rsidRDefault="00552C7E" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="458B19EC" w14:textId="77777777" w:rsidR="00C91543" w:rsidRDefault="00C91543" w:rsidP="001636A9">
+    <w:p w14:paraId="43D92DA6" w14:textId="77777777" w:rsidR="00552C7E" w:rsidRDefault="00552C7E" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="650D510D" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="0061653D" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6249DA96" wp14:editId="4653A431">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5816600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>312943</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1043940" cy="327025"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
@@ -1157,61 +1202,51 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0A65DEBC" w14:textId="77777777" w:rsidR="00A9264E" w:rsidRPr="0082169F" w:rsidRDefault="00A9264E" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55F7E71E" wp14:editId="226A458A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5818505</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>266700</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1044000" cy="327600"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
@@ -1494,51 +1529,51 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="92E858BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradlista5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="24BA7D30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2343,200 +2378,208 @@
   <w:num w:numId="11" w16cid:durableId="1913462437">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1237283219">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1031688213">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="899368118">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1705326040">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1824856842">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="775758383">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A66210"/>
     <w:rsid w:val="00017A86"/>
     <w:rsid w:val="00043E74"/>
     <w:rsid w:val="000527BA"/>
     <w:rsid w:val="00062AD3"/>
     <w:rsid w:val="000A2774"/>
     <w:rsid w:val="000A2E0A"/>
     <w:rsid w:val="000B16F9"/>
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="000C445A"/>
     <w:rsid w:val="000F2EFD"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="00123E0E"/>
     <w:rsid w:val="001247B8"/>
     <w:rsid w:val="00130604"/>
     <w:rsid w:val="00140BC2"/>
     <w:rsid w:val="00146021"/>
     <w:rsid w:val="001532D9"/>
     <w:rsid w:val="00157A66"/>
     <w:rsid w:val="001636A9"/>
     <w:rsid w:val="001672CA"/>
     <w:rsid w:val="00177D2A"/>
+    <w:rsid w:val="00190801"/>
     <w:rsid w:val="001A4234"/>
     <w:rsid w:val="00224D52"/>
     <w:rsid w:val="0023390F"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="002644FB"/>
     <w:rsid w:val="00275AA7"/>
     <w:rsid w:val="00296E44"/>
     <w:rsid w:val="002A660D"/>
+    <w:rsid w:val="002A7C08"/>
     <w:rsid w:val="002B1526"/>
     <w:rsid w:val="002E27C9"/>
     <w:rsid w:val="002E4BB7"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00306248"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="0033241B"/>
     <w:rsid w:val="00333551"/>
     <w:rsid w:val="00366007"/>
     <w:rsid w:val="003800D4"/>
     <w:rsid w:val="003926FD"/>
     <w:rsid w:val="003A14BE"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B4DFC"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
     <w:rsid w:val="003E5B69"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="00427A2A"/>
     <w:rsid w:val="00457F1E"/>
     <w:rsid w:val="00472F29"/>
     <w:rsid w:val="004921C3"/>
     <w:rsid w:val="004B7D08"/>
     <w:rsid w:val="004D2686"/>
     <w:rsid w:val="004E6B22"/>
     <w:rsid w:val="00514AA5"/>
     <w:rsid w:val="00530095"/>
     <w:rsid w:val="00544DCC"/>
+    <w:rsid w:val="00552C7E"/>
     <w:rsid w:val="005F7EEF"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="0061666A"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="00643703"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="006560FF"/>
     <w:rsid w:val="00661D68"/>
     <w:rsid w:val="00670D66"/>
+    <w:rsid w:val="00685318"/>
     <w:rsid w:val="00685373"/>
     <w:rsid w:val="00690212"/>
     <w:rsid w:val="0069445A"/>
     <w:rsid w:val="006B40E4"/>
     <w:rsid w:val="006C0FEE"/>
     <w:rsid w:val="006C6E9D"/>
     <w:rsid w:val="006E29FD"/>
     <w:rsid w:val="006E4A8B"/>
     <w:rsid w:val="006F196B"/>
     <w:rsid w:val="0070247B"/>
     <w:rsid w:val="00720501"/>
     <w:rsid w:val="00723228"/>
     <w:rsid w:val="007337FB"/>
     <w:rsid w:val="007576A1"/>
     <w:rsid w:val="00775674"/>
     <w:rsid w:val="007979B4"/>
     <w:rsid w:val="007A1B26"/>
     <w:rsid w:val="007C4FDF"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="007E6FA6"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="008566DA"/>
+    <w:rsid w:val="00884C12"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008B1850"/>
+    <w:rsid w:val="008C15AB"/>
     <w:rsid w:val="008E2C5E"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="00902F19"/>
     <w:rsid w:val="00920B35"/>
     <w:rsid w:val="00926903"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="009663ED"/>
     <w:rsid w:val="00966B1B"/>
     <w:rsid w:val="009A6896"/>
     <w:rsid w:val="009B39C0"/>
     <w:rsid w:val="009C1438"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009C71CF"/>
     <w:rsid w:val="009E4C6F"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A05F83"/>
     <w:rsid w:val="00A06538"/>
     <w:rsid w:val="00A15797"/>
+    <w:rsid w:val="00A33E74"/>
     <w:rsid w:val="00A42C3B"/>
     <w:rsid w:val="00A578F4"/>
     <w:rsid w:val="00A62EF2"/>
     <w:rsid w:val="00A66210"/>
     <w:rsid w:val="00A8461A"/>
     <w:rsid w:val="00A9264E"/>
+    <w:rsid w:val="00AB0699"/>
     <w:rsid w:val="00AD70EB"/>
     <w:rsid w:val="00AE630C"/>
     <w:rsid w:val="00AF6DAD"/>
     <w:rsid w:val="00AF6DCA"/>
     <w:rsid w:val="00B068A1"/>
     <w:rsid w:val="00B209FB"/>
     <w:rsid w:val="00B25F55"/>
     <w:rsid w:val="00B30584"/>
     <w:rsid w:val="00B53614"/>
     <w:rsid w:val="00B541C4"/>
     <w:rsid w:val="00B5574B"/>
     <w:rsid w:val="00B747DF"/>
     <w:rsid w:val="00B945B7"/>
     <w:rsid w:val="00B964A0"/>
     <w:rsid w:val="00BA783B"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:rsid w:val="00BF0985"/>
     <w:rsid w:val="00BF578C"/>
     <w:rsid w:val="00C02C2B"/>
     <w:rsid w:val="00C05AB0"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rsid w:val="00C0676F"/>
     <w:rsid w:val="00C505D4"/>
     <w:rsid w:val="00C56040"/>
     <w:rsid w:val="00C56776"/>
@@ -2569,83 +2612,84 @@
     <w:rsid w:val="00E66993"/>
     <w:rsid w:val="00E72567"/>
     <w:rsid w:val="00E74A53"/>
     <w:rsid w:val="00E7662F"/>
     <w:rsid w:val="00E771E6"/>
     <w:rsid w:val="00E83488"/>
     <w:rsid w:val="00E868E8"/>
     <w:rsid w:val="00EA0333"/>
     <w:rsid w:val="00EB2F99"/>
     <w:rsid w:val="00EB3553"/>
     <w:rsid w:val="00EC0047"/>
     <w:rsid w:val="00ED308E"/>
     <w:rsid w:val="00EF2E28"/>
     <w:rsid w:val="00F0618D"/>
     <w:rsid w:val="00F130A3"/>
     <w:rsid w:val="00F21278"/>
     <w:rsid w:val="00F251FE"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rsid w:val="00F27348"/>
     <w:rsid w:val="00F3312D"/>
     <w:rsid w:val="00F4522F"/>
     <w:rsid w:val="00FA0546"/>
     <w:rsid w:val="00FB2AFF"/>
     <w:rsid w:val="00FB35AE"/>
     <w:rsid w:val="00FB4B2B"/>
+    <w:rsid w:val="00FB5DB5"/>
     <w:rsid w:val="00FC35AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3CB3CB5F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5080240A-9F06-4A11-9650-260602ADE5EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
@@ -28448,252 +28492,252 @@
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DE6EE8"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
     <w:name w:val="Tabelltext"/>
     <w:basedOn w:val="Tabellrubrik"/>
     <w:qFormat/>
     <w:rsid w:val="00DE6EE8"/>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="217328879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="308826416">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="815607249">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="https://kise.sharepoint.com/sites/templates/Templates/Basmall_m_logo.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D590374EE299429B984F3A1FF3063BF7"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A39A8387-4C52-4901-AD05-6F5F499849EA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009D54CE" w:rsidRDefault="006D319A" w:rsidP="006D319A">
+        <w:p w:rsidR="009D54CE" w:rsidRDefault="00CF53AD" w:rsidP="00CF53AD">
           <w:pPr>
-            <w:pStyle w:val="D590374EE299429B984F3A1FF3063BF72"/>
+            <w:pStyle w:val="D590374EE299429B984F3A1FF3063BF71"/>
           </w:pPr>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
-            <w:t>Klicka eller tryck här för att ange datum.</w:t>
+            <w:t>Klicka här för att ange datum.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="810A99F2848C4243B211418E9237058C"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{67F5ED62-C9B0-4CE4-A069-2D78080BC3A1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009D54CE" w:rsidRDefault="006D319A" w:rsidP="006D319A">
+        <w:p w:rsidR="009D54CE" w:rsidRDefault="00CF53AD" w:rsidP="00CF53AD">
           <w:pPr>
-            <w:pStyle w:val="810A99F2848C4243B211418E9237058C2"/>
+            <w:pStyle w:val="810A99F2848C4243B211418E9237058C1"/>
           </w:pPr>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t xml:space="preserve">Välj </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>starttid</w:t>
           </w:r>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA7E16188AA04116B7008AF1BA0DA08E"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{33053BE5-8BEE-4E52-9D92-639A9BDCC0DC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009D54CE" w:rsidRDefault="00117BAF" w:rsidP="00117BAF">
+        <w:p w:rsidR="009D54CE" w:rsidRDefault="00CF53AD" w:rsidP="00CF53AD">
           <w:pPr>
-            <w:pStyle w:val="AA7E16188AA04116B7008AF1BA0DA08E2"/>
+            <w:pStyle w:val="AA7E16188AA04116B7008AF1BA0DA08E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t xml:space="preserve">Välj </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>språk</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E29D14DFBCDE452682D14A91791CF101"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D72BD7FA-C3FA-421E-ABAC-850AD0D7763A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00117BAF" w:rsidRDefault="00117BAF" w:rsidP="00117BAF">
+        <w:p w:rsidR="00117BAF" w:rsidRDefault="00CF53AD" w:rsidP="00CF53AD">
           <w:pPr>
-            <w:pStyle w:val="E29D14DFBCDE452682D14A91791CF101"/>
+            <w:pStyle w:val="E29D14DFBCDE452682D14A91791CF1012"/>
           </w:pPr>
           <w:r w:rsidRPr="00F756A4">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Välj ett objekt.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -28731,113 +28775,118 @@
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007165B7"/>
     <w:rsid w:val="00117BAF"/>
     <w:rsid w:val="0021014A"/>
     <w:rsid w:val="00224D52"/>
     <w:rsid w:val="00275AA7"/>
+    <w:rsid w:val="004B3FC4"/>
     <w:rsid w:val="004E6B22"/>
     <w:rsid w:val="006C6068"/>
     <w:rsid w:val="006D319A"/>
     <w:rsid w:val="007165B7"/>
     <w:rsid w:val="007303AE"/>
     <w:rsid w:val="009B39C0"/>
     <w:rsid w:val="009C1438"/>
     <w:rsid w:val="009D54CE"/>
+    <w:rsid w:val="00A33E74"/>
     <w:rsid w:val="00A41BE7"/>
+    <w:rsid w:val="00AB0699"/>
     <w:rsid w:val="00AD70EB"/>
     <w:rsid w:val="00B61F86"/>
     <w:rsid w:val="00B945B7"/>
     <w:rsid w:val="00BA783B"/>
+    <w:rsid w:val="00BB1F88"/>
     <w:rsid w:val="00CD5A0D"/>
     <w:rsid w:val="00CE2C37"/>
+    <w:rsid w:val="00CF53AD"/>
     <w:rsid w:val="00E26422"/>
     <w:rsid w:val="00E74410"/>
     <w:rsid w:val="00F4522F"/>
     <w:rsid w:val="00FC35AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -29225,113 +29274,113 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006C6068"/>
+    <w:rsid w:val="00CF53AD"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E29D14DFBCDE452682D14A91791CF101">
-[...1 lines deleted...]
-    <w:rsid w:val="00117BAF"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D590374EE299429B984F3A1FF3063BF71">
+    <w:name w:val="D590374EE299429B984F3A1FF3063BF71"/>
+    <w:rsid w:val="00CF53AD"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA7E16188AA04116B7008AF1BA0DA08E2">
-[...1 lines deleted...]
-    <w:rsid w:val="00117BAF"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="810A99F2848C4243B211418E9237058C1">
+    <w:name w:val="810A99F2848C4243B211418E9237058C1"/>
+    <w:rsid w:val="00CF53AD"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D590374EE299429B984F3A1FF3063BF72">
-[...1 lines deleted...]
-    <w:rsid w:val="006D319A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA7E16188AA04116B7008AF1BA0DA08E1">
+    <w:name w:val="AA7E16188AA04116B7008AF1BA0DA08E1"/>
+    <w:rsid w:val="00CF53AD"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="810A99F2848C4243B211418E9237058C2">
-[...1 lines deleted...]
-    <w:rsid w:val="006D319A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E29D14DFBCDE452682D14A91791CF1012">
+    <w:name w:val="E29D14DFBCDE452682D14A91791CF1012"/>
+    <w:rsid w:val="00CF53AD"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="KI">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F0433"/>
       </a:accent1>
       <a:accent2>
@@ -29515,239 +29564,209 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <root xmlns="LPXML">
   <namn/>
   <titel/>
   <avdelning/>
   <förvaltning/>
   <kontakt>
     <telefon/>
     <mobil/>
     <epost/>
     <adress>
       <co/>
       <box/>
       <gata/>
       <postnr/>
       <ort/>
       <land/>
     </adress>
   </kontakt>
   <dokumenttyp/>
   <Diarienummer/>
   <Datum/>
   <version/>
   <sklass/>
   <foretag/>
   <extra1/>
   <extra2/>
   <extra3/>
   <extra4/>
   <extra5/>
   <extra6/>
   <extra7/>
   <extra8/>
   <extra9/>
 </root>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="55d7c949-cb5a-4d77-911b-c83d54845be6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100BDAF2797060A9943A2452DAC17E3942A" ma:contentTypeVersion="14" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="14818f114f2d7209be76b6c5d5e3568c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ea58cfda-9e62-49e8-895e-42318b46ce69" xmlns:ns3="6f632fbc-1162-4005-b759-c593571f4216" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="01332feb78f0b392beba0bed8c7ed2eb" ns2:_="" ns3:_="">
+    <xsd:import namespace="ea58cfda-9e62-49e8-895e-42318b46ce69"/>
+    <xsd:import namespace="6f632fbc-1162-4005-b759-c593571f4216"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5d3bb7de-987f-4926-b01e-f8c2127dcabc" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ea58cfda-9e62-49e8-895e-42318b46ce69" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d34d398b-60ba-4ad0-a6da-da1ce693b88b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="17" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...18 lines deleted...]
-    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d34d398b-60ba-4ad0-a6da-da1ce693b88b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...11 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="55d7c949-cb5a-4d77-911b-c83d54845be6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6f632fbc-1162-4005-b759-c593571f4216" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{eadec8c3-c4e8-4ea5-90a8-4a51f8caa1ae}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="55d7c949-cb5a-4d77-911b-c83d54845be6">
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4c4a1502-128c-4e3e-be26-ed9f3c5fc156}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6f632fbc-1162-4005-b759-c593571f4216">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -29814,164 +29833,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d3bb7de-987f-4926-b01e-f8c2127dcabc">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ea58cfda-9e62-49e8-895e-42318b46ce69">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <Kommentar xmlns="5d3bb7de-987f-4926-b01e-f8c2127dcabc" xsi:nil="true"/>
-    <TaxCatchAll xmlns="55d7c949-cb5a-4d77-911b-c83d54845be6" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6f632fbc-1162-4005-b759-c593571f4216" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="LPXML"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{673A070D-BD86-40F4-A1EE-96FFB368CB3F}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD8DB128-02D4-42C6-8BD3-B58A0A3BE23E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F8BF9BB-29FD-4319-A4F7-A450F7704244}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="5d3bb7de-987f-4926-b01e-f8c2127dcabc"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="ea58cfda-9e62-49e8-895e-42318b46ce69"/>
+    <ds:schemaRef ds:uri="6f632fbc-1162-4005-b759-c593571f4216"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basmall_m_logo</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>158</Words>
-  <Characters>838</Characters>
+  <Words>156</Words>
+  <Characters>831</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>995</CharactersWithSpaces>
+  <CharactersWithSpaces>986</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Charlotta Cederberg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010003D6DAFEF836FD4083BD813DEF85C921</vt:lpwstr>
+    <vt:lpwstr>0x010100BDAF2797060A9943A2452DAC17E3942A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>