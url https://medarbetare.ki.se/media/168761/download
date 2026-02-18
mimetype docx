--- v1 (2026-01-28)
+++ v2 (2026-02-18)
@@ -1,247 +1,171 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5FE0E082" w14:textId="12A12076" w:rsidR="001A4234" w:rsidRDefault="0042548F" w:rsidP="003A14BE">
+    <w:p w14:paraId="5FE0E082" w14:textId="270B6BC7" w:rsidR="001A4234" w:rsidRDefault="001A4234" w:rsidP="003A14BE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:after="0"/>
-        <w:sectPr w:rsidR="001A4234" w:rsidSect="003B4DFC">
+        <w:sectPr w:rsidR="001A4234" w:rsidSect="004675C8">
           <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="2268" w:right="1418" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:num="2" w:space="567" w:equalWidth="0">
-            <w:col w:w="3232" w:space="567"/>
-            <w:col w:w="4421"/>
+            <w:col w:w="4780" w:space="567"/>
+            <w:col w:w="5119"/>
           </w:cols>
-          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA0546">
-[...61 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5111BA29" w14:textId="7BA561AD" w:rsidR="003B4DFC" w:rsidRPr="008C15AB" w:rsidRDefault="00A66210" w:rsidP="00902F19">
+    <w:p w14:paraId="5111BA29" w14:textId="7DE4CFB6" w:rsidR="003B4DFC" w:rsidRPr="0029459A" w:rsidRDefault="00A66210" w:rsidP="0029459A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C15AB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0029459A">
         <w:t>Information till tentamensvakter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D328ED" w14:textId="139E3EBF" w:rsidR="00920B35" w:rsidRPr="00DA1AD9" w:rsidRDefault="00920B35" w:rsidP="00E57646">
+    <w:p w14:paraId="38D328ED" w14:textId="139E3EBF" w:rsidR="00920B35" w:rsidRPr="00DA1AD9" w:rsidRDefault="00920B35" w:rsidP="007B4A9B">
       <w:r w:rsidRPr="00DA1AD9">
         <w:t xml:space="preserve">Fyll i denna information med </w:t>
       </w:r>
       <w:r w:rsidR="00902F19" w:rsidRPr="00DA1AD9">
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1AD9">
         <w:t xml:space="preserve"> uppgifter som tentamensvakterna behöver. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1285F7F0" w14:textId="46A8FB44" w:rsidR="007576A1" w:rsidRDefault="00306248" w:rsidP="00E57646">
-[...55 lines deleted...]
-    <w:p w14:paraId="7F6E9726" w14:textId="4E529414" w:rsidR="002B1526" w:rsidRPr="00902F19" w:rsidRDefault="002B1526" w:rsidP="00E57646">
+    <w:p w14:paraId="7F6E9726" w14:textId="03B539E0" w:rsidR="002B1526" w:rsidRDefault="002B1526" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Tentans/tentornas namn i Inspera:</w:t>
+        <w:t>Tentans/tentornas namn</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90CCC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="Tentainfo"/>
+        </w:rPr>
+        <w:id w:val="713930359"/>
+        <w:placeholder>
+          <w:docPart w:val="4A310D4A9E01498496EB6B346563499D"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="Standardstycketeckensnitt"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="34C57CB2" w14:textId="1EC13EF2" w:rsidR="00E90CCC" w:rsidRPr="00902F19" w:rsidRDefault="00E90CCC" w:rsidP="00E57646">
+          <w:pPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Ange tentan</w:t>
+          </w:r>
+          <w:r w:rsidR="00F87AA3">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>/tentornas namn (om kurskod inte ingår i namnet, ange kurskod).</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
     <w:p w14:paraId="63F844CF" w14:textId="5F62CA86" w:rsidR="00A66210" w:rsidRDefault="00A66210" w:rsidP="00A66210">
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Datum för </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tentan</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A05F83">
@@ -249,51 +173,51 @@
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1478577555"/>
           <w:placeholder>
             <w:docPart w:val="D590374EE299429B984F3A1FF3063BF7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="sv-SE"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00A05F83" w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange datum.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1020ED44" w14:textId="2B0A510C" w:rsidR="00A66210" w:rsidRDefault="00457F1E" w:rsidP="00A66210">
+    <w:p w14:paraId="1020ED44" w14:textId="5C927395" w:rsidR="00A66210" w:rsidRDefault="00457F1E" w:rsidP="00A66210">
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ordinarie s</w:t>
       </w:r>
       <w:r w:rsidR="00A66210" w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tart och sluttid:</w:t>
       </w:r>
       <w:r w:rsidR="00A05F83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk182235971"/>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Starttid"/>
           <w:tag w:val="Starttid"/>
           <w:id w:val="-281648360"/>
           <w:placeholder>
             <w:docPart w:val="810A99F2848C4243B211418E9237058C"/>
@@ -322,619 +246,1416 @@
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00AE630C">
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00AE630C" w:rsidRPr="00A62EF2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00A62EF2" w:rsidRPr="00A62EF2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Ange sluttid: </w:t>
       </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tentainfo"/>
+          </w:rPr>
+          <w:id w:val="-16157310"/>
+          <w:placeholder>
+            <w:docPart w:val="01468856278F4C4DA69A6AB818731100"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Standardstycketeckensnitt"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B64C45">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Ange tentans sluttid</w:t>
+          </w:r>
+          <w:r w:rsidR="00B64C45" w:rsidRPr="00B64C45">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="46E66797" w14:textId="24D31697" w:rsidR="00A66210" w:rsidRDefault="00A66210" w:rsidP="00A66210">
+    <w:p w14:paraId="7E32203E" w14:textId="49C271CC" w:rsidR="00306248" w:rsidRDefault="00306248" w:rsidP="00A66210">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Tentainfo"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Förlängd tid, </w:t>
+        <w:t>Antal studenter med riktat pedagogiskt stöd</w:t>
       </w:r>
-      <w:r w:rsidRPr="001672CA">
+      <w:r w:rsidR="00921787">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>antal minuter</w:t>
-[...1 lines deleted...]
-      <w:r>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="00FE0AB2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tentainfo"/>
+          </w:rPr>
+          <w:id w:val="1398396085"/>
+          <w:placeholder>
+            <w:docPart w:val="5B7F2DC7DEE9439BA4AE359268AFFCB7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Standardstycketeckensnitt"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E835B8">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>A</w:t>
+          </w:r>
+          <w:r w:rsidR="00FE0AB2" w:rsidRPr="00FE0AB2">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t xml:space="preserve">nge antal studenter med </w:t>
+          </w:r>
+          <w:r w:rsidR="00FE0AB2">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>stöd</w:t>
+          </w:r>
+          <w:r w:rsidR="00FE0AB2" w:rsidRPr="00FE0AB2">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+          <w:r w:rsidR="00BD0F4E">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Ange 0 om inga studenter med stöd finns</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="7E32203E" w14:textId="4368F120" w:rsidR="00306248" w:rsidRPr="00902F19" w:rsidRDefault="00306248" w:rsidP="00A66210">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutntljust"/>
+        <w:tblW w:w="10466" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="988"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="5368"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00270FB3" w14:paraId="766F9C0F" w14:textId="77777777" w:rsidTr="00163B54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1141BFE9" w14:textId="7EBB1B19" w:rsidR="00270FB3" w:rsidRPr="00270FB3" w:rsidRDefault="00270FB3" w:rsidP="00A66210">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Tentainfo"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Tentainfo"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00241305">
+              <w:rPr>
+                <w:rStyle w:val="Tentainfo"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>pråk:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Tentainfo"/>
+            </w:rPr>
+            <w:id w:val="-1499720265"/>
+            <w:placeholder>
+              <w:docPart w:val="851651F697B644298AAEB5D215DECE3E"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:comboBox>
+              <w:listItem w:displayText="Svenska" w:value="Svenska"/>
+              <w:listItem w:displayText="Engelska" w:value="Engelska"/>
+            </w:comboBox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1842" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="226C0817" w14:textId="60A0B18A" w:rsidR="00270FB3" w:rsidRDefault="003B5E06" w:rsidP="00A66210">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Tentainfo"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                    <w:lang w:val="en-GB"/>
+                  </w:rPr>
+                  <w:t>Tentans språk</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="257F27E8" w14:textId="63272588" w:rsidR="00270FB3" w:rsidRPr="003B67A0" w:rsidRDefault="003B67A0" w:rsidP="00A66210">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Tentainfo"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B67A0">
+              <w:rPr>
+                <w:rStyle w:val="Tentainfo"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Typ av tentamen:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Tentainfo"/>
+            </w:rPr>
+            <w:id w:val="-117831019"/>
+            <w:placeholder>
+              <w:docPart w:val="96CEBB042B7B46B581D888FA49E5AC85"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:comboBox>
+              <w:listItem w:displayText="Digital tentamen med KI-inloggning" w:value="Digital tentamen med KI-inloggning"/>
+              <w:listItem w:displayText="Digital tentamen med engångkoder" w:value="Digital tentamen med engångkoder"/>
+              <w:listItem w:displayText="Papperstentamen" w:value="Papperstentamen"/>
+              <w:listItem w:displayText="Annat  (ange typ)" w:value="Annat  (ange typ)"/>
+            </w:comboBox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="5368" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1A2AC90C" w14:textId="60FCA763" w:rsidR="00270FB3" w:rsidRDefault="004823CE" w:rsidP="00A66210">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Tentainfo"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                    <w:lang w:val="en-GB"/>
+                  </w:rPr>
+                  <w:t>Typ av tenta</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4CB34B10" w14:textId="36A149B9" w:rsidR="00A66210" w:rsidRPr="0029459A" w:rsidRDefault="00A66210" w:rsidP="00B06412">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0029459A">
+        <w:t>Kontaktuppgifter under examinationsdagen</w:t>
+      </w:r>
+      <w:r w:rsidR="00157A66" w:rsidRPr="0029459A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutntljust"/>
+        <w:tblW w:w="10466" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="7636"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00730A07" w14:paraId="07420E78" w14:textId="77777777" w:rsidTr="007676DE">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBAAB25" w14:textId="68CF4F7D" w:rsidR="009D345C" w:rsidRPr="009D345C" w:rsidRDefault="00730A07" w:rsidP="00730A07">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00902F19">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lärare/examinator</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Tentainfo"/>
+            </w:rPr>
+            <w:id w:val="891697253"/>
+            <w:placeholder>
+              <w:docPart w:val="75B06627129E43C88E87D79E1CE1B263"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Standardstycketeckensnitt"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="7636" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0A44AA33" w14:textId="47D83581" w:rsidR="00730A07" w:rsidRPr="005F539F" w:rsidRDefault="005F539F" w:rsidP="00730A07">
+                <w:pPr>
+                  <w:rPr>
+                    <w:color w:val="808080"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>Na</w:t>
+                </w:r>
+                <w:r w:rsidR="00F37783">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">mn </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>och telefonnummer. Tillgänglig hela examinationen.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00730A07" w14:paraId="1DB34665" w14:textId="77777777" w:rsidTr="007676DE">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C31BDF4" w14:textId="4B403CB9" w:rsidR="00730A07" w:rsidRPr="009D345C" w:rsidRDefault="00730A07" w:rsidP="00730A07">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Annan kontaktperson</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00902F19">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Tentainfo"/>
+            </w:rPr>
+            <w:id w:val="783621407"/>
+            <w:placeholder>
+              <w:docPart w:val="3FE3B6F483F642F1806EF685E12B95A3"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Standardstycketeckensnitt"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="7636" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="6B51017F" w14:textId="36CB28C3" w:rsidR="00730A07" w:rsidRDefault="007E274D" w:rsidP="00730A07">
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Om annan än ovan. Namn och telefonnummer. Tillgänglig </w:t>
+                </w:r>
+                <w:r w:rsidR="00F37783">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>hela examinationen</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00361EEA" w14:paraId="460766BA" w14:textId="77777777" w:rsidTr="007676DE">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3701828C" w14:textId="2DC80FA8" w:rsidR="00361EEA" w:rsidRDefault="00361EEA" w:rsidP="00730A07">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Utbildningsadmin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F833A0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Tentainfo"/>
+            </w:rPr>
+            <w:id w:val="1728107673"/>
+            <w:placeholder>
+              <w:docPart w:val="2C24F7C6B5C74C1FB845FBB36F94DC97"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="7636" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4FFA07BB" w14:textId="69D7022B" w:rsidR="00361EEA" w:rsidRDefault="00F11F5C" w:rsidP="00730A07">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Tentainfo"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Namn på den som ska </w:t>
+                </w:r>
+                <w:r w:rsidR="00A822FA">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>ha</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> närvaro</w:t>
+                </w:r>
+                <w:r w:rsidR="002C1FC6">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>-</w:t>
+                </w:r>
+                <w:r w:rsidR="001D0CD2">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="002C1FC6">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>toal</w:t>
+                </w:r>
+                <w:r w:rsidR="001D0CD2">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>ista</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00F11F5C">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00730A07" w14:paraId="36FE9E57" w14:textId="77777777" w:rsidTr="007676DE">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A061D8" w14:textId="673C7922" w:rsidR="00730A07" w:rsidRPr="009D345C" w:rsidRDefault="00730A07" w:rsidP="00730A07">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069445A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Namnteckningsprov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Tentainfo"/>
+            </w:rPr>
+            <w:id w:val="776762095"/>
+            <w:placeholder>
+              <w:docPart w:val="3E9CCB11BF5148648C9C74BB98FF301E"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Standardstycketeckensnitt"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="7636" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="00D64416" w14:textId="0F333E37" w:rsidR="00730A07" w:rsidRDefault="00FE4E90" w:rsidP="00730A07">
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>Namn på p</w:t>
+                </w:r>
+                <w:r w:rsidR="00341D2E">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">erson som studenten ska boka tid för uppvisande av </w:t>
+                </w:r>
+                <w:r w:rsidR="00E56E81">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>legitimation</w:t>
+                </w:r>
+                <w:r w:rsidR="00341D2E" w:rsidRPr="00341D2E">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00730A07" w14:paraId="6AFB999E" w14:textId="77777777" w:rsidTr="007676DE">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="610D443C" w14:textId="5B0A7D61" w:rsidR="00730A07" w:rsidRDefault="00730A07" w:rsidP="00730A07">
+            <w:r w:rsidRPr="00902F19">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Viktig information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och hjälpmedel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00902F19">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="292723356"/>
+            <w:placeholder>
+              <w:docPart w:val="EBF9EE7E4AD44D2086059D3005F54580"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="7636" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="54FF8E1C" w14:textId="76E3278E" w:rsidR="00730A07" w:rsidRDefault="00B00906" w:rsidP="00730A07">
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Ange viktig information och ev. </w:t>
+                </w:r>
+                <w:r w:rsidR="00D032AB">
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">tillåtna </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platshllartext"/>
+                  </w:rPr>
+                  <w:t>hjälpmedel, t.ex. miniräknare, ordbok et.c.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13BEFAB7" w14:textId="1C1E0EEA" w:rsidR="00CE5BE6" w:rsidRPr="0029459A" w:rsidRDefault="00CE5BE6" w:rsidP="00F94C36">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0029459A">
+        <w:t>Fylls i av Tentamensservice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A2EBA8" w14:textId="4AD6FCE8" w:rsidR="00CE5BE6" w:rsidRPr="00902F19" w:rsidRDefault="00E83488" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Antal studenter med riktat pedagogiskt stöd (om ingen ange 0):</w:t>
+        <w:t xml:space="preserve">TV i </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00F14840">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Skriv</w:t>
+      </w:r>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Språk:</w:t>
+        <w:t>sal</w:t>
       </w:r>
-      <w:r>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00902F19">
+      <w:r w:rsidR="00934FB4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Typ av tentamen:</w:t>
+        <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...90 lines deleted...]
-      <w:r w:rsidR="00A578F4">
+      <w:r w:rsidR="00750BC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00157A66" w:rsidRPr="00514AA5">
-[...22 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tentainfo"/>
+          </w:rPr>
+          <w:id w:val="-372149167"/>
+          <w:placeholder>
+            <w:docPart w:val="0227B328CB384067B24BA79240DFA111"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Standardstycketeckensnitt"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00750BC3" w:rsidRPr="00750BC3">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka eller tryck här för att ange text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="1981F3CA" w14:textId="2A3FDBDC" w:rsidR="007C4FDF" w:rsidRPr="00514AA5" w:rsidRDefault="007C4FDF" w:rsidP="00E57646">
-[...138 lines deleted...]
-    <w:p w14:paraId="06080748" w14:textId="39586F39" w:rsidR="00E83488" w:rsidRPr="00685318" w:rsidRDefault="00E83488" w:rsidP="00E57646">
+    <w:p w14:paraId="06080748" w14:textId="7939C3C6" w:rsidR="00E83488" w:rsidRPr="00685318" w:rsidRDefault="00E83488" w:rsidP="00E57646">
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TV i anpassad sal:</w:t>
       </w:r>
+      <w:r w:rsidR="007040E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tentainfo"/>
+          </w:rPr>
+          <w:id w:val="518973487"/>
+          <w:placeholder>
+            <w:docPart w:val="A388C4B5F9114C7B82A7EDDF5DE0EB2D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Standardstycketeckensnitt"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00F6705E" w:rsidRPr="00F6705E">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka eller tryck här för att ange text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="747883D1" w14:textId="77777777" w:rsidR="00685318" w:rsidRDefault="00E83488" w:rsidP="00E57646">
+    <w:p w14:paraId="747883D1" w14:textId="0FD69CD3" w:rsidR="00685318" w:rsidRDefault="00E83488" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Antal anmälda:</w:t>
       </w:r>
       <w:r w:rsidR="00685318">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="-2062001831"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Tentainfo"/>
+              </w:rPr>
+              <w:id w:val="968395495"/>
+              <w:placeholder>
+                <w:docPart w:val="3520CD576FBF4CD58692F37B6BC50B3D"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Standardstycketeckensnitt"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:r w:rsidR="007040E0" w:rsidRPr="007040E0">
+                <w:rPr>
+                  <w:rStyle w:val="Platshllartext"/>
+                </w:rPr>
+                <w:t>Klicka eller tryck här för att ange text.</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidR="00DC3C85">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC3C85">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC3C85">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301F960E" w14:textId="3769E4BA" w:rsidR="009C71CF" w:rsidRPr="00DC3C85" w:rsidRDefault="001672CA" w:rsidP="00E57646">
+    <w:p w14:paraId="301F960E" w14:textId="6D9902C7" w:rsidR="009C71CF" w:rsidRDefault="001672CA" w:rsidP="00E57646">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Övrigt:</w:t>
       </w:r>
+      <w:r w:rsidR="00F6705E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tentainfo"/>
+          </w:rPr>
+          <w:id w:val="-997266027"/>
+          <w:placeholder>
+            <w:docPart w:val="AB165BCDFCF34105AB8475DE83A3DC90"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Standardstycketeckensnitt"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00F6705E" w:rsidRPr="00F6705E">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka eller tryck här för att ange text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="009C71CF" w:rsidRPr="00DC3C85" w:rsidSect="00190801">
-      <w:headerReference w:type="default" r:id="rId15"/>
+    <w:p w14:paraId="3717050F" w14:textId="169AF71A" w:rsidR="005603B4" w:rsidRDefault="00CF5133" w:rsidP="00CF5133">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fylls i av tentavakt</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblW w:w="10466" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3488"/>
+        <w:gridCol w:w="2744"/>
+        <w:gridCol w:w="4234"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001701E9" w14:paraId="066C393C" w14:textId="77777777" w:rsidTr="00FC70AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3488" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4696A790" w14:textId="6259C3DC" w:rsidR="001701E9" w:rsidRPr="009B004B" w:rsidRDefault="009B004B" w:rsidP="00E57646">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B004B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Namn på s</w:t>
+            </w:r>
+            <w:r w:rsidR="001701E9" w:rsidRPr="009B004B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>al:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA71C14" w14:textId="4BF703C9" w:rsidR="001701E9" w:rsidRDefault="001701E9" w:rsidP="00FC70AC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1636"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Färg:</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC70AC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00FC70AC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51ECD9CC" w14:textId="658561A9" w:rsidR="001701E9" w:rsidRDefault="001701E9" w:rsidP="00E57646">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ev</w:t>
+            </w:r>
+            <w:r w:rsidR="008D4D1B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> antal </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC70AC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>avvikelserapporter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5F22EB8C" w14:textId="565115CA" w:rsidR="005603B4" w:rsidRPr="00DC3C85" w:rsidRDefault="005603B4" w:rsidP="00FC70AC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005603B4" w:rsidRPr="00DC3C85" w:rsidSect="00B23836">
+      <w:headerReference w:type="default" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="284" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E1ADB64" w14:textId="77777777" w:rsidR="00552C7E" w:rsidRDefault="00552C7E" w:rsidP="001636A9">
+    <w:p w14:paraId="760B97CD" w14:textId="77777777" w:rsidR="001942B8" w:rsidRDefault="001942B8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="139BDE92" w14:textId="77777777" w:rsidR="00552C7E" w:rsidRDefault="00552C7E" w:rsidP="001636A9">
+    <w:p w14:paraId="5AEAC841" w14:textId="77777777" w:rsidR="001942B8" w:rsidRDefault="001942B8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4CA1CB64" w14:textId="4BC6992B" w:rsidR="00B73A0C" w:rsidRDefault="00B73A0C">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>Ver</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t>. 2026-02-02</w:t>
+    </w:r>
+    <w:r w:rsidR="002002EB">
+      <w:t>_1</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="070FBF9C" w14:textId="5D53330F" w:rsidR="00445FF5" w:rsidRDefault="00445FF5">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="2AF08136" w14:textId="77777777" w:rsidR="00B35198" w:rsidRDefault="00B35198" w:rsidP="00B35198">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20C9B50A" w14:textId="77777777" w:rsidR="00552C7E" w:rsidRDefault="00552C7E" w:rsidP="001636A9">
+    <w:p w14:paraId="55DC7C30" w14:textId="77777777" w:rsidR="001942B8" w:rsidRDefault="001942B8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43D92DA6" w14:textId="77777777" w:rsidR="00552C7E" w:rsidRDefault="00552C7E" w:rsidP="001636A9">
+    <w:p w14:paraId="218B0661" w14:textId="77777777" w:rsidR="001942B8" w:rsidRDefault="001942B8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="650D510D" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="0061653D" w:rsidP="00835DDF">
+  <w:p w14:paraId="650D510D" w14:textId="100572EB" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="00466E03" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00FA0546">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660290" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C16676E" wp14:editId="5283C9BB">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="margin">
+            <wp:posOffset>-616585</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1799590" cy="737870"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+          <wp:wrapNone/>
+          <wp:docPr id="3" name="Bild 3" descr="Logotyp Karolinska Institutet."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="Bild 3" descr="Logotyp Karolinska Institutet."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1799590" cy="737870"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="0061653D">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6249DA96" wp14:editId="4653A431">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6249DA96" wp14:editId="4653A431">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5816600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>312943</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1043940" cy="327025"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Textruta 7">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
@@ -1071,51 +1792,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6249DA96" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 7" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458pt;margin-top:24.65pt;width:82.2pt;height:25.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB009ZpKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8tasRp8hSZBgQ&#10;tAXSoWdFlhMDsqhJTOzs14+SnSbrdhp2kUmReiQfSc/u21qzo3K+ApPz4SDlTBkJRWV2Of/+svr0&#10;mTOPwhRCg1E5PynP7+cfP8wam6kR7EEXyjECMT5rbM73iDZLEi/3qhZ+AFYZMpbgaoGkul1SONEQ&#10;eq2TUZreJA24wjqQynu6feiMfB7xy1JJfCpLr5DpnFNuGE8Xz204k/lMZDsn7L6SfRriH7KoRWUo&#10;6BvUg0DBDq76A6qupAMPJQ4k1AmUZSVVrIGqGabvqtnshVWxFiLH2zea/P+DlY/HjX12DNsv0FID&#10;AyGN9Zmny1BPW7o6fClTRnai8PRGm2qRyfAonYzvJmSSZBuPbtPRNMAkl9fWefyqoGZByLmjtkS2&#10;xHHtsXM9u4RgHnRVrCqtoxJGQS21Y0dBTdQYcyTw37y0YU3Ob8bTNAIbCM87ZG0ol0tNQcJ22/aF&#10;bqE4Uf0OutHwVq4qSnItPD4LR7NAddF84xMdpQYKAr3E2R7cz7/dB39qEVk5a2i2cu5/HIRTnOlv&#10;hpp3N5wEujAqk+ntiBR3bdleW8yhXgJVPqRNsjKKwR/1WSwd1K+0BosQlUzCSIqdczyLS+wmntZI&#10;qsUiOtH4WYFrs7EyQAemQwte2lfhbN8npA4/wnkKRfauXZ1veGlgcUAoq9jLQHDHas87jW6chn7N&#10;wm5c69Hr8jOY/wIAAP//AwBQSwMEFAAGAAgAAAAhAD7xfyTiAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1lbggapeUkoY4FUJAJW400IqbG2+TiHgdxW4S/h7nBLdZzWj2TboZ&#10;TcN67FxtScJiLoAhFVbXVEr4yF9uYmDOK9KqsYQSftDBJru8SFWi7UDv2O98yUIJuURJqLxvE85d&#10;UaFRbm5bpOCdbGeUD2dXct2pIZSbht8KseJG1RQ+VKrFpwqL793ZSPi6Lg9vbnz9HKK7qH3e9vn9&#10;XudSXs3GxwdgHkf/F4YJP6BDFpiO9kzasUbCerEKW7yE5ToCNgVELJbAjpMSMfAs5f83ZL8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdNPWaSsCAABUBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPvF/JOIAAAALAQAADwAAAAAAAAAAAAAAAACF&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 7" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458pt;margin-top:24.65pt;width:82.2pt;height:25.75pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB009ZpKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8tasRp8hSZBgQ&#10;tAXSoWdFlhMDsqhJTOzs14+SnSbrdhp2kUmReiQfSc/u21qzo3K+ApPz4SDlTBkJRWV2Of/+svr0&#10;mTOPwhRCg1E5PynP7+cfP8wam6kR7EEXyjECMT5rbM73iDZLEi/3qhZ+AFYZMpbgaoGkul1SONEQ&#10;eq2TUZreJA24wjqQynu6feiMfB7xy1JJfCpLr5DpnFNuGE8Xz204k/lMZDsn7L6SfRriH7KoRWUo&#10;6BvUg0DBDq76A6qupAMPJQ4k1AmUZSVVrIGqGabvqtnshVWxFiLH2zea/P+DlY/HjX12DNsv0FID&#10;AyGN9Zmny1BPW7o6fClTRnai8PRGm2qRyfAonYzvJmSSZBuPbtPRNMAkl9fWefyqoGZByLmjtkS2&#10;xHHtsXM9u4RgHnRVrCqtoxJGQS21Y0dBTdQYcyTw37y0YU3Ob8bTNAIbCM87ZG0ol0tNQcJ22/aF&#10;bqE4Uf0OutHwVq4qSnItPD4LR7NAddF84xMdpQYKAr3E2R7cz7/dB39qEVk5a2i2cu5/HIRTnOlv&#10;hpp3N5wEujAqk+ntiBR3bdleW8yhXgJVPqRNsjKKwR/1WSwd1K+0BosQlUzCSIqdczyLS+wmntZI&#10;qsUiOtH4WYFrs7EyQAemQwte2lfhbN8npA4/wnkKRfauXZ1veGlgcUAoq9jLQHDHas87jW6chn7N&#10;wm5c69Hr8jOY/wIAAP//AwBQSwMEFAAGAAgAAAAhAD7xfyTiAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1lbggapeUkoY4FUJAJW400IqbG2+TiHgdxW4S/h7nBLdZzWj2TboZ&#10;TcN67FxtScJiLoAhFVbXVEr4yF9uYmDOK9KqsYQSftDBJru8SFWi7UDv2O98yUIJuURJqLxvE85d&#10;UaFRbm5bpOCdbGeUD2dXct2pIZSbht8KseJG1RQ+VKrFpwqL793ZSPi6Lg9vbnz9HKK7qH3e9vn9&#10;XudSXs3GxwdgHkf/F4YJP6BDFpiO9kzasUbCerEKW7yE5ToCNgVELJbAjpMSMfAs5f83ZL8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdNPWaSsCAABUBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPvF/JOIAAAALAQAADwAAAAAAAAAAAAAAAACF&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="61FA783A" w14:textId="77777777" w:rsidR="0082169F" w:rsidRPr="00E72567" w:rsidRDefault="0082169F" w:rsidP="0061653D">
                     <w:pPr>
                       <w:pStyle w:val="Rubrikliten"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Sid</w:t>
                     </w:r>
                     <w:r w:rsidR="00A9264E">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
@@ -1203,65 +1924,391 @@
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0A65DEBC" w14:textId="77777777" w:rsidR="00A9264E" w:rsidRPr="0082169F" w:rsidRDefault="00A9264E" w:rsidP="00835DDF">
+  <w:p w14:paraId="5160BE3E" w14:textId="7D4DB46F" w:rsidR="003B76D6" w:rsidRDefault="003B76D6">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
-      <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55F7E71E" wp14:editId="226A458A">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2910070E" wp14:editId="159574FF">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>right</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="topMargin">
+                <wp:posOffset>313055</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1044000" cy="327600"/>
+              <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="534456654" name="Textruta 534456654">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1044000" cy="327600"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:schemeClr val="lt1"/>
+                      </a:solidFill>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="76081603" w14:textId="77777777" w:rsidR="003B76D6" w:rsidRPr="00E72567" w:rsidRDefault="003B76D6" w:rsidP="003B76D6">
+                          <w:pPr>
+                            <w:pStyle w:val="Rubrikliten"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:t>Sid</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">: </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> (</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:t>2</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00E72567">
+                            <w:rPr>
+                              <w:b w:val="0"/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:t>)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2910070E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 534456654" o:spid="_x0000_s1027" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:31pt;margin-top:24.65pt;width:82.2pt;height:25.8pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzR+sSLQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykadoZcYosRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiIfHz196BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;T4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMOiW4hgXcum1WOdYi&#10;eqOzUZ5PshZcZR1w4T2ePvZOOkv4UgoenqX0IhBdUswtpNWldRPXbDZlxdYxWyt+TIP9QxYNUwYf&#10;PUM9ssDIzqk/oBrFHXiQYcChyUBKxUWqAasZ5u+qWdfMilQLkuPtmSb//2D5035tXxwJ3RfosIGR&#10;kNb6wuNhrKeTrolfzJSgHyk8nGkTXSA8XsrH4zxHF0ffzehugjbCZJfb1vnwVUBDolFSh21JbLH9&#10;yoc+9BQSH/OgVbVUWqdNlIJYaEf2DJuoQ8oRwX+L0oa0JZ3c3OYJ2EC83iNrg7lcaopW6DYdUdVV&#10;vRuoDkiDg14h3vKlwlxXzIcX5lASWB7KPDzjIjXgW3C0KKnB/fzbeYzHTqGXkhYlVlL/Y8ecoER/&#10;M9jDz0PkDTWZNuPbuxFu3LVnc+0xu2YBSMAQB8ryZMb4oE+mdNC84TTM46voYobj2yUNJ3MReuHj&#10;NHExn6cgVKFlYWXWlkfoSHjsxGv3xpw9titgo5/gJEZWvOtaHxtvGpjvAkiVWhp57lk90o8KTqI4&#10;Tlscket9irr8E2a/AAAA//8DAFBLAwQUAAYACAAAACEA57aqLd8AAAAHAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VIXBC1IaHQkE2FEFCJGw0/4ubGSxIRr6PYTcLb457gtqMZzXyb&#10;r2fbiZEG3zpGuFgoEMSVMy3XCK/l4/kNCB80G905JoQf8rAujo9ynRk38QuN21CLWMI+0whNCH0m&#10;pa8astovXE8cvS83WB2iHGppBj3FctvJS6WW0uqW40Kje7pvqPre7i3C51n98eznp7cpuUr6h81Y&#10;Xr+bEvH0ZL67BRFoDn9hOOBHdCgi087t2XjRIcRHAkK6SkAc3GWagtjFQ6kVyCKX//mLXwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAzR+sSLQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDntqot3wAAAAcBAAAPAAAAAAAAAAAAAAAAAIcE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="76081603" w14:textId="77777777" w:rsidR="003B76D6" w:rsidRPr="00E72567" w:rsidRDefault="003B76D6" w:rsidP="003B76D6">
+                    <w:pPr>
+                      <w:pStyle w:val="Rubrikliten"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:t>Sid</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">: </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> (</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:t>2</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00E72567">
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                      </w:rPr>
+                      <w:t>)</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="margin" anchory="margin"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A65DEBC" w14:textId="77777777" w:rsidR="00A9264E" w:rsidRPr="0082169F" w:rsidRDefault="00A9264E" w:rsidP="00835DDF">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:spacing w:after="840"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55F7E71E" wp14:editId="226A458A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5818505</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>266700</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1044000" cy="327600"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textruta 1">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
@@ -1398,51 +2445,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="55F7E71E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 1" o:spid="_x0000_s1027" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458.15pt;margin-top:21pt;width:82.2pt;height:25.8pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzR+sSLQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykadoZcYosRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiIfHz196BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;T4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMOiW4hgXcum1WOdYi&#10;eqOzUZ5PshZcZR1w4T2ePvZOOkv4UgoenqX0IhBdUswtpNWldRPXbDZlxdYxWyt+TIP9QxYNUwYf&#10;PUM9ssDIzqk/oBrFHXiQYcChyUBKxUWqAasZ5u+qWdfMilQLkuPtmSb//2D5035tXxwJ3RfosIGR&#10;kNb6wuNhrKeTrolfzJSgHyk8nGkTXSA8XsrH4zxHF0ffzehugjbCZJfb1vnwVUBDolFSh21JbLH9&#10;yoc+9BQSH/OgVbVUWqdNlIJYaEf2DJuoQ8oRwX+L0oa0JZ3c3OYJ2EC83iNrg7lcaopW6DYdUdVV&#10;vRuoDkiDg14h3vKlwlxXzIcX5lASWB7KPDzjIjXgW3C0KKnB/fzbeYzHTqGXkhYlVlL/Y8ecoER/&#10;M9jDz0PkDTWZNuPbuxFu3LVnc+0xu2YBSMAQB8ryZMb4oE+mdNC84TTM46voYobj2yUNJ3MReuHj&#10;NHExn6cgVKFlYWXWlkfoSHjsxGv3xpw9titgo5/gJEZWvOtaHxtvGpjvAkiVWhp57lk90o8KTqI4&#10;Tlscket9irr8E2a/AAAA//8DAFBLAwQUAAYACAAAACEAQBqGD+EAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU+DQBCF7yb+h82YeDHt0qK0IktjjNrEm6VqvG3ZEYjsLGG3gP/e6UmPk/flzfey&#10;zWRbMWDvG0cKFvMIBFLpTEOVgn3xNFuD8EGT0a0jVPCDHjb5+VmmU+NGesVhFyrBJeRTraAOoUul&#10;9GWNVvu565A4+3K91YHPvpKm1yOX21YuoyiRVjfEH2rd4UON5ffuaBV8XlUfL356fhvjm7h73A7F&#10;6t0USl1eTPd3IAJO4Q+Gkz6rQ85OB3ck40Wr4HaRxIwquF7yphMQraMViANHcQIyz+T/CfkvAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADNH6xItAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEAahg/hAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;hwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458.15pt;margin-top:21pt;width:82.2pt;height:25.8pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzl0q2LwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykadoZcYosRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiIfHz196BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;T4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMOiW4hgXcum1WOdYi&#10;eqOzUZ5PshZcZR1w4T2ePvZOOkv4UgoenqX0IhBdUswtpNWldRPXbDZlxdYxWyt+TIP9QxYNUwYf&#10;PUM9ssDIzqk/oBrFHXiQYcChyUBKxUWqAasZ5u+qWdfMilQLkuPtmSb//2D5035tXxwJ3RfosIGR&#10;kNb6wuNhrKeTrolfzJSgHyk8nGkTXSA8XsrH4zxHF0ffzehugjbCZJfb1vnwVUBDolFSh21JbLH9&#10;yoc+9BQSH/OgVbVUWqdNlIJYaEf2DJuoQ8oRwX+L0oa0JZ3c3OYJ2EC83iNrg7lcaopW6DYdUVVJ&#10;R6d6N1AdkAYHvUK85UuFua6YDy/MoSSwPJR5eMZFasC34GhRUoP7+bfzGI+dQi8lLUqspP7HjjlB&#10;if5msIefh8gbajJtxrd3I9y4a8/m2mN2zQKQgCEOlOXJjPFBn0zpoHnDaZjHV9HFDMe3SxpO5iL0&#10;wsdp4mI+T0GoQsvCyqwtj9CR8NiJ1+6NOXtsV8BGP8FJjKx417U+Nt40MN8FkCq1NPLcs3qkHxWc&#10;RHGctjgi1/sUdfknzH4BAAD//wMAUEsDBBQABgAIAAAAIQBAGoYP4QAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT4NAEIXvJv6HzZh4Me3SorQiS2OM2sSbpWq8bdkRiOwsYbeA/97pSY+T9+XN&#10;97LNZFsxYO8bRwoW8wgEUulMQ5WCffE0W4PwQZPRrSNU8IMeNvn5WaZT40Z6xWEXKsEl5FOtoA6h&#10;S6X0ZY1W+7nrkDj7cr3Vgc++kqbXI5fbVi6jKJFWN8Qfat3hQ43l9+5oFXxeVR8vfnp+G+ObuHvc&#10;DsXq3RRKXV5M93cgAk7hD4aTPqtDzk4HdyTjRavgdpHEjCq4XvKmExCtoxWIA0dxAjLP5P8J+S8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA85dKti8CAABbBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQBqGD+EAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="1487BCBC" w14:textId="77777777" w:rsidR="00A9264E" w:rsidRPr="00E72567" w:rsidRDefault="00A9264E" w:rsidP="0061653D">
                     <w:pPr>
                       <w:pStyle w:val="Rubrikliten"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Sid</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
@@ -2406,285 +3453,456 @@
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A66210"/>
+    <w:rsid w:val="00006A84"/>
     <w:rsid w:val="00017A86"/>
+    <w:rsid w:val="000300D4"/>
+    <w:rsid w:val="0003580C"/>
     <w:rsid w:val="00043E74"/>
     <w:rsid w:val="000527BA"/>
     <w:rsid w:val="00062AD3"/>
     <w:rsid w:val="000A2774"/>
     <w:rsid w:val="000A2E0A"/>
     <w:rsid w:val="000B16F9"/>
+    <w:rsid w:val="000B4A58"/>
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="000C445A"/>
+    <w:rsid w:val="000E0FAC"/>
     <w:rsid w:val="000F2EFD"/>
+    <w:rsid w:val="000F6786"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="00123E0E"/>
     <w:rsid w:val="001247B8"/>
+    <w:rsid w:val="001264A7"/>
     <w:rsid w:val="00130604"/>
+    <w:rsid w:val="00135BFF"/>
     <w:rsid w:val="00140BC2"/>
+    <w:rsid w:val="00143398"/>
     <w:rsid w:val="00146021"/>
     <w:rsid w:val="001532D9"/>
     <w:rsid w:val="00157A66"/>
     <w:rsid w:val="001636A9"/>
+    <w:rsid w:val="00163B54"/>
     <w:rsid w:val="001672CA"/>
+    <w:rsid w:val="001701E9"/>
     <w:rsid w:val="00177D2A"/>
+    <w:rsid w:val="001863B7"/>
+    <w:rsid w:val="00187DAF"/>
     <w:rsid w:val="00190801"/>
+    <w:rsid w:val="001942B8"/>
     <w:rsid w:val="001A4234"/>
+    <w:rsid w:val="001D0CD2"/>
+    <w:rsid w:val="001D2E63"/>
+    <w:rsid w:val="002002EB"/>
+    <w:rsid w:val="0021144C"/>
     <w:rsid w:val="00224D52"/>
+    <w:rsid w:val="002271F4"/>
     <w:rsid w:val="0023390F"/>
+    <w:rsid w:val="00241305"/>
+    <w:rsid w:val="00245069"/>
+    <w:rsid w:val="00255482"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="002644FB"/>
+    <w:rsid w:val="00270FB3"/>
     <w:rsid w:val="00275AA7"/>
+    <w:rsid w:val="0029459A"/>
     <w:rsid w:val="00296E44"/>
     <w:rsid w:val="002A660D"/>
     <w:rsid w:val="002A7C08"/>
     <w:rsid w:val="002B1526"/>
+    <w:rsid w:val="002B4472"/>
+    <w:rsid w:val="002C1FC6"/>
+    <w:rsid w:val="002D63BD"/>
     <w:rsid w:val="002E27C9"/>
+    <w:rsid w:val="002E40FF"/>
     <w:rsid w:val="002E4BB7"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00306248"/>
     <w:rsid w:val="00307FC0"/>
+    <w:rsid w:val="00312D5C"/>
+    <w:rsid w:val="00324A49"/>
     <w:rsid w:val="0033241B"/>
     <w:rsid w:val="00333551"/>
+    <w:rsid w:val="00341D2E"/>
+    <w:rsid w:val="00361EEA"/>
     <w:rsid w:val="00366007"/>
+    <w:rsid w:val="00366A49"/>
+    <w:rsid w:val="0037708D"/>
     <w:rsid w:val="003800D4"/>
+    <w:rsid w:val="003858A6"/>
     <w:rsid w:val="003926FD"/>
+    <w:rsid w:val="00395043"/>
     <w:rsid w:val="003A14BE"/>
+    <w:rsid w:val="003A402D"/>
+    <w:rsid w:val="003A5202"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B4DFC"/>
+    <w:rsid w:val="003B5E06"/>
+    <w:rsid w:val="003B67A0"/>
+    <w:rsid w:val="003B76D6"/>
+    <w:rsid w:val="003C461F"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
     <w:rsid w:val="003E5B69"/>
+    <w:rsid w:val="003F0E89"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="00427A2A"/>
+    <w:rsid w:val="00445FF5"/>
+    <w:rsid w:val="0045457E"/>
     <w:rsid w:val="00457F1E"/>
+    <w:rsid w:val="00466E03"/>
+    <w:rsid w:val="004675C8"/>
     <w:rsid w:val="00472F29"/>
+    <w:rsid w:val="0047544F"/>
+    <w:rsid w:val="004823CE"/>
     <w:rsid w:val="004921C3"/>
+    <w:rsid w:val="004B7B9B"/>
     <w:rsid w:val="004B7D08"/>
+    <w:rsid w:val="004D1C62"/>
     <w:rsid w:val="004D2686"/>
+    <w:rsid w:val="004D4A8D"/>
     <w:rsid w:val="004E6B22"/>
     <w:rsid w:val="00514AA5"/>
+    <w:rsid w:val="005244F7"/>
+    <w:rsid w:val="00527736"/>
     <w:rsid w:val="00530095"/>
+    <w:rsid w:val="005446AF"/>
     <w:rsid w:val="00544DCC"/>
     <w:rsid w:val="00552C7E"/>
+    <w:rsid w:val="00553024"/>
+    <w:rsid w:val="005603B4"/>
+    <w:rsid w:val="00567BA4"/>
+    <w:rsid w:val="00573689"/>
+    <w:rsid w:val="005B3975"/>
+    <w:rsid w:val="005B4DFD"/>
+    <w:rsid w:val="005C70A4"/>
+    <w:rsid w:val="005F539F"/>
+    <w:rsid w:val="005F6217"/>
     <w:rsid w:val="005F7EEF"/>
+    <w:rsid w:val="0061486A"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="0061666A"/>
     <w:rsid w:val="00630DF2"/>
+    <w:rsid w:val="00634F6C"/>
+    <w:rsid w:val="00641096"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="00643703"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="006560FF"/>
     <w:rsid w:val="00661D68"/>
     <w:rsid w:val="00670D66"/>
+    <w:rsid w:val="00680A4C"/>
     <w:rsid w:val="00685318"/>
     <w:rsid w:val="00685373"/>
     <w:rsid w:val="00690212"/>
     <w:rsid w:val="0069445A"/>
+    <w:rsid w:val="006A333F"/>
+    <w:rsid w:val="006A7636"/>
+    <w:rsid w:val="006B0602"/>
+    <w:rsid w:val="006B0812"/>
     <w:rsid w:val="006B40E4"/>
     <w:rsid w:val="006C0FEE"/>
+    <w:rsid w:val="006C58B8"/>
+    <w:rsid w:val="006C5C55"/>
     <w:rsid w:val="006C6E9D"/>
+    <w:rsid w:val="006C7177"/>
     <w:rsid w:val="006E29FD"/>
     <w:rsid w:val="006E4A8B"/>
     <w:rsid w:val="006F196B"/>
+    <w:rsid w:val="006F4288"/>
     <w:rsid w:val="0070247B"/>
+    <w:rsid w:val="007040E0"/>
     <w:rsid w:val="00720501"/>
+    <w:rsid w:val="007229D1"/>
     <w:rsid w:val="00723228"/>
+    <w:rsid w:val="00730A07"/>
     <w:rsid w:val="007337FB"/>
+    <w:rsid w:val="00750BC3"/>
     <w:rsid w:val="007576A1"/>
+    <w:rsid w:val="00762A0D"/>
+    <w:rsid w:val="007676DE"/>
     <w:rsid w:val="00775674"/>
+    <w:rsid w:val="00784581"/>
+    <w:rsid w:val="00786468"/>
+    <w:rsid w:val="00787E40"/>
     <w:rsid w:val="007979B4"/>
     <w:rsid w:val="007A1B26"/>
+    <w:rsid w:val="007A521F"/>
+    <w:rsid w:val="007A78FA"/>
+    <w:rsid w:val="007B4A9B"/>
+    <w:rsid w:val="007C0800"/>
+    <w:rsid w:val="007C4406"/>
     <w:rsid w:val="007C4FDF"/>
     <w:rsid w:val="007D676D"/>
+    <w:rsid w:val="007E274D"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="007E6FA6"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="00884C12"/>
+    <w:rsid w:val="00884F8A"/>
     <w:rsid w:val="008931CA"/>
+    <w:rsid w:val="008968A6"/>
     <w:rsid w:val="008B1850"/>
     <w:rsid w:val="008C15AB"/>
+    <w:rsid w:val="008C2416"/>
+    <w:rsid w:val="008D4D1B"/>
+    <w:rsid w:val="008E2280"/>
     <w:rsid w:val="008E2C5E"/>
+    <w:rsid w:val="008E57FA"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="00902F19"/>
     <w:rsid w:val="00920B35"/>
+    <w:rsid w:val="00921787"/>
     <w:rsid w:val="00926903"/>
+    <w:rsid w:val="00934FB4"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="009663ED"/>
     <w:rsid w:val="00966B1B"/>
+    <w:rsid w:val="009920EC"/>
     <w:rsid w:val="009A6896"/>
+    <w:rsid w:val="009B004B"/>
     <w:rsid w:val="009B39C0"/>
     <w:rsid w:val="009C1438"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009C71CF"/>
+    <w:rsid w:val="009D345C"/>
     <w:rsid w:val="009E4C6F"/>
+    <w:rsid w:val="00A00C76"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A05F83"/>
     <w:rsid w:val="00A06538"/>
     <w:rsid w:val="00A15797"/>
     <w:rsid w:val="00A33E74"/>
     <w:rsid w:val="00A42C3B"/>
+    <w:rsid w:val="00A50F97"/>
     <w:rsid w:val="00A578F4"/>
     <w:rsid w:val="00A62EF2"/>
     <w:rsid w:val="00A66210"/>
+    <w:rsid w:val="00A822FA"/>
     <w:rsid w:val="00A8461A"/>
     <w:rsid w:val="00A9264E"/>
+    <w:rsid w:val="00A92B03"/>
+    <w:rsid w:val="00A94DF6"/>
     <w:rsid w:val="00AB0699"/>
+    <w:rsid w:val="00AC6244"/>
     <w:rsid w:val="00AD70EB"/>
+    <w:rsid w:val="00AE3639"/>
+    <w:rsid w:val="00AE551D"/>
     <w:rsid w:val="00AE630C"/>
+    <w:rsid w:val="00AF3BC1"/>
     <w:rsid w:val="00AF6DAD"/>
     <w:rsid w:val="00AF6DCA"/>
+    <w:rsid w:val="00B00906"/>
+    <w:rsid w:val="00B06412"/>
     <w:rsid w:val="00B068A1"/>
+    <w:rsid w:val="00B1570C"/>
     <w:rsid w:val="00B209FB"/>
+    <w:rsid w:val="00B23836"/>
     <w:rsid w:val="00B25F55"/>
     <w:rsid w:val="00B30584"/>
+    <w:rsid w:val="00B35198"/>
+    <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B53614"/>
     <w:rsid w:val="00B541C4"/>
+    <w:rsid w:val="00B5564A"/>
     <w:rsid w:val="00B5574B"/>
+    <w:rsid w:val="00B64C45"/>
+    <w:rsid w:val="00B73A0C"/>
     <w:rsid w:val="00B747DF"/>
+    <w:rsid w:val="00B760D1"/>
+    <w:rsid w:val="00B87267"/>
     <w:rsid w:val="00B945B7"/>
     <w:rsid w:val="00B964A0"/>
     <w:rsid w:val="00BA783B"/>
+    <w:rsid w:val="00BD0F4E"/>
+    <w:rsid w:val="00BD647A"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:rsid w:val="00BF0985"/>
+    <w:rsid w:val="00BF41F1"/>
     <w:rsid w:val="00BF578C"/>
     <w:rsid w:val="00C02C2B"/>
     <w:rsid w:val="00C05AB0"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rsid w:val="00C0676F"/>
+    <w:rsid w:val="00C409FA"/>
     <w:rsid w:val="00C505D4"/>
     <w:rsid w:val="00C56040"/>
     <w:rsid w:val="00C56776"/>
     <w:rsid w:val="00C67EBC"/>
     <w:rsid w:val="00C722CA"/>
     <w:rsid w:val="00C74198"/>
     <w:rsid w:val="00C906B6"/>
     <w:rsid w:val="00C91543"/>
+    <w:rsid w:val="00CB48C4"/>
     <w:rsid w:val="00CC077A"/>
     <w:rsid w:val="00CC1529"/>
+    <w:rsid w:val="00CC6EB6"/>
     <w:rsid w:val="00CD41D1"/>
     <w:rsid w:val="00CE13F7"/>
+    <w:rsid w:val="00CE44FF"/>
     <w:rsid w:val="00CE5BE6"/>
+    <w:rsid w:val="00CE5CFF"/>
     <w:rsid w:val="00CF3601"/>
+    <w:rsid w:val="00CF5133"/>
+    <w:rsid w:val="00D032AB"/>
+    <w:rsid w:val="00D12326"/>
+    <w:rsid w:val="00D137A0"/>
+    <w:rsid w:val="00D15B23"/>
     <w:rsid w:val="00D16D28"/>
+    <w:rsid w:val="00D254D5"/>
     <w:rsid w:val="00D3165D"/>
     <w:rsid w:val="00D36AAE"/>
+    <w:rsid w:val="00D5342E"/>
+    <w:rsid w:val="00D54C9A"/>
+    <w:rsid w:val="00D61A9B"/>
+    <w:rsid w:val="00D625AD"/>
     <w:rsid w:val="00D64001"/>
+    <w:rsid w:val="00D718FF"/>
+    <w:rsid w:val="00D733D6"/>
     <w:rsid w:val="00D83432"/>
     <w:rsid w:val="00DA1AD9"/>
+    <w:rsid w:val="00DA3B31"/>
     <w:rsid w:val="00DB6600"/>
     <w:rsid w:val="00DC3C85"/>
+    <w:rsid w:val="00DE0253"/>
     <w:rsid w:val="00DE1BEB"/>
     <w:rsid w:val="00DE4287"/>
     <w:rsid w:val="00DE6EE8"/>
     <w:rsid w:val="00E0764E"/>
+    <w:rsid w:val="00E11DC4"/>
     <w:rsid w:val="00E545FF"/>
+    <w:rsid w:val="00E56E81"/>
     <w:rsid w:val="00E57646"/>
     <w:rsid w:val="00E603CE"/>
+    <w:rsid w:val="00E65C12"/>
     <w:rsid w:val="00E66993"/>
     <w:rsid w:val="00E72567"/>
     <w:rsid w:val="00E74A53"/>
     <w:rsid w:val="00E7662F"/>
     <w:rsid w:val="00E771E6"/>
+    <w:rsid w:val="00E80231"/>
     <w:rsid w:val="00E83488"/>
+    <w:rsid w:val="00E835B8"/>
     <w:rsid w:val="00E868E8"/>
+    <w:rsid w:val="00E90CCC"/>
     <w:rsid w:val="00EA0333"/>
     <w:rsid w:val="00EB2F99"/>
     <w:rsid w:val="00EB3553"/>
     <w:rsid w:val="00EC0047"/>
+    <w:rsid w:val="00EC5F88"/>
     <w:rsid w:val="00ED308E"/>
     <w:rsid w:val="00EF2E28"/>
     <w:rsid w:val="00F0618D"/>
+    <w:rsid w:val="00F11F5C"/>
     <w:rsid w:val="00F130A3"/>
+    <w:rsid w:val="00F14840"/>
     <w:rsid w:val="00F21278"/>
+    <w:rsid w:val="00F21933"/>
+    <w:rsid w:val="00F2302E"/>
     <w:rsid w:val="00F251FE"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rsid w:val="00F27348"/>
     <w:rsid w:val="00F3312D"/>
+    <w:rsid w:val="00F37783"/>
+    <w:rsid w:val="00F429D6"/>
     <w:rsid w:val="00F4522F"/>
+    <w:rsid w:val="00F45FD9"/>
+    <w:rsid w:val="00F6705E"/>
+    <w:rsid w:val="00F7688D"/>
+    <w:rsid w:val="00F833A0"/>
+    <w:rsid w:val="00F87AA3"/>
+    <w:rsid w:val="00F904EA"/>
+    <w:rsid w:val="00F94C36"/>
+    <w:rsid w:val="00F96328"/>
     <w:rsid w:val="00FA0546"/>
     <w:rsid w:val="00FB2AFF"/>
+    <w:rsid w:val="00FB2E39"/>
     <w:rsid w:val="00FB35AE"/>
+    <w:rsid w:val="00FB3ED9"/>
     <w:rsid w:val="00FB4B2B"/>
     <w:rsid w:val="00FB5DB5"/>
     <w:rsid w:val="00FC35AF"/>
+    <w:rsid w:val="00FC70AC"/>
+    <w:rsid w:val="00FE0AB2"/>
+    <w:rsid w:val="00FE4E90"/>
+    <w:rsid w:val="00FF2A25"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3CB3CB5F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5080240A-9F06-4A11-9650-260602ADE5EB}"/>
+  <w15:docId w15:val="{CD9EF31D-7D62-49EA-B2B2-0D7AE1271881}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4133,51 +5351,50 @@
     <w:link w:val="Anteckningsrubrik"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:color w:val="C490AA" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Betoning">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="20"/>
-    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Bokenstitel">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="33"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
@@ -26172,64 +27389,62 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:rPr>
         <w:color w:val="000080"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Stark">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="22"/>
-    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Starkbetoning">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="21"/>
-    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Starkreferens">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="32"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006B40E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:spacing w:val="5"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
@@ -28486,50 +29701,60 @@
         <w:jc w:val="left"/>
       </w:pPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DE6EE8"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
     <w:name w:val="Tabelltext"/>
     <w:basedOn w:val="Tabellrubrik"/>
     <w:qFormat/>
     <w:rsid w:val="00DE6EE8"/>
     <w:rPr>
       <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tentainfo">
+    <w:name w:val="Tentainfo"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="007B4A9B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="217328879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="308826416">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -28540,247 +29765,662 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="815607249">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="https://kise.sharepoint.com/sites/templates/Templates/Basmall_m_logo.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D590374EE299429B984F3A1FF3063BF7"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A39A8387-4C52-4901-AD05-6F5F499849EA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009D54CE" w:rsidRDefault="00CF53AD" w:rsidP="00CF53AD">
+        <w:p w:rsidR="009D54CE" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="D590374EE299429B984F3A1FF3063BF71"/>
+            <w:pStyle w:val="D590374EE299429B984F3A1FF3063BF7"/>
           </w:pPr>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange datum.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="810A99F2848C4243B211418E9237058C"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{67F5ED62-C9B0-4CE4-A069-2D78080BC3A1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009D54CE" w:rsidRDefault="00CF53AD" w:rsidP="00CF53AD">
+        <w:p w:rsidR="009D54CE" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="810A99F2848C4243B211418E9237058C1"/>
+            <w:pStyle w:val="810A99F2848C4243B211418E9237058C"/>
           </w:pPr>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t xml:space="preserve">Välj </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>starttid</w:t>
           </w:r>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="AA7E16188AA04116B7008AF1BA0DA08E"/>
+        <w:name w:val="3FE3B6F483F642F1806EF685E12B95A3"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{33053BE5-8BEE-4E52-9D92-639A9BDCC0DC}"/>
+        <w:guid w:val="{FD208665-BBC7-4DFB-BFF5-692D913653C7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009D54CE" w:rsidRDefault="00CF53AD" w:rsidP="00CF53AD">
+        <w:p w:rsidR="00B34C96" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="AA7E16188AA04116B7008AF1BA0DA08E1"/>
+            <w:pStyle w:val="3FE3B6F483F642F1806EF685E12B95A3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00F557DB">
-[...4 lines deleted...]
-          </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
-            <w:t>språk</w:t>
+            <w:t>Om annan än ovan. Namn och telefonnummer. Tillgänglig hela examinationen</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E29D14DFBCDE452682D14A91791CF101"/>
+        <w:name w:val="3E9CCB11BF5148648C9C74BB98FF301E"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D72BD7FA-C3FA-421E-ABAC-850AD0D7763A}"/>
+        <w:guid w:val="{4F5C3426-BEA2-4BF5-BB63-47CEA93B714E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00117BAF" w:rsidRDefault="00CF53AD" w:rsidP="00CF53AD">
+        <w:p w:rsidR="00B34C96" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="E29D14DFBCDE452682D14A91791CF1012"/>
+            <w:pStyle w:val="3E9CCB11BF5148648C9C74BB98FF301E"/>
           </w:pPr>
-          <w:r w:rsidRPr="00F756A4">
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
-            <w:t>Välj ett objekt.</w:t>
+            <w:t>Namn på person som studenten ska boka tid för uppvisande av legitimation</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00341D2E">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EBF9EE7E4AD44D2086059D3005F54580"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8CB0FE54-E557-432A-A42F-C1A5C0241169}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00B34C96" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="EBF9EE7E4AD44D2086059D3005F54580"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Ange viktig information och ev. tillåtna hjälpmedel, t.ex. miniräknare, ordbok et.c.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4A310D4A9E01498496EB6B346563499D"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8D5C50EB-6139-462B-803F-EEB09B66C77A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E106CD" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="4A310D4A9E01498496EB6B346563499D"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Ange tentan/tentornas namn (om kurskod inte ingår i namnet, ange kurskod).</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="01468856278F4C4DA69A6AB818731100"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{05D3A1D8-46CD-463B-B530-3AC626A8ACB4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E106CD" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="01468856278F4C4DA69A6AB818731100"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Ange tentans sluttid</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00B64C45">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5B7F2DC7DEE9439BA4AE359268AFFCB7"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AD3ACE7D-455B-49B6-AC91-33350723991F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E106CD" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="5B7F2DC7DEE9439BA4AE359268AFFCB7"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>A</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00FE0AB2">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t xml:space="preserve">nge antal studenter med </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>stöd</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00FE0AB2">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Ange 0 om inga studenter med stöd finns</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="75B06627129E43C88E87D79E1CE1B263"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F83A14FB-2B87-439E-B62A-8EA14295518F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E106CD" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="75B06627129E43C88E87D79E1CE1B263"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Namn och telefonnummer. Tillgänglig hela examinationen.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{55CD9FD6-64C8-4BE9-B394-00031C050D55}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E106CD" w:rsidRDefault="00E106CD">
+          <w:r w:rsidRPr="007166D6">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>Klicka eller tryck här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0227B328CB384067B24BA79240DFA111"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{17D40716-1D33-47F1-A7CB-E4CC9D1834F4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="0227B328CB384067B24BA79240DFA111"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00750BC3">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka eller tryck här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A388C4B5F9114C7B82A7EDDF5DE0EB2D"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EB471422-EA83-465F-85E5-0C34C3A7E9FB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="A388C4B5F9114C7B82A7EDDF5DE0EB2D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F6705E">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka eller tryck här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3520CD576FBF4CD58692F37B6BC50B3D"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3EBEE78E-BD4D-4264-BCC4-3F2F23A410DE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="3520CD576FBF4CD58692F37B6BC50B3D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007040E0">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka eller tryck här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AB165BCDFCF34105AB8475DE83A3DC90"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C008C720-3D65-4DBB-9F7F-E4A0EE6EE59B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="AB165BCDFCF34105AB8475DE83A3DC90"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F6705E">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Klicka eller tryck här för att ange text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="96CEBB042B7B46B581D888FA49E5AC85"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9A9E74E2-F361-4A63-832E-E18665CA0ADA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="96CEBB042B7B46B581D888FA49E5AC85"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>Typ av tenta</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="851651F697B644298AAEB5D215DECE3E"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BC3D32DD-5DF4-4682-AC3F-B488C9E5E397}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="851651F697B644298AAEB5D215DECE3E"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>Tentans språk</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2C24F7C6B5C74C1FB845FBB36F94DC97"/>
+        <w:category>
+          <w:name w:val="Allmänt"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6E5880E2-9AB3-4031-B669-E2DC9897FF21}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007A26D1" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
+          <w:pPr>
+            <w:pStyle w:val="2C24F7C6B5C74C1FB845FBB36F94DC97"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>Namn på den som ska ha närvaro-/toalista</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00F11F5C">
+            <w:rPr>
+              <w:rStyle w:val="Platshllartext"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -28791,96 +30431,122 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007165B7"/>
+    <w:rsid w:val="00080416"/>
+    <w:rsid w:val="000820EB"/>
     <w:rsid w:val="00117BAF"/>
+    <w:rsid w:val="001225C8"/>
+    <w:rsid w:val="00135BFF"/>
     <w:rsid w:val="0021014A"/>
     <w:rsid w:val="00224D52"/>
+    <w:rsid w:val="00255482"/>
     <w:rsid w:val="00275AA7"/>
+    <w:rsid w:val="003858A6"/>
+    <w:rsid w:val="003C461F"/>
     <w:rsid w:val="004B3FC4"/>
+    <w:rsid w:val="004B7B9B"/>
     <w:rsid w:val="004E6B22"/>
+    <w:rsid w:val="004F1C9A"/>
+    <w:rsid w:val="0063428C"/>
+    <w:rsid w:val="00641096"/>
     <w:rsid w:val="006C6068"/>
     <w:rsid w:val="006D319A"/>
+    <w:rsid w:val="00703A7F"/>
     <w:rsid w:val="007165B7"/>
     <w:rsid w:val="007303AE"/>
+    <w:rsid w:val="0076626B"/>
+    <w:rsid w:val="007A26D1"/>
+    <w:rsid w:val="00840BAD"/>
+    <w:rsid w:val="008968A6"/>
+    <w:rsid w:val="009525E2"/>
     <w:rsid w:val="009B39C0"/>
     <w:rsid w:val="009C1438"/>
     <w:rsid w:val="009D54CE"/>
+    <w:rsid w:val="009E7348"/>
     <w:rsid w:val="00A33E74"/>
     <w:rsid w:val="00A41BE7"/>
     <w:rsid w:val="00AB0699"/>
+    <w:rsid w:val="00AC6244"/>
     <w:rsid w:val="00AD70EB"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:rsid w:val="00B34C96"/>
     <w:rsid w:val="00B61F86"/>
     <w:rsid w:val="00B945B7"/>
     <w:rsid w:val="00BA783B"/>
     <w:rsid w:val="00BB1F88"/>
+    <w:rsid w:val="00CD1A12"/>
     <w:rsid w:val="00CD5A0D"/>
     <w:rsid w:val="00CE2C37"/>
     <w:rsid w:val="00CF53AD"/>
+    <w:rsid w:val="00E106CD"/>
     <w:rsid w:val="00E26422"/>
     <w:rsid w:val="00E74410"/>
     <w:rsid w:val="00F4522F"/>
+    <w:rsid w:val="00F45FD9"/>
+    <w:rsid w:val="00FC19ED"/>
     <w:rsid w:val="00FC35AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0FC90F83"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -29274,98 +30940,254 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CF53AD"/>
+    <w:rsid w:val="00B068CE"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D590374EE299429B984F3A1FF3063BF71">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF53AD"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A310D4A9E01498496EB6B346563499D">
+    <w:name w:val="4A310D4A9E01498496EB6B346563499D"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="810A99F2848C4243B211418E9237058C1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF53AD"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D590374EE299429B984F3A1FF3063BF7">
+    <w:name w:val="D590374EE299429B984F3A1FF3063BF7"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA7E16188AA04116B7008AF1BA0DA08E1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF53AD"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="810A99F2848C4243B211418E9237058C">
+    <w:name w:val="810A99F2848C4243B211418E9237058C"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E29D14DFBCDE452682D14A91791CF1012">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF53AD"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01468856278F4C4DA69A6AB818731100">
+    <w:name w:val="01468856278F4C4DA69A6AB818731100"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B7F2DC7DEE9439BA4AE359268AFFCB7">
+    <w:name w:val="5B7F2DC7DEE9439BA4AE359268AFFCB7"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="851651F697B644298AAEB5D215DECE3E">
+    <w:name w:val="851651F697B644298AAEB5D215DECE3E"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96CEBB042B7B46B581D888FA49E5AC85">
+    <w:name w:val="96CEBB042B7B46B581D888FA49E5AC85"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75B06627129E43C88E87D79E1CE1B263">
+    <w:name w:val="75B06627129E43C88E87D79E1CE1B263"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3FE3B6F483F642F1806EF685E12B95A3">
+    <w:name w:val="3FE3B6F483F642F1806EF685E12B95A3"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C24F7C6B5C74C1FB845FBB36F94DC97">
+    <w:name w:val="2C24F7C6B5C74C1FB845FBB36F94DC97"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E9CCB11BF5148648C9C74BB98FF301E">
+    <w:name w:val="3E9CCB11BF5148648C9C74BB98FF301E"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBF9EE7E4AD44D2086059D3005F54580">
+    <w:name w:val="EBF9EE7E4AD44D2086059D3005F54580"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0227B328CB384067B24BA79240DFA111">
+    <w:name w:val="0227B328CB384067B24BA79240DFA111"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A388C4B5F9114C7B82A7EDDF5DE0EB2D">
+    <w:name w:val="A388C4B5F9114C7B82A7EDDF5DE0EB2D"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3520CD576FBF4CD58692F37B6BC50B3D">
+    <w:name w:val="3520CD576FBF4CD58692F37B6BC50B3D"/>
+    <w:rsid w:val="00B068CE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB165BCDFCF34105AB8475DE83A3DC90">
+    <w:name w:val="AB165BCDFCF34105AB8475DE83A3DC90"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="KI">
       <a:dk1>
@@ -29564,91 +31386,111 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ea58cfda-9e62-49e8-895e-42318b46ce69">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="6f632fbc-1162-4005-b759-c593571f4216" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <root xmlns="LPXML">
   <namn/>
   <titel/>
   <avdelning/>
   <förvaltning/>
   <kontakt>
     <telefon/>
     <mobil/>
     <epost/>
     <adress>
       <co/>
       <box/>
       <gata/>
       <postnr/>
       <ort/>
       <land/>
     </adress>
   </kontakt>
   <dokumenttyp/>
   <Diarienummer/>
   <Datum/>
   <version/>
   <sklass/>
   <foretag/>
   <extra1/>
   <extra2/>
   <extra3/>
   <extra4/>
   <extra5/>
   <extra6/>
   <extra7/>
   <extra8/>
   <extra9/>
 </root>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100BDAF2797060A9943A2452DAC17E3942A" ma:contentTypeVersion="14" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="14818f114f2d7209be76b6c5d5e3568c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ea58cfda-9e62-49e8-895e-42318b46ce69" xmlns:ns3="6f632fbc-1162-4005-b759-c593571f4216" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="01332feb78f0b392beba0bed8c7ed2eb" ns2:_="" ns3:_="">
     <xsd:import namespace="ea58cfda-9e62-49e8-895e-42318b46ce69"/>
     <xsd:import namespace="6f632fbc-1162-4005-b759-c593571f4216"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -29833,139 +31675,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
-[...18 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD8DB128-02D4-42C6-8BD3-B58A0A3BE23E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F8BF9BB-29FD-4319-A4F7-A450F7704244}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ea58cfda-9e62-49e8-895e-42318b46ce69"/>
     <ds:schemaRef ds:uri="6f632fbc-1162-4005-b759-c593571f4216"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="LPXML"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{673A070D-BD86-40F4-A1EE-96FFB368CB3F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ea58cfda-9e62-49e8-895e-42318b46ce69"/>
+    <ds:schemaRef ds:uri="6f632fbc-1162-4005-b759-c593571f4216"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basmall_m_logo</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>156</Words>
-  <Characters>831</Characters>
+  <Words>217</Words>
+  <Characters>1152</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>986</CharactersWithSpaces>
+  <CharactersWithSpaces>1367</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Charlotta Cederberg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BDAF2797060A9943A2452DAC17E3942A</vt:lpwstr>
   </property>