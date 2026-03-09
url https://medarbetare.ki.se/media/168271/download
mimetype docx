--- v0 (2025-10-07)
+++ v1 (2026-03-09)
@@ -1,12932 +1,10941 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7895C31B" w14:textId="77777777" w:rsidR="00AF3B11" w:rsidRPr="00B43268" w:rsidRDefault="00AF3B11" w:rsidP="00954CE4">
+    <w:p w14:paraId="22D2E9AF" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="007F0EB3">
+      <w:pPr>
+        <w:pStyle w:val="KInRubrik4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="862"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CE542F6" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00B43268" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284" w:right="-3289"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans Medium" w:hAnsi="DM Sans Medium"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1954A6" w:themeColor="accent1"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="56"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43268">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans Medium" w:hAnsi="DM Sans Medium"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1954A6" w:themeColor="accent1"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="56"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Krisplan KI central krisledning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246ACC62" w14:textId="77777777" w:rsidR="00AF3B11" w:rsidRDefault="00AF3B11" w:rsidP="00954CE4">
+    <w:p w14:paraId="3246D612" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:ind w:left="-284" w:right="-3289"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="302FA2E5" w14:textId="77777777" w:rsidR="00AF3B11" w:rsidRDefault="00AF3B11" w:rsidP="00954CE4">
+    <w:p w14:paraId="628F505F" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:ind w:left="-284" w:right="-3289"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E88F61F" w14:textId="13F0674F" w:rsidR="00AF3B11" w:rsidRPr="000535CB" w:rsidRDefault="00AF3B11" w:rsidP="00954CE4">
+    <w:p w14:paraId="2F0B3291" w14:textId="0880B15A" w:rsidR="006F4F95" w:rsidRPr="000535CB" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="-284" w:right="-3289"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000535CB">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bilaga till ”Riktlinjer för KI:s </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0083475D" w:rsidRPr="000535CB">
+        <w:t>Bilaga till ”Riktlinjer för KI:s krisorganisation och krisledning</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000535CB">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>k</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000535CB">
+        <w:t xml:space="preserve">”, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>risorganisation och krisledning”, dnr; 1-521-2024.</w:t>
-[...19 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000535CB">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dnr; 1-521-2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244F4AC6" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="00FA0546">
-[...86 lines deleted...]
-    <w:p w14:paraId="6036F21E" w14:textId="77777777" w:rsidR="001C60B7" w:rsidRPr="00DB377F" w:rsidRDefault="001C60B7" w:rsidP="00DB377F">
+    </w:p>
+    <w:p w14:paraId="0753F30E" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="+mn-ea" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="+mn-ea" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Händelser där krisledning kan komma att samlas </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599F0FF6" w14:textId="77777777" w:rsidR="00B319DE" w:rsidRPr="00193952" w:rsidRDefault="00B319DE" w:rsidP="00005E08">
+    <w:p w14:paraId="3AA02073" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43B7474F" w14:textId="22A2ECD9" w:rsidR="29CB7E07" w:rsidRDefault="29CB7E07" w:rsidP="48E57D76">
+    <w:p w14:paraId="2C09B6BE" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="48E57D76">
+      <w:r w:rsidRPr="006F4F95">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Risk att KI:s verksamhet kan sättas ur spel helt eller delvis </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAF8C21" w14:textId="7F3ABC8E" w:rsidR="29CB7E07" w:rsidRDefault="29CB7E07" w:rsidP="48E57D76">
+    <w:p w14:paraId="0BB45E22" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="48E57D76">
+      <w:r w:rsidRPr="006F4F95">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En större händelse inom eller nära KI som har direkt påverkan på KI:s verksamhet, medarbetare, studenter, forskare, besökare och intressenter </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBA82D0" w14:textId="470EB9FF" w:rsidR="29CB7E07" w:rsidRDefault="29CB7E07" w:rsidP="48E57D76">
+    <w:p w14:paraId="218C004A" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="48E57D76">
+      <w:r w:rsidRPr="006F4F95">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pågående samhällskris som har direkt påverkan på KI:s verksamhet medarbetare eller studenter, forskare, besökare och intressenter </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9824F5" w14:textId="0F9FDE34" w:rsidR="6B2809C5" w:rsidRDefault="6B2809C5" w:rsidP="48E57D76">
+    <w:p w14:paraId="12F3EABB" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="48E57D76">
-[...24 lines deleted...]
-    <w:p w14:paraId="73921E2A" w14:textId="5BE0D7AF" w:rsidR="29CB7E07" w:rsidRDefault="29CB7E07" w:rsidP="48E57D76">
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Risk för personskada (fysisk och psykisk) eller materiella skador som berör mer än en institution </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3280C53A" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="48E57D76">
+      <w:r w:rsidRPr="006F4F95">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spridning av allvarlig negativ publicitet eller desinformation om KI i traditionella eller sociala medier </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEAF64D" w14:textId="4CB43A1C" w:rsidR="00193952" w:rsidRPr="0097258A" w:rsidRDefault="64E28930" w:rsidP="0097258A">
+    <w:p w14:paraId="111B0BE1" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="006F4F95">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>En eller flera institutioner ber om stöd att hantera en kris</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A953D8" w14:textId="75924FE8" w:rsidR="00B319DE" w:rsidRPr="00BE689B" w:rsidRDefault="00271DFE" w:rsidP="00BE689B">
+    <w:p w14:paraId="55A366FE" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="+mn-ea" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="+mn-ea" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Meddelande till alla som ingår i krisledningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618C02FF" w14:textId="51A0AB34" w:rsidR="00634D76" w:rsidRPr="00193952" w:rsidRDefault="00F074EE" w:rsidP="00634D76">
+    <w:p w14:paraId="78B2F736" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
-[...51 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="+mn-ea" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontaktas via telefonsamtal eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>appen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signal enligt listan i denna krisplan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C2C3C3" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="+mn-ea" w:hAnsi="DM Sans" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="+mn-ea" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="+mn-ea" w:hAnsi="DM Sans" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...41 lines deleted...]
-    <w:p w14:paraId="6C19284F" w14:textId="746935A8" w:rsidR="003B4826" w:rsidRPr="00193952" w:rsidRDefault="00C05E11" w:rsidP="00E20ED9">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Krisledningslokaler </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EDCCE1B" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
-[...48 lines deleted...]
-    <w:p w14:paraId="25911C02" w14:textId="5B7942C0" w:rsidR="00E20ED9" w:rsidRPr="00193952" w:rsidRDefault="00E20ED9" w:rsidP="00E20ED9">
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Om möjligt ska UF- Cartesius användas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DBB97A" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="006F4F95">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viktigt att tänka på </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62695D80" w14:textId="30C80D67" w:rsidR="004E1440" w:rsidRPr="00193952" w:rsidRDefault="00BE2FC6" w:rsidP="004E1440">
+    <w:p w14:paraId="036744BB" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
-[...16 lines deleted...]
-    <w:p w14:paraId="3A18CBCA" w14:textId="6BFD3257" w:rsidR="00EF4E6C" w:rsidRPr="00BE689B" w:rsidRDefault="00BE689B" w:rsidP="00EF4E6C">
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Både intern och extern kommunikation är viktig redan från början</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC47162" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="+mn-ea" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="+mn-ea" w:hAnsi="DM Sans" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="+mn-ea" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="+mn-ea" w:hAnsi="DM Sans" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Krisledningens mandat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644EE3FE" w14:textId="0BA25E86" w:rsidR="00EF4E6C" w:rsidRPr="00193952" w:rsidRDefault="003DDEFD" w:rsidP="0009707D">
+    <w:p w14:paraId="2A3E7FF7" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="006F4F95">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>De som ingår i krisledningen har ett tydligt avgränsat område att ansvara för</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BE59EF" w14:textId="3D329543" w:rsidR="00FA0401" w:rsidRPr="00193952" w:rsidRDefault="00EF4E6C" w:rsidP="0009707D">
+    <w:p w14:paraId="3ABFE585" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
-[...24 lines deleted...]
-    <w:p w14:paraId="418D6F6D" w14:textId="5894F4C5" w:rsidR="00EF4E6C" w:rsidRPr="00193952" w:rsidRDefault="00EF4E6C" w:rsidP="0009707D">
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Krisledningens medlemmar har mandat att fatta beslut inom sitt område för att lösa uppkomna behov</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED50165" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="006F4F95">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Större beslut med effekt på fler områden eller som kräver samordning diskuteras gemensamt och beslutas av beslutsfattaren</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785DC16B" w14:textId="76497123" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="00EF4E6C" w:rsidP="00614C03">
+    <w:p w14:paraId="158E51B9" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:numPr>
-[...34 lines deleted...]
-    <w:p w14:paraId="49348A99" w14:textId="410A1AC6" w:rsidR="004277A9" w:rsidRPr="00193952" w:rsidRDefault="00D94015" w:rsidP="00331E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4F95">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Krisledningen har befogenheter att självständigt göra en bedömning om kris och agera om situationen kräver det. Det innebär att krisledningen i akuta lägen har mandat att leda och organisera det interna krishanteringsarbetet, inklusive fatta beslut om åtgärder som medför kostnader för KI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65496D2D" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D14DFBD" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="094EDD73" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="544AE757" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49348A99" w14:textId="31924AC3" w:rsidR="004277A9" w:rsidRPr="006F4F95" w:rsidRDefault="00D94015" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4F95">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>KRISLEDNINGENS SAMMANSÄTTNING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37161FBF" w14:textId="77777777" w:rsidR="004E1440" w:rsidRPr="00193952" w:rsidRDefault="004E1440" w:rsidP="00331E6D">
+    <w:p w14:paraId="37161FBF" w14:textId="77777777" w:rsidR="004E1440" w:rsidRPr="004277A9" w:rsidRDefault="004E1440" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9830" w:type="dxa"/>
-        <w:tblInd w:w="-436" w:type="dxa"/>
+        <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2701"/>
         <w:gridCol w:w="2258"/>
         <w:gridCol w:w="2434"/>
         <w:gridCol w:w="2437"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F26DF" w:rsidRPr="00193952" w14:paraId="28B41D18" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="003F26DF" w:rsidRPr="00676430" w14:paraId="28B41D18" w14:textId="77777777" w:rsidTr="009E053A">
         <w:trPr>
           <w:trHeight w:val="1379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcW w:w="2697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05C9318B" w14:textId="073CD09F" w:rsidR="003F26DF" w:rsidRPr="00193952" w:rsidRDefault="003F26DF" w:rsidP="006F22F3">
+          <w:p w14:paraId="05C9318B" w14:textId="073CD09F" w:rsidR="003F26DF" w:rsidRPr="00676430" w:rsidRDefault="003F26DF" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>BESLUTSFATTARE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="127E5B1E" w14:textId="587B1F10" w:rsidR="003F26DF" w:rsidRPr="00193952" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
+          <w:p w14:paraId="127E5B1E" w14:textId="587B1F10" w:rsidR="003F26DF" w:rsidRPr="00676430" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>NAMN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcW w:w="2432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="147A5B87" w14:textId="1C3AA240" w:rsidR="003F26DF" w:rsidRPr="00193952" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
+          <w:p w14:paraId="147A5B87" w14:textId="1C3AA240" w:rsidR="003F26DF" w:rsidRPr="00676430" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>ROLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2437" w:type="dxa"/>
+            <w:tcW w:w="2435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3516046A" w14:textId="05130036" w:rsidR="003F26DF" w:rsidRPr="00193952" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
+          <w:p w14:paraId="3516046A" w14:textId="05130036" w:rsidR="003F26DF" w:rsidRPr="00676430" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>TELEFON-</w:t>
             </w:r>
-            <w:r w:rsidR="003F604F" w:rsidRPr="00193952">
+            <w:r w:rsidR="003F604F" w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>NUMMER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D5782F7" w14:textId="77777777" w:rsidR="00EC5695" w:rsidRPr="00193952" w:rsidRDefault="00EC5695" w:rsidP="00331E6D">
+    <w:p w14:paraId="1D5782F7" w14:textId="77777777" w:rsidR="00EC5695" w:rsidRDefault="00EC5695" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0105C408" w14:textId="77777777" w:rsidR="00EC5695" w:rsidRPr="00193952" w:rsidRDefault="00EC5695" w:rsidP="00331E6D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0105C408" w14:textId="77777777" w:rsidR="00EC5695" w:rsidRPr="00D94015" w:rsidRDefault="00EC5695" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9830" w:type="dxa"/>
-        <w:tblInd w:w="-436" w:type="dxa"/>
+        <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="10"/>
         <w:gridCol w:w="2895"/>
-        <w:gridCol w:w="10"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="10"/>
+        <w:gridCol w:w="2121"/>
+        <w:gridCol w:w="2393"/>
+        <w:gridCol w:w="2411"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00193952" w14:paraId="7B762A69" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="7B762A69" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="10" w:type="dxa"/>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="021BE25F" w14:textId="39D54368" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="008A139C" w:rsidP="00676430">
+          <w:p w14:paraId="021BE25F" w14:textId="39D54368" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="008A139C" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>KRISORGANISATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2121" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02C819BA" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="02C819BA" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>NAMN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="518FA56D" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="518FA56D" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>ROLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ECA218F" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="0ECA218F" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>TELEFON-NUMMER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00193952" w14:paraId="1690561F" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="1690561F" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="10" w:type="dxa"/>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B3BA88B" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="5B3BA88B" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>KRISLEDARE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2121" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ABDC03A" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="1ABDC03A" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C8441D7" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="7C8441D7" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78DECDF6" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="78DECDF6" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00193952" w14:paraId="7E0977F7" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="7E0977F7" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="10" w:type="dxa"/>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A44B190" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="3A44B190" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>LOGGFÖRARE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2121" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="785CB408" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="785CB408" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17738521" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="17738521" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45C6FDF5" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="45C6FDF5" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00193952" w14:paraId="1BBC2998" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="1BBC2998" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="10" w:type="dxa"/>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C4C4860" w14:textId="54F5C711" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="4C4C4860" w14:textId="54F5C711" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>KOMMUNIKATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2121" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25815847" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="25815847" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E24679E" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="6E24679E" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05A811B6" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="05A811B6" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00193952" w14:paraId="5A2DC3FB" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="5A2DC3FB" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="10" w:type="dxa"/>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C9461B8" w14:textId="74A33AA7" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="1C9461B8" w14:textId="74A33AA7" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2121" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03759DD9" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="03759DD9" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="523544AE" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="523544AE" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60989F8D" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="60989F8D" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00193952" w14:paraId="07B74F6E" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="07B74F6E" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="10" w:type="dxa"/>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28C45345" w14:textId="7CF06141" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="28C45345" w14:textId="7CF06141" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>STUDENT</w:t>
             </w:r>
-            <w:r w:rsidR="00D351F8" w:rsidRPr="00193952">
+            <w:r w:rsidR="00D351F8">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>FRÅGOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2121" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EBB44CD" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="0EBB44CD" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="414B31EE" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="414B31EE" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CC75FE8" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="7CC75FE8" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00193952" w14:paraId="2DC8BE41" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="2DC8BE41" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="10" w:type="dxa"/>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E6EE416" w14:textId="7ACA0AD9" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00EC5695" w:rsidP="00676430">
+          <w:p w14:paraId="1E6EE416" w14:textId="7ACA0AD9" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00EC5695" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk150320178"/>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00EC5695">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>JURIDIK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2121" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F30F184" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="1F30F184" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33AE2068" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="33AE2068" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A1E0C40" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="3A1E0C40" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00193952" w14:paraId="7468F7D2" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="7468F7D2" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="10" w:type="dxa"/>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="093796A3" w14:textId="220A49F8" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00395D57" w:rsidP="00676430">
+          <w:p w14:paraId="093796A3" w14:textId="220A49F8" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00395D57" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk150320162"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>SÄKERHET</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2121" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="349AA895" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="349AA895" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C422CE7" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="2C422CE7" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01C16C6B" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="01C16C6B" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00193952" w14:paraId="3B235F2F" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="3B235F2F" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2905" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D97FC9C" w14:textId="3A222D5A" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00395D57" w:rsidP="006F22F3">
+          <w:p w14:paraId="4D97FC9C" w14:textId="3A222D5A" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00395D57" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>IT OCH DRIFT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2121" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AC2CA8E" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="006F22F3">
+          <w:p w14:paraId="5AC2CA8E" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DE19A46" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="006F22F3">
+          <w:p w14:paraId="7DE19A46" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52E876D3" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00193952" w:rsidRDefault="00676430" w:rsidP="006F22F3">
+          <w:p w14:paraId="52E876D3" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C2428B5" w14:textId="77777777" w:rsidR="00D94015" w:rsidRPr="00193952" w:rsidRDefault="00D94015" w:rsidP="00331E6D">
+    <w:p w14:paraId="1C2428B5" w14:textId="77777777" w:rsidR="00D94015" w:rsidRDefault="00D94015" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E3DF2B3" w14:textId="77777777" w:rsidR="00EF4E6C" w:rsidRDefault="00EF4E6C" w:rsidP="00E616D9">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A48703" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="006F4F95">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00E616D9" w:rsidRPr="00193952">
+      <w:r w:rsidR="006F4F95" w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Befattningskort: BESLUTSFATTARE  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431C1309" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="00E616D9">
+    <w:p w14:paraId="3ADC55E8" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="271316BD" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="00E616D9">
+    <w:p w14:paraId="31D87AA0" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uppgift: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225C1BAA" w14:textId="69C2F160" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="00E616D9">
+    <w:p w14:paraId="58E521B1" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Beslutsfattare ansvarar för de stora och långsiktiga besluten,</w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="2C7838F9" w14:textId="0175A0A8" w:rsidR="4B234C84" w:rsidRDefault="4B234C84" w:rsidP="48E57D76">
+        <w:t>Beslutsfattare ansvarar för de stora och långsiktiga besluten, ha kontakt med viktiga intressenter och stå till förfogande för viktigare intervjuer i media, samt finnas tillgänglig för krisledningen och bistå med det långsiktiga arbetet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="694A6DC6" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bedöma behovet av resurser och samverkan med andra aktörer. Samordna med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>krisledare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CCE7F9" w14:textId="326C07BA" w:rsidR="4B234C84" w:rsidRDefault="4B234C84" w:rsidP="48E57D76">
+    <w:p w14:paraId="6762230A" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tillsammans med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>krisledare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> besluta om hur krisledningen ska sammanträda: på plats i krisledningsrum eller via videolänk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="436970C7" w14:textId="108969E4" w:rsidR="4B234C84" w:rsidRDefault="4B234C84" w:rsidP="48E57D76">
+    <w:p w14:paraId="3AE715DE" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid större samhällsstörning: säkerställa att dialog förs med relevanta krisledande myndigheter (till exempel kommun eller region)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2134DC00" w14:textId="2B3846F8" w:rsidR="4B234C84" w:rsidRDefault="4B234C84" w:rsidP="48E57D76">
+    <w:p w14:paraId="4E3EBA51" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Säkerställa att beslut som fattas inte riskerar ha negativa effekter eller påverkan på verksamheten på lång sikt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA807F3" w14:textId="4607EB19" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="0009707D">
+    <w:p w14:paraId="577E9901" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Håll</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="3245EE23" w14:textId="76B2D7A6" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="0009707D">
+        <w:t>Hålla dialog med krisledningen och bistå med beslut i de fall det krävs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC0A490" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>H</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="3FCD8E1B" w14:textId="38D2F839" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="0009707D">
+        <w:t>Ha dialog med relevanta chefer, såsom dekaner och prefekter, som inte ingår i krisledningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F76030D" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="73062295" w14:textId="145407DA" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="0009707D">
+        <w:t>Säkerställa att styrelsen och andra viktiga intressenter informeras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D5FE249" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Var</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="6B3A9A13" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="00331E6D">
+        <w:t>Vara tillgänglig för intervjuer med viktigare nyhetsmedia. Samordna med kommunikationsansvarig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3A9A13" w14:textId="4278FF2F" w:rsidR="00E616D9" w:rsidRDefault="00E616D9" w:rsidP="006F4F95"/>
+    <w:p w14:paraId="20A46BD6" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRDefault="00E616D9" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="20A46BD6" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="00331E6D">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE6C4E5" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRDefault="00E616D9" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="7BE6C4E5" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRPr="00193952" w:rsidRDefault="00E616D9" w:rsidP="00331E6D">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="155C159F" w14:textId="2030620A" w:rsidR="00F946AA" w:rsidRDefault="00F946AA" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2730DC33" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
+    <w:p w14:paraId="7CD5FCAD" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74E48E07" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
-[...23 lines deleted...]
-    <w:p w14:paraId="49F99A1B" w14:textId="74FEF9D7" w:rsidR="48E57D76" w:rsidRDefault="48E57D76">
+    <w:p w14:paraId="0EE87BFA" w14:textId="32781A89" w:rsidR="1816E3A2" w:rsidRDefault="1816E3A2">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03279229" w14:textId="5F7D8D5A" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="00DC6C4B">
+    <w:p w14:paraId="5E75F2A5" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Befattningskort: KRISLEDARE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201EDC9A" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="00DC6C4B">
+    <w:p w14:paraId="6DEA9515" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648B8A21" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="00DC6C4B">
+    <w:p w14:paraId="5B662B1B" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B01D225" w14:textId="4D2376A6" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="00DC6C4B">
+    <w:p w14:paraId="79909AF9" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Uppgift:</w:t>
       </w:r>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EDF960" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="00DC6C4B">
+    <w:p w14:paraId="3B963F70" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="256D3824" w14:textId="01E07A7F" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="00DC6C4B">
+    <w:p w14:paraId="0E0C84A1" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Krisledare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ansvarar för att upprätthålla krisledningens arbete, informera samverkansresurser och prioritera verksamhetens resurser.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00723AA7" w:rsidRPr="00193952">
+        <w:t xml:space="preserve"> ansvarar för att upprätthålla krisledningens arbete, informera samverkansresurser och prioritera verksamhetens resurser. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Krisledare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Krisledare</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> ansvarar för att ersätta resurser i krisledningen som är personligt berörda av krisen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0F8C6D" w14:textId="568CF413" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="000E0562">
+    <w:p w14:paraId="1148DF45" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:firstLine="50"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FF41872" w14:textId="755BFFB9" w:rsidR="691AA44E" w:rsidRDefault="691AA44E" w:rsidP="48E57D76">
+    <w:p w14:paraId="33AA182F" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tillsammans med beslutsfattare, besluta om hur krisledningen ska sammanträda:</w:t>
       </w:r>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> på plats i krisledningsrum eller via videolänk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4660A40B" w14:textId="56CDDAF7" w:rsidR="691AA44E" w:rsidRDefault="691AA44E" w:rsidP="48E57D76">
+    <w:p w14:paraId="1F6E8CCE" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Säkerställa att alla i krisledningen delar samma bild av krisen. Då arbetar man mot samma mål</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523C38D0" w14:textId="56CDDAF7" w:rsidR="691AA44E" w:rsidRDefault="691AA44E" w:rsidP="48E57D76">
+    <w:p w14:paraId="6F1C8A7B" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tillsammans med beslutsfattare bedöma behovet av resurser och samverkan med andra aktörer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1214D3D8" w14:textId="76BDED1D" w:rsidR="691AA44E" w:rsidRDefault="691AA44E" w:rsidP="48E57D76">
+    <w:p w14:paraId="34F9941C" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Säkerställa att krisledningen är komplett och att alla ansvarsområden är bemannade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CACEBF2" w14:textId="51DF7703" w:rsidR="691AA44E" w:rsidRDefault="691AA44E" w:rsidP="48E57D76">
+    <w:p w14:paraId="65B3C0B9" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedöma om andra resurser behöver kallas in till krisledningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA7A5BA" w14:textId="4A7007E4" w:rsidR="691AA44E" w:rsidRDefault="691AA44E" w:rsidP="48E57D76">
+    <w:p w14:paraId="3BF56F25" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hålla samman krisledningens riktning i krisledningens möten. Använda krisledningens agenda och mötesdagordning i denna krisplan för att strukturera mötena</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204CA740" w14:textId="3CD05576" w:rsidR="691AA44E" w:rsidRDefault="691AA44E" w:rsidP="48E57D76">
+    <w:p w14:paraId="51B5B489" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48E57D76">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Följa upp beslut och förväntade åtgärder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B6B45C" w14:textId="299D715A" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="0009707D">
+    <w:p w14:paraId="42DBBA4B" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Var</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="103201DF" w14:textId="1812565A" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="0009707D">
+        <w:t>Vara tillgänglig för avvikelserapporter mellan krisledningens gemensamma sammankomster</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0286B6E0" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="17681808" w14:textId="12876735" w:rsidR="00DC6C4B" w:rsidRPr="00193952" w:rsidRDefault="00DC6C4B" w:rsidP="008A139C">
+        <w:t>Säkerställa tydlig kommunikation och informationsutbyte med eventuell berörd lokal krisledning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05226ADF" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid behov säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="0633871E" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
+        <w:t>Vid behov säkerställa att relevanta myndigheter kontaktas för incidentrapportering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E5AE00" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="205F181E" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
+    <w:p w14:paraId="65791D41" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07E5AE00" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
+    <w:p w14:paraId="06F5CB8A" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65791D41" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
+    <w:p w14:paraId="4E324A95" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06F5CB8A" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
+    <w:p w14:paraId="3AFC367E" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E324A95" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+    <w:p w14:paraId="688C9387" w14:textId="77777777" w:rsidR="00EE2653" w:rsidRDefault="00EE2653">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77C15EED" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Befattningskort: LOGGFÖRARE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67AC1AA1" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="000E0562">
+    <w:p w14:paraId="5063A62E" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uppgift: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1636328B" w14:textId="7CEEEC5D" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="72231A54" w:rsidP="000E0562">
+    <w:p w14:paraId="19EB04C3" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Loggförare ansvarar för att dokumentera händelser och åtgärder</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="7B70FA54" w14:textId="6C327ADF" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+        <w:t>Loggförare ansvarar för att dokumentera händelser och åtgärder och föra logg över beslut och genomförda aktiviteter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68225C58" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="383DC168" w14:textId="6F8F0BAE" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="0009707D">
+    <w:p w14:paraId="093D7BF5" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Om liten eller ingen risk</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="3431947D" w14:textId="11F0CD86" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="72231A54" w:rsidP="0009707D">
+        <w:t>Om liten eller ingen risk för strömavbrott eller IT-störningar föreligger, skriv gärna i SharePoint och dela med de som behöver ha snabb överblick, till exempel kommunikation. Annars skriv ner på papper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C90D45" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Dokumentera lägesrapport och händelseutveckling. Använd gärna malle</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="6D1A53DA" w14:textId="570B6263" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="72231A54" w:rsidP="0009707D">
+        <w:t>Dokumentera lägesrapport och händelseutveckling. Använd gärna mallen Bilaga 1 “Checklista – loggbok" som medföljer detta dokument</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0ECA70" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid behov bistå </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>krisledare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> att bemanna de olika rollerna samt observera</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="260FC73C" w14:textId="514AB74D" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="0009707D">
+        <w:t xml:space="preserve"> att bemanna de olika rollerna samt observerar om behov av ersättare/avbytare uppstår</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6478F145" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Följ</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="465B1825" w14:textId="3A66F571" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="0009707D">
+        <w:t>Följa upp föregående mötesbeslut med ansvarig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECCC1F4" w14:textId="77777777" w:rsidR="006F4F95" w:rsidRPr="00193952" w:rsidRDefault="006F4F95" w:rsidP="006F4F95">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Sammanställ</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="0897D6CF" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+        <w:t>Sammanställer löpande utlägg och kostnader</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0897D6CF" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7834AC09" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7834AC09" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="28301CB9" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28301CB9" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7415EC48" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7415EC48" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5F591558" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F591558" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1D4FBA0A" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4FBA0A" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="307757B1" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="307757B1" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5ED410AF" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ED410AF" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3D36FFBA" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D36FFBA" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6F33C0CC" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F33C0CC" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="34C43DB5" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C43DB5" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="38DC67D0" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38DC67D0" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5E25EB7E" w14:textId="77777777" w:rsidR="0015002C" w:rsidRPr="00193952" w:rsidRDefault="0015002C" w:rsidP="00A6603C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E25EB7E" w14:textId="77777777" w:rsidR="0015002C" w:rsidRDefault="0015002C" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE505D9" w14:textId="77777777" w:rsidR="0015002C" w:rsidRDefault="0015002C" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A33EBC2" w14:textId="34E85E20" w:rsidR="008128F6" w:rsidRDefault="008128F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563AB065" w14:textId="28678F53" w:rsidR="00240C09" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Befattningskort: KOMMUNIKATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5CD760" w14:textId="77777777" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="00692EE8" w:rsidP="00692EE8">
+    <w:p w14:paraId="61696BDA" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="7DBF59CF" w14:textId="77777777" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="00692EE8" w:rsidP="00692EE8">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="245B6E3A" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Uppgift:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E55588" w14:textId="70D58CEE" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="00EE2653" w:rsidP="00692EE8">
+    <w:p w14:paraId="62A06D5A" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ansvarig för kommunikation ska säkerställa </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00692EE8" w:rsidRPr="00193952">
+        <w:t xml:space="preserve">Ansvarig för kommunikation ska säkerställa att kriskommunikationen samordnas och integreras inom krisledningen så att berörda nås av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>korrekt, förtroendeskapande och effektiv kommunikation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F8FFE12" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1212D35B" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Detta görs genom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7743033A" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faktainhämtning från relevanta och betrodda källor samt genom omvärldsanalys inklusive mediebevakning för att få en så samlad bild som möjligt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DFB89C" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bedömning av olika kommunikationsbehov, dvs vilka som behöver få information, vad som kan kommuniceras, när, i vilka kanaler och på vilka andra plattformar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BA3249" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Intern kommunikationssamordning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F27C66D" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">att kriskommunikationen är en integrerad del av krisledningen och </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="1BD78BA1" w14:textId="77777777" w:rsidR="00EE2653" w:rsidRPr="00193952" w:rsidRDefault="00EE2653" w:rsidP="00692EE8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F42E60" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:rPr>
-[...176 lines deleted...]
-      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>I samråd med krisledningen beslutas</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3D54F92A" w14:textId="29727935" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I samråd med krisledningen besluta om</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A3DD23" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
-[...10 lines deleted...]
-    <w:p w14:paraId="7FE7882F" w14:textId="27A0A33F" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nödvändiga kommunikationsinsatser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E674D66" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vem som ska uttala sig å Karolinska Institutets vägnar (kommunikationschef, UD, rektor, </w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="706081A9" w14:textId="4ED7D6F4" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+        <w:t>KI:s budskap i situationen (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vad som kan kommuniceras, vad vi känner till och vad som kan sägas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C11190D" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vem som ska informera olika målgrupper (Styrelse, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00614C03" w:rsidRPr="00193952">
+        <w:t>Vem eller vilka som ska vara KI:s talespersoner och som ska uttala sig å KI:s vägnar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56FAB6C7" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">medarbetare, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+        <w:t>Vem eller vilka som ska informera olika målgrupper (universitetsledning, konsistoriet, medarbetare, studenter, media, intressenter, etcetera).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B42CCD4" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>studenter, anhöriga, mfl)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="415B23B6" w14:textId="77777777" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+        <w:t>Att koordinera och genomföra beslutade kommunikationsinsatser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB8C75D" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6075C592" w14:textId="77777777" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+    <w:p w14:paraId="57C53FC8" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Intern kommunikation </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="212964AE" w14:textId="12DFD7D1" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+        <w:t>Kommunikationen ska säkerställa att</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452CC561" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="4C083D9A" w14:textId="30671E01" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+        <w:t>Olika målgrupper får korrekt och relevant information så snart som möjligt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619CFF64" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid behov samordna med krisledningens ansvarige för medarbetarfrågor och studentfrågor för att nå ut brett med korrekt information</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="73302757" w14:textId="7EF6E53A" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+        <w:t>Informationen är lätt att hitta och når ut brett.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFE8168" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="070C3D7A" w:rsidRPr="00193952">
+        <w:t>KI:s växel, registrator, presstjänst och andra centrala funktioner för inkommande frågor vet vem eller vilka de kan hänvisa till.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B76A11" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B6CEE9B" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+        <w:t>Under en kris är det ingen som äger hela bilden. Det är därför viktigt med uttalade och kommunicerade funktioner och/eller talespersoner som har till uppgift att kommunicera det som vi känner till, vad vi inte känner till och vad som går att bekräfta. Ryktesspridning är vanligt under en kris.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0AA7BE" w14:textId="77777777" w:rsidR="00060EEC" w:rsidRPr="00A21824" w:rsidRDefault="00060EEC" w:rsidP="00060EEC">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E589DCE" w14:textId="77777777" w:rsidR="00692EE8" w:rsidRPr="0015002C" w:rsidRDefault="00692EE8" w:rsidP="00692EE8">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01CE3CCA" w14:textId="77777777" w:rsidR="00692EE8" w:rsidRDefault="00692EE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1962321D" w14:textId="77777777" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F0A296" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-          <w:sz w:val="22"/>
-[...24 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-          <w:sz w:val="22"/>
-[...17 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Befattningskort: HR  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-          <w:sz w:val="22"/>
-[...69 lines deleted...]
-    <w:p w14:paraId="5ACEBB9D" w14:textId="77777777" w:rsidR="00692EE8" w:rsidRPr="00193952" w:rsidRDefault="05ED2E40" w:rsidP="1816E3A2">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9A22B8" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...55 lines deleted...]
-          <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3AB558AD" w14:textId="5BAB1117" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7332B898" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FC1F4D" w:rsidRPr="00193952">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uppgift:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE0918E" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ansvarig för medarbetarfrågor ska säkerställa att medarbetarperspektivet inkluderas i krisledningen samt hanterar frågor och situationer där medarbetare berörs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="713CFBFB" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9BAEB7" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medarbetarfrågor hanteras främst av berörd institution, men ansvaret för en gemensam och sammanhållen hantering av medarbetarperspektivet när den centrala krisledningen är aktiverad faller på den som i krisledningen ansvarar för medarbetarfrågor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8A76ED" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110130C7" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Samordning med institutioner, kommunikationsansvarig, säkerhetsansvarig och andra för situationen relevanta aktörer i krisledningen ingår i uppdraget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B8EB20" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52212A9A" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Säkerställa att samtliga medarbetare nås av relevant och korrekt information gällande situationen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6C3913" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BD673A8" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Samordna med ansvariga för kommunikation och studentfrågor för att skapa enhetlig kommunikation och budskap</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1FC123" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Samordna vid behov med institutionerna för att nå ut med information snabbt och brett</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16410BAC" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Överväga om medarbetare på eventuell resa behöver informeras specifikt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5869828D" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A17B65E" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
+    <w:p w14:paraId="62C2367C" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> </w:t>
-[...5 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t>Säkerställa att medarbetare kan sättas i säkerhet när situationen så kräver</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB11607" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57A6E25C" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Samordna med berörda institutioner och säkerhetsansvarig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3846B8C4" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2B0CC6" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Uppgift:</w:t>
-      </w:r>
+        <w:t>Vid dödsfall eller personskada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A95CC0A" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Samordna vid behov med berörd institution:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC179BF" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bistå med att hålla kontakt med räddningstjänsten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C684D43" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aktivera företagshälsan för att ge stöd till berörda medarbetare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1868B1A6" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Säkerställa kriskommunikation till anhöriga med information och eventuell kontaktperson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0373EA86" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F094B32" w14:textId="1796E9FF" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="00DC68C7" w:rsidP="00A6603C">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F8D985" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
-        <w:rPr>
-[...217 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Vid händelser på tjänsteresa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BD77B1" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Samordna vid behov med berörd institution:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A599DE" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontakter med resebyrån </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0CA7F3" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kontakter med försäkringsbolag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DAFF002" w14:textId="46C07DAD" w:rsidR="00B660E3" w:rsidRPr="00240C09" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Eventuella kontakter med UD/ambassad</w:t>
+      </w:r>
+      <w:r w:rsidR="00B660E3" w:rsidRPr="00240C09">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06840153" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="27D8628A" w:rsidRPr="00193952">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Befattningskort: STUDENTFRÅGOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1133758B" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E31054C" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a</w:t>
-      </w:r>
+        <w:t>Uppgift:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A53077" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="114128D0" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ansvarig för studentfrågor ska säkerställa att studentperspektivet inkluderas i krisledningen samt hanterar frågor och situationer där studenter berörs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC77667" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E1601CA" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> att samtliga medarbetare nås av relevant och korrekt information gällande situationen</w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="66978ABF" w14:textId="7720A53E" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+        <w:t>Säkerställa att samtliga studenter nås av relevant och korrekt information gällande situationen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4FA150" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Samordna med ansvariga för kommunikation och studentfrågor för att skapa enhetlig kommunikation och budskap</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5EB2B97F" w14:textId="3A702D91" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+        <w:t>Samordna vid behov med institutionerna för att nå ut med budskapet snabbt och brett</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EC4883" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Samordna vid behov med institutionerna för att nå ut med information snabbt och brett</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="09831D80" w14:textId="7C90D8D5" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+        <w:t>Samordna med HR och kommunikationsavdelningen för att skapa enhetlig kommunikation och budskap</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA6AA40" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Överväg</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Överväga om studenter på eventuell resa eller utbytesstudenter behöver informeras specifikt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6CB84A" w14:textId="1D49CD21" w:rsidR="00240C09" w:rsidRPr="004822C1" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> om medarbetare på eventuell resa behöver informeras specifikt</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="060F5B3F" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+        <w:t>Överväga om kontakter med lärosäten som har utbytesstudenter på KI behöver upprättas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E6DF34" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="27D8628A" w:rsidRPr="00193952">
+        <w:t>Säkerställa att studenter kan sättas i säkerhet när situationen så kräver</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310D8C28" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="DM Sans" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Samordna med berörda institutioner och säkerhetsansvarig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC6B232" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34AF15EF" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Vid dödsfall eller personskada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> att medarbetare kan sättas i säkerhet när situationen så kräver</w:t>
-[...69 lines deleted...]
-      </w:pPr>
+        <w:t>arbets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid dödsfall eller personskada</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Brdtext"/>
+        <w:t>/studieplatsen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE94FB6" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samordna vid behov med berörd institution:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1BFA3A" w14:textId="5BDB5651" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+    <w:p w14:paraId="00A3C373" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Bistå med att hålla kontakt med räddningstjänsten</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F5B4011" w14:textId="6EA9ED9A" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+        <w:t>Vid behov bistå med att hålla kontakt med räddningstjänsten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258DCD73" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aktivera företagshälsan för att ge stöd till berörda </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="3AB57A1C" w14:textId="641C46F4" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+        <w:t>Vid behov kontakta studenthälsan för att ge stöd till berörda studenter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0F70DF" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...39 lines deleted...]
-    <w:p w14:paraId="23B88A47" w14:textId="5233671E" w:rsidR="0015002C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+        <w:t>Vid behov säkerställ kriskommunikation till anhöriga med information och eventuell kontaktperson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0769F3EB" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid händelser på tjänsteresa</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Brdtext"/>
+        <w:t>Vid händelser på studieresa eller vid utbytesstudier</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BF3286" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Samordna vid behov med berörd institution:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1ABF75BC" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+        <w:t>Samordna vid behov med berörd institution/programansvarig:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70020256" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kontakter med resebyrån </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3E146F89" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+        <w:t>Kontakter med resebyrån (vid studieresa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18209E45" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontakter med försäkringsbolag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3107A420" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00193952" w:rsidRDefault="62459FF8" w:rsidP="1816E3A2">
+    <w:p w14:paraId="36648ED0" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Kontakter med utländska lärosäten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC7A1EC" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Eventuella kontakter med UD/ambassad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DAE36C7" w14:textId="20F1FCE4" w:rsidR="00423641" w:rsidRPr="00193952" w:rsidRDefault="00423641" w:rsidP="00423641">
+    <w:p w14:paraId="59EBE4D8" w14:textId="266CF965" w:rsidR="00240C09" w:rsidRPr="00240C09" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Säkerställa tillsammans med berörd institution, utbildnings- och programnämnd, avdelningen för utbildnings- och forskarutbildningsstöd, kommunikationsavdelningen och eventuellt HR att berörda studenter och anhöriga kan få rätt krisinformation snabbt och att de enkelt kan hålla kontakten med KI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C13241" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00891E51" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00240C09" w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Befattningskort: STUDENT</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00891E51" w:rsidRPr="00193952">
+        <w:t>Befattningskort: JURIDIK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB1D947" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE967AF" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uppgift:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="721A6A8B" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00193952" w:rsidRDefault="00423641" w:rsidP="00423641">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3B9E2E" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Ansvarig för juridik ska säkerställa att beslut och krisledningens inriktning följer gällande rätt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30304359" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469471BE" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bistå krisledningen med tolkning och tillämpning av gällande rätt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DC59A5" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bistå krisledningen med att identifiera vilka formella beslut som måste fattas och bistå vid utformningen av dessa beslut</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B67DDB0" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Säkerställa att beslut är författningsenliga och i enlighet med andra styrdokument</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB0A579" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bistå krisledningen med att identifiera berörda externa intressenter som kan behöva underrättas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C8C23D" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Följa upp regelefterlevnad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D0693C" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tillsammans med ansvarig för system och drift säkerställa att eventuella anmälningar till tillsynsmyndigheter görs (Dataskyddsombud rapporterar personuppgiftsincidenter till Integritetsskyddsmyndigheten, IT-säkerhetschef rapporterar IT-incidenter till MSB)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63622326" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Uppgift:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="265C00E4" w14:textId="46EB487D" w:rsidR="00EE2653" w:rsidRDefault="00EE2653" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="39CBFB39" w14:textId="77777777" w:rsidR="0015002C" w:rsidRPr="00193952" w:rsidRDefault="0015002C" w:rsidP="00423641">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C56E6E" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-          <w:sz w:val="22"/>
-[...165 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0A617B7C" w:rsidRPr="00193952">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Befattningskort: SÄKERHET</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="062A5EFC" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228AA80A" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...226 lines deleted...]
-      </w:pPr>
+        <w:t>Uppgift:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> </w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...349 lines deleted...]
-    <w:p w14:paraId="4C80E3F8" w14:textId="77777777" w:rsidR="00891E51" w:rsidRPr="00193952" w:rsidRDefault="00891E51" w:rsidP="00891E51">
+    </w:p>
+    <w:p w14:paraId="3C5D4DD7" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="07B6716C" w14:textId="77777777" w:rsidR="00891E51" w:rsidRPr="00193952" w:rsidRDefault="00891E51" w:rsidP="00891E51">
+        <w:t>Ansvarig för säkerhet ska säkerställa att säkerhetsfrågor inkluderas i krisledningens planering, arbete och beslut. Hantera säkerhetsrelaterade frågor under krisledningens arbete.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62801283" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:rPr>
-[...16 lines deleted...]
-      </w:r>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...80 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E990AA" w14:textId="1228B600" w:rsidR="00891E51" w:rsidRPr="00193952" w:rsidRDefault="00891E51" w:rsidP="00EE2653">
-[...420 lines deleted...]
-    <w:p w14:paraId="6E446195" w14:textId="44250F17" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="00C50EED" w:rsidP="0009707D">
+    <w:p w14:paraId="66530A86" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="16F9B94B" w14:textId="5CC0B8E6" w:rsidR="00CC0868" w:rsidRPr="00193952" w:rsidRDefault="0D6C757A" w:rsidP="1816E3A2">
+        <w:t>Säkerställa vid behov stöd till berörda delar av organisationen, inklusive institutioner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC795D7" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="50607E26" w14:textId="68823DB2" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="00C50EED" w:rsidP="0009707D">
+        <w:t xml:space="preserve">Säkerställa vid behov kontakter och dialog med fastighetsägare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75CC26CE" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="20D45CBC" w14:textId="6785D650" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="00C50EED" w:rsidP="0009707D">
+        <w:t>Säkerställa vid behov kontakter och dialog med väktare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F9948A" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="0DF6657A" w14:textId="147BB68C" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="00C50EED" w:rsidP="0009707D">
+        <w:t>Säkerställa vid behov kontakter och dialog med räddningstjänst</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C43499" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00827026" w:rsidRPr="00193952">
+        <w:t>Säkerställa vid behov kontakter och dialog med region, kommun och andra myndigheter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A22897A" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a</w:t>
-      </w:r>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A00FA7E" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vid behov kontakter och dialog med region</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493919D5" w14:textId="77777777" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="00C50EED" w:rsidP="00C50EED">
-[...21 lines deleted...]
-    <w:p w14:paraId="2EA0DC05" w14:textId="77777777" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+    <w:p w14:paraId="22968034" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fysisk säkerhet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2564E9" w14:textId="0BDDAB2A" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+    <w:p w14:paraId="02C108DC" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="719D2837" w14:textId="77777777" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+        <w:t>Säkerställa att fastigheter och utrymmen är säkra, inklusive att personer är i säkerhet enligt checklistor och rutiner för olika typer av händelser (brand, radioaktivt läckage, bombhot, mm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427D9BB7" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samordna med fastighetsägare och andra aktörer i berörd byggnad eller på berört campus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="351CC3A3" w14:textId="77777777" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+    <w:p w14:paraId="67CB935F" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid behov samordna via dekaner och institutionsgrupper</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B8A0F38" w14:textId="77777777" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+    <w:p w14:paraId="07E196D5" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A76AA5D" w14:textId="77777777" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+    <w:p w14:paraId="74640B65" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personsäkerhet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65729583" w14:textId="34E08AC1" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+    <w:p w14:paraId="3D160D5D" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="77DEB9B9" w14:textId="77777777" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+        <w:t>Säkerställa att medarbetare, forskare, studenter och allmänhet är i säkerhet så långt KI:s mandat och ansvar räcker, till exempel:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120B8360" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid brand</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792F63B2" w14:textId="77777777" w:rsidR="00FC47E3" w:rsidRPr="00193952" w:rsidRDefault="0EBB4F5A" w:rsidP="1816E3A2">
+    <w:p w14:paraId="5EBBC481" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid hot mot verksamhet, byggnad eller specifika personer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3687E711" w14:textId="24281FF6" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+    <w:p w14:paraId="646E5F67" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid våldsdåd, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="5D93BAF8" w:rsidRPr="00193952">
+        <w:t>Vid våldsdåd, såsom vid pågående dödligt våld och terrorattack</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794EEAC0" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>såsom vid pågående dödligt våld och</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B1A1AC" w14:textId="77777777" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+    <w:p w14:paraId="6390BD03" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Informationssäkerhet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29940F77" w14:textId="0C9B172B" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+    <w:p w14:paraId="42B00045" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Bedöm</w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="302202C0" w14:textId="6C890ECF" w:rsidR="00C50EED" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+        <w:t>Bedöma konsekvenserna av incidenten och i samråd med ITA aktivera eventuella kontinuitetshanteringsplaner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75072B48" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid personuppgiftsincidenter</w:t>
-[...62 lines deleted...]
-    <w:p w14:paraId="66D18869" w14:textId="4A76D2A9" w:rsidR="00C41DE1" w:rsidRPr="00193952" w:rsidRDefault="5ECFF3A5" w:rsidP="1816E3A2">
+        <w:t>Vid personuppgiftsincidenter samordnas med personuppgiftsansvarig hur skada och konsekvenser kan minimeras och hanteras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F146FA7" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid IT- och systemrelaterade incidenter samordna</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="36DEB9A4" w:rsidRPr="00193952">
+        <w:t>Vid IT- och systemrelaterade incidenter samordnas med krisledningens IT- och driftsansvarige alternativt ITA hur skada och konsekvenser kan minimeras och hanteras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0C354E" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38D2C877" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> med krisledningens IT- och driftsansvarige alternativt ITA </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7287AB0D" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>hur skada och konsekvenser kan minimeras och hanteras</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1916E1C5" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRPr="00193952" w:rsidRDefault="00C41DE1" w:rsidP="1816E3A2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EE1CA5D" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35F9FE22" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRPr="00193952" w:rsidRDefault="00C41DE1" w:rsidP="1816E3A2">
+    <w:p w14:paraId="45C9032B" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B17A6B9" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRPr="00193952" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
+    <w:p w14:paraId="3B4A91B0" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D906228" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRPr="00193952" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
+    <w:p w14:paraId="15B8439D" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FE1B164" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRPr="00193952" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
+    <w:p w14:paraId="6C67FBFE" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38D2C877" w14:textId="77777777" w:rsidR="00C41DE1" w:rsidRPr="00193952" w:rsidRDefault="00C41DE1" w:rsidP="007E61BB">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+    <w:p w14:paraId="5C0726A0" w14:textId="40D7B1CE" w:rsidR="00EE2653" w:rsidRDefault="00EE2653">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="557DC7E9" w14:textId="7D7A687B" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="006967F7">
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46F357D3" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Befattningskort: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00715BCD" w:rsidRPr="00193952">
+        <w:t>Befattningskort: IT OCH DRIFT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007D160B" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59C3560C" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="73A9B8BB" w14:textId="77777777" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="006967F7">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uppgift: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C8F117" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="556B066B" w14:textId="77777777" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="006967F7">
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ansvarig för IT och drift ska säkerställa att frågor rörande IT-system och digitala kommunikationskanaler i krisledningen hanteras, och att samordna med relevanta delar av IT-avdelningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D5BF6B" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1D5153" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Uppgift: </w:t>
-[...149 lines deleted...]
-    <w:p w14:paraId="1B710B49" w14:textId="5B1D3342" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="0021083E">
+        <w:t>Säkerställa att verksamheten kan fortgå så långt som möjligt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC5B4E4" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="5ACABB1F" w14:textId="0A446257" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="0021083E">
+        <w:t>Säkerställa att viktiga IT-system fungerar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B98391" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ta fram prioriteringslista för vilka system som måste fungera utifrån den pågående krisen för att säkerställa ordinarie verksamhet så långt som möjligt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E7978AB" w14:textId="77777777" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="0021083E">
+    <w:p w14:paraId="34F92B84" w14:textId="7B52CEB6" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Identifiera vilka system som stöder krishanteringen och ge prioritet åt dem</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0516FAE3" w14:textId="33D36978" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="0021083E">
+        <w:t>Identifiera vilka system som stöd</w:t>
+      </w:r>
+      <w:r w:rsidR="003546F0">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>jer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193952">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> krishanteringen och ge prioritet åt dem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560738A0" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="5DA383DF" w14:textId="77777777" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="0021083E">
+        <w:t>Säkerställa att system som krävs för kriskommunikation fungerar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E142B83" w14:textId="5ECCA3AC" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid behov av alternativa kommunikationssystem, samordna med kommunikationsansvarig, medarbetaransvarig och studentansvarig gällande val av kommunikationssystem.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6506DEB2" w14:textId="4F6F9478" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="0021083E">
+        <w:t>Vid behov av alternativa kommunikationssystem, samordna med kommunikationsansvarig, medarbetaransvarig och studentansvarig gällande val av kommunikationssystem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D6352E" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>I samråd med krisledningen och IT-avdelningen aktivera</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="539A46F4" w14:textId="069F93F8" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="0009707D">
+        <w:t>I samråd med krisledningen och IT-avdelningen aktivera kontinuitetshanteringsplaner för berörda delar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C2F177" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bistå krisledningen med insikt om konsekvenser gällande de aktuella händelserna samt potentiella scenarier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A0D4E2" w14:textId="1027C603" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="0009707D">
+    <w:p w14:paraId="7BB62E34" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Bedöm</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="1513BE91" w14:textId="28DED162" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="0009707D">
+        <w:t>Bedöma tillsammans med krisledningen huruvida delar av verksamheten kan/bör suspenderas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17178824" w14:textId="77777777" w:rsidR="00240C09" w:rsidRPr="00193952" w:rsidRDefault="00240C09" w:rsidP="00240C09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00193952">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="60B719DD" w14:textId="77777777" w:rsidR="006967F7" w:rsidRPr="00193952" w:rsidRDefault="006967F7" w:rsidP="00C50EED">
+        <w:t>Säkerställa tillsammans med ansvarig för juridiska frågor att rapporteringsansvariga till tillsynsmyndigheter hålls informerade vid behov (Dataskyddsombud rapporterar personuppgiftsincidenter till Integritetsskyddsmyndigheten, IT-säkerhetschef rapporterar IT-incidenter till MSB)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3620731D" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="000D693A" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3620731D" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00193952" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
+    <w:p w14:paraId="2E318046" w14:textId="77777777" w:rsidR="003D159E" w:rsidRPr="000D693A" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E318046" w14:textId="77777777" w:rsidR="003D159E" w:rsidRPr="00193952" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
+    <w:p w14:paraId="38C55027" w14:textId="77777777" w:rsidR="003D159E" w:rsidRPr="000D693A" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C55027" w14:textId="77777777" w:rsidR="003D159E" w:rsidRPr="00193952" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
+    <w:p w14:paraId="27FA447C" w14:textId="77777777" w:rsidR="003D159E" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27FA447C" w14:textId="77777777" w:rsidR="003D159E" w:rsidRPr="00193952" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
+    <w:p w14:paraId="707DC1F4" w14:textId="77777777" w:rsidR="003677AE" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="707DC1F4" w14:textId="77777777" w:rsidR="003677AE" w:rsidRPr="00193952" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
+    <w:p w14:paraId="7D2792E9" w14:textId="77777777" w:rsidR="003677AE" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D2792E9" w14:textId="77777777" w:rsidR="003677AE" w:rsidRPr="00193952" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
+    <w:p w14:paraId="7F5E2F79" w14:textId="77777777" w:rsidR="003677AE" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F5E2F79" w14:textId="77777777" w:rsidR="003677AE" w:rsidRPr="00193952" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
+    <w:p w14:paraId="2D0ECEEC" w14:textId="77777777" w:rsidR="003677AE" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D0ECEEC" w14:textId="77777777" w:rsidR="003677AE" w:rsidRPr="00193952" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
+    <w:p w14:paraId="21AF52CC" w14:textId="77777777" w:rsidR="003677AE" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21AF52CC" w14:textId="77777777" w:rsidR="003677AE" w:rsidRPr="00193952" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
+    <w:p w14:paraId="773F142B" w14:textId="77777777" w:rsidR="003677AE" w:rsidRDefault="003677AE" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0870B31E" w14:textId="76B83AFC" w:rsidR="00D74D85" w:rsidRDefault="00D74D85">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+    <w:p w14:paraId="0870B31E" w14:textId="77777777" w:rsidR="00D74D85" w:rsidRDefault="00D74D85">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1FE831A3" w14:textId="089753C5" w:rsidR="00F946AA" w:rsidRPr="00193952" w:rsidRDefault="376A2A8C" w:rsidP="1816E3A2">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE831A3" w14:textId="089753C5" w:rsidR="00F946AA" w:rsidRPr="00240C09" w:rsidRDefault="376A2A8C" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>BILAGA 1</w:t>
       </w:r>
-      <w:r w:rsidR="630FB72A" w:rsidRPr="00193952">
+      <w:r w:rsidR="630FB72A" w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F118A36" w14:textId="4BC2042E" w:rsidR="00F946AA" w:rsidRPr="00193952" w:rsidRDefault="630FB72A" w:rsidP="00331E6D">
+    <w:p w14:paraId="6F118A36" w14:textId="4BC2042E" w:rsidR="00F946AA" w:rsidRPr="00240C09" w:rsidRDefault="630FB72A" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="09C56832" w:rsidRPr="00193952">
+      <w:r w:rsidR="09C56832" w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>oggbok</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3978E2B4" w14:textId="19837F57" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="54B4EA0F" w:rsidP="1816E3A2">
+    <w:p w14:paraId="3978E2B4" w14:textId="19837F57" w:rsidR="002C4271" w:rsidRPr="00240C09" w:rsidRDefault="54B4EA0F" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Skriv på papper eller i ett digitalt textdokument</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9800" w:type="dxa"/>
-        <w:tblInd w:w="-436" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2450"/>
         <w:gridCol w:w="2450"/>
         <w:gridCol w:w="2450"/>
         <w:gridCol w:w="2450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00193952" w14:paraId="77BAA2DA" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="77BAA2DA" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EF99581" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3EF99581" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="002C4271">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="light1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Datum/tid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07E958D9" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="07E958D9" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="002C4271">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="light1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Händelse/beslut</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E022E49" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="1E022E49" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="002C4271">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="light1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Ansvarig</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54B67BDD" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="54B67BDD" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="002C4271">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="light1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Åtgärdat/ uppföljt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00193952" w14:paraId="642B982A" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="642B982A" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E066FAB" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="4E066FAB" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67F6D14E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="67F6D14E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02C8838B" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="02C8838B" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="616B15AE" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="616B15AE" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00193952" w14:paraId="7EEBFBBA" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="7EEBFBBA" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77797FEF" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="77797FEF" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B2DFD9F" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="0B2DFD9F" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E6771BC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="7E6771BC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6183233E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="6183233E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00193952" w14:paraId="7C2DDE16" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="7C2DDE16" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E251897" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3E251897" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="302D22D0" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="302D22D0" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E9D43C1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="4E9D43C1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023D13D1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="023D13D1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00193952" w14:paraId="52B5B77A" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="52B5B77A" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06ADF5CC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="06ADF5CC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ABB4AA1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="5ABB4AA1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E2AF32E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="5E2AF32E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30C00CBF" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="30C00CBF" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00193952" w14:paraId="591F31D7" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="591F31D7" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="204CB716" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="204CB716" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A1892D2" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3A1892D2" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BC5553C" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="5BC5553C" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C63BB8F" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3C63BB8F" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00193952" w14:paraId="286CC630" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="286CC630" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CC7FD98" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="1CC7FD98" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F5866B1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3F5866B1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D68702A" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3D68702A" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AA3C942" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="6AA3C942" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00193952" w14:paraId="3AB26311" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="3AB26311" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FFBF7C6" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="6FFBF7C6" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="305D6D0D" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="305D6D0D" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B2D6AF6" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="0B2D6AF6" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="686D0DAC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="686D0DAC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00193952" w14:paraId="3B6994AF" w14:textId="77777777" w:rsidTr="00193952">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="3B6994AF" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="688F4602" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="688F4602" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B7DBBD4" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="5B7DBBD4" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="019B8C96" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="019B8C96" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476CFE6E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00193952" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="476CFE6E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D29D6E3" w14:textId="1CBFF866" w:rsidR="003D159E" w:rsidRPr="00193952" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
+    <w:p w14:paraId="0D29D6E3" w14:textId="1CBFF866" w:rsidR="003D159E" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DD4B721" w14:textId="77777777" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="00402B09" w:rsidP="00402B09">
-[...22 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2DD4B721" w14:textId="77777777" w:rsidR="00402B09" w:rsidRDefault="00402B09" w:rsidP="00402B09"/>
+    <w:p w14:paraId="2091567B" w14:textId="77777777" w:rsidR="00402B09" w:rsidRDefault="00402B09" w:rsidP="00402B09"/>
+    <w:p w14:paraId="5A0F369F" w14:textId="79638AA8" w:rsidR="005E3482" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="00614C03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="376A2A8C" w:rsidRPr="00193952">
+      <w:r w:rsidR="376A2A8C" w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>BILAGA 2</w:t>
       </w:r>
-      <w:r w:rsidR="65EB799D" w:rsidRPr="00193952">
+      <w:r w:rsidR="65EB799D" w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B1ED16" w14:textId="31A5B309" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="04A9C73C" w:rsidP="1816E3A2">
+    <w:p w14:paraId="16B1ED16" w14:textId="31A5B309" w:rsidR="005E3482" w:rsidRPr="00240C09" w:rsidRDefault="04A9C73C" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Viktiga telefonnummer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C75EFC" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="005E3482" w:rsidP="00402B09">
-[...7 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="53C75EFC" w14:textId="77777777" w:rsidR="005E3482" w:rsidRDefault="005E3482" w:rsidP="00402B09"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9255" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2685"/>
         <w:gridCol w:w="1890"/>
         <w:gridCol w:w="2668"/>
         <w:gridCol w:w="2012"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00193952" w14:paraId="03D9C4B8" w14:textId="77777777" w:rsidTr="1816E3A2">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="03D9C4B8" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D2CC8BC" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="1D2CC8BC" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="005E3482">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>FUNKTION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A1D8E84" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="5A1D8E84" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="005E3482">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>NAMN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AF13CF6" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="3AF13CF6" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="005E3482">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>ROLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53BC8F7E" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="53BC8F7E" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="005E3482">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>TELEFON-NUMMER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="1816E3A2" w:rsidRPr="00193952" w14:paraId="745F4FE6" w14:textId="77777777" w:rsidTr="1816E3A2">
+      <w:tr w:rsidR="1816E3A2" w14:paraId="745F4FE6" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55091A5A" w14:textId="0420D93C" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="55091A5A" w14:textId="0420D93C" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Väktare</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64A6B082" w14:textId="77777777" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="64A6B082" w14:textId="77777777" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29877924" w14:textId="50D70E77" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="29877924" w14:textId="50D70E77" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Campus Solna </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62A15254" w14:textId="23C200B0" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="62A15254" w14:textId="23C200B0" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Campus Flemingsberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B86890C" w14:textId="348D35D0" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="0B86890C" w14:textId="348D35D0" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:pStyle w:val="Brdtext"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08-524 864 29</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="301BE701" w14:textId="531B0C7A" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="301BE701" w14:textId="531B0C7A" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:pStyle w:val="Brdtext"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08-524 860 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00193952" w14:paraId="22DB0D6A" w14:textId="77777777" w:rsidTr="1816E3A2">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="22DB0D6A" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48BE17AE" w14:textId="32DD2E2E" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="48BE17AE" w14:textId="32DD2E2E" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Fastighet</w:t>
             </w:r>
-            <w:r w:rsidR="4A9DF2E4" w:rsidRPr="00193952">
+            <w:r w:rsidR="4A9DF2E4" w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>savdelningen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D7899E0" w14:textId="6D299D06" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="0D7899E0" w14:textId="1F6690F2" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="00484BED" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>Rikard Becker</w:t>
+              <w:t>Tomas Högberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A246E7A" w14:textId="259F46B3" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="7A246E7A" w14:textId="1AA86F99" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="00484BED" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00240C09">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>T.f</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00240C09">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="1816E3A2" w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Fastighetsdirektör</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69F92A73" w14:textId="001D9E15" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="69F92A73" w14:textId="506B98FC" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidR="541BB1B4" w:rsidRPr="00193952">
+            <w:r w:rsidR="541BB1B4" w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>524 865 25</w:t>
+              <w:t>524</w:t>
+            </w:r>
+            <w:r w:rsidR="009A338A">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00484BED" w:rsidRPr="00240C09">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>867</w:t>
+            </w:r>
+            <w:r w:rsidR="009A338A">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00484BED" w:rsidRPr="00240C09">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="1816E3A2" w:rsidRPr="00193952" w14:paraId="0CE5171D" w14:textId="77777777" w:rsidTr="1816E3A2">
+      <w:tr w:rsidR="1816E3A2" w14:paraId="0CE5171D" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21CF9374" w14:textId="7F4CEF0E" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="21CF9374" w14:textId="7F4CEF0E" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Kommunikation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B9CBDE2" w14:textId="66BB7ABB" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="2B9CBDE2" w14:textId="66BB7ABB" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Peter Andréasson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7264F9EB" w14:textId="77777777" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="7264F9EB" w14:textId="0EADF5E5" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="00581850" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>Presschef</w:t>
+              <w:t>Kommunikations-direktör</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74E99D07" w14:textId="2F840EDA" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="74E99D07" w14:textId="2F840EDA" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>070 724 97 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00193952" w14:paraId="14BD0667" w14:textId="77777777" w:rsidTr="1816E3A2">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="14BD0667" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="489E51D5" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="04A9C73C" w:rsidP="1816E3A2">
+          <w:p w14:paraId="489E51D5" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00240C09" w:rsidRDefault="04A9C73C" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CB6264D" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="04A9C73C" w:rsidP="1816E3A2">
+          <w:p w14:paraId="7CB6264D" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00240C09" w:rsidRDefault="04A9C73C" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Johanna Bäckström</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72E85493" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="04A9C73C" w:rsidP="1816E3A2">
+          <w:p w14:paraId="72E85493" w14:textId="55D2879E" w:rsidR="005E3482" w:rsidRPr="00240C09" w:rsidRDefault="04A9C73C" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>HR-chef</w:t>
+              <w:t>HR-</w:t>
+            </w:r>
+            <w:r w:rsidR="00581850">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="dark1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>direktör</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56018E4D" w14:textId="15492EAC" w:rsidR="005E3482" w:rsidRPr="00193952" w:rsidRDefault="35EFEED3" w:rsidP="1816E3A2">
+          <w:p w14:paraId="56018E4D" w14:textId="15492EAC" w:rsidR="005E3482" w:rsidRPr="00240C09" w:rsidRDefault="35EFEED3" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>070 269 17 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="1816E3A2" w:rsidRPr="00193952" w14:paraId="1D775CDC" w14:textId="77777777" w:rsidTr="1816E3A2">
+      <w:tr w:rsidR="1816E3A2" w14:paraId="1D775CDC" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46E56686" w14:textId="14A8BEF7" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="46E56686" w14:textId="14A8BEF7" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Studentfrågor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61A9DB70" w14:textId="4F74D836" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="61A9DB70" w14:textId="4F74D836" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Åsa Nandorf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="219B75F3" w14:textId="4C5C0503" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="219B75F3" w14:textId="4C5C0503" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Utbildning och forskning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38EF5F30" w14:textId="7801E726" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="38EF5F30" w14:textId="17D1D3BC" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidR="148CFEDE" w:rsidRPr="00193952">
+            <w:r w:rsidR="148CFEDE" w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>524 86 516</w:t>
+              <w:t>524</w:t>
+            </w:r>
+            <w:r w:rsidR="009A338A">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00240C09">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>865</w:t>
+            </w:r>
+            <w:r w:rsidR="009A338A">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00240C09">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00193952" w14:paraId="7FC4EA74" w14:textId="77777777" w:rsidTr="1816E3A2">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="7FC4EA74" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FFC36EF" w14:textId="7656F5CE" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="2FFC36EF" w14:textId="7656F5CE" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Juridik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FFF9F28" w14:textId="40042CEC" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="6978EDC5" w14:textId="77777777" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="00484BED" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>Helén Törnqvist</w:t>
+              <w:t>Zandra</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FFF9F28" w14:textId="283123DF" w:rsidR="00484BED" w:rsidRPr="00240C09" w:rsidRDefault="00484BED" w:rsidP="1816E3A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00240C09">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Milton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D75247F" w14:textId="70C9D079" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="0D75247F" w14:textId="70C9D079" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Chefsjurist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F7B4119" w14:textId="7F9E4B8E" w:rsidR="6E2E3DA0" w:rsidRPr="00193952" w:rsidRDefault="6E2E3DA0" w:rsidP="1816E3A2">
+          <w:p w14:paraId="2F7B4119" w14:textId="4CBF0CC0" w:rsidR="6E2E3DA0" w:rsidRPr="00240C09" w:rsidRDefault="6E2E3DA0" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>08-524 86 240</w:t>
+              <w:t>08-524</w:t>
+            </w:r>
+            <w:r w:rsidR="009A338A">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00240C09">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>862</w:t>
+            </w:r>
+            <w:r w:rsidR="009A338A">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00240C09">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00193952" w14:paraId="38F54FE7" w14:textId="77777777" w:rsidTr="1816E3A2">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="38F54FE7" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BBE9147" w14:textId="347CA898" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="3BBE9147" w14:textId="347CA898" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Säkerhet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F82FA0C" w14:textId="73A2E4B3" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="6F82FA0C" w14:textId="73A2E4B3" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Magnus Håkansson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10DB8A6D" w14:textId="77777777" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="10DB8A6D" w14:textId="77777777" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Säkerhetschef</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="593F39F0" w14:textId="1F487F4D" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="593F39F0" w14:textId="1F487F4D" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>070 001 15 76</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1384E767" w14:textId="12EFDE8A" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="1384E767" w14:textId="12EFDE8A" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>076 133 30 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00193952" w14:paraId="4D291FF2" w14:textId="77777777" w:rsidTr="1816E3A2">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="4D291FF2" w14:textId="77777777" w:rsidTr="1816E3A2">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72EDBCCB" w14:textId="6DB87068" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="72EDBCCB" w14:textId="6DB87068" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>IT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FDFAE2C" w14:textId="6015FD47" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="4FDFAE2C" w14:textId="6015FD47" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Mattias Nordström</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12F8B643" w14:textId="77777777" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="12F8B643" w14:textId="77777777" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>IT-direktör</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27F00B18" w14:textId="6A2DD873" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
+          <w:p w14:paraId="27F00B18" w14:textId="6A2DD873" w:rsidR="1816E3A2" w:rsidRPr="00240C09" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidR="1BB552A2" w:rsidRPr="00193952">
+            <w:r w:rsidR="1BB552A2" w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00193952">
+            <w:r w:rsidRPr="00240C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>524 868 88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D676D27" w14:textId="359507E4" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="00402B09" w:rsidP="00402B09">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3D676D27" w14:textId="359507E4" w:rsidR="00402B09" w:rsidRPr="00402B09" w:rsidRDefault="00402B09" w:rsidP="00402B09">
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4C0CD5" w14:textId="3D2A4D00" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="0C4C0CD5" w14:textId="3D2A4D00" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>BILAGA 3</w:t>
       </w:r>
-      <w:r w:rsidR="4EAB2469" w:rsidRPr="00193952">
+      <w:r w:rsidR="4EAB2469" w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0136DE7C" w14:textId="262E4B42" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="258B95DA" w14:textId="4E83D490" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dagordning Krisledning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE67D3A" w14:textId="6253CA55" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="0136DE7C" w14:textId="72EDEC2A" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="00402B09" w:rsidP="1816E3A2">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AE67D3A" w14:textId="6253CA55" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tet leds av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>krisledare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="6CFE6913" w14:textId="77777777" w:rsidR="009C415F" w:rsidRPr="00193952" w:rsidRDefault="009C415F" w:rsidP="1816E3A2">
+    <w:p w14:paraId="71EF682B" w14:textId="03CED8AA" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="00402B09" w:rsidP="1816E3A2">
       <w:pPr>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71EF682B" w14:textId="03CED8AA" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="00402B09" w:rsidP="1816E3A2">
-[...10 lines deleted...]
-    <w:p w14:paraId="0E82E725" w14:textId="1551E965" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="0E82E725" w14:textId="1551E965" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rvarokontroll</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E18AE16" w14:textId="414EEF20" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="2E18AE16" w14:textId="414EEF20" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Syftet med m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tet - Mandat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01739951" w14:textId="419F08BA" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="01739951" w14:textId="419F08BA" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gemensam L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>gesbild</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B8406E" w14:textId="151EA21C" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="59B8406E" w14:textId="151EA21C" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Prognos - Troligaste utvecklingen av h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ndelsen?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF0247D" w14:textId="6654B314" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="2EF0247D" w14:textId="6654B314" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>gesbild fr</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n respektive (Kortfattat)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015D95AC" w14:textId="25903249" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="015D95AC" w14:textId="25903249" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fakta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653A3F0F" w14:textId="02E10773" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="653A3F0F" w14:textId="02E10773" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>verkan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7AFD10" w14:textId="5E31C7E6" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="3A7AFD10" w14:textId="5E31C7E6" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidtagna </w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068203FF" w14:textId="37264988" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="068203FF" w14:textId="37264988" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Behov av </w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E8CCA0" w14:textId="089247F6" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="34E8CCA0" w14:textId="089247F6" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samverkan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A05473E" w14:textId="62E514C5" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="4A05473E" w14:textId="62E514C5" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Behov av kommunikation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283C29BD" w14:textId="30724ED2" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="283C29BD" w14:textId="30724ED2" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beslut om: inriktning, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rder och arbetsf</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rdelning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC95B41" w14:textId="58443C1A" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="3CC95B41" w14:textId="58443C1A" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sammanfattning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739FB4AA" w14:textId="339BA547" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
+    <w:p w14:paraId="739FB4AA" w14:textId="339BA547" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="7E0E1457" w:rsidP="1816E3A2">
       <w:pPr>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tidpunkt f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sta m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
-      <w:r w:rsidRPr="00193952">
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>te</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="025005F8" w14:textId="085EB19F" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="00402B09" w:rsidP="00402B09">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+    <w:p w14:paraId="025005F8" w14:textId="085EB19F" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="00402B09" w:rsidP="00402B09">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7661ABB1" w14:textId="7C618BB8" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="21DDE0E6" w:rsidP="1816E3A2">
+    <w:p w14:paraId="7661ABB1" w14:textId="32810CAD" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="21DDE0E6" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CE2CC8">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Bilaga 4 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0504EFA2" w14:textId="70B9BAE2" w:rsidR="00402B09" w:rsidRPr="00240C09" w:rsidRDefault="72494BD3" w:rsidP="1816E3A2">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exempel Stabsarbetsplan och tidslinje</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365955D6" w14:textId="28F86464" w:rsidR="00402B09" w:rsidRPr="00193952" w:rsidRDefault="00402B09" w:rsidP="1816E3A2">
-[...8 lines deleted...]
-    <w:p w14:paraId="2858BAA5" w14:textId="1785480E" w:rsidR="72494BD3" w:rsidRPr="00193952" w:rsidRDefault="72494BD3" w:rsidP="1816E3A2">
+    <w:p w14:paraId="365955D6" w14:textId="28F86464" w:rsidR="00402B09" w:rsidRPr="00402B09" w:rsidRDefault="00402B09" w:rsidP="1816E3A2"/>
+    <w:p w14:paraId="2858BAA5" w14:textId="1785480E" w:rsidR="72494BD3" w:rsidRDefault="72494BD3" w:rsidP="1816E3A2">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7549E3E0" wp14:editId="6D481EBA">
             <wp:extent cx="4430888" cy="2990850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="802133297" name="Bildobjekt 802133297"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4430888" cy="2990850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7359D1F7" w14:textId="61073F1F" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
-[...8 lines deleted...]
-    <w:p w14:paraId="523BBEA3" w14:textId="35C8728C" w:rsidR="72494BD3" w:rsidRPr="00193952" w:rsidRDefault="72494BD3" w:rsidP="1816E3A2">
+    <w:p w14:paraId="7359D1F7" w14:textId="61073F1F" w:rsidR="1816E3A2" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2"/>
+    <w:p w14:paraId="523BBEA3" w14:textId="35C8728C" w:rsidR="72494BD3" w:rsidRDefault="72494BD3" w:rsidP="1816E3A2">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CB550C8" wp14:editId="0D7DEFEA">
             <wp:extent cx="4434898" cy="2744093"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2026962854" name="Bildobjekt 2026962854"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4434898" cy="2744093"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50632858" w14:textId="60C27A6B" w:rsidR="1816E3A2" w:rsidRPr="00193952" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2">
-[...30 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="50632858" w14:textId="60C27A6B" w:rsidR="1816E3A2" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2"/>
+    <w:p w14:paraId="75712474" w14:textId="71A13737" w:rsidR="1816E3A2" w:rsidRDefault="1816E3A2" w:rsidP="1816E3A2"/>
+    <w:p w14:paraId="42131D5A" w14:textId="41A36616" w:rsidR="1816E3A2" w:rsidRDefault="1816E3A2">
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7045D358" w14:textId="3EA1D24D" w:rsidR="10AA7D0B" w:rsidRPr="00193952" w:rsidRDefault="10AA7D0B" w:rsidP="1816E3A2">
+    <w:p w14:paraId="7045D358" w14:textId="6B4F800F" w:rsidR="10AA7D0B" w:rsidRPr="00240C09" w:rsidRDefault="10AA7D0B" w:rsidP="1816E3A2">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CE2CC8">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Bilaga 5 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15402110" w14:textId="6904DBD1" w:rsidR="2AD1685D" w:rsidRPr="00240C09" w:rsidRDefault="2AD1685D" w:rsidP="1816E3A2">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00193952">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240C09">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lägesbild</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D057488" w14:textId="15C36301" w:rsidR="2AD1685D" w:rsidRPr="00193952" w:rsidRDefault="2AD1685D" w:rsidP="1816E3A2">
+    <w:p w14:paraId="1D057488" w14:textId="15C36301" w:rsidR="2AD1685D" w:rsidRDefault="2AD1685D" w:rsidP="1816E3A2">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EDB0A16" wp14:editId="1DFDEC6F">
             <wp:extent cx="4241780" cy="7800975"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1392438322" name="Bildobjekt 1392438322"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4241780" cy="7800975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="2AD1685D" w:rsidRPr="00193952" w:rsidSect="0063541B">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId21"/>
+    <w:sectPr w:rsidR="2AD1685D" w:rsidSect="006F4F95">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1702" w:right="1304" w:bottom="1474" w:left="1474" w:header="652" w:footer="794" w:gutter="0"/>
-      <w:pgBorders w:offsetFrom="page">
+      <w:pgBorders w:display="notFirstPage" w:offsetFrom="page">
         <w:top w:val="single" w:sz="12" w:space="24" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:left w:val="single" w:sz="12" w:space="24" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:bottom w:val="single" w:sz="12" w:space="24" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:right w:val="single" w:sz="12" w:space="24" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D85A54A" w14:textId="77777777" w:rsidR="007739C7" w:rsidRDefault="007739C7" w:rsidP="00AB37AC">
+    <w:p w14:paraId="3CA2CCCC" w14:textId="77777777" w:rsidR="00062A8A" w:rsidRDefault="00062A8A" w:rsidP="00AB37AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="007D12F3" w14:textId="77777777" w:rsidR="007739C7" w:rsidRDefault="007739C7" w:rsidP="00AB37AC">
+    <w:p w14:paraId="6A531D73" w14:textId="77777777" w:rsidR="00062A8A" w:rsidRDefault="00062A8A" w:rsidP="00AB37AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6B6DB890" w14:textId="77777777" w:rsidR="007739C7" w:rsidRDefault="007739C7"/>
+    <w:p w14:paraId="6AC33810" w14:textId="77777777" w:rsidR="00062A8A" w:rsidRDefault="00062A8A"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="+mn-ea">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18D8D7C3" w14:textId="77777777" w:rsidR="005D1F35" w:rsidRDefault="005D1F35"/>
   <w:p w14:paraId="33B68757" w14:textId="77777777" w:rsidR="005D1F35" w:rsidRDefault="005D1F35"/>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9128" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7994"/>
       <w:gridCol w:w="1134"/>
     </w:tblGrid>
@@ -13022,51 +11031,51 @@
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="009E4316">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5D93EF38" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="00DB69BA" w:rsidRDefault="006A7494" w:rsidP="006A7494">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9128" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7994"/>
       <w:gridCol w:w="1134"/>
     </w:tblGrid>
     <w:tr w:rsidR="006A7494" w14:paraId="68FDEDF4" w14:textId="77777777" w:rsidTr="00FF1A15">
       <w:tc>
@@ -13160,726 +11169,73 @@
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="009E4316">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="709EA100" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="00DB69BA" w:rsidRDefault="006A7494" w:rsidP="006A7494">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="548AFF13" w14:textId="77777777" w:rsidR="007739C7" w:rsidRDefault="007739C7" w:rsidP="00AB37AC">
+    <w:p w14:paraId="2389093B" w14:textId="77777777" w:rsidR="00062A8A" w:rsidRDefault="00062A8A" w:rsidP="00AB37AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0563438D" w14:textId="77777777" w:rsidR="007739C7" w:rsidRDefault="007739C7" w:rsidP="00AB37AC">
+    <w:p w14:paraId="6E122B6F" w14:textId="77777777" w:rsidR="00062A8A" w:rsidRDefault="00062A8A" w:rsidP="00AB37AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7D97F4F4" w14:textId="77777777" w:rsidR="007739C7" w:rsidRDefault="007739C7"/>
+    <w:p w14:paraId="449AB94F" w14:textId="77777777" w:rsidR="00062A8A" w:rsidRDefault="00062A8A"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...652 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9116" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4740"/>
       <w:gridCol w:w="226"/>
       <w:gridCol w:w="1962"/>
       <w:gridCol w:w="226"/>
       <w:gridCol w:w="1962"/>
@@ -14007,52 +11363,52 @@
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="006A7494" w14:paraId="25BA36D5" w14:textId="77777777" w:rsidTr="00FF1A15">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9116" w:type="dxa"/>
           <w:gridSpan w:val="5"/>
         </w:tcPr>
         <w:p w14:paraId="7C38AFB9" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="006A7494" w:rsidRDefault="006A7494" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="73D64F22" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="00D6309B" w:rsidRDefault="006A7494" w:rsidP="006A7494">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9853" w:type="dxa"/>
       <w:tblInd w:w="-737" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3521"/>
       <w:gridCol w:w="1956"/>
       <w:gridCol w:w="226"/>
       <w:gridCol w:w="1962"/>
@@ -14167,169 +11523,165 @@
           <w:pPr>
             <w:pStyle w:val="HeaderBold"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="006A7494" w14:paraId="20FBFE3D" w14:textId="77777777" w:rsidTr="00FF1A15">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3521" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="083238DF" w14:textId="77777777" w:rsidR="006A7494" w:rsidRDefault="006A7494" w:rsidP="00FF1A15">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1956" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="09BC7A16" w14:textId="3BC639A3" w:rsidR="006A7494" w:rsidRPr="00C3603B" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
+        <w:p w14:paraId="09BC7A16" w14:textId="53E078B3" w:rsidR="006A7494" w:rsidRPr="00C3603B" w:rsidRDefault="006A7494" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C3603B">
-[...22 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="226" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="1EA464E0" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="006A7494" w:rsidRDefault="006A7494" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1962" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0EE712FC" w14:textId="1A875265" w:rsidR="00C3603B" w:rsidRPr="006A7494" w:rsidRDefault="00C3603B" w:rsidP="00C3603B">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">                                                 </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="23BEB8C6" w14:textId="17277D08" w:rsidR="00122C46" w:rsidRPr="006A7494" w:rsidRDefault="00122C46" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="226" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="66C33DC6" w14:textId="0B5BCAC6" w:rsidR="006A7494" w:rsidRPr="006A7494" w:rsidRDefault="006A7494" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1962" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="56D6C75D" w14:textId="06CA3CED" w:rsidR="006A7494" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
+        <w:p w14:paraId="56D6C75D" w14:textId="292DF4DB" w:rsidR="006A7494" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r>
             <w:t>Dnr:</w:t>
           </w:r>
+          <w:r w:rsidR="006F4F95">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="006F4F95" w:rsidRPr="006F4F95">
+            <w:t>1-521-2024</w:t>
+          </w:r>
         </w:p>
-        <w:p w14:paraId="25C4957D" w14:textId="73716EF1" w:rsidR="00C3603B" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
+        <w:p w14:paraId="25C4957D" w14:textId="4820B189" w:rsidR="00C3603B" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r>
-            <w:t>Skapad av: Säkerhets</w:t>
-[...2 lines deleted...]
-            <w:t>enheten</w:t>
+            <w:t>Skapad av: Säkerhetschef</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3A1018C0" w14:textId="77777777" w:rsidR="00C3603B" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
+        <w:p w14:paraId="1863D9CE" w14:textId="3D84AABC" w:rsidR="00C3603B" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
+          <w:r>
+            <w:t>Beslutad:</w:t>
+          </w:r>
+          <w:r w:rsidR="006F4F95">
+            <w:t xml:space="preserve"> 2024-05-14</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="3A1018C0" w14:textId="0D7F4539" w:rsidR="00C3603B" w:rsidRDefault="006F4F95" w:rsidP="006A7494">
+          <w:pPr>
+            <w:pStyle w:val="Sidhuvud"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Uppdaterad: 202</w:t>
+          </w:r>
+          <w:r w:rsidR="00060EEC">
+            <w:t>6-01-28</w:t>
+          </w:r>
         </w:p>
         <w:p w14:paraId="6B25B775" w14:textId="77777777" w:rsidR="00C3603B" w:rsidRPr="006A7494" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="687C31D5" w14:textId="77777777" w:rsidR="00A011CC" w:rsidRPr="00B75534" w:rsidRDefault="00A011CC" w:rsidP="00A011CC">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6986C584"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02524076"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="697E7038"/>
@@ -15436,50 +12788,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26484841"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5920B4B2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28272A27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ED69CEA"/>
     <w:lvl w:ilvl="0" w:tplc="E2927C78">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="83887ADC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15549,51 +13014,51 @@
     <w:lvl w:ilvl="7" w:tplc="A2D08202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="30022576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28295B25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D338A84E"/>
     <w:lvl w:ilvl="0" w:tplc="66D681F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1B2A902C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15689,51 +13154,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D894537C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28AA3423"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFE414F0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15802,51 +13267,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2950AAC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDB4A17A"/>
     <w:lvl w:ilvl="0" w:tplc="63BEF702">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B6DEFB5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="92345FF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15888,58 +13353,58 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B98CA628">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DC14AF12">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D610BF1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9A4E4CEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHNumreradlistaNumreradlista"/>
+      <w:pStyle w:val="KINumreradlistaNumreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="3"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="KTHNumreradlista2Numreradlista2"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -16004,51 +13469,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E616B77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24C87404"/>
     <w:lvl w:ilvl="0" w:tplc="2F682150">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="74B23B2A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -16143,51 +13608,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B0600A32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F626E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D22C8B08"/>
     <w:lvl w:ilvl="0" w:tplc="27986A8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="090C6738" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16283,58 +13748,58 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CABC345C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3485177B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="32C40BC8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="KTHPunktlistaPunktlista"/>
+      <w:pStyle w:val="KIPunktlistaPunktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="3"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="KTHPunktlista2Punktlista2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1077"/>
         </w:tabs>
         <w:ind w:left="1077" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:color w:val="auto"/>
@@ -16405,51 +13870,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37EA3E40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2C69C40"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16518,51 +13983,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="386BB625"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E387EB4"/>
     <w:lvl w:ilvl="0" w:tplc="2F40EF54">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F558C33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="101C7F8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16604,97 +14069,97 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="00E83494">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6EBA4902">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39A40E0F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="11EE27CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHnRubrik1"/>
+      <w:pStyle w:val="KInRubrik1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHnRubrik2"/>
+      <w:pStyle w:val="KInRubrik2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHnRubrik3"/>
+      <w:pStyle w:val="KInRubrik3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHnRubrik4"/>
+      <w:pStyle w:val="KInRubrik4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Rubrik5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -16726,51 +14191,51 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Rubrik8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Rubrik9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E101432"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2F84656"/>
     <w:lvl w:ilvl="0" w:tplc="C46CF1B2">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E6305A8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8C0664F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16812,51 +14277,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="F804485A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0B447472">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="401273BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB48639A"/>
     <w:lvl w:ilvl="0" w:tplc="605E4B08">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D0AC01B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="436E4B14">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16898,51 +14363,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="865E4912">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A00A4BAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41272B34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EE8CCAA"/>
     <w:lvl w:ilvl="0" w:tplc="14185588">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AD02C7D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17038,51 +14503,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="36AE1328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="431F35FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22CC644A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17151,51 +14616,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46002842"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="699E3E50"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17264,51 +14729,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4893336F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CD0FFC0"/>
     <w:lvl w:ilvl="0" w:tplc="1602CC9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="44B8D718">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E34E24C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17350,51 +14815,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A42EF7F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="17C2B474">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49C957AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75A0EF0A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -17487,51 +14952,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EB59FBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6BCA80D2"/>
     <w:lvl w:ilvl="0" w:tplc="8C6EC0F2">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A6603EA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7C9C0916">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17573,51 +15038,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="241234C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FAAAE3DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53C47724"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E08C048"/>
     <w:lvl w:ilvl="0" w:tplc="047416D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D59086A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1A1AC9E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17659,51 +15124,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6568CB32">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C82E4546">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55573C7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3C629F0"/>
     <w:lvl w:ilvl="0" w:tplc="5588A014">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B1E09068">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -17798,51 +15263,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CFC66552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58643DE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD12A1B4"/>
     <w:lvl w:ilvl="0" w:tplc="2106449E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B964BE12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17938,51 +15403,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="027A6AC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FDE1381"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55F8A500"/>
     <w:lvl w:ilvl="0" w:tplc="9D0654D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2B56D1C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
@@ -18050,51 +15515,51 @@
     <w:lvl w:ilvl="7" w:tplc="EE84030C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="568209FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67E2BE7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A22E328"/>
     <w:lvl w:ilvl="0" w:tplc="FAEA8E94">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="68B4485E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="A21EEB3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18136,51 +15601,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="15DE2FD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C08087B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C6E7728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16A285C8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18249,51 +15714,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E2A079E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD5EA090"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18362,51 +15827,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E481B27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B130F2EA"/>
     <w:lvl w:ilvl="0" w:tplc="7AA4410C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D5828270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18502,51 +15967,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="526212A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="714945A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3CCDAEE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18615,51 +16080,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="745242D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6492C1A6"/>
     <w:lvl w:ilvl="0" w:tplc="8FB23304">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A9969364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18755,51 +16220,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DEB088A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AAD1F01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78E0B124"/>
     <w:lvl w:ilvl="0" w:tplc="5DA636F4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C10428AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7D48A244">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18841,51 +16306,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="482C25C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CFBE35CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B4D14AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DA8DC40"/>
     <w:lvl w:ilvl="0" w:tplc="E8F49202">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -18955,51 +16420,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C1F7932"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E42EA06"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19068,51 +16533,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FDA344A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80420CA4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19185,942 +16650,912 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2056003509">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="800078211">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1098328564">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1280723779">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="671185658">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1971864877">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1129972478">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="17123683">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1248031556">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="371735752">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="886571647">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="546229">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="755437414">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1002045586">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="343480253">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1974093985">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1970934082">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1337423842">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="514269409">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="228030793">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="461729044">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="819662039">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="128668321">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1763642063">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="158934260">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="869611065">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2046827878">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="907224117">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1153133799">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="329606493">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="492572108">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="461995564">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="12998796">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1467166463">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="39021184">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1909728394">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1457527191">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="2044482168">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1644042037">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1730153379">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1979454639">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="136840998">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="588276734">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="720249418">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1070613332">
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="27"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B06F14"/>
     <w:rsid w:val="00003486"/>
     <w:rsid w:val="00005725"/>
     <w:rsid w:val="00005E08"/>
     <w:rsid w:val="000070C5"/>
     <w:rsid w:val="000214F9"/>
     <w:rsid w:val="00023CCD"/>
     <w:rsid w:val="000246B5"/>
     <w:rsid w:val="000319C7"/>
     <w:rsid w:val="000351A1"/>
     <w:rsid w:val="00037A26"/>
     <w:rsid w:val="00037ECB"/>
     <w:rsid w:val="000459E9"/>
     <w:rsid w:val="00051266"/>
-    <w:rsid w:val="000535CB"/>
     <w:rsid w:val="00055030"/>
+    <w:rsid w:val="00060EEC"/>
     <w:rsid w:val="00061A20"/>
     <w:rsid w:val="00061C3E"/>
     <w:rsid w:val="00061EE5"/>
+    <w:rsid w:val="00062A8A"/>
     <w:rsid w:val="00087277"/>
     <w:rsid w:val="00092F03"/>
     <w:rsid w:val="0009707D"/>
     <w:rsid w:val="000A01D7"/>
     <w:rsid w:val="000A22B6"/>
     <w:rsid w:val="000A2F95"/>
     <w:rsid w:val="000A4906"/>
     <w:rsid w:val="000B4D37"/>
-    <w:rsid w:val="000C7DCA"/>
     <w:rsid w:val="000C7ED9"/>
     <w:rsid w:val="000D1ED1"/>
     <w:rsid w:val="000D693A"/>
     <w:rsid w:val="000E0562"/>
     <w:rsid w:val="000F0D78"/>
     <w:rsid w:val="0010055B"/>
     <w:rsid w:val="00100910"/>
     <w:rsid w:val="0010610F"/>
     <w:rsid w:val="00116F18"/>
     <w:rsid w:val="00122C46"/>
     <w:rsid w:val="001358D3"/>
     <w:rsid w:val="00135BF6"/>
     <w:rsid w:val="0015002C"/>
     <w:rsid w:val="0015257B"/>
     <w:rsid w:val="00154BC3"/>
     <w:rsid w:val="00155329"/>
     <w:rsid w:val="00156923"/>
     <w:rsid w:val="001621F9"/>
     <w:rsid w:val="00173CD0"/>
     <w:rsid w:val="0017588D"/>
     <w:rsid w:val="00175F5F"/>
     <w:rsid w:val="0018642A"/>
     <w:rsid w:val="0018674D"/>
     <w:rsid w:val="00187EDA"/>
-    <w:rsid w:val="00193952"/>
     <w:rsid w:val="001B4F67"/>
-    <w:rsid w:val="001C60B7"/>
     <w:rsid w:val="001D35F8"/>
     <w:rsid w:val="001D503F"/>
     <w:rsid w:val="001E4BB6"/>
     <w:rsid w:val="001F3547"/>
     <w:rsid w:val="001F59C7"/>
     <w:rsid w:val="0021083E"/>
     <w:rsid w:val="002127D0"/>
     <w:rsid w:val="002169DB"/>
     <w:rsid w:val="002179BC"/>
     <w:rsid w:val="00227A31"/>
     <w:rsid w:val="00236E31"/>
+    <w:rsid w:val="00240C09"/>
     <w:rsid w:val="00250C24"/>
     <w:rsid w:val="00265D45"/>
     <w:rsid w:val="00271DFE"/>
     <w:rsid w:val="002749BA"/>
-    <w:rsid w:val="00284039"/>
     <w:rsid w:val="00292CC5"/>
     <w:rsid w:val="00296A23"/>
     <w:rsid w:val="00297A7B"/>
     <w:rsid w:val="002A0B2D"/>
     <w:rsid w:val="002A115A"/>
-    <w:rsid w:val="002B0003"/>
     <w:rsid w:val="002B2AA7"/>
     <w:rsid w:val="002B4094"/>
     <w:rsid w:val="002C4271"/>
     <w:rsid w:val="002C6869"/>
     <w:rsid w:val="002D2CED"/>
+    <w:rsid w:val="002D3C32"/>
     <w:rsid w:val="002E306A"/>
     <w:rsid w:val="002E3D79"/>
     <w:rsid w:val="002E47D4"/>
     <w:rsid w:val="002E7882"/>
-    <w:rsid w:val="00303D87"/>
     <w:rsid w:val="00310604"/>
     <w:rsid w:val="00311343"/>
+    <w:rsid w:val="003205F9"/>
     <w:rsid w:val="003221B9"/>
     <w:rsid w:val="00326A21"/>
     <w:rsid w:val="00326BC7"/>
     <w:rsid w:val="00331E6D"/>
     <w:rsid w:val="00332AB5"/>
     <w:rsid w:val="00336651"/>
     <w:rsid w:val="00336B1B"/>
     <w:rsid w:val="00350D97"/>
+    <w:rsid w:val="003546F0"/>
     <w:rsid w:val="00354E81"/>
     <w:rsid w:val="003677AE"/>
     <w:rsid w:val="00372A46"/>
     <w:rsid w:val="00374E95"/>
     <w:rsid w:val="003809B3"/>
     <w:rsid w:val="00383258"/>
     <w:rsid w:val="00384504"/>
     <w:rsid w:val="003922EE"/>
     <w:rsid w:val="00395D57"/>
     <w:rsid w:val="003A221F"/>
     <w:rsid w:val="003A3FBF"/>
     <w:rsid w:val="003B08D0"/>
     <w:rsid w:val="003B272A"/>
     <w:rsid w:val="003B300B"/>
     <w:rsid w:val="003B4826"/>
     <w:rsid w:val="003B55F6"/>
     <w:rsid w:val="003C35DF"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rsid w:val="003D02FF"/>
     <w:rsid w:val="003D159E"/>
     <w:rsid w:val="003D22CE"/>
-    <w:rsid w:val="003D2C98"/>
     <w:rsid w:val="003D5E50"/>
     <w:rsid w:val="003DDEFD"/>
     <w:rsid w:val="003E4D6C"/>
     <w:rsid w:val="003F0FAA"/>
     <w:rsid w:val="003F26DF"/>
     <w:rsid w:val="003F35E7"/>
     <w:rsid w:val="003F604F"/>
     <w:rsid w:val="00402B09"/>
     <w:rsid w:val="00406792"/>
     <w:rsid w:val="00412C41"/>
     <w:rsid w:val="00420DAE"/>
     <w:rsid w:val="00423641"/>
     <w:rsid w:val="00424397"/>
     <w:rsid w:val="004277A9"/>
     <w:rsid w:val="004318FD"/>
     <w:rsid w:val="00435D37"/>
     <w:rsid w:val="00436B92"/>
     <w:rsid w:val="00453CBE"/>
     <w:rsid w:val="00461F82"/>
     <w:rsid w:val="00467305"/>
     <w:rsid w:val="004766B7"/>
+    <w:rsid w:val="004822C1"/>
     <w:rsid w:val="00484AB4"/>
+    <w:rsid w:val="00484BED"/>
     <w:rsid w:val="004A289B"/>
     <w:rsid w:val="004A3440"/>
     <w:rsid w:val="004B60BF"/>
     <w:rsid w:val="004D66F3"/>
     <w:rsid w:val="004D6CE0"/>
     <w:rsid w:val="004E119A"/>
     <w:rsid w:val="004E1440"/>
     <w:rsid w:val="004F05DD"/>
     <w:rsid w:val="004F130A"/>
     <w:rsid w:val="00507566"/>
     <w:rsid w:val="00516DE4"/>
     <w:rsid w:val="0052284A"/>
     <w:rsid w:val="00523FF5"/>
     <w:rsid w:val="00527483"/>
     <w:rsid w:val="0053274D"/>
     <w:rsid w:val="00541279"/>
     <w:rsid w:val="00547786"/>
     <w:rsid w:val="00547E65"/>
     <w:rsid w:val="0057553D"/>
+    <w:rsid w:val="00581850"/>
     <w:rsid w:val="00582730"/>
     <w:rsid w:val="00582D52"/>
     <w:rsid w:val="005839C2"/>
     <w:rsid w:val="005903F5"/>
     <w:rsid w:val="00591AFB"/>
     <w:rsid w:val="005A1E01"/>
     <w:rsid w:val="005D1F35"/>
     <w:rsid w:val="005E3482"/>
     <w:rsid w:val="005E76D4"/>
     <w:rsid w:val="005F17B4"/>
     <w:rsid w:val="005F775E"/>
     <w:rsid w:val="00604F5F"/>
     <w:rsid w:val="00611334"/>
     <w:rsid w:val="00611DEC"/>
     <w:rsid w:val="00614C03"/>
     <w:rsid w:val="00626DFA"/>
     <w:rsid w:val="00631153"/>
     <w:rsid w:val="0063298F"/>
     <w:rsid w:val="00632F1A"/>
     <w:rsid w:val="00634D76"/>
     <w:rsid w:val="0063541B"/>
     <w:rsid w:val="00642BAC"/>
     <w:rsid w:val="00655AEC"/>
     <w:rsid w:val="006574CC"/>
     <w:rsid w:val="00676430"/>
     <w:rsid w:val="0068352B"/>
     <w:rsid w:val="00692949"/>
     <w:rsid w:val="00692EE8"/>
     <w:rsid w:val="00694E05"/>
     <w:rsid w:val="006967F7"/>
     <w:rsid w:val="00696913"/>
     <w:rsid w:val="006A00F7"/>
     <w:rsid w:val="006A2A0C"/>
     <w:rsid w:val="006A7494"/>
-    <w:rsid w:val="006B4382"/>
     <w:rsid w:val="006B4751"/>
-    <w:rsid w:val="006B70C0"/>
     <w:rsid w:val="006C075C"/>
     <w:rsid w:val="006C3154"/>
     <w:rsid w:val="006E185D"/>
     <w:rsid w:val="006F26CE"/>
+    <w:rsid w:val="006F4F95"/>
     <w:rsid w:val="00712176"/>
     <w:rsid w:val="00715BCD"/>
     <w:rsid w:val="0072074B"/>
     <w:rsid w:val="00723AA7"/>
     <w:rsid w:val="00727012"/>
     <w:rsid w:val="00730430"/>
     <w:rsid w:val="007305E9"/>
+    <w:rsid w:val="00730C28"/>
     <w:rsid w:val="00737AE1"/>
     <w:rsid w:val="0074574F"/>
     <w:rsid w:val="00746798"/>
     <w:rsid w:val="0075388D"/>
     <w:rsid w:val="00760B7B"/>
-    <w:rsid w:val="007739C7"/>
     <w:rsid w:val="00774895"/>
     <w:rsid w:val="007835A7"/>
     <w:rsid w:val="00784CBA"/>
     <w:rsid w:val="00792464"/>
     <w:rsid w:val="00797C96"/>
     <w:rsid w:val="007A152A"/>
     <w:rsid w:val="007B03F4"/>
     <w:rsid w:val="007B7BFB"/>
     <w:rsid w:val="007C079A"/>
     <w:rsid w:val="007D1B65"/>
     <w:rsid w:val="007D310C"/>
     <w:rsid w:val="007D49E8"/>
     <w:rsid w:val="007E5485"/>
     <w:rsid w:val="007E5661"/>
     <w:rsid w:val="007E61BB"/>
+    <w:rsid w:val="007F0EB3"/>
     <w:rsid w:val="007F3C19"/>
     <w:rsid w:val="007F446A"/>
     <w:rsid w:val="007F67AA"/>
     <w:rsid w:val="007F6E25"/>
     <w:rsid w:val="00802309"/>
     <w:rsid w:val="00802D15"/>
     <w:rsid w:val="00803DA5"/>
     <w:rsid w:val="00805807"/>
     <w:rsid w:val="00811B4F"/>
     <w:rsid w:val="008128F6"/>
     <w:rsid w:val="008133E9"/>
     <w:rsid w:val="00815196"/>
     <w:rsid w:val="00823E9C"/>
-    <w:rsid w:val="00823FF6"/>
     <w:rsid w:val="00825507"/>
     <w:rsid w:val="008261F7"/>
     <w:rsid w:val="00827026"/>
-    <w:rsid w:val="00827B86"/>
     <w:rsid w:val="00832979"/>
     <w:rsid w:val="0083361A"/>
-    <w:rsid w:val="0083475D"/>
-    <w:rsid w:val="00834A9D"/>
     <w:rsid w:val="00836591"/>
     <w:rsid w:val="00837B30"/>
     <w:rsid w:val="008408F1"/>
     <w:rsid w:val="00842B60"/>
     <w:rsid w:val="00846BFD"/>
     <w:rsid w:val="008512D3"/>
     <w:rsid w:val="00863257"/>
+    <w:rsid w:val="0086327B"/>
     <w:rsid w:val="00865A2B"/>
     <w:rsid w:val="00871AC4"/>
     <w:rsid w:val="00873303"/>
     <w:rsid w:val="00874668"/>
     <w:rsid w:val="008815CA"/>
     <w:rsid w:val="008822FA"/>
     <w:rsid w:val="0088368B"/>
     <w:rsid w:val="00891E51"/>
     <w:rsid w:val="008967FC"/>
     <w:rsid w:val="008A139C"/>
     <w:rsid w:val="008A4C78"/>
     <w:rsid w:val="008A6DF6"/>
     <w:rsid w:val="008A6F73"/>
     <w:rsid w:val="008B6EE0"/>
     <w:rsid w:val="008C03E7"/>
     <w:rsid w:val="008C25DE"/>
     <w:rsid w:val="008C7087"/>
     <w:rsid w:val="008D1CB0"/>
     <w:rsid w:val="008D3819"/>
     <w:rsid w:val="008D3BF1"/>
     <w:rsid w:val="008E11FC"/>
     <w:rsid w:val="008E4593"/>
     <w:rsid w:val="008E4C78"/>
     <w:rsid w:val="008F1B34"/>
     <w:rsid w:val="00902D51"/>
     <w:rsid w:val="00916344"/>
     <w:rsid w:val="00922FFA"/>
     <w:rsid w:val="00924722"/>
     <w:rsid w:val="00930F19"/>
     <w:rsid w:val="009361E7"/>
     <w:rsid w:val="00940F79"/>
     <w:rsid w:val="00953CC9"/>
-    <w:rsid w:val="00954CE4"/>
     <w:rsid w:val="00964C24"/>
     <w:rsid w:val="00971DCE"/>
-    <w:rsid w:val="009724A9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00980E25"/>
     <w:rsid w:val="0098102C"/>
     <w:rsid w:val="00981197"/>
     <w:rsid w:val="009902B2"/>
     <w:rsid w:val="00991264"/>
+    <w:rsid w:val="0099768D"/>
     <w:rsid w:val="009A04FE"/>
+    <w:rsid w:val="009A338A"/>
     <w:rsid w:val="009A3428"/>
     <w:rsid w:val="009A59C3"/>
     <w:rsid w:val="009B119A"/>
     <w:rsid w:val="009B156E"/>
     <w:rsid w:val="009B73F4"/>
     <w:rsid w:val="009C0DE5"/>
-    <w:rsid w:val="009C415F"/>
     <w:rsid w:val="009C6F6A"/>
     <w:rsid w:val="009D7AB8"/>
     <w:rsid w:val="009E053A"/>
     <w:rsid w:val="00A011CC"/>
     <w:rsid w:val="00A135AC"/>
     <w:rsid w:val="00A2273D"/>
     <w:rsid w:val="00A34231"/>
     <w:rsid w:val="00A34C64"/>
     <w:rsid w:val="00A37248"/>
     <w:rsid w:val="00A4507E"/>
     <w:rsid w:val="00A506FD"/>
-    <w:rsid w:val="00A51235"/>
     <w:rsid w:val="00A6603C"/>
     <w:rsid w:val="00A704E3"/>
     <w:rsid w:val="00A70B82"/>
     <w:rsid w:val="00A712F6"/>
     <w:rsid w:val="00A73A7D"/>
+    <w:rsid w:val="00A76155"/>
     <w:rsid w:val="00A77340"/>
     <w:rsid w:val="00A833EA"/>
     <w:rsid w:val="00A9097E"/>
     <w:rsid w:val="00A913C6"/>
     <w:rsid w:val="00AA01E0"/>
     <w:rsid w:val="00AA3946"/>
     <w:rsid w:val="00AA4CE0"/>
     <w:rsid w:val="00AB025F"/>
     <w:rsid w:val="00AB1ECE"/>
     <w:rsid w:val="00AB37AC"/>
     <w:rsid w:val="00AB4995"/>
     <w:rsid w:val="00AB4CF7"/>
     <w:rsid w:val="00AB5D2D"/>
     <w:rsid w:val="00AC0852"/>
     <w:rsid w:val="00AC3686"/>
     <w:rsid w:val="00AD3EFB"/>
     <w:rsid w:val="00AD7DAB"/>
     <w:rsid w:val="00AE299D"/>
     <w:rsid w:val="00AF0371"/>
-    <w:rsid w:val="00AF3B11"/>
     <w:rsid w:val="00AF45E9"/>
     <w:rsid w:val="00AF6046"/>
     <w:rsid w:val="00B0095B"/>
     <w:rsid w:val="00B02309"/>
     <w:rsid w:val="00B051B1"/>
     <w:rsid w:val="00B06F14"/>
     <w:rsid w:val="00B108FB"/>
     <w:rsid w:val="00B1463F"/>
-    <w:rsid w:val="00B25BA6"/>
     <w:rsid w:val="00B27500"/>
     <w:rsid w:val="00B319DE"/>
     <w:rsid w:val="00B36C20"/>
     <w:rsid w:val="00B40D47"/>
     <w:rsid w:val="00B411DA"/>
     <w:rsid w:val="00B42C3C"/>
-    <w:rsid w:val="00B43268"/>
     <w:rsid w:val="00B5121A"/>
     <w:rsid w:val="00B56154"/>
     <w:rsid w:val="00B56989"/>
     <w:rsid w:val="00B60A6B"/>
     <w:rsid w:val="00B660E3"/>
     <w:rsid w:val="00B66425"/>
     <w:rsid w:val="00B676AF"/>
     <w:rsid w:val="00B73166"/>
     <w:rsid w:val="00B75114"/>
     <w:rsid w:val="00B7591A"/>
     <w:rsid w:val="00B75F75"/>
     <w:rsid w:val="00B807CB"/>
     <w:rsid w:val="00B86F92"/>
     <w:rsid w:val="00B90528"/>
     <w:rsid w:val="00B91009"/>
     <w:rsid w:val="00BA35DD"/>
     <w:rsid w:val="00BA6253"/>
     <w:rsid w:val="00BC0C87"/>
     <w:rsid w:val="00BC1A75"/>
     <w:rsid w:val="00BC365C"/>
     <w:rsid w:val="00BC43D4"/>
     <w:rsid w:val="00BC64D7"/>
     <w:rsid w:val="00BD10EE"/>
+    <w:rsid w:val="00BD65F7"/>
+    <w:rsid w:val="00BD78BF"/>
     <w:rsid w:val="00BE2FC6"/>
     <w:rsid w:val="00BE4F36"/>
     <w:rsid w:val="00BE5E31"/>
-    <w:rsid w:val="00BE689B"/>
     <w:rsid w:val="00C0208B"/>
     <w:rsid w:val="00C04FA0"/>
-    <w:rsid w:val="00C05E11"/>
     <w:rsid w:val="00C06690"/>
     <w:rsid w:val="00C2621E"/>
     <w:rsid w:val="00C31CA2"/>
     <w:rsid w:val="00C335CE"/>
     <w:rsid w:val="00C34087"/>
     <w:rsid w:val="00C3603B"/>
     <w:rsid w:val="00C41DE1"/>
     <w:rsid w:val="00C45F24"/>
     <w:rsid w:val="00C46B7C"/>
     <w:rsid w:val="00C50EED"/>
     <w:rsid w:val="00C54BB2"/>
     <w:rsid w:val="00C65034"/>
     <w:rsid w:val="00C66377"/>
     <w:rsid w:val="00C7348E"/>
     <w:rsid w:val="00C73E3C"/>
     <w:rsid w:val="00C80162"/>
     <w:rsid w:val="00C87FA2"/>
     <w:rsid w:val="00C94716"/>
     <w:rsid w:val="00CA45CC"/>
     <w:rsid w:val="00CA5443"/>
     <w:rsid w:val="00CA6F86"/>
     <w:rsid w:val="00CA770A"/>
     <w:rsid w:val="00CB3845"/>
     <w:rsid w:val="00CB5D74"/>
     <w:rsid w:val="00CC0868"/>
     <w:rsid w:val="00CC401F"/>
     <w:rsid w:val="00CE2975"/>
-    <w:rsid w:val="00CE2CC8"/>
-    <w:rsid w:val="00CE612F"/>
     <w:rsid w:val="00CF06E1"/>
     <w:rsid w:val="00CF1E31"/>
     <w:rsid w:val="00CF5913"/>
     <w:rsid w:val="00D00B7B"/>
     <w:rsid w:val="00D01010"/>
     <w:rsid w:val="00D04551"/>
     <w:rsid w:val="00D059D1"/>
     <w:rsid w:val="00D071F0"/>
     <w:rsid w:val="00D1085D"/>
     <w:rsid w:val="00D2245B"/>
     <w:rsid w:val="00D2394B"/>
     <w:rsid w:val="00D313D0"/>
     <w:rsid w:val="00D3363A"/>
     <w:rsid w:val="00D351F8"/>
     <w:rsid w:val="00D35634"/>
     <w:rsid w:val="00D50BB4"/>
     <w:rsid w:val="00D5285C"/>
     <w:rsid w:val="00D53E3B"/>
     <w:rsid w:val="00D636FC"/>
     <w:rsid w:val="00D709B4"/>
     <w:rsid w:val="00D73CE8"/>
     <w:rsid w:val="00D74D85"/>
     <w:rsid w:val="00D77DF4"/>
     <w:rsid w:val="00D94015"/>
     <w:rsid w:val="00D94AE5"/>
     <w:rsid w:val="00DA1532"/>
     <w:rsid w:val="00DA45B0"/>
     <w:rsid w:val="00DA6ED6"/>
-    <w:rsid w:val="00DB377F"/>
+    <w:rsid w:val="00DB35DD"/>
     <w:rsid w:val="00DC3D18"/>
     <w:rsid w:val="00DC68C7"/>
     <w:rsid w:val="00DC6C4B"/>
     <w:rsid w:val="00DD4A30"/>
     <w:rsid w:val="00DD761E"/>
     <w:rsid w:val="00DF5BEB"/>
     <w:rsid w:val="00E02C90"/>
     <w:rsid w:val="00E05EEC"/>
     <w:rsid w:val="00E063D8"/>
     <w:rsid w:val="00E179F1"/>
     <w:rsid w:val="00E20ED9"/>
     <w:rsid w:val="00E3381F"/>
     <w:rsid w:val="00E616D9"/>
     <w:rsid w:val="00E61ED9"/>
     <w:rsid w:val="00E67CF5"/>
     <w:rsid w:val="00E714BA"/>
     <w:rsid w:val="00EA0C30"/>
     <w:rsid w:val="00EA39AE"/>
     <w:rsid w:val="00EA3A2C"/>
     <w:rsid w:val="00EA6694"/>
     <w:rsid w:val="00EA77AF"/>
     <w:rsid w:val="00EA7EF5"/>
     <w:rsid w:val="00EB07F4"/>
     <w:rsid w:val="00EB1D22"/>
     <w:rsid w:val="00EB7FA5"/>
     <w:rsid w:val="00EC40C7"/>
     <w:rsid w:val="00EC48F2"/>
     <w:rsid w:val="00EC5695"/>
     <w:rsid w:val="00EC7FC4"/>
     <w:rsid w:val="00EE2653"/>
     <w:rsid w:val="00EE7B76"/>
     <w:rsid w:val="00EF1D64"/>
     <w:rsid w:val="00EF2935"/>
     <w:rsid w:val="00EF4E6C"/>
     <w:rsid w:val="00EF522E"/>
     <w:rsid w:val="00EF5EA8"/>
     <w:rsid w:val="00EF6DCA"/>
     <w:rsid w:val="00EF761C"/>
     <w:rsid w:val="00F004CD"/>
     <w:rsid w:val="00F064C5"/>
     <w:rsid w:val="00F074EE"/>
     <w:rsid w:val="00F07AB8"/>
     <w:rsid w:val="00F16FFE"/>
     <w:rsid w:val="00F35F9A"/>
     <w:rsid w:val="00F36AE6"/>
     <w:rsid w:val="00F57388"/>
-    <w:rsid w:val="00F75C41"/>
     <w:rsid w:val="00F80933"/>
-    <w:rsid w:val="00F82CAA"/>
     <w:rsid w:val="00F90AEF"/>
     <w:rsid w:val="00F91257"/>
     <w:rsid w:val="00F946AA"/>
     <w:rsid w:val="00F94E56"/>
     <w:rsid w:val="00FA0401"/>
     <w:rsid w:val="00FA2711"/>
     <w:rsid w:val="00FA6130"/>
     <w:rsid w:val="00FC1F4D"/>
     <w:rsid w:val="00FC47E3"/>
     <w:rsid w:val="00FC5FBC"/>
     <w:rsid w:val="00FD67B1"/>
     <w:rsid w:val="00FE3A70"/>
     <w:rsid w:val="00FF1A15"/>
     <w:rsid w:val="00FF1ABB"/>
-    <w:rsid w:val="00FF2F9A"/>
     <w:rsid w:val="00FF337B"/>
     <w:rsid w:val="00FF7763"/>
     <w:rsid w:val="00FF7A0A"/>
-    <w:rsid w:val="02C31FEA"/>
     <w:rsid w:val="02F00BB0"/>
     <w:rsid w:val="04A9C73C"/>
     <w:rsid w:val="0514B25C"/>
     <w:rsid w:val="05ED2E40"/>
     <w:rsid w:val="06AA8764"/>
     <w:rsid w:val="06EB8356"/>
     <w:rsid w:val="070C3D7A"/>
     <w:rsid w:val="087EE864"/>
     <w:rsid w:val="09C56832"/>
     <w:rsid w:val="0A617B7C"/>
-    <w:rsid w:val="0B152B94"/>
     <w:rsid w:val="0B5EF69A"/>
     <w:rsid w:val="0BB04953"/>
     <w:rsid w:val="0D6C757A"/>
     <w:rsid w:val="0D766E5F"/>
     <w:rsid w:val="0E8DCA5D"/>
     <w:rsid w:val="0EBB4F5A"/>
     <w:rsid w:val="0FA7A4FE"/>
     <w:rsid w:val="10AA7D0B"/>
     <w:rsid w:val="10AE0F21"/>
-    <w:rsid w:val="116812F5"/>
     <w:rsid w:val="124CBB2F"/>
     <w:rsid w:val="12AC7B2F"/>
     <w:rsid w:val="133C7385"/>
     <w:rsid w:val="13E5AFE3"/>
     <w:rsid w:val="140A77DE"/>
     <w:rsid w:val="148CFEDE"/>
     <w:rsid w:val="1491E09E"/>
     <w:rsid w:val="15818044"/>
     <w:rsid w:val="15AE35C5"/>
     <w:rsid w:val="15E41BF1"/>
     <w:rsid w:val="174A0626"/>
     <w:rsid w:val="1816E3A2"/>
     <w:rsid w:val="188FFB50"/>
     <w:rsid w:val="1BA9F803"/>
     <w:rsid w:val="1BB552A2"/>
     <w:rsid w:val="1FC61AF5"/>
     <w:rsid w:val="1FC721AC"/>
     <w:rsid w:val="1FDB392B"/>
     <w:rsid w:val="21DDE0E6"/>
     <w:rsid w:val="23FEAF5A"/>
     <w:rsid w:val="24AEAA4E"/>
     <w:rsid w:val="25C4598F"/>
     <w:rsid w:val="264A7AAF"/>
     <w:rsid w:val="276029F0"/>
     <w:rsid w:val="27870C48"/>
     <w:rsid w:val="27D8628A"/>
     <w:rsid w:val="27E64B10"/>
-    <w:rsid w:val="27F565C9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="2A80F865"/>
     <w:rsid w:val="2AD1685D"/>
     <w:rsid w:val="2C3C1D1A"/>
     <w:rsid w:val="2EE55FD7"/>
     <w:rsid w:val="2F521378"/>
     <w:rsid w:val="30C7FF86"/>
     <w:rsid w:val="3248E098"/>
     <w:rsid w:val="32C25255"/>
     <w:rsid w:val="3486B907"/>
     <w:rsid w:val="35EFEED3"/>
     <w:rsid w:val="36547480"/>
     <w:rsid w:val="36682DF0"/>
     <w:rsid w:val="3689F1BE"/>
     <w:rsid w:val="3698FB35"/>
     <w:rsid w:val="36DEB9A4"/>
     <w:rsid w:val="37261AD9"/>
     <w:rsid w:val="376A2A8C"/>
     <w:rsid w:val="3850E850"/>
     <w:rsid w:val="397D61B0"/>
-    <w:rsid w:val="3C0662F6"/>
     <w:rsid w:val="3C0EAA32"/>
     <w:rsid w:val="3E16ED76"/>
     <w:rsid w:val="4042D1D8"/>
     <w:rsid w:val="40C8F2F8"/>
     <w:rsid w:val="4264C359"/>
-    <w:rsid w:val="43C657C9"/>
     <w:rsid w:val="446D069D"/>
     <w:rsid w:val="451642FB"/>
     <w:rsid w:val="452F6B58"/>
-    <w:rsid w:val="45C4A731"/>
     <w:rsid w:val="46B2135C"/>
     <w:rsid w:val="4741AC2A"/>
-    <w:rsid w:val="48E57D76"/>
     <w:rsid w:val="490ABF73"/>
     <w:rsid w:val="4A9DF2E4"/>
     <w:rsid w:val="4ACE0D3A"/>
-    <w:rsid w:val="4B234C84"/>
     <w:rsid w:val="4D59F2FB"/>
     <w:rsid w:val="4DA77600"/>
     <w:rsid w:val="4EAB2469"/>
     <w:rsid w:val="51F4C603"/>
     <w:rsid w:val="541BB1B4"/>
     <w:rsid w:val="54B4EA0F"/>
     <w:rsid w:val="55A42238"/>
     <w:rsid w:val="565A1786"/>
-    <w:rsid w:val="56719D92"/>
     <w:rsid w:val="5BC6D936"/>
     <w:rsid w:val="5D832E2F"/>
     <w:rsid w:val="5D93BAF8"/>
     <w:rsid w:val="5E035B02"/>
     <w:rsid w:val="5ECFF3A5"/>
     <w:rsid w:val="5FCCFC40"/>
     <w:rsid w:val="6124EC07"/>
     <w:rsid w:val="617612D5"/>
     <w:rsid w:val="62459FF8"/>
     <w:rsid w:val="630FB72A"/>
     <w:rsid w:val="63AEA7B4"/>
     <w:rsid w:val="645C8CC9"/>
     <w:rsid w:val="64E28930"/>
     <w:rsid w:val="651532FE"/>
     <w:rsid w:val="65EB799D"/>
     <w:rsid w:val="66B1035F"/>
     <w:rsid w:val="6813F172"/>
     <w:rsid w:val="688DC088"/>
     <w:rsid w:val="68A18E95"/>
     <w:rsid w:val="6906D836"/>
-    <w:rsid w:val="691AA44E"/>
-    <w:rsid w:val="695E4E75"/>
     <w:rsid w:val="6AF883CE"/>
-    <w:rsid w:val="6B2809C5"/>
-    <w:rsid w:val="6C08F102"/>
     <w:rsid w:val="6C94542F"/>
     <w:rsid w:val="6D1A754F"/>
     <w:rsid w:val="6E2E3DA0"/>
     <w:rsid w:val="6F6CE4B7"/>
     <w:rsid w:val="714BA898"/>
     <w:rsid w:val="72231A54"/>
     <w:rsid w:val="72494BD3"/>
     <w:rsid w:val="7389B6D3"/>
     <w:rsid w:val="73F629B6"/>
     <w:rsid w:val="74D8042F"/>
     <w:rsid w:val="780FA4F1"/>
     <w:rsid w:val="7B25EE6A"/>
     <w:rsid w:val="7B4C7B4A"/>
-    <w:rsid w:val="7DEFAEC6"/>
     <w:rsid w:val="7E0E1457"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="38B1C83A"/>
+  <w15:docId w15:val="{54BB59C8-36B9-40E1-890A-463323EC77CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:uiPriority="8" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:uiPriority="8" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:uiPriority="7" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:uiPriority="8" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:uiPriority="5"/>
     <w:lsdException w:name="List Number" w:semiHidden="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:uiPriority="5" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:uiPriority="5" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20428,116 +17863,116 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00E61ED9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
-    <w:aliases w:val="KTH Rubrik 1"/>
+    <w:aliases w:val="KI Rubrik 1,KTH Rubrik 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="240" w:line="280" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
-    <w:aliases w:val="KTH Rubrik 2"/>
+    <w:aliases w:val="KI Rubrik 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="80" w:line="260" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
-    <w:aliases w:val="KTH Rubrik 3"/>
+    <w:aliases w:val="KI Rubrik 3,KTH Rubrik 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="60" w:line="260" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
-    <w:aliases w:val="KTH Rubrik 4"/>
+    <w:aliases w:val="KI Rubrik 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="260" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
@@ -20668,180 +18103,181 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
-    <w:aliases w:val="KTH Brödtext"/>
+    <w:aliases w:val="KI:text,KTH Brödtext"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="BrdtextChar"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
-    <w:aliases w:val="KTH Brödtext Char"/>
+    <w:aliases w:val="KI:text Char,KTH Brödtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="00E61ED9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext2">
     <w:name w:val="Body Text 2"/>
     <w:aliases w:val="KTH Brödtext 2"/>
     <w:basedOn w:val="Brdtext"/>
     <w:link w:val="Brdtext2Char"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:ind w:firstLine="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Brdtext2Char">
     <w:name w:val="Brödtext 2 Char"/>
     <w:aliases w:val="KTH Brödtext 2 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext2"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="00E61ED9"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
-    <w:aliases w:val="KTH Rubrik 1 Char"/>
+    <w:aliases w:val="KI Rubrik 1 Char,KTH Rubrik 1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
-    <w:aliases w:val="KTH Rubrik 2 Char"/>
+    <w:aliases w:val="KI Rubrik 2 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
-    <w:aliases w:val="KTH Rubrik 3 Char"/>
+    <w:aliases w:val="KI Rubrik 3 Char,KTH Rubrik 3 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
-    <w:aliases w:val="KTH Rubrik 4 Char"/>
+    <w:aliases w:val="KI Rubrik 4 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:aliases w:val="KTH Rubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Underrubrik"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="0057553D"/>
     <w:pPr>
       <w:spacing w:after="480" w:line="600" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:aliases w:val="KTH Rubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="003F0FAA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHTitel">
-    <w:name w:val="KTH Titel"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KI">
+    <w:name w:val="KI"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="003F35E7"/>
     <w:pPr>
       <w:spacing w:after="360" w:line="320" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:aliases w:val="KTH Underrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="00A77340"/>
     <w:pPr>
       <w:numPr>
@@ -20851,52 +18287,52 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:spacing w:val="15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:aliases w:val="KTH Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="003F0FAA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:spacing w:val="15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHPunktlistaPunktlista">
-    <w:name w:val="KTH Punktlista  (Punktlista)"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KIPunktlistaPunktlista">
+    <w:name w:val="KI Punktlista  (Punktlista)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
     <w:rsid w:val="00981197"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="714" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHPunktlista2Punktlista2">
     <w:name w:val="KTH Punktlista 2  (Punktlista 2)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00981197"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:spacing w:before="80" w:after="80" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="1434" w:hanging="357"/>
     </w:pPr>
@@ -20935,137 +18371,137 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D5E50"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista3">
     <w:name w:val="List Bullet 3"/>
     <w:aliases w:val="KTH Punktlista 3"/>
     <w:basedOn w:val="Punktlista"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00922FFA"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="18"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHNumreradlistaNumreradlista">
-    <w:name w:val="KTH Numrerad lista  (Numrerad lista)"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KINumreradlistaNumreradlista">
+    <w:name w:val="KI Numrerad lista  (Numrerad lista)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
     <w:rsid w:val="006C3154"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="714" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHNumreradlista2Numreradlista2">
     <w:name w:val="KTH Numrerad lista 2  (Numrerad lista 2)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00383258"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:spacing w:before="80" w:after="80" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="1434" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHNumreradlista3Numreradlista3">
     <w:name w:val="KTH Numrerad lista 3  (Numrerad lista 3)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00383258"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="2336" w:hanging="357"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHnRubrik1">
-    <w:name w:val="KTH nRubrik 1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KInRubrik1">
+    <w:name w:val="KI nRubrik 1"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:ind w:left="431" w:hanging="431"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHnRubrik2">
-    <w:name w:val="KTH nRubrik 2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KInRubrik2">
+    <w:name w:val="KI nRubrik 2"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:ind w:left="578" w:hanging="578"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHnRubrik3">
-    <w:name w:val="KTH nRubrik 3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KInRubrik3">
+    <w:name w:val="KI nRubrik 3"/>
     <w:basedOn w:val="Rubrik3"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="20"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHnRubrik4">
-    <w:name w:val="KTH nRubrik 4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KInRubrik4">
+    <w:name w:val="KI nRubrik 4"/>
     <w:basedOn w:val="Rubrik4"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:ind w:left="862" w:hanging="862"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00611DEC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0C2952" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
@@ -21103,82 +18539,82 @@
     <w:link w:val="Rubrik8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00611DEC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00611DEC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="KTHTitel"/>
+    <w:basedOn w:val="KI"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="38"/>
     <w:semiHidden/>
     <w:rsid w:val="009A3428"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="8"/>
     <w:rsid w:val="00547786"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="20"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="8"/>
     <w:rsid w:val="00547786"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="003A221F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00C87FA2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
@@ -21378,95 +18814,55 @@
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A139C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008A139C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
-[...38 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="106849702">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="356463858">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21859,63 +19255,50 @@
         <w:div w:id="2069373320">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="120923307">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
-    </w:div>
-[...11 lines deleted...]
-      </w:divBdr>
     </w:div>
     <w:div w:id="1482846706">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="131681828">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -22793,701 +20176,59 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1545367386">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///S:\STAFF\OFFICE\TEMPLATES\KTH_Grundmall.dotx" TargetMode="External"/></Relationships>
-</file>
-[...640 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="KTH">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1954A6"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E3E5E3"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="1954A6"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="24A0D8"/>
       </a:accent2>
       <a:accent3>
@@ -23688,61 +20429,74 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="b49f9cd3-2941-41b9-8edc-fe57b3914c1c" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f0fbe950-8133-400a-a1da-41cbb0fb62f6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101006B92E72A0AD644438883FFC3BD797788" ma:contentTypeVersion="16" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="65ff97bb0f73e6d350681cc54003b750">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f0fbe950-8133-400a-a1da-41cbb0fb62f6" xmlns:ns3="b49f9cd3-2941-41b9-8edc-fe57b3914c1c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af5fcd62694d0203811aca5bfa825955" ns2:_="" ns3:_="">
     <xsd:import namespace="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
     <xsd:import namespace="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -23941,134 +20695,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3162D9B2-54CE-4D2F-8E4A-FD222401B538}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9B3C906-CAE0-430F-817C-243F31FC96FD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A55B52EA-465D-44E9-8264-1B65708A9EC1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3162D9B2-54CE-4D2F-8E4A-FD222401B538}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
+    <ds:schemaRef ds:uri="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EF40AA3-668E-4DDB-BBA1-0C09AD0C4F91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
     <ds:schemaRef ds:uri="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KTH_Grundmall</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>12367</Characters>
+  <Pages>17</Pages>
+  <Words>2348</Words>
+  <Characters>12447</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>103</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14671</CharactersWithSpaces>
+  <CharactersWithSpaces>14766</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Magnus Håkansson</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006B92E72A0AD644438883FFC3BD797788</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>