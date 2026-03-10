--- v0 (2025-10-07)
+++ v1 (2026-03-10)
@@ -10,70 +10,74 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="41AAE590" w14:textId="77777777" w:rsidR="00CE2E74" w:rsidRDefault="00CE2E74" w:rsidP="00122C46">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="majorHAnsi"/>
+    <w:p w14:paraId="3A5EEC1B" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="664B96D7" w14:textId="2A5BA8CA" w:rsidR="00976BFF" w:rsidRPr="00B43268" w:rsidRDefault="00976BFF" w:rsidP="0030329A">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62552AF8" w14:textId="7188CA96" w:rsidR="00B44EFF" w:rsidRPr="00B43268" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-284" w:right="2749"/>
+        <w:ind w:right="2749"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans Medium" w:hAnsi="DM Sans Medium"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1954A6" w:themeColor="accent1"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="56"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43268">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans Medium" w:hAnsi="DM Sans Medium"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1954A6" w:themeColor="accent1"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="56"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Krisplan KI </w:t>
       </w:r>
       <w:r>
@@ -81,9893 +85,9512 @@
           <w:rFonts w:ascii="DM Sans Medium" w:hAnsi="DM Sans Medium"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1954A6" w:themeColor="accent1"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="56"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>lokal</w:t>
       </w:r>
       <w:r w:rsidRPr="00B43268">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans Medium" w:hAnsi="DM Sans Medium"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1954A6" w:themeColor="accent1"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="56"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> krisledning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE6A7EB" w14:textId="77777777" w:rsidR="00976BFF" w:rsidRDefault="00976BFF" w:rsidP="0030329A">
+    <w:p w14:paraId="785E47CE" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:ind w:left="-284" w:right="2749"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37C4DF34" w14:textId="77777777" w:rsidR="00976BFF" w:rsidRDefault="00976BFF" w:rsidP="0030329A">
+    <w:p w14:paraId="53F59043" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:ind w:left="-284" w:right="2749"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16B3990C" w14:textId="77777777" w:rsidR="00976BFF" w:rsidRPr="000535CB" w:rsidRDefault="00976BFF" w:rsidP="0030329A">
+    <w:p w14:paraId="0EAC3FDF" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="000535CB" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="-284" w:right="2749"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000535CB">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bilaga till ”Riktlinjer för KI:s krisorganisation och krisledning”, dnr; 1-521-2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29BCBA9B" w14:textId="36B19AE6" w:rsidR="00CE2E74" w:rsidRDefault="00976BFF" w:rsidP="00976BFF">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="majorHAnsi"/>
+    <w:p w14:paraId="43155A82" w14:textId="011B0636" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="7E59990F" w14:textId="4E100D00" w:rsidR="00005E08" w:rsidRPr="00D0643D" w:rsidRDefault="003F220E" w:rsidP="00D0643D">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39378AD5" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02F1A292" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C92BD44" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E71D4B" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78FDC361" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F5D7443" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43DEB745" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="242A8FA7" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16BBAF73" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="603F31F3" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14EA914A" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41B7A452" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="369CFA18" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B4D4578" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E770E6A" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="673D604D" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1359B6C0" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AC47CE4" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51AF133C" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="424CEFF0" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="008871FA">
+      <w:pPr>
+        <w:pStyle w:val="KIPunktlistaPunktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B8702E" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00D0643D" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB377F">
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Händelser där krisledning kan komma att samlas</w:t>
       </w:r>
-      <w:r w:rsidR="00005E08" w:rsidRPr="00D0643D">
+      <w:r w:rsidRPr="00D0643D">
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599F0FF6" w14:textId="77777777" w:rsidR="00B319DE" w:rsidRPr="00627C84" w:rsidRDefault="00B319DE" w:rsidP="00005E08">
+    <w:p w14:paraId="02B4492A" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24F52AD5" w14:textId="441520F0" w:rsidR="00F16FFE" w:rsidRDefault="3204B937" w:rsidP="002E30D9">
+    <w:p w14:paraId="5967896D" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="25CDAB50" w14:textId="77777777" w:rsidR="00025DA0" w:rsidRPr="00627C84" w:rsidRDefault="00025DA0" w:rsidP="00025DA0">
+        <w:t>När en händelse inte kan hanteras inom den ordinarie verksamheten eller riskeras att eskalera till en sådan situation aktiveras den lokala krisledningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74100B24" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09A953D8" w14:textId="281B073D" w:rsidR="00B319DE" w:rsidRPr="00D0643D" w:rsidRDefault="00271DFE" w:rsidP="00D0643D">
+    <w:p w14:paraId="26884E2E" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00D0643D" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0643D">
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Meddelande till alla som ingår i </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C205B" w:rsidRPr="00D0643D">
+        <w:t>Meddelande till alla som ingår i den lokala krisledningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562BF5FA" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontaktas via telefonsamtal eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>appen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signal enligt listan i denna krisplan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F886BA8" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="+mn-ea" w:hAnsi="DM Sans" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F970530" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00D0643D" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">den lokala </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00D0643D">
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>krisledningen</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="32538A36" w14:textId="39CCDAC1" w:rsidR="00634D76" w:rsidRPr="00627C84" w:rsidRDefault="7A4AD908" w:rsidP="00C36777">
+        <w:t>Krisledningslokaler </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAEF7B3" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Kontaktas v</w:t>
-[...53 lines deleted...]
-    <w:p w14:paraId="2C679B3C" w14:textId="77F15F73" w:rsidR="00271DFE" w:rsidRPr="00D0643D" w:rsidRDefault="00E3381F" w:rsidP="00D0643D">
+        <w:t>Lämplig lokal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36617222" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00F81EE6" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53644F9A" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00D0643D" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0643D">
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>K</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00634D76" w:rsidRPr="00D0643D">
+        <w:t xml:space="preserve">Viktigt att tänka på </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4EAB33" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Både intern och extern kommunikation är viktig redan från början</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="470A9EB7" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D77AE7D" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00D0643D" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ris</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00924722" w:rsidRPr="00D0643D">
+      </w:pPr>
+      <w:r w:rsidRPr="00D0643D">
         <w:rPr>
           <w:rFonts w:eastAsia="+mn-ea"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lednings</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="57A5BAC3" w14:textId="2AB9EC67" w:rsidR="00F81EE6" w:rsidRDefault="004C205B" w:rsidP="00F81EE6">
+        <w:t>Krisledningens mandat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736DF3B5" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Lämplig lokal</w:t>
-[...37 lines deleted...]
-    <w:p w14:paraId="4B6A9BE1" w14:textId="75B9D41E" w:rsidR="190A944C" w:rsidRPr="00627C84" w:rsidRDefault="190A944C" w:rsidP="38621BE6">
+        <w:t>De som ingår i krisledningen har ett tydligt avgränsat område att ansvara för</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2B6229" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
-[...41 lines deleted...]
-    <w:p w14:paraId="644EE3FE" w14:textId="215F8775" w:rsidR="00EF4E6C" w:rsidRPr="00627C84" w:rsidRDefault="00EF4E6C" w:rsidP="00C36777">
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Krisledningens medlemmar har mandat att fatta beslut inom sitt område för att lösa uppkomna behov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07619F08" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>De som ingår i krisledningen har ett tydligt avgränsat område att ansvara för</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="08BE59EF" w14:textId="299F2709" w:rsidR="00FA0401" w:rsidRPr="00627C84" w:rsidRDefault="00EF4E6C" w:rsidP="00C36777">
+        <w:t>Större beslut med effekt på fler områden eller som kräver samordning diskuteras gemensamt och beslutas av beslutsfattaren</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471EAB1B" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Krisledningens medlemmar har mandat att fatta beslut inom sitt område för att lösa uppkomna behov.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="418D6F6D" w14:textId="3D691696" w:rsidR="00EF4E6C" w:rsidRPr="00627C84" w:rsidRDefault="00EF4E6C" w:rsidP="00C36777">
+        <w:t>Krisledningen har befogenheter att självständigt göra en bedömning om kris och agera om situationen kräver det. Det innebär att krisledningen i akuta lägen har mandat att leda och organisera det interna krishanteringsarbetet, inklusive fatta beslut om åtgärder som medför kostnader för KI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5AF234" w14:textId="77777777" w:rsidR="00D94015" w:rsidRDefault="00D94015" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:numPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="77F84EF5" w14:textId="0A9FB16C" w:rsidR="00D94015" w:rsidRPr="00627C84" w:rsidRDefault="00EF4E6C" w:rsidP="00C36777">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="372AC0A9" w14:textId="77777777" w:rsidR="00354F57" w:rsidRDefault="00354F57" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:numPr>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="289F2071" w14:textId="77777777" w:rsidR="00354F57" w:rsidRPr="00627C84" w:rsidRDefault="00354F57" w:rsidP="00331E6D">
+    <w:p w14:paraId="3FF64ADF" w14:textId="77777777" w:rsidR="00354F57" w:rsidRDefault="00354F57" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BA079C9" w14:textId="77777777" w:rsidR="00354F57" w:rsidRPr="00627C84" w:rsidRDefault="00354F57" w:rsidP="00331E6D">
+    <w:p w14:paraId="199267D7" w14:textId="77777777" w:rsidR="00354F57" w:rsidRDefault="00354F57" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="163F56AD" w14:textId="1C74D8A3" w:rsidR="00D94015" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="00943A56">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+    <w:p w14:paraId="289F2071" w14:textId="77777777" w:rsidR="00354F57" w:rsidRDefault="00354F57" w:rsidP="00331E6D">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA079C9" w14:textId="77777777" w:rsidR="00354F57" w:rsidRDefault="00354F57" w:rsidP="00331E6D">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="479E1441" w14:textId="77777777" w:rsidR="00354F57" w:rsidRDefault="00354F57" w:rsidP="00331E6D">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A0332C7" w14:textId="77777777" w:rsidR="00354F57" w:rsidRDefault="00354F57" w:rsidP="00331E6D">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="163F56AD" w14:textId="1C74D8A3" w:rsidR="00D94015" w:rsidRPr="00AF07AB" w:rsidRDefault="38621BE6" w:rsidP="00943A56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00D94015" w:rsidRPr="00AF07AB">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>KRISLEDNINGENS SAMMANSÄTTNING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49348A99" w14:textId="77777777" w:rsidR="004277A9" w:rsidRPr="00627C84" w:rsidRDefault="004277A9" w:rsidP="00331E6D">
+    <w:p w14:paraId="49348A99" w14:textId="77777777" w:rsidR="004277A9" w:rsidRPr="004277A9" w:rsidRDefault="004277A9" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9830" w:type="dxa"/>
-        <w:tblInd w:w="-436" w:type="dxa"/>
+        <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2701"/>
         <w:gridCol w:w="2258"/>
         <w:gridCol w:w="2434"/>
         <w:gridCol w:w="2437"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F26DF" w:rsidRPr="00627C84" w14:paraId="28B41D18" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="003F26DF" w:rsidRPr="00676430" w14:paraId="28B41D18" w14:textId="77777777" w:rsidTr="009E053A">
         <w:trPr>
           <w:trHeight w:val="1379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcW w:w="2697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05C9318B" w14:textId="073CD09F" w:rsidR="003F26DF" w:rsidRPr="00627C84" w:rsidRDefault="003F26DF" w:rsidP="006F22F3">
+          <w:p w14:paraId="05C9318B" w14:textId="073CD09F" w:rsidR="003F26DF" w:rsidRPr="00676430" w:rsidRDefault="003F26DF" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>BESLUTSFATTARE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="127E5B1E" w14:textId="587B1F10" w:rsidR="003F26DF" w:rsidRPr="00627C84" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
+          <w:p w14:paraId="127E5B1E" w14:textId="587B1F10" w:rsidR="003F26DF" w:rsidRPr="00676430" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>NAMN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcW w:w="2432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="147A5B87" w14:textId="1C3AA240" w:rsidR="003F26DF" w:rsidRPr="00627C84" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
+          <w:p w14:paraId="147A5B87" w14:textId="1C3AA240" w:rsidR="003F26DF" w:rsidRPr="00676430" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>ROLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2437" w:type="dxa"/>
+            <w:tcW w:w="2435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3516046A" w14:textId="05130036" w:rsidR="003F26DF" w:rsidRPr="00627C84" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
+          <w:p w14:paraId="3516046A" w14:textId="05130036" w:rsidR="003F26DF" w:rsidRPr="00676430" w:rsidRDefault="009E053A" w:rsidP="006F22F3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>TELEFON-</w:t>
             </w:r>
-            <w:r w:rsidR="003F604F" w:rsidRPr="00627C84">
+            <w:r w:rsidR="003F604F" w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="003F604F">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>NUMMER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D5782F7" w14:textId="77777777" w:rsidR="00EC5695" w:rsidRPr="00627C84" w:rsidRDefault="00EC5695" w:rsidP="00331E6D">
+    <w:p w14:paraId="1D5782F7" w14:textId="77777777" w:rsidR="00EC5695" w:rsidRDefault="00EC5695" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0105C408" w14:textId="77777777" w:rsidR="00EC5695" w:rsidRPr="00627C84" w:rsidRDefault="00EC5695" w:rsidP="00331E6D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0105C408" w14:textId="77777777" w:rsidR="00EC5695" w:rsidRPr="00D94015" w:rsidRDefault="00EC5695" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9820" w:type="dxa"/>
-        <w:tblInd w:w="-436" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2697"/>
         <w:gridCol w:w="2256"/>
         <w:gridCol w:w="2432"/>
         <w:gridCol w:w="2435"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00627C84" w14:paraId="7B762A69" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="7B762A69" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="021BE25F" w14:textId="3F8F6569" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="004277A9" w:rsidP="00676430">
+          <w:p w14:paraId="021BE25F" w14:textId="3F8F6569" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="004277A9" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">STABS </w:t>
             </w:r>
-            <w:r w:rsidR="00676430" w:rsidRPr="00627C84">
+            <w:r w:rsidR="00676430" w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>FUNKTION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02C819BA" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="02C819BA" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>NAMN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="518FA56D" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="518FA56D" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>ROLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ECA218F" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="0ECA218F" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>TELEFON-NUMMER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00627C84" w14:paraId="1690561F" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="1690561F" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B3BA88B" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="5B3BA88B" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>KRISLEDARE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ABDC03A" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="1ABDC03A" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C8441D7" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="7C8441D7" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78DECDF6" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="78DECDF6" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00627C84" w14:paraId="7E0977F7" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="7E0977F7" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A44B190" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="3A44B190" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>LOGGFÖRARE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="785CB408" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="785CB408" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17738521" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="17738521" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45C6FDF5" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="45C6FDF5" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00627C84" w14:paraId="1BBC2998" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="1BBC2998" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C4C4860" w14:textId="2F14D514" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="4C4C4860" w14:textId="2F14D514" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>KOMMUNIKATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25815847" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="25815847" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E24679E" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="6E24679E" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05A811B6" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="05A811B6" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00627C84" w14:paraId="5A2DC3FB" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="5A2DC3FB" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C9461B8" w14:textId="61E7EE17" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="5A65AF1A" w:rsidP="38621BE6">
+          <w:p w14:paraId="1C9461B8" w14:textId="61E7EE17" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="5A65AF1A" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03759DD9" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="03759DD9" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="523544AE" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="523544AE" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60989F8D" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="60989F8D" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676430" w:rsidRPr="00627C84" w14:paraId="07B74F6E" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="00676430" w:rsidRPr="00676430" w14:paraId="07B74F6E" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28C45345" w14:textId="136471FD" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="28C45345" w14:textId="136471FD" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00676430">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>STUDENT</w:t>
             </w:r>
-            <w:r w:rsidR="00804E5C" w:rsidRPr="00627C84">
+            <w:r w:rsidR="00804E5C">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="00EC30B4" w:rsidRPr="00627C84">
+            <w:r w:rsidR="00EC30B4">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>RÅGOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EBB44CD" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="0EBB44CD" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="414B31EE" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="414B31EE" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CC75FE8" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00627C84" w:rsidRDefault="00676430" w:rsidP="00676430">
+          <w:p w14:paraId="7CC75FE8" w14:textId="77777777" w:rsidR="00676430" w:rsidRPr="00676430" w:rsidRDefault="00676430" w:rsidP="00676430">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C2428B5" w14:textId="77777777" w:rsidR="00D94015" w:rsidRPr="00627C84" w:rsidRDefault="00D94015" w:rsidP="00331E6D">
+    <w:p w14:paraId="1C2428B5" w14:textId="77777777" w:rsidR="00D94015" w:rsidRDefault="00D94015" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="7E3DF2B3" w14:textId="77777777" w:rsidR="00EF4E6C" w:rsidRPr="00627C84" w:rsidRDefault="00EF4E6C" w:rsidP="00E616D9">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E3DF2B3" w14:textId="77777777" w:rsidR="00EF4E6C" w:rsidRDefault="00EF4E6C" w:rsidP="00E616D9">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="3E46430A" w14:textId="77777777" w:rsidR="006D6CC6" w:rsidRPr="00627C84" w:rsidRDefault="006D6CC6" w:rsidP="00E616D9">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E46430A" w14:textId="77777777" w:rsidR="006D6CC6" w:rsidRDefault="006D6CC6" w:rsidP="00E616D9">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...73 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="520D450D" w14:textId="77777777" w:rsidR="006D6CC6" w:rsidRDefault="006D6CC6" w:rsidP="00E616D9">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5620C3BB" w14:textId="77777777" w:rsidR="006D6CC6" w:rsidRDefault="006D6CC6" w:rsidP="00E616D9">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7F510D" w14:textId="77777777" w:rsidR="006D6CC6" w:rsidRDefault="006D6CC6" w:rsidP="00E616D9">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2145902E" w14:textId="77777777" w:rsidR="006D6CC6" w:rsidRDefault="006D6CC6" w:rsidP="00E616D9">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="472B8E87" w14:textId="77777777" w:rsidR="006D6CC6" w:rsidRDefault="006D6CC6" w:rsidP="00E616D9">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4637D732" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="00B44EFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00B44EFF" w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Befattningskort: BESLUTSFATTARE  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431C1309" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="00E616D9">
+    <w:p w14:paraId="67477433" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="271316BD" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="00E616D9">
+    <w:p w14:paraId="3B41BCF7" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uppgift: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C9CFBE" w14:textId="60A3BFEC" w:rsidR="47B61E10" w:rsidRPr="00627C84" w:rsidRDefault="47B61E10" w:rsidP="38621BE6">
+    <w:p w14:paraId="63FB33E8" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Beslutsfattare ansvarar för de stora och långsiktiga besluten, ha kontakt med viktiga intressenter och stå till förfogande för viktigare intervjuer i media, samt finnas tillgänglig för krisledningen och bistå med det långsiktiga arbetet.</w:t>
       </w:r>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429E1BC7" w14:textId="3D586AD3" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="00061A20">
+    <w:p w14:paraId="370345DD" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47D06D15" w14:textId="308FAF1A" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="38621BE6">
+    <w:p w14:paraId="139C0F6C" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Tillsammans med krisledare besluta om hur krisledningen ska sammanträda: på</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Tillsammans med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> i krisledningsrum</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="33CE9B37" w:rsidRPr="00627C84">
+        <w:t>krisledare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> besluta om hur krisledningen ska sammanträda: på respektive kontor, i krisledningsrum,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> på en och samma plats</w:t>
       </w:r>
-      <w:r w:rsidR="33CE9B37" w:rsidRPr="00627C84">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>eller via videolänk?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DA807F3" w14:textId="6E9A0F50" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="38621BE6">
+        <w:t xml:space="preserve"> eller via videolänk?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6508576E" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Håll</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="3245EE23" w14:textId="615B365F" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="38621BE6">
+        <w:t>Hålla dialog med krisledningen och bistå med beslut i de fall det krävs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0F15D1" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>H</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="3CC3D506" w14:textId="7E71B1C1" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="38621BE6">
+        <w:t>Ha dialog med relevanta chefer, som inte ingår i krisledningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C4BA42" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="3FD01328" w14:textId="0F909838" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="38621BE6">
+        <w:t>Säkerställa att beslut som fattas inte riskerar ha negativa effekter eller påverkan på verksamheten på lång sikt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2A4CD1" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Bedöm</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Bedöma behovet av resurser och samverkan med andra aktörer. Samordna med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> behovet av resurser och samverkan med andra aktörer. Samordna med krisledare</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="73062295" w14:textId="62EF5D18" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="38621BE6">
+        <w:t>krisledare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="30D1DBC6" w14:textId="77777777" w:rsidR="00B44EFF" w:rsidRPr="00627C84" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Var</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Vara tillgänglig för intervjuer med viktigare nyhetsmedia. Samordna med kommunikationsansvarig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3A9A13" w14:textId="5B067E64" w:rsidR="00E616D9" w:rsidRDefault="00B44EFF" w:rsidP="00B44EFF">
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tillgänglig för intervjuer med viktigare nyhetsmedia. Samordna med kommunikationsansvarig</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="18FD3FE1" w14:textId="77F2C3C1" w:rsidR="2C6BC7F7" w:rsidRPr="00627C84" w:rsidRDefault="2C6BC7F7" w:rsidP="38621BE6">
+        <w:t xml:space="preserve">Tillsammans med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>krisledare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> besluta om ev</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eskalation till central krisledning vid de tillfällena då krisen växter och påverkar hela KI eller där flera </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>instutioner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är inblandade och central sa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ordning krävs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A46BD6" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRDefault="00E616D9" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:numPr>
-[...59 lines deleted...]
-    <w:p w14:paraId="6B3A9A13" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="00331E6D">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE6C4E5" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRDefault="00E616D9" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="20A46BD6" w14:textId="77777777" w:rsidR="00E616D9" w:rsidRPr="00627C84" w:rsidRDefault="00E616D9" w:rsidP="00331E6D">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="155C159F" w14:textId="2030620A" w:rsidR="00F946AA" w:rsidRDefault="00F946AA" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2730DC33" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
+    <w:p w14:paraId="2730DC33" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74E48E07" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
+    <w:p w14:paraId="74E48E07" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BB706BC" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
+    <w:p w14:paraId="7BB706BC" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EFB920F" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
+    <w:p w14:paraId="4EFB920F" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C8749CF" w14:textId="77777777" w:rsidR="00627C84" w:rsidRDefault="00627C84" w:rsidP="00DC6C4B">
+    <w:p w14:paraId="5D06581C" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A4449E3" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CD5FCAD" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRDefault="00DC6C4B" w:rsidP="00331E6D">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55EE05BC" w14:textId="77777777" w:rsidR="00221F1E" w:rsidRDefault="00221F1E" w:rsidP="00DC6C4B">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C33DE0A" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00F81EE6" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F81EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Befattningskort: KRISLEDARE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDA19EC" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00F81EE6" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F81EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662148FA" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...90 lines deleted...]
-        </w:rPr>
         <w:t>Uppgift:</w:t>
       </w:r>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EDF960" w14:textId="77777777" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="00DC6C4B">
+    <w:p w14:paraId="25F97B49" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="256D3824" w14:textId="5957D30C" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="38621BE6">
+    <w:p w14:paraId="6EFB588A" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Krisledare ansvarar för att upprätthålla krisledningens arbete, informera samverkansresurser och prioritera verksamhetens resurser.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="59EFB612" w:rsidRPr="00627C84">
+        <w:t>Krisledare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> ansvarar för att upprätthålla krisledningens arbete, informera samverkansresurser och prioritera verksamhetens resurser. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Krisledare ansvarar för att ersätta resurser i krisledningen som är personligt berörda av krisen.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6A0F8C6D" w14:textId="568CF413" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="000E0562">
+        <w:t>Krisledare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ansvarar för att ersätta resurser i krisledningen som är personligt berörda av krisen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8088BD" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:firstLine="50"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="718B1925" w14:textId="50B6E38C" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="38621BE6">
+    <w:p w14:paraId="4D0A95FF" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="0050A1B2" w14:textId="68CA5A88" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="38621BE6">
+        <w:t>Säkerställa att krisledningen är komplett och att alla ansvarsområden som behövs är bemannade</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A294196" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Tillsammans med beslutsfattare</w:t>
-[...9 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>Tillsammans med beslutsfattare, besluta om hur krisledningen ska sammanträda:</w:t>
       </w:r>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
-[...8 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> på respektive kontor, i krisledningsrum,</w:t>
       </w:r>
-      <w:r w:rsidR="4351FD9C" w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> på en och samma plats</w:t>
       </w:r>
-      <w:r w:rsidR="4351FD9C" w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller via videolänk?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3057E9E1" w14:textId="2514238A" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="38621BE6">
+    <w:p w14:paraId="0BC5EB31" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Bedöm</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="011301D9" w14:textId="2EE3C007" w:rsidR="2DBF72A4" w:rsidRPr="00627C84" w:rsidRDefault="2DBF72A4" w:rsidP="38621BE6">
+        <w:t>Bedöma om andra resurser behöver kallas in till krisledningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42DC6628" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hålla samman krisledningens riktning i krisledningens möten. Använda krisledningens agenda och mötesdagordning i denna krisplan för att strukturera mötena</w:t>
       </w:r>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B321F1" w14:textId="0508956B" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="38621BE6">
+    <w:p w14:paraId="1C47DE95" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Följ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="1429D6F2" w14:textId="37D74DE2" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="38621BE6">
+        <w:t>Följa upp beslut och förväntade åtgärder</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C32A9A3" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="2427C4D4" w14:textId="15ADA7B3" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="38621BE6">
+        <w:t>Säkerställa att alla i krisledningen delar samma bild av krisen. Då arbetar man mot samma mål</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA28BD7" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Tillsammans med beslutsfattare bedöm</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="24B6B45C" w14:textId="1F6FD9D6" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="38621BE6">
+        <w:t>Tillsammans med beslutsfattare bedöma behovet av resurser och samverkan med andra aktörer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CDB5E5F" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Var</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="17681808" w14:textId="7EFFD092" w:rsidR="00DC6C4B" w:rsidRPr="00627C84" w:rsidRDefault="00DC6C4B" w:rsidP="38621BE6">
+        <w:t>Vara tillgänglig för avvikelserapporter mellan krisledningens gemensamma sammankomster</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFC367E" w14:textId="745D3C3C" w:rsidR="000E0562" w:rsidRPr="00462AC6" w:rsidRDefault="00462AC6" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid behov säkerställ</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="0633871E" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00627C84" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
+        <w:t>Vid behov säkerställa att relevanta myndigheter kontaktas för incidentrapportering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D695CC" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="205F181E" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00627C84" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
+    <w:p w14:paraId="28372B3A" w14:textId="77777777" w:rsidR="002969B4" w:rsidRDefault="002969B4" w:rsidP="000E0562">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...68 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+    </w:p>
+    <w:p w14:paraId="2056E57A" w14:textId="62416CC3" w:rsidR="38621BE6" w:rsidRDefault="38621BE6">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3265C44C" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        <w:pStyle w:val="Brdtext"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="67AC1AA1" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="00627C84" w:rsidRDefault="000E0562" w:rsidP="000E0562">
+        <w:lastRenderedPageBreak/>
+        <w:t>Befattningskort: LOGGFÖRARE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0528537B" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77174E2D" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Uppgift: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5312E05D" w14:textId="26C5B986" w:rsidR="000E0562" w:rsidRPr="00627C84" w:rsidRDefault="1C111580" w:rsidP="38621BE6">
+    <w:p w14:paraId="541F12E7" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Loggförare ansvarar för att dokumentera händelser och åtgärder och föra logg över beslut och genomförda aktiviteter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FD8A8ED" w14:textId="012697C1" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+    <w:p w14:paraId="4724F9D1" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="383DC168" w14:textId="65BEBE47" w:rsidR="000E0562" w:rsidRPr="00627C84" w:rsidRDefault="000E0562" w:rsidP="38621BE6">
+    <w:p w14:paraId="70908EDB" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Om liten eller ingen risk för strömavbrott eller IT-störningar föreligger, skriv gärna i SharePoint och dela med de som behöver ha snabb överblick, till exempel kommunikation. Annars skriv på papper</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3431947D" w14:textId="6F82C638" w:rsidR="000E0562" w:rsidRPr="00627C84" w:rsidRDefault="6F023150" w:rsidP="38621BE6">
+    <w:p w14:paraId="74C54FC8" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dokumentera lägesrapport och händelseutveckling. Använd gärna mallen Bilaga 1 “Checklista – loggbok" som medföljer detta dokument</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1A53DA" w14:textId="0828C954" w:rsidR="000E0562" w:rsidRPr="00627C84" w:rsidRDefault="000E0562" w:rsidP="38621BE6">
+    <w:p w14:paraId="50929EF8" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid behov bistå krisledare att bemanna de olika rollerna samt observera om behov av ersättare/avbytare uppstår</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="260FC73C" w14:textId="28572068" w:rsidR="000E0562" w:rsidRPr="00627C84" w:rsidRDefault="000E0562" w:rsidP="38621BE6">
+        <w:t xml:space="preserve">Vid behov bistå </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>krisledare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> att bemanna de olika rollerna samt observera om behov av ersättare/avbytare uppstår</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E97EEA" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRPr="00627C84" w:rsidRDefault="00462AC6" w:rsidP="00462AC6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Följ</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="465B1825" w14:textId="7BE5AFC3" w:rsidR="000E0562" w:rsidRPr="00627C84" w:rsidRDefault="000E0562" w:rsidP="38621BE6">
+        <w:t>Följa upp föregående mötesbeslut med ansvarig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7834AC09" w14:textId="157906A1" w:rsidR="000E0562" w:rsidRPr="00462AC6" w:rsidRDefault="00462AC6" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Sammanställ</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Sammanställer löpande utlägg och kostnader</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28301CB9" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7415EC48" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F591558" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4FBA0A" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="307757B1" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ED410AF" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D36FFBA" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F33C0CC" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C43DB5" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38DC67D0" w14:textId="77777777" w:rsidR="000E0562" w:rsidRDefault="000E0562" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E25EB7E" w14:textId="77777777" w:rsidR="0015002C" w:rsidRDefault="0015002C" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE505D9" w14:textId="77777777" w:rsidR="0015002C" w:rsidRDefault="0015002C" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="513F9266" w14:textId="77777777" w:rsidR="0015002C" w:rsidRDefault="0015002C" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D490145" w14:textId="77777777" w:rsidR="00AF0EDF" w:rsidRDefault="00AF0EDF" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C738DD9" w14:textId="77777777" w:rsidR="00AF0EDF" w:rsidRDefault="00AF0EDF" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="270F74DA" w14:textId="662EDDC0" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6"/>
+    <w:p w14:paraId="72EB9C95" w14:textId="7805DCCE" w:rsidR="28F33EAE" w:rsidRPr="00462AC6" w:rsidRDefault="28F33EAE" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Befattningskort: KOMMUNIKATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574F411C" w14:textId="77777777" w:rsidR="28F33EAE" w:rsidRPr="00462AC6" w:rsidRDefault="28F33EAE" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E87D63" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="005D782B" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="314D4C7F">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enligt Riktlinjer för Karolinska Institutets krisorganisation och krisledning Dnr </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="314D4C7F">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1-521</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="314D4C7F">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/2024, avsnitt 9, ska en lokal krisledning finnas på institutionsnivå och utses av prefekten. Då alla institutioner inte har tillgång till egen kommunikationsfunktion, är det viktigt att ta kontakt med kommunikationsavdelningen genom att kontakta kommunikationsdirektören eller presstjänsten i ett så tidigt skede som möjligt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1F0088" w14:textId="77777777" w:rsidR="0093447E" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C641268" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00627C84" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00627C84">
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...126 lines deleted...]
-    <w:p w14:paraId="5E25EB7E" w14:textId="77777777" w:rsidR="0015002C" w:rsidRPr="00627C84" w:rsidRDefault="0015002C" w:rsidP="00A6603C">
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uppgift:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5623180A" w14:textId="77777777" w:rsidR="0093447E" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ansvarig för kommunikation ska säkerställa att kriskommunikationen samordnas och integreras inom krisledningen så att berörda nås av korrekt, förtroendeskapande och effektiv kommunikation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5E2601" w14:textId="77777777" w:rsidR="0093447E" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05E4BD33" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Detta görs genom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333AEFEC" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faktainhämtning från relevanta och betrodda källor samt genom omvärldsanalys inklusive mediebevakning för att få en så samlad bild som möjligt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7712F285" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bedömning av olika kommunikationsbehov, dvs vilka som behöver få information, vad som kan kommuniceras, när, i vilka kanaler och på vilka andra plattformar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEEC497" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Intern kommunikationssamordning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF89A76" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024A9742" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...653 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="6C6595B7" w:rsidRPr="00627C84">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I samråd med krisledningen besluta om</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02997228" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nödvändiga kommunikationsinsatser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BD1E55" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>KI:s budskap i situationen (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vad som kan kommuniceras, vad vi känner till och vad som kan sägas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19417D64" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vem eller vilka som ska vara KI:s talespersoner och som ska uttala sig å KI:s vägnar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0074215A" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vem eller vilka som ska informera olika målgrupper (universitetsledning, konsistoriet, medarbetare, studenter, media, intressenter, etcetera).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023019C5" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Att koordinera och genomföra beslutade kommunikationsinsatser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A594428" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D986A3E" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kommunikationen ska säkerställa att</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B307E18" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Olika målgrupper får korrekt och relevant information så snart som möjligt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6260F3" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Informationen är lätt att hitta och når ut brett.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2DF210" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>KI:s växel, registrator, presstjänst och andra centrala funktioner för inkommande frågor vet vem eller vilka de kan hänvisa till.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AC3AF6" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A5EBF9D" w14:textId="77777777" w:rsidR="0093447E" w:rsidRPr="00A21824" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21824">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Under en kris är det ingen som äger hela bilden. Det är därför viktigt med uttalade och kommunicerade funktioner och/eller talespersoner som har till uppgift att kommunicera det som vi känner till, vad vi inte känner till och vad som går att bekräfta. Ryktesspridning är vanligt under en kris.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB558AD" w14:textId="1FE9D87B" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="0093447E" w:rsidP="0093447E">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00627C84">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00A6603C" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-        </w:rPr>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Befattningskort: </w:t>
+      </w:r>
+      <w:r w:rsidR="6C6595B7" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Uppgift:</w:t>
-[...169 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t>HR</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6603C" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6603C" w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A17B65E" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Säkerställ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="7A639214" w:rsidRPr="00627C84">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3209AF3B" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+        <w:t>Uppgift:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F094B32" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Att inkludera medarbetarperspektivet i krisledningen samt att hantera frågor och situationer där medarbetare berörs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2296AE88" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B26A81" w14:textId="7ACB3F8E" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medarbetarfrågor hanteras främst av berörd institution, men ansvaret för en gemensam och sammanhållen hantering av medarbetarperspektivet när den </w:t>
+      </w:r>
+      <w:r w:rsidR="59B604AD" w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lokala</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> krisledningen är aktiverad faller på den som i krisledningen ansvarar för medarbetarfrågor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CAC9B33" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729F6463" w14:textId="2B426446" w:rsidR="1238B344" w:rsidRPr="00462AC6" w:rsidRDefault="1238B344" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Samordning med institutioner, kommunikationsansvarig, säkerhetsansvarig och andra för situationen relevanta aktörer i krisledningen ingår i uppdraget. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113B7796" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316764EC" w14:textId="16DE28B2" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Säkerställ</w:t>
+      </w:r>
+      <w:r w:rsidR="7A639214" w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> att samtliga medarbetare nås av relevant och korrekt information gällande situationen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9FB73D" w14:textId="77777777" w:rsidR="0015002C" w:rsidRPr="00627C84" w:rsidRDefault="0015002C" w:rsidP="00A6603C">
+    <w:p w14:paraId="0A9FB73D" w14:textId="77777777" w:rsidR="0015002C" w:rsidRPr="00462AC6" w:rsidRDefault="0015002C" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66978ABF" w14:textId="5236D24B" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
+    <w:p w14:paraId="66978ABF" w14:textId="5236D24B" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samordna med ansvariga för kommunikation och studentfrågor för att skapa enhetlig kommunikation och budskap</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB2B97F" w14:textId="3F3BAD61" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
+    <w:p w14:paraId="5EB2B97F" w14:textId="3F3BAD61" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samordna vid behov med institutionerna för att nå ut med information snabbt och brett</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09831D80" w14:textId="5EF6D2C0" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
+    <w:p w14:paraId="09831D80" w14:textId="5EF6D2C0" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Överväg om medarbetare på eventuell resa behöver informeras specifikt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="060F5B3F" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
+    <w:p w14:paraId="060F5B3F" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162C25A7" w14:textId="5EFA905C" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+    <w:p w14:paraId="162C25A7" w14:textId="5EFA905C" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Säkerställ</w:t>
       </w:r>
-      <w:r w:rsidR="6F1BCB54" w:rsidRPr="00627C84">
+      <w:r w:rsidR="6F1BCB54" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> att medarbetare kan sättas i säkerhet när situationen så kräver</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F49D505" w14:textId="77777777" w:rsidR="0015002C" w:rsidRPr="00627C84" w:rsidRDefault="0015002C" w:rsidP="0015002C">
+    <w:p w14:paraId="6F49D505" w14:textId="77777777" w:rsidR="0015002C" w:rsidRPr="00462AC6" w:rsidRDefault="0015002C" w:rsidP="0015002C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36AD4020" w14:textId="570B8067" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+    <w:p w14:paraId="36AD4020" w14:textId="570B8067" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="DM Sans" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Samordna med berörda institutioner och säkerhetsansvarig</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F81D7E7" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
+    <w:p w14:paraId="2F81D7E7" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23448F50" w14:textId="12B93D61" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+    <w:p w14:paraId="23448F50" w14:textId="7FF338C7" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid dödsfall eller personskada</w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vid arbetsplatsen. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="183AB41A" w14:textId="5A5E7D26" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="0015002C">
+        <w:t xml:space="preserve"> vid arbetsplatsen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183AB41A" w14:textId="5A5E7D26" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="0015002C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samordna vid behov med berörd institution:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1BFA3A" w14:textId="6CA3B0DC" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
+    <w:p w14:paraId="1F1BFA3A" w14:textId="6CA3B0DC" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bistå med att hålla kontakt med räddningstjänsten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F5B4011" w14:textId="56897BB3" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
+    <w:p w14:paraId="0F5B4011" w14:textId="1B897E41" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aktivera företagshälsan för att ge stöd till berörda </w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
-[...8 lines deleted...]
-    <w:p w14:paraId="3AB57A1C" w14:textId="2E430811" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>medarbetare och doktorander</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB57A1C" w14:textId="2E430811" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Säkerställ</w:t>
       </w:r>
-      <w:r w:rsidR="660D386D" w:rsidRPr="00627C84">
+      <w:r w:rsidR="660D386D" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> kriskommunikation till anhöriga med information och eventuell kontaktperson</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1A44E9" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
+    <w:p w14:paraId="5F1A44E9" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00A6603C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B88A47" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
+    <w:p w14:paraId="23B88A47" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid händelser på tjänsteresa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0902DB" w14:textId="47748294" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="0015002C">
+    <w:p w14:paraId="5E0902DB" w14:textId="47748294" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="0015002C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samordna vid behov med berörd institution</w:t>
       </w:r>
-      <w:r w:rsidR="71D200F1" w:rsidRPr="00627C84">
+      <w:r w:rsidR="71D200F1" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABF75BC" w14:textId="0CB0EB1B" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
+    <w:p w14:paraId="1ABF75BC" w14:textId="0CB0EB1B" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontakter med resebyrån</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E146F89" w14:textId="2E5ED82C" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
+    <w:p w14:paraId="3E146F89" w14:textId="2E5ED82C" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontakter med </w:t>
       </w:r>
-      <w:r w:rsidR="003B677A" w:rsidRPr="00627C84">
+      <w:r w:rsidR="003B677A" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">säkerhetsenheten för </w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>försäkrings</w:t>
       </w:r>
-      <w:r w:rsidR="003B677A" w:rsidRPr="00627C84">
+      <w:r w:rsidR="003B677A" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>frågor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3107A420" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00627C84" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
+    <w:p w14:paraId="3107A420" w14:textId="77777777" w:rsidR="00A6603C" w:rsidRPr="00462AC6" w:rsidRDefault="00A6603C" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Eventuella kontakter med UD/ambassad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DAE36C7" w14:textId="24E76A92" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="00423641">
+    <w:p w14:paraId="0DAE36C7" w14:textId="24E76A92" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="00423641">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Befattningskort: STUDENTFRÅGOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F783872" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="00423641">
+    <w:p w14:paraId="6F783872" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="00423641">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="721A6A8B" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="00423641">
+    <w:p w14:paraId="721A6A8B" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="00423641">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Uppgift:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39CBFB39" w14:textId="77777777" w:rsidR="0015002C" w:rsidRPr="00627C84" w:rsidRDefault="0015002C" w:rsidP="00423641">
+    <w:p w14:paraId="39CBFB39" w14:textId="77777777" w:rsidR="0015002C" w:rsidRPr="00462AC6" w:rsidRDefault="0015002C" w:rsidP="00423641">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="424FE7E1" w14:textId="4C2412C2" w:rsidR="4815E0A3" w:rsidRPr="00627C84" w:rsidRDefault="4815E0A3" w:rsidP="38621BE6">
+    <w:p w14:paraId="424FE7E1" w14:textId="4C2412C2" w:rsidR="4815E0A3" w:rsidRPr="00462AC6" w:rsidRDefault="4815E0A3" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansvarig för studentfrågor ska säkerställa att studentperspektivet inkluderas i krisledningen samt hanterar frågor och situationer där studenter berörs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25230E3B" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="00423641">
+    <w:p w14:paraId="25230E3B" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="00423641">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE5AB19" w14:textId="47DF7873" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="4CE5AB19" w14:textId="47DF7873" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Säkerställ</w:t>
       </w:r>
-      <w:r w:rsidR="6160378B" w:rsidRPr="00627C84">
+      <w:r w:rsidR="6160378B" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> att samtliga studenter nås av relevant och korrekt information gällande situationen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21E1CABB" w14:textId="67171F6A" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="00C36777">
+    <w:p w14:paraId="21E1CABB" w14:textId="67171F6A" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samordna vid behov med institutionerna</w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/programmen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att nå ut med budskapet snabbt och brett</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2B29F1" w14:textId="70839FCE" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="00C36777">
+    <w:p w14:paraId="6E2B29F1" w14:textId="70839FCE" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Samordna med </w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">avdelningen för utbildnings- och forskarutbildningsstöd </w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>och kommunikationsavdelningen för att skapa enhetlig kommunikation och budskap</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F503BB" w14:textId="19AA1C80" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="00C36777">
+    <w:p w14:paraId="08F503BB" w14:textId="19AA1C80" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Överväg</w:t>
       </w:r>
-      <w:r w:rsidR="41AF4A3F" w:rsidRPr="00627C84">
+      <w:r w:rsidR="41AF4A3F" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> om studenter på eventuell resa eller utbytesstudenter behöver informeras specifikt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCE93FD" w14:textId="2EE587A6" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="00627C84">
+    <w:p w14:paraId="3A9CD61B" w14:textId="7EED9C43" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="00C36777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Överväg</w:t>
       </w:r>
-      <w:r w:rsidR="41AF4A3F" w:rsidRPr="00627C84">
+      <w:r w:rsidR="41AF4A3F" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> om kontakter med lärosäten som har utbytesstudenter på KI behöver upprättas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69102401" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="69102401" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Säkerställ att studenter kan sättas i säkerhet när situationen så kräver</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B422510" w14:textId="400F1235" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="2B422510" w14:textId="400F1235" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="DM Sans" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Samordna med berörda institutioner</w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="DM Sans" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>/programdirektorer</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="DM Sans" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>programdirektorer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="DM Sans" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> och säkerhetsansvarig</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2394A377" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="2394A377" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="184FDF1B" w14:textId="0DCC1372" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="184FDF1B" w14:textId="30D6178A" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid dödsfall eller personskada</w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> på arbetsplatsen/studieplats.</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+        <w:t xml:space="preserve"> på arbetsplatsen/studieplats</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2EBE3D" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samordna vid behov med berörd institution:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B45032C" w14:textId="5DBDD027" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="5B45032C" w14:textId="5DBDD027" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid behov bistå med att hålla kontakt med räddningstjänsten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0197A719" w14:textId="3789947F" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="0197A719" w14:textId="3789947F" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid behov </w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>kontakta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> studenthälsan för att ge stöd till berörda studenter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F22414" w14:textId="6323EE52" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="31F22414" w14:textId="6323EE52" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid behov säkerställ kriskommunikation till anhöriga med information och eventuell kontaktperson</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5F5D25" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="1F5F5D25" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vid händelser på studieresa eller vid utbytesstudier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2885052F" w14:textId="3DF82B56" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+    <w:p w14:paraId="2885052F" w14:textId="3DF82B56" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samordna vid behov med berörd institution/</w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>programdirektor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Calibri" w:hAnsi="DM Sans"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1224A8C4" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="1224A8C4" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontakter med resebyrån (vid studieresa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236B2A61" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="236B2A61" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontakter med försäkringsbolag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61458BCA" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="61458BCA" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontakter med utländska lärosäten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44109D96" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="44109D96" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Eventuella kontakter med UD/ambassad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7A5384" w14:textId="7E197071" w:rsidR="00423641" w:rsidRPr="00627C84" w:rsidRDefault="00423641" w:rsidP="38621BE6">
+    <w:p w14:paraId="4C7A5384" w14:textId="7E197071" w:rsidR="00423641" w:rsidRPr="00462AC6" w:rsidRDefault="00423641" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Säkerställ tillsammans med berörd institution</w:t>
       </w:r>
-      <w:r w:rsidR="00943A56" w:rsidRPr="00627C84">
+      <w:r w:rsidR="00943A56" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/program, avdelningen för utbildnings- och forskarutbildningsstöd</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> att berörda studenter och anhöriga kan få rätt krisinformation snabbt och att de enkelt kan hålla kontakten med KI. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FEEDD82" w14:textId="77777777" w:rsidR="00627C84" w:rsidRDefault="00627C84">
-      <w:pPr>
+    <w:p w14:paraId="0BE2C87F" w14:textId="77777777" w:rsidR="00423641" w:rsidRPr="00092F03" w:rsidRDefault="00423641" w:rsidP="00423641">
+      <w:pPr>
+        <w:pStyle w:val="Normalwebb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092F03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09FE84E3" w14:textId="77777777" w:rsidR="000E0562" w:rsidRPr="0015002C" w:rsidRDefault="000E0562" w:rsidP="00331E6D">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FD98376" w14:textId="589871FA" w:rsidR="04BF4433" w:rsidRPr="00462AC6" w:rsidRDefault="04BF4433" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">BILAGA 1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CBD68C" w14:textId="37F19417" w:rsidR="04BF4433" w:rsidRPr="00462AC6" w:rsidRDefault="04BF4433" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Loggbok</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DC9779" w14:textId="1907BBBD" w:rsidR="04BF4433" w:rsidRPr="00462AC6" w:rsidRDefault="04BF4433" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="29CBD68C" w14:textId="37F19417" w:rsidR="04BF4433" w:rsidRPr="00627C84" w:rsidRDefault="04BF4433" w:rsidP="38621BE6">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Skriv på papper eller i ett digitalt textdokument</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48982B0A" w14:textId="0A29AB28" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...24 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9800" w:type="dxa"/>
-        <w:tblInd w:w="-436" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2450"/>
         <w:gridCol w:w="2450"/>
         <w:gridCol w:w="2450"/>
         <w:gridCol w:w="2450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00627C84" w14:paraId="77BAA2DA" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="77BAA2DA" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EF99581" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3EF99581" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="002C4271">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="light1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Datum/tid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07E958D9" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="07E958D9" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="002C4271">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="light1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Händelse/beslut</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E022E49" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="1E022E49" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="002C4271">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="light1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Ansvarig</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54B67BDD" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="54B67BDD" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="002C4271">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="light1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Åtgärdat/ uppföljt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00627C84" w14:paraId="642B982A" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="642B982A" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E066FAB" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="4E066FAB" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67F6D14E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="67F6D14E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02C8838B" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="02C8838B" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="616B15AE" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="616B15AE" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00627C84" w14:paraId="7EEBFBBA" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="7EEBFBBA" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77797FEF" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="77797FEF" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B2DFD9F" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="0B2DFD9F" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E6771BC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="7E6771BC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6183233E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="6183233E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00627C84" w14:paraId="7C2DDE16" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="7C2DDE16" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E251897" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3E251897" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="302D22D0" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="302D22D0" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E9D43C1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="4E9D43C1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023D13D1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="023D13D1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00627C84" w14:paraId="52B5B77A" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="52B5B77A" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06ADF5CC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="06ADF5CC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ABB4AA1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="5ABB4AA1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E2AF32E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="5E2AF32E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30C00CBF" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="30C00CBF" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00627C84" w14:paraId="591F31D7" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="591F31D7" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="204CB716" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="204CB716" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A1892D2" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3A1892D2" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BC5553C" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="5BC5553C" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C63BB8F" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3C63BB8F" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00627C84" w14:paraId="286CC630" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="286CC630" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CC7FD98" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="1CC7FD98" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F5866B1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3F5866B1" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D68702A" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="3D68702A" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AA3C942" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="6AA3C942" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00627C84" w14:paraId="3AB26311" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="3AB26311" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FFBF7C6" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="6FFBF7C6" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="305D6D0D" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="305D6D0D" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B2D6AF6" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="0B2D6AF6" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="686D0DAC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="686D0DAC" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4271" w:rsidRPr="00627C84" w14:paraId="3B6994AF" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="002C4271" w:rsidRPr="002C4271" w14:paraId="3B6994AF" w14:textId="77777777" w:rsidTr="002C4271">
         <w:trPr>
           <w:trHeight w:val="1083"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="688F4602" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="688F4602" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B7DBBD4" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="5B7DBBD4" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="019B8C96" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="019B8C96" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2450" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476CFE6E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="00627C84" w:rsidRDefault="002C4271" w:rsidP="002C4271">
+          <w:p w14:paraId="476CFE6E" w14:textId="77777777" w:rsidR="002C4271" w:rsidRPr="002C4271" w:rsidRDefault="002C4271" w:rsidP="002C4271">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D29D6E3" w14:textId="1CBFF866" w:rsidR="003D159E" w:rsidRPr="00627C84" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
+    <w:p w14:paraId="0D29D6E3" w14:textId="1CBFF866" w:rsidR="003D159E" w:rsidRDefault="003D159E" w:rsidP="00331E6D">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DD4B721" w14:textId="77777777" w:rsidR="00402B09" w:rsidRPr="00627C84" w:rsidRDefault="00402B09" w:rsidP="00402B09">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+    <w:p w14:paraId="2DD4B721" w14:textId="77777777" w:rsidR="00402B09" w:rsidRDefault="00402B09" w:rsidP="00402B09"/>
+    <w:p w14:paraId="6B3AA01D" w14:textId="35A231E6" w:rsidR="005E3482" w:rsidRPr="00462AC6" w:rsidRDefault="556A7B02" w:rsidP="00943A56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">BILAGA 2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B1E10F0" w14:textId="495BFA1C" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="556A7B02" w:rsidP="38621BE6">
+    <w:p w14:paraId="2B1E10F0" w14:textId="495BFA1C" w:rsidR="005E3482" w:rsidRPr="00462AC6" w:rsidRDefault="556A7B02" w:rsidP="38621BE6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Viktiga telefonnummer</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B1ED16" w14:textId="32CF9F53" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="556A7B02" w:rsidP="38621BE6">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+    <w:p w14:paraId="16B1ED16" w14:textId="32CF9F53" w:rsidR="005E3482" w:rsidRPr="00462AC6" w:rsidRDefault="556A7B02" w:rsidP="38621BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="005E3482" w:rsidRPr="00627C84">
+      <w:r w:rsidR="005E3482" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Viktiga telefonnummer</w:t>
       </w:r>
-      <w:r w:rsidR="73951930" w:rsidRPr="00627C84">
+      <w:r w:rsidR="73951930" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> fylls</w:t>
       </w:r>
-      <w:r w:rsidR="6411B6CB" w:rsidRPr="00627C84">
+      <w:r w:rsidR="6411B6CB" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidR="73951930" w:rsidRPr="00627C84">
+      <w:r w:rsidR="73951930" w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> av ansvarig för lokal krisledning)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C75EFC" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="00402B09">
+    <w:p w14:paraId="53C75EFC" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00462AC6" w:rsidRDefault="005E3482" w:rsidP="00402B09">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9669" w:type="dxa"/>
-        <w:tblInd w:w="-294" w:type="dxa"/>
+        <w:tblW w:w="9120" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2131"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1921"/>
+        <w:gridCol w:w="2010"/>
+        <w:gridCol w:w="1485"/>
+        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="2628"/>
+        <w:gridCol w:w="1812"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00627C84" w14:paraId="03D9C4B8" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="03D9C4B8" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
-          <w:trHeight w:val="879"/>
+          <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D2CC8BC" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="1D2CC8BC" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00A75BC8" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00A75BC8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>FUNKTION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A1D8E84" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="5A1D8E84" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00A75BC8" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00A75BC8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>NAMN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AF13CF6" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="3AF13CF6" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00A75BC8" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00A75BC8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>ROLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2787" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53BC8F7E" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="53BC8F7E" w14:textId="4CAFC286" w:rsidR="005E3482" w:rsidRPr="00A75BC8" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="00A75BC8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:t>TELEFON-NUMMER</w:t>
+              <w:t>TELEFONNUMMER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33442384" w14:textId="270C0880" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="33442384" w14:textId="270C0880" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00627C84" w14:paraId="22DB0D6A" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="22DB0D6A" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
-          <w:trHeight w:val="869"/>
+          <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00B57D0A" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="00B57D0A" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="005E3482">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Väktare</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D8A87CD" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="4D8A87CD" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5688B2E4" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="5688B2E4" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2787" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DED5DE3" w14:textId="0E061D63" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="7DED5DE3" w14:textId="0E061D63" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Campus Solna </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22B2B06B" w14:textId="2C19EA49" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="22B2B06B" w14:textId="2C19EA49" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Campus</w:t>
             </w:r>
-            <w:r w:rsidR="355A7684" w:rsidRPr="00627C84">
+            <w:r w:rsidR="355A7684" w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Flemingsberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BF8238C" w14:textId="3C964AC9" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="5BF8238C" w14:textId="3C964AC9" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:pStyle w:val="Brdtext"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08-524 864 29</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64CDCEFB" w14:textId="300B0EA8" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="64CDCEFB" w14:textId="300B0EA8" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:pStyle w:val="Brdtext"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08-524 860 60</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09189DC1" w14:textId="54460A5B" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="09189DC1" w14:textId="54460A5B" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00627C84" w14:paraId="14BD0667" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="14BD0667" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
-          <w:trHeight w:val="869"/>
+          <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="489E51D5" w14:textId="5661AE08" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="0DDC1034" w:rsidP="38621BE6">
+          <w:p w14:paraId="489E51D5" w14:textId="5661AE08" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="0DDC1034" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="005E3482">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Kommunikation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CB6264D" w14:textId="0CB1DC84" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="7CB6264D" w14:textId="0CB1DC84" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72E85493" w14:textId="1D11E161" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="72E85493" w14:textId="1D11E161" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2787" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56018E4D" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="56018E4D" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="47C2AF84" w14:textId="72886F9E" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="47C2AF84" w14:textId="72886F9E" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E3482" w:rsidRPr="00627C84" w14:paraId="763FE2D9" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="005E3482" w:rsidRPr="005E3482" w14:paraId="763FE2D9" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
-          <w:trHeight w:val="869"/>
+          <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32AB5C82" w14:textId="7A8D7AEA" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="0DDC1034" w:rsidP="38621BE6">
+          <w:p w14:paraId="32AB5C82" w14:textId="7A8D7AEA" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="0DDC1034" w:rsidP="38621BE6">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7308BED1" w14:textId="0FB0CCEA" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="7308BED1" w14:textId="0FB0CCEA" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="318D3EBB" w14:textId="53BCDE81" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="318D3EBB" w14:textId="53BCDE81" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2787" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12AC4781" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="00627C84" w:rsidRDefault="005E3482" w:rsidP="005E3482">
+          <w:p w14:paraId="12AC4781" w14:textId="77777777" w:rsidR="005E3482" w:rsidRPr="005E3482" w:rsidRDefault="005E3482" w:rsidP="005E3482">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1640DB7F" w14:textId="250343D2" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="1640DB7F" w14:textId="250343D2" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="38621BE6" w:rsidRPr="00627C84" w14:paraId="45AAF643" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="38621BE6" w14:paraId="45AAF643" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
-          <w:trHeight w:val="869"/>
+          <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70EB3828" w14:textId="1355F2A9" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="70EB3828" w14:textId="1355F2A9" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidR="60E58826" w:rsidRPr="00627C84">
+            <w:r w:rsidR="60E58826" w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>tudentfrågor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3923015B" w14:textId="5493E14B" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="3923015B" w14:textId="5493E14B" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46F44DD7" w14:textId="2B1C892A" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="46F44DD7" w14:textId="2B1C892A" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2787" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00345A9F" w14:textId="65A56403" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="00345A9F" w14:textId="65A56403" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7950DCBE" w14:textId="79F05486" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="7950DCBE" w14:textId="79F05486" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="38621BE6" w:rsidRPr="00627C84" w14:paraId="2E0D3D09" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="38621BE6" w14:paraId="2E0D3D09" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
-          <w:trHeight w:val="869"/>
+          <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D60F932" w14:textId="58706A81" w:rsidR="60E58826" w:rsidRPr="00627C84" w:rsidRDefault="60E58826" w:rsidP="38621BE6">
+          <w:p w14:paraId="3D60F932" w14:textId="58706A81" w:rsidR="60E58826" w:rsidRDefault="60E58826" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627C84">
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Juridik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BE1DC2E" w14:textId="6F1B3B7F" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="5BE1DC2E" w14:textId="6F1B3B7F" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="229E3977" w14:textId="44237A21" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="229E3977" w14:textId="44237A21" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2787" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67F0F32F" w14:textId="09E1A0B5" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="67F0F32F" w14:textId="09E1A0B5" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B57B525" w14:textId="5455C9A0" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="2B57B525" w14:textId="5455C9A0" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="38621BE6" w:rsidRPr="00627C84" w14:paraId="4A2E32A7" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="38621BE6" w14:paraId="4A2E32A7" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
-          <w:trHeight w:val="869"/>
+          <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12AA0883" w14:textId="56026605" w:rsidR="60E58826" w:rsidRPr="00627C84" w:rsidRDefault="60E58826" w:rsidP="38621BE6">
+          <w:p w14:paraId="12AA0883" w14:textId="56026605" w:rsidR="60E58826" w:rsidRDefault="60E58826" w:rsidP="38621BE6">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Säkerhet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="684B5ED9" w14:textId="46882D45" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="684B5ED9" w14:textId="46882D45" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7564BF1C" w14:textId="37F278FF" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="7564BF1C" w14:textId="37F278FF" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2787" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2271D656" w14:textId="583FA28B" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="2271D656" w14:textId="583FA28B" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3556978F" w14:textId="67FEA5F0" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="3556978F" w14:textId="67FEA5F0" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="38621BE6" w:rsidRPr="00627C84" w14:paraId="607265D3" w14:textId="77777777" w:rsidTr="00627C84">
+      <w:tr w:rsidR="38621BE6" w14:paraId="607265D3" w14:textId="77777777" w:rsidTr="38621BE6">
         <w:trPr>
-          <w:trHeight w:val="869"/>
+          <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D85B819" w14:textId="67A82F75" w:rsidR="60E58826" w:rsidRPr="00627C84" w:rsidRDefault="60E58826" w:rsidP="38621BE6">
+          <w:p w14:paraId="2D85B819" w14:textId="67A82F75" w:rsidR="60E58826" w:rsidRDefault="60E58826" w:rsidP="38621BE6">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="38621BE6">
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Helvetica" w:hAnsi="DM Sans" w:cs="Helvetica"/>
+                <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>IT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5840A508" w14:textId="51D291FF" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="5840A508" w14:textId="51D291FF" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B9A0FBA" w14:textId="39B0FB69" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="3B9A0FBA" w14:textId="39B0FB69" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2787" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="755FA87E" w14:textId="2F8FC453" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="755FA87E" w14:textId="2F8FC453" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09A9599F" w14:textId="34D5EEA8" w:rsidR="38621BE6" w:rsidRPr="00627C84" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
+          <w:p w14:paraId="09A9599F" w14:textId="34D5EEA8" w:rsidR="38621BE6" w:rsidRDefault="38621BE6" w:rsidP="38621BE6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="365955D6" w14:textId="77777777" w:rsidR="00402B09" w:rsidRPr="00627C84" w:rsidRDefault="00402B09" w:rsidP="00402B09">
-[...35 lines deleted...]
-    <w:p w14:paraId="1341BB37" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="365955D6" w14:textId="77777777" w:rsidR="00402B09" w:rsidRDefault="00402B09" w:rsidP="00402B09"/>
+    <w:p w14:paraId="3F9A72A7" w14:textId="77777777" w:rsidR="00E00147" w:rsidRDefault="00E00147" w:rsidP="00402B09"/>
+    <w:p w14:paraId="19F52165" w14:textId="77777777" w:rsidR="00E00147" w:rsidRDefault="00E00147" w:rsidP="00402B09"/>
+    <w:p w14:paraId="11CA7326" w14:textId="77777777" w:rsidR="00E00147" w:rsidRDefault="00E00147" w:rsidP="00402B09"/>
+    <w:p w14:paraId="1341BB37" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AB73CD2" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="3AB73CD2" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="313A23EA" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="313A23EA" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46A00115" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="46A00115" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24B0078D" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="24B0078D" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F15A0AB" w14:textId="101E6A1E" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="0AC68E8A" w14:textId="77777777" w:rsidR="00462AC6" w:rsidRDefault="00462AC6" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F15A0AB" w14:textId="076A0ECD" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">BILAGA 3 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC197CA" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="0BC197CA" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dagordning Krisledning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE8E7CB" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="1CE8E7CB" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E110E32" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
-[...37 lines deleted...]
-    <w:p w14:paraId="5F5A5786" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="2E110E32" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="27DC94D6" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tet leds av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>krisledare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5F5A5786" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+      <w:pPr>
+        <w:ind w:left="-20" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27DC94D6" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rvarokontroll</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54469176" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="54469176" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Syftet med m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tet - Mandat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32472CCA" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="32472CCA" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gemensam L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>gesbild</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8E21D0" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="6F8E21D0" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Prognos - Troligaste utvecklingen av h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ndelsen?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB42000" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="3AB42000" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>gesbild fr</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n respektive (Kortfattat)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B3C6828" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="2B3C6828" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fakta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47749D4C" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="47749D4C" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>verkan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC3537C" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="5FC3537C" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidtagna </w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6366A4F2" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="6366A4F2" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Behov av </w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D2BD24" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="73D2BD24" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samverkan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76AEF720" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="76AEF720" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Behov av kommunikation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314B79F1" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="314B79F1" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beslut om: inriktning, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rder och arbetsf</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rdelning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3791DB02" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="3791DB02" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sammanfattning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718BA800" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="718BA800" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:ind w:left="-20" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tidpunkt f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sta m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Tahoma" w:hAnsi="DM Sans" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
-      <w:r w:rsidRPr="00627C84">
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:eastAsia="Georgia" w:hAnsi="DM Sans" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>te</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B904C2" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="15B904C2" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00402B09" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F84A95" w14:textId="19969AAF" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="75F84A95" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>B</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F81EE6">
+        <w:t xml:space="preserve">Bilaga 4 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51523A9A" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exempel Stabsarbetsplan och tidslinje</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A9F052E" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
-[...8 lines deleted...]
-    <w:p w14:paraId="21968A62" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="5A9F052E" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00402B09" w:rsidRDefault="00E8244E" w:rsidP="00E8244E"/>
+    <w:p w14:paraId="21968A62" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51D54AA0" wp14:editId="7E9CC565">
             <wp:extent cx="4430888" cy="2990850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="802133297" name="Bildobjekt 802133297" descr="En bild som visar text, linje, Graf, Teckensnitt&#10;&#10;Automatiskt genererad beskrivning"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="802133297" name="Bildobjekt 802133297" descr="En bild som visar text, linje, Graf, Teckensnitt&#10;&#10;Automatiskt genererad beskrivning"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4430888" cy="2990850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27478ED2" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
-[...8 lines deleted...]
-    <w:p w14:paraId="7F3ED11F" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="27478ED2" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E"/>
+    <w:p w14:paraId="7F3ED11F" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F4DBBC2" wp14:editId="4428FC49">
             <wp:extent cx="4434898" cy="2744093"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2026962854" name="Bildobjekt 2026962854" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;Automatiskt genererad beskrivning"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2026962854" name="Bildobjekt 2026962854" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;Automatiskt genererad beskrivning"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4434898" cy="2744093"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E9935D" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
-[...30 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="27E9935D" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E"/>
+    <w:p w14:paraId="46C72F6D" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E"/>
+    <w:p w14:paraId="62733DDD" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A193C3F" w14:textId="028C4B11" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="7A193C3F" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>B</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F81EE6">
+        <w:t xml:space="preserve">Bilaga 5 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35292B7B" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00462AC6" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00627C84">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462AC6">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lägesbild</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0775EB6C" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRPr="00627C84" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
+    <w:p w14:paraId="0775EB6C" w14:textId="77777777" w:rsidR="00E8244E" w:rsidRDefault="00E8244E" w:rsidP="00E8244E">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73634B31" wp14:editId="43488C5D">
             <wp:extent cx="4241780" cy="7800975"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1392438322" name="Bildobjekt 1392438322" descr="En bild som visar svart, mörker&#10;&#10;Automatiskt genererad beskrivning"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1392438322" name="Bildobjekt 1392438322" descr="En bild som visar svart, mörker&#10;&#10;Automatiskt genererad beskrivning"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4241780" cy="7800975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F302044" w14:textId="77777777" w:rsidR="00E00147" w:rsidRPr="00627C84" w:rsidRDefault="00E00147" w:rsidP="00402B09">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00E00147" w:rsidRPr="00627C84" w:rsidSect="00976BFF">
+    <w:p w14:paraId="5F302044" w14:textId="77777777" w:rsidR="00E00147" w:rsidRPr="00402B09" w:rsidRDefault="00E00147" w:rsidP="00402B09"/>
+    <w:sectPr w:rsidR="00E00147" w:rsidRPr="00402B09" w:rsidSect="00B44EFF">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1702" w:right="1304" w:bottom="1474" w:left="1474" w:header="652" w:footer="794" w:gutter="0"/>
       <w:pgBorders w:display="notFirstPage" w:offsetFrom="page">
-        <w:top w:val="single" w:sz="12" w:space="24" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="12" w:space="24" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:top w:val="single" w:sz="12" w:space="24" w:color="auto"/>
+        <w:left w:val="single" w:sz="12" w:space="24" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="12" w:space="24" w:color="auto"/>
+        <w:right w:val="single" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="391C817D" w14:textId="77777777" w:rsidR="009B156E" w:rsidRDefault="009B156E" w:rsidP="00AB37AC">
+    <w:p w14:paraId="5101A8E0" w14:textId="77777777" w:rsidR="00B0492E" w:rsidRDefault="00B0492E" w:rsidP="00AB37AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45352AFA" w14:textId="77777777" w:rsidR="009B156E" w:rsidRDefault="009B156E" w:rsidP="00AB37AC">
+    <w:p w14:paraId="09121A34" w14:textId="77777777" w:rsidR="00B0492E" w:rsidRDefault="00B0492E" w:rsidP="00AB37AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DM Sans">
-    <w:altName w:val="Calibri"/>
+  <w:font w:name="DM Sans Medium">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DM Sans Medium">
-    <w:altName w:val="Calibri"/>
+  <w:font w:name="DM Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="+mn-ea">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18D8D7C3" w14:textId="77777777" w:rsidR="005D1F35" w:rsidRDefault="005D1F35"/>
   <w:p w14:paraId="33B68757" w14:textId="77777777" w:rsidR="005D1F35" w:rsidRDefault="005D1F35"/>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9128" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7994"/>
       <w:gridCol w:w="1134"/>
     </w:tblGrid>
@@ -10063,51 +9686,51 @@
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="009E4316">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5D93EF38" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="00DB69BA" w:rsidRDefault="006A7494" w:rsidP="006A7494">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9128" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7994"/>
       <w:gridCol w:w="1134"/>
     </w:tblGrid>
     <w:tr w:rsidR="006A7494" w14:paraId="68FDEDF4" w14:textId="77777777" w:rsidTr="00FF1A15">
       <w:tc>
@@ -10201,70 +9824,70 @@
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="009E4316">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="709EA100" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="00DB69BA" w:rsidRDefault="006A7494" w:rsidP="006A7494">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B7A0614" w14:textId="77777777" w:rsidR="009B156E" w:rsidRDefault="009B156E" w:rsidP="00AB37AC">
+    <w:p w14:paraId="326A1192" w14:textId="77777777" w:rsidR="00B0492E" w:rsidRDefault="00B0492E" w:rsidP="00AB37AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="316738E4" w14:textId="77777777" w:rsidR="009B156E" w:rsidRDefault="009B156E" w:rsidP="00AB37AC">
+    <w:p w14:paraId="2CB048CA" w14:textId="77777777" w:rsidR="00B0492E" w:rsidRDefault="00B0492E" w:rsidP="00AB37AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9116" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4740"/>
       <w:gridCol w:w="226"/>
       <w:gridCol w:w="1962"/>
       <w:gridCol w:w="226"/>
       <w:gridCol w:w="1962"/>
@@ -10393,51 +10016,51 @@
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="006A7494" w14:paraId="25BA36D5" w14:textId="77777777" w:rsidTr="00FF1A15">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9116" w:type="dxa"/>
           <w:gridSpan w:val="5"/>
         </w:tcPr>
         <w:p w14:paraId="7C38AFB9" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="006A7494" w:rsidRDefault="006A7494" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="73D64F22" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="00D6309B" w:rsidRDefault="006A7494" w:rsidP="006A7494">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9853" w:type="dxa"/>
       <w:tblInd w:w="-737" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3521"/>
       <w:gridCol w:w="1956"/>
       <w:gridCol w:w="226"/>
       <w:gridCol w:w="1962"/>
@@ -10448,51 +10071,51 @@
       <w:trPr>
         <w:trHeight w:val="238"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3521" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
         <w:p w14:paraId="1A28EECB" w14:textId="77777777" w:rsidR="006A7494" w:rsidRDefault="00591AFB" w:rsidP="00FF1A15">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:spacing w:before="60"/>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15D254E5" wp14:editId="410F9A80">
                 <wp:extent cx="2114550" cy="956003"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1020226905" name="Bildobjekt 1020226905"/>
+                <wp:docPr id="481034205" name="Bildobjekt 481034205"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name=""/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2114550" cy="956003"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
@@ -10552,153 +10175,170 @@
           <w:pPr>
             <w:pStyle w:val="HeaderBold"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="006A7494" w14:paraId="20FBFE3D" w14:textId="77777777" w:rsidTr="00FF1A15">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3521" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="083238DF" w14:textId="77777777" w:rsidR="006A7494" w:rsidRDefault="006A7494" w:rsidP="00FF1A15">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1956" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="09BC7A16" w14:textId="4727562D" w:rsidR="006A7494" w:rsidRPr="00C3603B" w:rsidRDefault="00627C84" w:rsidP="006A7494">
+        <w:p w14:paraId="09BC7A16" w14:textId="584FCBF7" w:rsidR="006A7494" w:rsidRPr="00C3603B" w:rsidRDefault="006A7494" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
-[...6 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="226" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="1EA464E0" w14:textId="77777777" w:rsidR="006A7494" w:rsidRPr="006A7494" w:rsidRDefault="006A7494" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1962" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0EE712FC" w14:textId="1A875265" w:rsidR="00C3603B" w:rsidRPr="006A7494" w:rsidRDefault="00C3603B" w:rsidP="00C3603B">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">                                                 </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="23BEB8C6" w14:textId="17277D08" w:rsidR="00122C46" w:rsidRPr="006A7494" w:rsidRDefault="00122C46" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="226" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="66C33DC6" w14:textId="0B5BCAC6" w:rsidR="006A7494" w:rsidRPr="006A7494" w:rsidRDefault="006A7494" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1962" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="56D6C75D" w14:textId="06CA3CED" w:rsidR="006A7494" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
+        <w:p w14:paraId="56D6C75D" w14:textId="7D560227" w:rsidR="006A7494" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r>
             <w:t>Dnr:</w:t>
           </w:r>
+          <w:r w:rsidR="00B44EFF">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00B44EFF" w:rsidRPr="00B44EFF">
+            <w:t>1-521-2024</w:t>
+          </w:r>
         </w:p>
-        <w:p w14:paraId="1863D9CE" w14:textId="7094E976" w:rsidR="00C3603B" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
+        <w:p w14:paraId="25C4957D" w14:textId="4820B189" w:rsidR="00C3603B" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r>
-            <w:t>Skapad av: Säkerhet</w:t>
+            <w:t>Skapad av: Säkerhetschef</w:t>
           </w:r>
-          <w:r w:rsidR="00B84CB4">
-            <w:t>senheten</w:t>
+        </w:p>
+        <w:p w14:paraId="1863D9CE" w14:textId="6F5B0329" w:rsidR="00C3603B" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
+          <w:pPr>
+            <w:pStyle w:val="Sidhuvud"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Beslutad:</w:t>
+          </w:r>
+          <w:r w:rsidR="00B44EFF" w:rsidRPr="00B44EFF">
+            <w:t xml:space="preserve"> 2024-05-14</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="24EA5FEF" w14:textId="0B71BB9D" w:rsidR="00B44EFF" w:rsidRDefault="00B44EFF" w:rsidP="006A7494">
+          <w:pPr>
+            <w:pStyle w:val="Sidhuvud"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Uppdaterad: 202</w:t>
+          </w:r>
+          <w:r w:rsidR="0093447E">
+            <w:t>6-01-28</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3A1018C0" w14:textId="77777777" w:rsidR="00C3603B" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="6B25B775" w14:textId="77777777" w:rsidR="00C3603B" w:rsidRPr="006A7494" w:rsidRDefault="00C3603B" w:rsidP="006A7494">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="687C31D5" w14:textId="77777777" w:rsidR="00A011CC" w:rsidRPr="00B75534" w:rsidRDefault="00A011CC" w:rsidP="00A011CC">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6986C584"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02524076"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="697E7038"/>
@@ -11887,50 +11527,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26484841"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5920B4B2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28272A27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ED69CEA"/>
     <w:lvl w:ilvl="0" w:tplc="E2927C78">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="83887ADC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12000,51 +11753,51 @@
     <w:lvl w:ilvl="7" w:tplc="A2D08202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="30022576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28295B25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D338A84E"/>
     <w:lvl w:ilvl="0" w:tplc="66D681F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1B2A902C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12140,51 +11893,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D894537C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28AA3423"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFE414F0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12253,51 +12006,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AF3BB90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8C09E86"/>
     <w:lvl w:ilvl="0" w:tplc="182E0266">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4BE63B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12366,58 +12119,58 @@
     <w:lvl w:ilvl="7" w:tplc="9D7283D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="46C2CD54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D610BF1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9A4E4CEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHNumreradlistaNumreradlista"/>
+      <w:pStyle w:val="KINumreradlistaNumreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="3"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="KTHNumreradlista2Numreradlista2"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -12482,51 +12235,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E616B77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24C87404"/>
     <w:lvl w:ilvl="0" w:tplc="2F682150">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="74B23B2A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -12621,51 +12374,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B0600A32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F626E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D22C8B08"/>
     <w:lvl w:ilvl="0" w:tplc="27986A8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="090C6738" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12761,58 +12514,58 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CABC345C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3485177B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="32C40BC8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="KTHPunktlistaPunktlista"/>
+      <w:pStyle w:val="KIPunktlistaPunktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="3"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="KTHPunktlista2Punktlista2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1077"/>
         </w:tabs>
         <w:ind w:left="1077" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:color w:val="auto"/>
@@ -12883,51 +12636,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="358CDD4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A440B1FE"/>
     <w:lvl w:ilvl="0" w:tplc="061A6ACA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="408480C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12996,51 +12749,51 @@
     <w:lvl w:ilvl="7" w:tplc="0B62F438">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="974474AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37EA3E40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB207234"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13109,97 +12862,97 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39A40E0F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="11EE27CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHnRubrik1"/>
+      <w:pStyle w:val="KInRubrik1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHnRubrik2"/>
+      <w:pStyle w:val="KInRubrik2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHnRubrik3"/>
+      <w:pStyle w:val="KInRubrik3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="KTHnRubrik4"/>
+      <w:pStyle w:val="KInRubrik4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Rubrik5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -13231,51 +12984,51 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Rubrik8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Rubrik9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B5A7381"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E667F7E"/>
     <w:lvl w:ilvl="0" w:tplc="805E25D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="28908B94">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13344,51 +13097,51 @@
     <w:lvl w:ilvl="7" w:tplc="8E049F68">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CD66384E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41272B34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EE8CCAA"/>
     <w:lvl w:ilvl="0" w:tplc="14185588">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AD02C7D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13484,51 +13237,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="36AE1328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="431F35FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22CC644A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13597,51 +13350,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4893336F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CD0FFC0"/>
     <w:lvl w:ilvl="0" w:tplc="1602CC9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="44B8D718">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E34E24C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13683,51 +13436,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A42EF7F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="17C2B474">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="498F94EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B20AFC0"/>
     <w:lvl w:ilvl="0" w:tplc="F1E6CE00">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4F9472CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13796,51 +13549,51 @@
     <w:lvl w:ilvl="7" w:tplc="6C00C26C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="494A3386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="548733EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51B29B6C"/>
     <w:lvl w:ilvl="0" w:tplc="11AEC10E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D4DA518E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13909,51 +13662,51 @@
     <w:lvl w:ilvl="7" w:tplc="58E4AA96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DFD0B56E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55573C7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3C629F0"/>
     <w:lvl w:ilvl="0" w:tplc="5588A014">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B1E09068">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -14048,51 +13801,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CFC66552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58643DE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD12A1B4"/>
     <w:lvl w:ilvl="0" w:tplc="2106449E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B964BE12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14188,51 +13941,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="027A6AC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66CE7DBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DA4180A"/>
     <w:lvl w:ilvl="0" w:tplc="A63861B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EE0C0A3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -14301,51 +14054,51 @@
     <w:lvl w:ilvl="7" w:tplc="D2B068EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FAC63094">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C6E7728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16A285C8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14414,51 +14167,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E2A079E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD5EA090"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14527,51 +14280,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E481B27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B130F2EA"/>
     <w:lvl w:ilvl="0" w:tplc="7AA4410C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D5828270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14667,51 +14420,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="526212A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="745242D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6492C1A6"/>
     <w:lvl w:ilvl="0" w:tplc="8FB23304">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A9969364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14807,51 +14560,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DEB088A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B4D14AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DA8DC40"/>
     <w:lvl w:ilvl="0" w:tplc="E8F49202">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -14921,51 +14674,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C1F7932"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E42EA06"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15034,51 +14787,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FDA344A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80420CA4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15148,649 +14901,650 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="666637226">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1072699733">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="156925305">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="211500916">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1094470807">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="100804505">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1747411427">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="61801025">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="924191086">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="127014196">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="343480253">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1974093985">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1970934082">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1337423842">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="514269409">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="228030793">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="461729044">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="819662039">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="128668321">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1763642063">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="158934260">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="869611065">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2046827878">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="907224117">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1153133799">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="329606493">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="492572108">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="461995564">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="12998796">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1467166463">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="39021184">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1909728394">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1457527191">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2044482168">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1644042037">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1730153379">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1979454639">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1002045586">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1070613332">
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="27"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B06F14"/>
     <w:rsid w:val="00003486"/>
     <w:rsid w:val="00005725"/>
     <w:rsid w:val="00005E08"/>
     <w:rsid w:val="000070C5"/>
     <w:rsid w:val="000214F9"/>
     <w:rsid w:val="00023CCD"/>
-    <w:rsid w:val="00025DA0"/>
     <w:rsid w:val="000319C7"/>
     <w:rsid w:val="000351A1"/>
     <w:rsid w:val="00037A26"/>
     <w:rsid w:val="00037ECB"/>
     <w:rsid w:val="000459E9"/>
     <w:rsid w:val="00051266"/>
     <w:rsid w:val="00055030"/>
     <w:rsid w:val="00061A20"/>
     <w:rsid w:val="00061C3E"/>
     <w:rsid w:val="00061EE5"/>
     <w:rsid w:val="00087277"/>
     <w:rsid w:val="00092F03"/>
     <w:rsid w:val="000A01D7"/>
     <w:rsid w:val="000A22B6"/>
     <w:rsid w:val="000A2F95"/>
     <w:rsid w:val="000A4906"/>
     <w:rsid w:val="000B4D37"/>
     <w:rsid w:val="000C70B5"/>
     <w:rsid w:val="000C7ED9"/>
     <w:rsid w:val="000D023D"/>
-    <w:rsid w:val="000D08BC"/>
     <w:rsid w:val="000D1ED1"/>
     <w:rsid w:val="000D693A"/>
     <w:rsid w:val="000E0562"/>
     <w:rsid w:val="000F0D78"/>
     <w:rsid w:val="0010055B"/>
     <w:rsid w:val="00100910"/>
     <w:rsid w:val="0010610F"/>
     <w:rsid w:val="001066AA"/>
     <w:rsid w:val="00116F18"/>
     <w:rsid w:val="00122C46"/>
     <w:rsid w:val="001358D3"/>
     <w:rsid w:val="00135BF6"/>
     <w:rsid w:val="0015002C"/>
     <w:rsid w:val="00154BC3"/>
     <w:rsid w:val="00155329"/>
     <w:rsid w:val="00156923"/>
     <w:rsid w:val="001621F9"/>
     <w:rsid w:val="00173CD0"/>
     <w:rsid w:val="0017588D"/>
     <w:rsid w:val="00175F5F"/>
     <w:rsid w:val="0018642A"/>
     <w:rsid w:val="00187EDA"/>
     <w:rsid w:val="001B4F67"/>
     <w:rsid w:val="001D35F8"/>
     <w:rsid w:val="001F3547"/>
     <w:rsid w:val="001F59C7"/>
     <w:rsid w:val="002127D0"/>
     <w:rsid w:val="002169DB"/>
     <w:rsid w:val="002171CC"/>
     <w:rsid w:val="002179BC"/>
     <w:rsid w:val="00221F1E"/>
     <w:rsid w:val="00227A31"/>
     <w:rsid w:val="00236E31"/>
     <w:rsid w:val="00240F8C"/>
     <w:rsid w:val="00265D45"/>
     <w:rsid w:val="00271DFE"/>
     <w:rsid w:val="002749BA"/>
     <w:rsid w:val="002969B4"/>
     <w:rsid w:val="00296A23"/>
     <w:rsid w:val="002A0B2D"/>
     <w:rsid w:val="002A115A"/>
     <w:rsid w:val="002B2AA7"/>
     <w:rsid w:val="002B4094"/>
     <w:rsid w:val="002C4271"/>
     <w:rsid w:val="002C6869"/>
+    <w:rsid w:val="002D3C32"/>
     <w:rsid w:val="002E306A"/>
     <w:rsid w:val="002E30D9"/>
     <w:rsid w:val="002E3D79"/>
     <w:rsid w:val="002E47D4"/>
     <w:rsid w:val="002E7882"/>
-    <w:rsid w:val="0030329A"/>
     <w:rsid w:val="00310604"/>
     <w:rsid w:val="00311343"/>
     <w:rsid w:val="003221B9"/>
     <w:rsid w:val="00326A21"/>
     <w:rsid w:val="00326BC7"/>
     <w:rsid w:val="00331E6D"/>
     <w:rsid w:val="00332AB5"/>
     <w:rsid w:val="00336651"/>
     <w:rsid w:val="00336B1B"/>
     <w:rsid w:val="00350D97"/>
     <w:rsid w:val="00354E81"/>
     <w:rsid w:val="00354F57"/>
     <w:rsid w:val="003677AE"/>
     <w:rsid w:val="00372A46"/>
     <w:rsid w:val="00374E95"/>
     <w:rsid w:val="003809B3"/>
     <w:rsid w:val="00383258"/>
     <w:rsid w:val="00384504"/>
     <w:rsid w:val="003922EE"/>
     <w:rsid w:val="003A221F"/>
     <w:rsid w:val="003A3FBF"/>
     <w:rsid w:val="003B08D0"/>
     <w:rsid w:val="003B272A"/>
     <w:rsid w:val="003B300B"/>
     <w:rsid w:val="003B4826"/>
     <w:rsid w:val="003B55F6"/>
     <w:rsid w:val="003B677A"/>
     <w:rsid w:val="003C35DF"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rsid w:val="003D02FF"/>
     <w:rsid w:val="003D159E"/>
     <w:rsid w:val="003D22CE"/>
     <w:rsid w:val="003D5E50"/>
+    <w:rsid w:val="003E26F0"/>
     <w:rsid w:val="003E4D6C"/>
     <w:rsid w:val="003F0FAA"/>
-    <w:rsid w:val="003F220E"/>
     <w:rsid w:val="003F26DF"/>
     <w:rsid w:val="003F35E7"/>
     <w:rsid w:val="003F604F"/>
     <w:rsid w:val="00402B09"/>
     <w:rsid w:val="00406792"/>
     <w:rsid w:val="00412C41"/>
     <w:rsid w:val="00420DAE"/>
     <w:rsid w:val="00423641"/>
     <w:rsid w:val="00424397"/>
     <w:rsid w:val="004277A9"/>
     <w:rsid w:val="004318FD"/>
     <w:rsid w:val="00435D37"/>
     <w:rsid w:val="00436B92"/>
     <w:rsid w:val="00453CBE"/>
     <w:rsid w:val="00461F82"/>
+    <w:rsid w:val="00462AC6"/>
     <w:rsid w:val="00467305"/>
     <w:rsid w:val="004766B7"/>
     <w:rsid w:val="00484AB4"/>
     <w:rsid w:val="004A289B"/>
     <w:rsid w:val="004A3440"/>
     <w:rsid w:val="004C205B"/>
     <w:rsid w:val="004D66F3"/>
     <w:rsid w:val="004D6CE0"/>
     <w:rsid w:val="004E119A"/>
     <w:rsid w:val="004F05DD"/>
     <w:rsid w:val="004F130A"/>
     <w:rsid w:val="00507566"/>
     <w:rsid w:val="00516DE4"/>
     <w:rsid w:val="00523FF5"/>
     <w:rsid w:val="00527483"/>
     <w:rsid w:val="0053274D"/>
     <w:rsid w:val="00541279"/>
     <w:rsid w:val="005433B3"/>
     <w:rsid w:val="00547786"/>
     <w:rsid w:val="00547E65"/>
     <w:rsid w:val="0057553D"/>
     <w:rsid w:val="00582730"/>
     <w:rsid w:val="00582D52"/>
     <w:rsid w:val="005839C2"/>
     <w:rsid w:val="005903F5"/>
     <w:rsid w:val="00591AFB"/>
     <w:rsid w:val="005D1F35"/>
     <w:rsid w:val="005E3482"/>
     <w:rsid w:val="005E76D4"/>
     <w:rsid w:val="005F17B4"/>
     <w:rsid w:val="005F775E"/>
     <w:rsid w:val="00604F5F"/>
     <w:rsid w:val="00611334"/>
     <w:rsid w:val="00611DEC"/>
     <w:rsid w:val="00626DFA"/>
-    <w:rsid w:val="00627C84"/>
     <w:rsid w:val="00631153"/>
     <w:rsid w:val="00634D76"/>
     <w:rsid w:val="00642BAC"/>
     <w:rsid w:val="00655AEC"/>
     <w:rsid w:val="006574CC"/>
     <w:rsid w:val="00676430"/>
     <w:rsid w:val="0068352B"/>
     <w:rsid w:val="00692949"/>
     <w:rsid w:val="00694E05"/>
     <w:rsid w:val="006967F7"/>
     <w:rsid w:val="00696913"/>
     <w:rsid w:val="006A2A0C"/>
     <w:rsid w:val="006A7494"/>
     <w:rsid w:val="006B4751"/>
     <w:rsid w:val="006C075C"/>
     <w:rsid w:val="006C3154"/>
-    <w:rsid w:val="006D2F63"/>
+    <w:rsid w:val="006D6796"/>
     <w:rsid w:val="006D6CC6"/>
     <w:rsid w:val="006E185D"/>
     <w:rsid w:val="006F26CE"/>
     <w:rsid w:val="00712176"/>
     <w:rsid w:val="00715BCD"/>
     <w:rsid w:val="0072074B"/>
     <w:rsid w:val="00727012"/>
     <w:rsid w:val="00730430"/>
     <w:rsid w:val="007305E9"/>
     <w:rsid w:val="00737AE1"/>
     <w:rsid w:val="0074574F"/>
     <w:rsid w:val="00746798"/>
     <w:rsid w:val="00760B7B"/>
     <w:rsid w:val="00771BCF"/>
     <w:rsid w:val="00774895"/>
     <w:rsid w:val="007835A7"/>
     <w:rsid w:val="00784CBA"/>
-    <w:rsid w:val="00792094"/>
+    <w:rsid w:val="00785169"/>
     <w:rsid w:val="00792464"/>
     <w:rsid w:val="00797C96"/>
     <w:rsid w:val="007A0910"/>
     <w:rsid w:val="007A152A"/>
     <w:rsid w:val="007B03F4"/>
     <w:rsid w:val="007B7BFB"/>
     <w:rsid w:val="007C079A"/>
     <w:rsid w:val="007D1B65"/>
     <w:rsid w:val="007D310C"/>
     <w:rsid w:val="007D49E8"/>
     <w:rsid w:val="007E5485"/>
     <w:rsid w:val="007E5661"/>
     <w:rsid w:val="007E61BB"/>
     <w:rsid w:val="007F3C19"/>
     <w:rsid w:val="007F67AA"/>
     <w:rsid w:val="007F6E25"/>
     <w:rsid w:val="00802309"/>
     <w:rsid w:val="00802D15"/>
     <w:rsid w:val="00803DA5"/>
     <w:rsid w:val="00804E5C"/>
     <w:rsid w:val="00811B4F"/>
     <w:rsid w:val="00823E9C"/>
     <w:rsid w:val="00825507"/>
     <w:rsid w:val="008261F7"/>
     <w:rsid w:val="00832979"/>
     <w:rsid w:val="0083361A"/>
-    <w:rsid w:val="00834A9D"/>
     <w:rsid w:val="00836591"/>
     <w:rsid w:val="008408F1"/>
     <w:rsid w:val="00842B60"/>
     <w:rsid w:val="00846BFD"/>
     <w:rsid w:val="008512D3"/>
     <w:rsid w:val="00862B47"/>
     <w:rsid w:val="00863257"/>
     <w:rsid w:val="00865A2B"/>
     <w:rsid w:val="00873303"/>
     <w:rsid w:val="00874668"/>
     <w:rsid w:val="00881410"/>
     <w:rsid w:val="008815CA"/>
     <w:rsid w:val="008822FA"/>
     <w:rsid w:val="0088368B"/>
+    <w:rsid w:val="008871FA"/>
     <w:rsid w:val="008967FC"/>
     <w:rsid w:val="008A4C78"/>
     <w:rsid w:val="008A6DF6"/>
     <w:rsid w:val="008A6F73"/>
     <w:rsid w:val="008B4499"/>
     <w:rsid w:val="008B6EE0"/>
     <w:rsid w:val="008C03E7"/>
     <w:rsid w:val="008C25DE"/>
     <w:rsid w:val="008C7087"/>
     <w:rsid w:val="008D1CB0"/>
     <w:rsid w:val="008D3819"/>
     <w:rsid w:val="008E11FC"/>
     <w:rsid w:val="008E4593"/>
     <w:rsid w:val="008E4C78"/>
     <w:rsid w:val="008F1B34"/>
     <w:rsid w:val="00902D51"/>
     <w:rsid w:val="00916344"/>
-    <w:rsid w:val="00917376"/>
     <w:rsid w:val="00922FFA"/>
     <w:rsid w:val="00924722"/>
     <w:rsid w:val="00930F19"/>
+    <w:rsid w:val="0093447E"/>
     <w:rsid w:val="009361E7"/>
     <w:rsid w:val="00940F79"/>
     <w:rsid w:val="00943A56"/>
     <w:rsid w:val="00953CC9"/>
     <w:rsid w:val="00964C24"/>
     <w:rsid w:val="00971DCE"/>
-    <w:rsid w:val="00976BFF"/>
     <w:rsid w:val="0098102C"/>
     <w:rsid w:val="00981197"/>
     <w:rsid w:val="009902B2"/>
     <w:rsid w:val="00991264"/>
     <w:rsid w:val="009A04FE"/>
     <w:rsid w:val="009A3428"/>
     <w:rsid w:val="009A59C3"/>
     <w:rsid w:val="009B119A"/>
     <w:rsid w:val="009B156E"/>
     <w:rsid w:val="009B73F4"/>
     <w:rsid w:val="009C6F6A"/>
     <w:rsid w:val="009D7AB8"/>
     <w:rsid w:val="009E053A"/>
     <w:rsid w:val="00A011CC"/>
     <w:rsid w:val="00A135AC"/>
     <w:rsid w:val="00A2273D"/>
     <w:rsid w:val="00A34231"/>
     <w:rsid w:val="00A34C64"/>
     <w:rsid w:val="00A37248"/>
     <w:rsid w:val="00A4507E"/>
     <w:rsid w:val="00A506FD"/>
+    <w:rsid w:val="00A65236"/>
     <w:rsid w:val="00A6603C"/>
     <w:rsid w:val="00A704E3"/>
     <w:rsid w:val="00A70B82"/>
     <w:rsid w:val="00A712F6"/>
     <w:rsid w:val="00A73A7D"/>
+    <w:rsid w:val="00A75BC8"/>
     <w:rsid w:val="00A77340"/>
     <w:rsid w:val="00A833EA"/>
     <w:rsid w:val="00A9097E"/>
     <w:rsid w:val="00A913C6"/>
+    <w:rsid w:val="00A97643"/>
     <w:rsid w:val="00AA01E0"/>
     <w:rsid w:val="00AA3946"/>
     <w:rsid w:val="00AB025F"/>
     <w:rsid w:val="00AB1ECE"/>
     <w:rsid w:val="00AB37AC"/>
     <w:rsid w:val="00AB4995"/>
     <w:rsid w:val="00AB4CF7"/>
     <w:rsid w:val="00AB5D2D"/>
     <w:rsid w:val="00AC0852"/>
     <w:rsid w:val="00AC3686"/>
-    <w:rsid w:val="00AD2D77"/>
     <w:rsid w:val="00AD3EFB"/>
     <w:rsid w:val="00AD7DAB"/>
     <w:rsid w:val="00AE299D"/>
     <w:rsid w:val="00AF0371"/>
+    <w:rsid w:val="00AF07AB"/>
     <w:rsid w:val="00AF0EDF"/>
     <w:rsid w:val="00AF6046"/>
     <w:rsid w:val="00B0095B"/>
     <w:rsid w:val="00B02309"/>
+    <w:rsid w:val="00B0492E"/>
     <w:rsid w:val="00B051B1"/>
     <w:rsid w:val="00B06F14"/>
     <w:rsid w:val="00B108FB"/>
     <w:rsid w:val="00B1463F"/>
     <w:rsid w:val="00B27500"/>
     <w:rsid w:val="00B319DE"/>
     <w:rsid w:val="00B36C20"/>
     <w:rsid w:val="00B40D47"/>
     <w:rsid w:val="00B411DA"/>
     <w:rsid w:val="00B42C3C"/>
+    <w:rsid w:val="00B44EFF"/>
     <w:rsid w:val="00B5121A"/>
     <w:rsid w:val="00B56154"/>
     <w:rsid w:val="00B56989"/>
-    <w:rsid w:val="00B60C48"/>
     <w:rsid w:val="00B66425"/>
     <w:rsid w:val="00B676AF"/>
     <w:rsid w:val="00B75114"/>
     <w:rsid w:val="00B7591A"/>
     <w:rsid w:val="00B75F75"/>
     <w:rsid w:val="00B807CB"/>
-    <w:rsid w:val="00B84CB4"/>
     <w:rsid w:val="00B86F92"/>
     <w:rsid w:val="00B90528"/>
     <w:rsid w:val="00B91009"/>
     <w:rsid w:val="00BA35DD"/>
     <w:rsid w:val="00BA6253"/>
     <w:rsid w:val="00BC0C87"/>
     <w:rsid w:val="00BC1A75"/>
     <w:rsid w:val="00BC365C"/>
     <w:rsid w:val="00BC43D4"/>
     <w:rsid w:val="00BC64D7"/>
     <w:rsid w:val="00BD10EE"/>
+    <w:rsid w:val="00BD65F7"/>
     <w:rsid w:val="00BE4F36"/>
     <w:rsid w:val="00BE5E31"/>
     <w:rsid w:val="00C0208B"/>
     <w:rsid w:val="00C04FA0"/>
     <w:rsid w:val="00C06690"/>
     <w:rsid w:val="00C2621E"/>
     <w:rsid w:val="00C31CA2"/>
     <w:rsid w:val="00C335CE"/>
     <w:rsid w:val="00C34087"/>
     <w:rsid w:val="00C3603B"/>
     <w:rsid w:val="00C36777"/>
     <w:rsid w:val="00C41DE1"/>
     <w:rsid w:val="00C45F24"/>
     <w:rsid w:val="00C46B7C"/>
     <w:rsid w:val="00C50EED"/>
     <w:rsid w:val="00C54BB2"/>
     <w:rsid w:val="00C65034"/>
     <w:rsid w:val="00C7348E"/>
     <w:rsid w:val="00C80162"/>
     <w:rsid w:val="00C87FA2"/>
     <w:rsid w:val="00C9035D"/>
     <w:rsid w:val="00C94716"/>
     <w:rsid w:val="00C957AE"/>
     <w:rsid w:val="00CA5443"/>
     <w:rsid w:val="00CA6F86"/>
     <w:rsid w:val="00CA770A"/>
     <w:rsid w:val="00CB5D74"/>
     <w:rsid w:val="00CC0868"/>
     <w:rsid w:val="00CC401F"/>
+    <w:rsid w:val="00CD2E16"/>
     <w:rsid w:val="00CE2975"/>
-    <w:rsid w:val="00CE2E74"/>
     <w:rsid w:val="00CF06E1"/>
     <w:rsid w:val="00CF5913"/>
     <w:rsid w:val="00D00B7B"/>
     <w:rsid w:val="00D01010"/>
     <w:rsid w:val="00D04551"/>
-    <w:rsid w:val="00D0643D"/>
     <w:rsid w:val="00D071F0"/>
     <w:rsid w:val="00D1085D"/>
     <w:rsid w:val="00D2245B"/>
     <w:rsid w:val="00D2394B"/>
-    <w:rsid w:val="00D30880"/>
     <w:rsid w:val="00D313D0"/>
     <w:rsid w:val="00D3363A"/>
     <w:rsid w:val="00D35634"/>
     <w:rsid w:val="00D50BB4"/>
     <w:rsid w:val="00D5285C"/>
     <w:rsid w:val="00D53E3B"/>
     <w:rsid w:val="00D709B4"/>
     <w:rsid w:val="00D73CE8"/>
     <w:rsid w:val="00D77DF4"/>
     <w:rsid w:val="00D94015"/>
     <w:rsid w:val="00DA1532"/>
     <w:rsid w:val="00DA45B0"/>
     <w:rsid w:val="00DA5439"/>
     <w:rsid w:val="00DA6ED6"/>
+    <w:rsid w:val="00DB23D8"/>
     <w:rsid w:val="00DC3D18"/>
     <w:rsid w:val="00DC6C4B"/>
     <w:rsid w:val="00DD4A30"/>
     <w:rsid w:val="00DD761E"/>
     <w:rsid w:val="00DF5BEB"/>
     <w:rsid w:val="00E00147"/>
     <w:rsid w:val="00E02C90"/>
     <w:rsid w:val="00E05EEC"/>
     <w:rsid w:val="00E063D8"/>
     <w:rsid w:val="00E179F1"/>
     <w:rsid w:val="00E20ED9"/>
     <w:rsid w:val="00E3381F"/>
+    <w:rsid w:val="00E5058A"/>
     <w:rsid w:val="00E616D9"/>
     <w:rsid w:val="00E61ED9"/>
     <w:rsid w:val="00E67CF5"/>
     <w:rsid w:val="00E714BA"/>
     <w:rsid w:val="00E8244E"/>
     <w:rsid w:val="00EA0C30"/>
     <w:rsid w:val="00EA39AE"/>
     <w:rsid w:val="00EA3A2C"/>
     <w:rsid w:val="00EA7EF5"/>
     <w:rsid w:val="00EB07F4"/>
     <w:rsid w:val="00EB1D22"/>
     <w:rsid w:val="00EB7FA5"/>
     <w:rsid w:val="00EC30B4"/>
     <w:rsid w:val="00EC40C7"/>
     <w:rsid w:val="00EC5695"/>
     <w:rsid w:val="00EE7B76"/>
     <w:rsid w:val="00EF1D64"/>
     <w:rsid w:val="00EF2935"/>
     <w:rsid w:val="00EF4E6C"/>
     <w:rsid w:val="00EF522E"/>
     <w:rsid w:val="00EF5EA8"/>
     <w:rsid w:val="00EF6DCA"/>
     <w:rsid w:val="00EF761C"/>
     <w:rsid w:val="00F004CD"/>
     <w:rsid w:val="00F07AB8"/>
     <w:rsid w:val="00F16FFE"/>
     <w:rsid w:val="00F35F9A"/>
     <w:rsid w:val="00F36AE6"/>
     <w:rsid w:val="00F57388"/>
     <w:rsid w:val="00F80933"/>
-    <w:rsid w:val="00F81EE6"/>
     <w:rsid w:val="00F90AEF"/>
     <w:rsid w:val="00F91257"/>
     <w:rsid w:val="00F946AA"/>
     <w:rsid w:val="00F94E56"/>
     <w:rsid w:val="00FA0401"/>
     <w:rsid w:val="00FA2711"/>
     <w:rsid w:val="00FA6130"/>
     <w:rsid w:val="00FC5FBC"/>
     <w:rsid w:val="00FE3A70"/>
     <w:rsid w:val="00FF1A15"/>
     <w:rsid w:val="00FF1ABB"/>
     <w:rsid w:val="00FF337B"/>
     <w:rsid w:val="00FF7763"/>
     <w:rsid w:val="00FF7A0A"/>
     <w:rsid w:val="02E093C8"/>
     <w:rsid w:val="03F6571E"/>
     <w:rsid w:val="040587AA"/>
     <w:rsid w:val="04B92591"/>
     <w:rsid w:val="04BEAA9F"/>
     <w:rsid w:val="04BF4433"/>
     <w:rsid w:val="04C02C28"/>
     <w:rsid w:val="093BD032"/>
     <w:rsid w:val="0A96AD0B"/>
     <w:rsid w:val="0B286715"/>
     <w:rsid w:val="0B2DEC23"/>
@@ -15911,55 +15665,56 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="38B1C83A"/>
+  <w15:docId w15:val="{54BB59C8-36B9-40E1-890A-463323EC77CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="3" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16309,116 +16064,116 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00E61ED9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
-    <w:aliases w:val="KTH Rubrik 1"/>
+    <w:aliases w:val="KI Rubrik 1,KTH Rubrik 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="240" w:line="280" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
-    <w:aliases w:val="KTH Rubrik 2"/>
+    <w:aliases w:val="KI Rubrik 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="80" w:line="260" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
-    <w:aliases w:val="KTH Rubrik 3"/>
+    <w:aliases w:val="KI Rubrik 3,KTH Rubrik 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="60" w:line="260" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
-    <w:aliases w:val="KTH Rubrik 4"/>
+    <w:aliases w:val="KI Rubrik 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="260" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
@@ -16549,180 +16304,180 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
-    <w:aliases w:val="KTH Brödtext"/>
+    <w:aliases w:val="KI Brödtext,KTH Brödtext"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BrdtextChar"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
-    <w:aliases w:val="KTH Brödtext Char"/>
+    <w:aliases w:val="KI Brödtext Char,KTH Brödtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="00E61ED9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext2">
     <w:name w:val="Body Text 2"/>
     <w:aliases w:val="KTH Brödtext 2"/>
     <w:basedOn w:val="Brdtext"/>
     <w:link w:val="Brdtext2Char"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:ind w:firstLine="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Brdtext2Char">
     <w:name w:val="Brödtext 2 Char"/>
     <w:aliases w:val="KTH Brödtext 2 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext2"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="00E61ED9"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
-    <w:aliases w:val="KTH Rubrik 1 Char"/>
+    <w:aliases w:val="KI Rubrik 1 Char,KTH Rubrik 1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik1"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
-    <w:aliases w:val="KTH Rubrik 2 Char"/>
+    <w:aliases w:val="KI Rubrik 2 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
-    <w:aliases w:val="KTH Rubrik 3 Char"/>
+    <w:aliases w:val="KI Rubrik 3 Char,KTH Rubrik 3 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
-    <w:aliases w:val="KTH Rubrik 4 Char"/>
+    <w:aliases w:val="KI Rubrik 4 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="003C5C7A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:aliases w:val="KTH Rubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Underrubrik"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="0057553D"/>
     <w:pPr>
       <w:spacing w:after="480" w:line="600" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:aliases w:val="KTH Rubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="003F0FAA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHTitel">
-    <w:name w:val="KTH Titel"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KITitel">
+    <w:name w:val="KI Titel"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="003F35E7"/>
     <w:pPr>
       <w:spacing w:after="360" w:line="320" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:aliases w:val="KTH Underrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Brdtext"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="00A77340"/>
     <w:pPr>
       <w:numPr>
@@ -16732,52 +16487,52 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:spacing w:val="15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:aliases w:val="KTH Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="003F0FAA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:spacing w:val="15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHPunktlistaPunktlista">
-    <w:name w:val="KTH Punktlista  (Punktlista)"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KIPunktlistaPunktlista">
+    <w:name w:val="KI Punktlista  (Punktlista)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
     <w:rsid w:val="00981197"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="714" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHPunktlista2Punktlista2">
     <w:name w:val="KTH Punktlista 2  (Punktlista 2)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00981197"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:spacing w:before="80" w:after="80" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="1434" w:hanging="357"/>
     </w:pPr>
@@ -16816,137 +16571,137 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D5E50"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista3">
     <w:name w:val="List Bullet 3"/>
     <w:aliases w:val="KTH Punktlista 3"/>
     <w:basedOn w:val="Punktlista"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00922FFA"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHNumreradlistaNumreradlista">
-    <w:name w:val="KTH Numrerad lista  (Numrerad lista)"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KINumreradlistaNumreradlista">
+    <w:name w:val="KI Numrerad lista  (Numrerad lista)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
     <w:rsid w:val="006C3154"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="714" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHNumreradlista2Numreradlista2">
     <w:name w:val="KTH Numrerad lista 2  (Numrerad lista 2)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00383258"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:before="80" w:after="80" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="1434" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHNumreradlista3Numreradlista3">
     <w:name w:val="KTH Numrerad lista 3  (Numrerad lista 3)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00383258"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="2336" w:hanging="357"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHnRubrik1">
-    <w:name w:val="KTH nRubrik 1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KInRubrik1">
+    <w:name w:val="KI nRubrik 1"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:ind w:left="431" w:hanging="431"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHnRubrik2">
-    <w:name w:val="KTH nRubrik 2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KInRubrik2">
+    <w:name w:val="KI nRubrik 2"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:ind w:left="578" w:hanging="578"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHnRubrik3">
-    <w:name w:val="KTH nRubrik 3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KInRubrik3">
+    <w:name w:val="KI nRubrik 3"/>
     <w:basedOn w:val="Rubrik3"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="16"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KTHnRubrik4">
-    <w:name w:val="KTH nRubrik 4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KInRubrik4">
+    <w:name w:val="KI nRubrik 4"/>
     <w:basedOn w:val="Rubrik4"/>
     <w:next w:val="Brdtext"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="003C5C7A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:ind w:left="862" w:hanging="862"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00611DEC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0C2952" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
@@ -16984,51 +16739,51 @@
     <w:link w:val="Rubrik8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00611DEC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00611DEC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="KTHTitel"/>
+    <w:basedOn w:val="KITitel"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="38"/>
     <w:semiHidden/>
     <w:rsid w:val="009A3428"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00547786"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="20"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="15"/>
     </w:rPr>
@@ -17210,51 +16965,51 @@
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00005E08"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="106849702">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="356463858">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18821,59 +18576,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101006B92E72A0AD644438883FFC3BD797788" ma:contentTypeVersion="16" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="65ff97bb0f73e6d350681cc54003b750">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f0fbe950-8133-400a-a1da-41cbb0fb62f6" xmlns:ns3="b49f9cd3-2941-41b9-8edc-fe57b3914c1c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af5fcd62694d0203811aca5bfa825955" ns2:_="" ns3:_="">
     <xsd:import namespace="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
     <xsd:import namespace="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -19072,136 +18818,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="b49f9cd3-2941-41b9-8edc-fe57b3914c1c" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f0fbe950-8133-400a-a1da-41cbb0fb62f6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86EC2425-4D12-4ECB-B706-9BC40D14B6F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
     <ds:schemaRef ds:uri="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52CFEBBF-3594-4300-B30A-72C73471E9FE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="b49f9cd3-2941-41b9-8edc-fe57b3914c1c"/>
     <ds:schemaRef ds:uri="f0fbe950-8133-400a-a1da-41cbb0fb62f6"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A55B52EA-465D-44E9-8264-1B65708A9EC1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A55B52EA-465D-44E9-8264-1B65708A9EC1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BBEEA58F-2DD2-4DDE-824D-2FAE51706C2B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KTH_Grundmall</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>1612</Words>
-  <Characters>8547</Characters>
+  <Words>1679</Words>
+  <Characters>8903</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>20</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>74</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10139</CharactersWithSpaces>
+  <CharactersWithSpaces>10561</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Magnus Håkansson</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006B92E72A0AD644438883FFC3BD797788</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>