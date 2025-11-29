--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -255,69 +255,51 @@
             <w:tcW w:w="2844" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3D03CCD4" w14:textId="0BEAB3BF" w:rsidR="000D4C9B" w:rsidRPr="005E429D" w:rsidRDefault="00DA31AA" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPM </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and date of</w:t>
+              <w:t>EPM Dnr and date of</w:t>
             </w:r>
             <w:r w:rsidR="00ED46EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>pproval</w:t>
             </w:r>
             <w:r w:rsidR="000D4C9B" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
@@ -935,62 +917,52 @@
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3054B502" w14:textId="77777777" w:rsidR="000D4C9B" w:rsidRPr="005E429D" w:rsidRDefault="000D4C9B" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Principal </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Principal Investigator(</w:t>
+            </w:r>
             <w:r w:rsidR="00B43434">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prime</w:t>
             </w:r>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1169,69 +1141,51 @@
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="67C6021D" w14:textId="77777777" w:rsidR="00B43434" w:rsidRPr="005E429D" w:rsidRDefault="00B43434" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Principal </w:t>
-[...17 lines deleted...]
-              <w:t>Subaward):</w:t>
+              <w:t>Principal Investigator(Subaward):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="324BF3A5" w14:textId="2433131C" w:rsidR="00B43434" w:rsidRPr="005E429D" w:rsidRDefault="00ED46EA" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
@@ -1817,107 +1771,87 @@
           </w:tcPr>
           <w:p w14:paraId="781AC9A9" w14:textId="77777777" w:rsidR="001F0D7E" w:rsidRPr="005E429D" w:rsidRDefault="001F0D7E" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">What is the </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> of your study?</w:t>
+              <w:t>What is the current status of your study?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00027A82" w:rsidRPr="005E429D" w14:paraId="690222CD" w14:textId="77777777" w:rsidTr="00027A82">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="327E3AF3" w14:textId="77777777" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00027A82" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA85CF0" w14:textId="63237017" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00353B5E" w:rsidP="00027A82">
+          <w:p w14:paraId="2FA85CF0" w14:textId="63237017" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00697927" w:rsidP="00027A82">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-891889485"/>
                 <w14:checkbox>
@@ -1940,116 +1874,96 @@
             </w:sdt>
             <w:r w:rsidR="00ED46EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00027A82" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Not Started.  </w:t>
             </w:r>
             <w:r w:rsidR="004C3553">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Study </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> planned</w:t>
+              <w:t>Study start planned</w:t>
             </w:r>
             <w:r w:rsidR="00027A82" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> within the next year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00027A82" w:rsidRPr="005E429D" w14:paraId="41553DC5" w14:textId="77777777" w:rsidTr="00027A82">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11FDF47B" w14:textId="77777777" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00027A82" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5698DCA3" w14:textId="6EBA3B8D" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00353B5E" w:rsidP="00027A82">
+          <w:p w14:paraId="5698DCA3" w14:textId="6EBA3B8D" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00697927" w:rsidP="00027A82">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1648934488"/>
@@ -2084,107 +1998,87 @@
             <w:r w:rsidR="00027A82" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New subject enrollment</w:t>
             </w:r>
             <w:r w:rsidR="00B43434">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or data collection</w:t>
             </w:r>
             <w:r w:rsidR="00027A82" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> in progress.</w:t>
+              <w:t xml:space="preserve"> still in progress.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00027A82" w:rsidRPr="005E429D" w14:paraId="40E4F7DF" w14:textId="77777777" w:rsidTr="00027A82">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E2F7F43" w14:textId="77777777" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00027A82" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F321F3A" w14:textId="798B8508" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00353B5E" w:rsidP="00001122">
+          <w:p w14:paraId="7F321F3A" w14:textId="798B8508" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00697927" w:rsidP="00001122">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
@@ -2202,71 +2096,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00ED46EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00027A82" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enrollment </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> but subjects are still </w:t>
+              <w:t xml:space="preserve">Enrollment closed but subjects are still </w:t>
             </w:r>
             <w:r w:rsidR="00027A82">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>involved in</w:t>
             </w:r>
             <w:r w:rsidR="00027A82" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00001122">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
@@ -2294,51 +2168,51 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B05ECF8" w14:textId="77777777" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00027A82" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D60C076" w14:textId="4841E2F7" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00353B5E" w:rsidP="00027A82">
+          <w:p w14:paraId="1D60C076" w14:textId="4841E2F7" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00697927" w:rsidP="00027A82">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
@@ -2356,63 +2230,52 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00ED46EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00001122">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Subject involvement </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Subject involvement completed;</w:t>
+            </w:r>
             <w:r w:rsidR="00027A82" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> analyzing data with </w:t>
             </w:r>
             <w:r w:rsidR="00027A82" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>identifiable information</w:t>
             </w:r>
             <w:r w:rsidR="00027A82" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
@@ -2431,51 +2294,51 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36BC97C3" w14:textId="77777777" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00027A82" w:rsidP="004A3F36">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C16E4AF" w14:textId="62C28519" w:rsidR="00027A82" w:rsidRPr="001052B7" w:rsidRDefault="00353B5E" w:rsidP="001052B7">
+          <w:p w14:paraId="7C16E4AF" w14:textId="62C28519" w:rsidR="00027A82" w:rsidRPr="001052B7" w:rsidRDefault="00697927" w:rsidP="001052B7">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="513500006"/>
@@ -2556,51 +2419,51 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B1EFDC3" w14:textId="77777777" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00027A82" w:rsidP="004A7CFD">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF9F769" w14:textId="3AA5B1CC" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00353B5E" w:rsidP="00027A82">
+          <w:p w14:paraId="2EF9F769" w14:textId="3AA5B1CC" w:rsidR="00027A82" w:rsidRPr="005E429D" w:rsidRDefault="00697927" w:rsidP="00027A82">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-567573549"/>
@@ -2856,285 +2719,219 @@
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6081336F" w14:textId="77777777" w:rsidR="00681BA3" w:rsidRPr="005E429D" w:rsidRDefault="00681BA3" w:rsidP="00027A82">
+          <w:p w14:paraId="6081336F" w14:textId="453B8199" w:rsidR="00681BA3" w:rsidRPr="005E429D" w:rsidRDefault="00681BA3" w:rsidP="00027A82">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provide </w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005E429D">
+              <w:t xml:space="preserve">Provide a brief summary </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA6AA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(100-200 words) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E429D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of the study progress to date</w:t>
+            </w:r>
+            <w:r w:rsidR="00027A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.  If</w:t>
+            </w:r>
+            <w:r w:rsidR="00B43434">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BA6AA0">
-[...15 lines deleted...]
-              <w:t>of the study progress to date</w:t>
+            <w:r w:rsidR="004C3553">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the study </w:t>
+            </w:r>
+            <w:r w:rsidR="00237CE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>h</w:t>
             </w:r>
             <w:r w:rsidR="00027A82">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>.  If</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B43434">
+              <w:t>as not begun</w:t>
+            </w:r>
+            <w:r w:rsidR="003A6EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E429D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> explain </w:t>
+            </w:r>
+            <w:r w:rsidR="003A6EB8" w:rsidRPr="005E429D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the reason</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E429D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for delay and likelihood that </w:t>
+            </w:r>
+            <w:r w:rsidR="004C3553">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the study</w:t>
+            </w:r>
+            <w:r w:rsidR="004C3553" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="005E429D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">will </w:t>
+            </w:r>
             <w:r w:rsidR="004C3553">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">the study </w:t>
-[...124 lines deleted...]
-              </w:rPr>
               <w:t>start</w:t>
             </w:r>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in the</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> next </w:t>
+              <w:t xml:space="preserve"> in the next </w:t>
             </w:r>
             <w:r w:rsidR="00027A82">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A6BB262" w14:textId="77777777" w:rsidR="00837C04" w:rsidRPr="005E429D" w:rsidRDefault="00681BA3" w:rsidP="00D17D98">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E429D">
         <w:rPr>
@@ -3519,73 +3316,51 @@
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">No modifications </w:t>
-[...21 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>No modifications at this time.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681BA3" w:rsidRPr="005E429D" w14:paraId="05AA8C4E" w14:textId="77777777" w:rsidTr="00027A82">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30767676" w14:textId="77777777" w:rsidR="00681BA3" w:rsidRPr="005E429D" w:rsidRDefault="001A2A2C" w:rsidP="00ED06CB">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -5891,71 +5666,51 @@
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide a summary of any </w:t>
             </w:r>
             <w:r w:rsidR="00D0082E" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>subject attrition</w:t>
             </w:r>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> the last IRB review, and reasons for </w:t>
+              <w:t xml:space="preserve"> since the last IRB review, and reasons for </w:t>
             </w:r>
             <w:r w:rsidR="00E6688E" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>attrition</w:t>
             </w:r>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, if known.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A82FB3A" w14:textId="77777777" w:rsidR="00EF6678" w:rsidRPr="005E429D" w:rsidRDefault="00EF6678" w:rsidP="001B5CF5">
       <w:pPr>
@@ -6170,51 +5925,50 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00790138">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>adverse events</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C3553" w:rsidRPr="005E429D" w14:paraId="15453525" w14:textId="77777777" w:rsidTr="00B43434">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="10800" w:type="dxa"/>
               <w:tblInd w:w="108" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="470"/>
               <w:gridCol w:w="10330"/>
             </w:tblGrid>
             <w:tr w:rsidR="004C3553" w:rsidRPr="005E429D" w14:paraId="2C7ED8C9" w14:textId="77777777" w:rsidTr="002B41F6">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="162"/>
               </w:trPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
@@ -6567,51 +6321,51 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="434C715B" w14:textId="77777777" w:rsidR="00B615E1" w:rsidRPr="005E429D" w:rsidRDefault="00B615E1" w:rsidP="0075648E">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A580FB" w14:textId="5DA325A5" w:rsidR="00B615E1" w:rsidRPr="005E429D" w:rsidRDefault="00353B5E" w:rsidP="00E6688E">
+          <w:p w14:paraId="66A580FB" w14:textId="5DA325A5" w:rsidR="00B615E1" w:rsidRPr="005E429D" w:rsidRDefault="00697927" w:rsidP="00E6688E">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1173951919"/>
@@ -6636,51 +6390,51 @@
             </w:sdt>
             <w:r w:rsidR="00ED46EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B615E1" w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7652149E" w14:textId="65D740DB" w:rsidR="00B615E1" w:rsidRPr="005E429D" w:rsidRDefault="00353B5E" w:rsidP="0075648E">
+          <w:p w14:paraId="7652149E" w14:textId="65D740DB" w:rsidR="00B615E1" w:rsidRPr="005E429D" w:rsidRDefault="00697927" w:rsidP="0075648E">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="11016"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
@@ -7556,51 +7310,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C7B25" w:rsidRPr="005E429D" w14:paraId="435A5216" w14:textId="77777777" w:rsidTr="002017A1">
         <w:tblPrEx>
           <w:jc w:val="center"/>
           <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblCellMar>
             <w:left w:w="120" w:type="dxa"/>
             <w:right w:w="120" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="15" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="207"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4275" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BA35778" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="000C7B25" w:rsidP="008446E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -7672,102 +7425,98 @@
             </w:r>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="745F8962" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="000C7B25" w:rsidP="008446E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="102658EF" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="000C7B25" w:rsidP="008446E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A2E84B2" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="000C7B25" w:rsidP="008446E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55A55929" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="000C7B25" w:rsidP="008446E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text80"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -7857,191 +7606,231 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C7B25" w:rsidRPr="005E429D" w14:paraId="63DDC268" w14:textId="77777777" w:rsidTr="002017A1">
         <w:tblPrEx>
           <w:jc w:val="center"/>
           <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblCellMar>
             <w:left w:w="120" w:type="dxa"/>
             <w:right w:w="120" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="15" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="207"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4275" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B0BE7D0" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="00790138" w:rsidP="008F6A90">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Principal Investigator</w:t>
             </w:r>
             <w:r w:rsidR="00B43434">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Subaward)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12C8FDE4" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="000C7B25" w:rsidP="008446E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43C0D9E3" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="000C7B25" w:rsidP="008446E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5873ACEF" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="000C7B25" w:rsidP="008446E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68BE3400" w14:textId="77777777" w:rsidR="000C7B25" w:rsidRPr="005E429D" w:rsidRDefault="000C7B25" w:rsidP="008446E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E429D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D780AE3" w14:textId="77777777" w:rsidR="00001122" w:rsidRDefault="00001122" w:rsidP="002017A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11469104" w14:textId="77777777" w:rsidR="008F6A90" w:rsidRPr="006F3798" w:rsidRDefault="008F6A90" w:rsidP="008F6A90">
+    <w:p w14:paraId="11469104" w14:textId="737C9EFC" w:rsidR="008F6A90" w:rsidRPr="006F3798" w:rsidRDefault="008F6A90" w:rsidP="008F6A90">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3798">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Submit completed form to </w:t>
+        <w:t>Submit completed form</w:t>
+      </w:r>
+      <w:r w:rsidR="00697927">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, together with the latest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F3798">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00697927" w:rsidRPr="00697927">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Research Performance Progress Report</w:t>
+      </w:r>
+      <w:r w:rsidR="00697927">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (RPPR) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F3798">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="0034630F" w:rsidRPr="00656E47">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>compliance@ki.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006F3798">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B36052B" w14:textId="77777777" w:rsidR="000B2D3F" w:rsidRPr="00001122" w:rsidRDefault="00001122" w:rsidP="00001122">
       <w:pPr>
@@ -8174,158 +7963,154 @@
       <w:tblW w:w="10890" w:type="dxa"/>
       <w:tblInd w:w="18" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1350"/>
       <w:gridCol w:w="4770"/>
       <w:gridCol w:w="3690"/>
       <w:gridCol w:w="1080"/>
     </w:tblGrid>
     <w:tr w:rsidR="0009071D" w:rsidRPr="007515AD" w14:paraId="06451FD3" w14:textId="77777777" w:rsidTr="007515AD">
       <w:trPr>
         <w:trHeight w:val="77"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1350" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="65EED8AB" w14:textId="77777777" w:rsidR="0009071D" w:rsidRPr="007515AD" w:rsidRDefault="0034630F" w:rsidP="007515AD">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:textAlignment w:val="baseline"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:i/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:i/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>IRB KI</w:t>
           </w:r>
           <w:r w:rsidR="0009071D" w:rsidRPr="007515AD">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:i/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> USE ONLY</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4770" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="16FB0D76" w14:textId="77777777" w:rsidR="0009071D" w:rsidRPr="007515AD" w:rsidRDefault="0009071D" w:rsidP="007515AD">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:textAlignment w:val="baseline"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:i/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007515AD">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:i/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">DATE RECEIVED: </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3690" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="38402C94" w14:textId="77777777" w:rsidR="0009071D" w:rsidRPr="007515AD" w:rsidRDefault="0009071D" w:rsidP="007515AD">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:textAlignment w:val="baseline"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:i/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007515AD">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:i/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">PROTOCOL #: </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1080" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="10FAF2E6" w14:textId="77777777" w:rsidR="0009071D" w:rsidRPr="007515AD" w:rsidRDefault="0009071D" w:rsidP="007515AD">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:textAlignment w:val="baseline"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:i/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007515AD">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
@@ -10165,51 +9950,50 @@
   </w:num>
   <w:num w:numId="8" w16cid:durableId="547886194">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="521088635">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1452747794">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2075855238">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="228079221">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1376126830">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -10223,114 +10007,119 @@
     <w:rsid w:val="00027A82"/>
     <w:rsid w:val="00034BBC"/>
     <w:rsid w:val="0007167F"/>
     <w:rsid w:val="00073C15"/>
     <w:rsid w:val="00076567"/>
     <w:rsid w:val="0009071D"/>
     <w:rsid w:val="000A3512"/>
     <w:rsid w:val="000A6C74"/>
     <w:rsid w:val="000B2D3F"/>
     <w:rsid w:val="000C7B25"/>
     <w:rsid w:val="000D4C9B"/>
     <w:rsid w:val="000E55BF"/>
     <w:rsid w:val="001052B7"/>
     <w:rsid w:val="0010568B"/>
     <w:rsid w:val="0013340D"/>
     <w:rsid w:val="00170296"/>
     <w:rsid w:val="00194F66"/>
     <w:rsid w:val="001A2A2C"/>
     <w:rsid w:val="001B5CF5"/>
     <w:rsid w:val="001F0D7E"/>
     <w:rsid w:val="002017A1"/>
     <w:rsid w:val="00206F09"/>
     <w:rsid w:val="00225A7B"/>
     <w:rsid w:val="00227FD3"/>
     <w:rsid w:val="00234F78"/>
+    <w:rsid w:val="00237CE7"/>
     <w:rsid w:val="0024171A"/>
     <w:rsid w:val="0025021F"/>
     <w:rsid w:val="0027227A"/>
     <w:rsid w:val="002749C5"/>
     <w:rsid w:val="00283731"/>
     <w:rsid w:val="002A4CDF"/>
     <w:rsid w:val="002B41F6"/>
     <w:rsid w:val="002B69A2"/>
     <w:rsid w:val="002C4740"/>
     <w:rsid w:val="00317C30"/>
     <w:rsid w:val="00320228"/>
     <w:rsid w:val="00321AFF"/>
     <w:rsid w:val="00344C9F"/>
     <w:rsid w:val="0034630F"/>
     <w:rsid w:val="00347B4B"/>
     <w:rsid w:val="00353B5E"/>
     <w:rsid w:val="00366BDA"/>
     <w:rsid w:val="00372B00"/>
     <w:rsid w:val="003772A6"/>
     <w:rsid w:val="0038789C"/>
     <w:rsid w:val="00391817"/>
+    <w:rsid w:val="003A6EB8"/>
     <w:rsid w:val="003A79C0"/>
     <w:rsid w:val="003C4285"/>
     <w:rsid w:val="0040498B"/>
     <w:rsid w:val="00413D7F"/>
     <w:rsid w:val="004162B1"/>
     <w:rsid w:val="00434F8C"/>
     <w:rsid w:val="00440E29"/>
     <w:rsid w:val="004420C1"/>
     <w:rsid w:val="00444DF3"/>
     <w:rsid w:val="00445C1A"/>
     <w:rsid w:val="004463CE"/>
     <w:rsid w:val="004548E8"/>
     <w:rsid w:val="004613CD"/>
     <w:rsid w:val="00461CE1"/>
     <w:rsid w:val="00473F2B"/>
     <w:rsid w:val="00480ACF"/>
     <w:rsid w:val="004810AA"/>
     <w:rsid w:val="00486718"/>
+    <w:rsid w:val="0049014C"/>
     <w:rsid w:val="00496D51"/>
     <w:rsid w:val="004A3E32"/>
     <w:rsid w:val="004A3F36"/>
     <w:rsid w:val="004A7CFD"/>
     <w:rsid w:val="004B3FA3"/>
     <w:rsid w:val="004B779C"/>
     <w:rsid w:val="004C3553"/>
     <w:rsid w:val="004D08ED"/>
     <w:rsid w:val="004D1C6B"/>
     <w:rsid w:val="004D6263"/>
     <w:rsid w:val="004E714A"/>
     <w:rsid w:val="004F6A7E"/>
     <w:rsid w:val="005327AD"/>
     <w:rsid w:val="005A4186"/>
     <w:rsid w:val="005B34DF"/>
+    <w:rsid w:val="005B694C"/>
     <w:rsid w:val="005C3A2D"/>
     <w:rsid w:val="005C3A6E"/>
     <w:rsid w:val="005E429D"/>
     <w:rsid w:val="005E677D"/>
     <w:rsid w:val="005F6834"/>
     <w:rsid w:val="006111F7"/>
     <w:rsid w:val="0063075C"/>
     <w:rsid w:val="00633627"/>
     <w:rsid w:val="00646B2E"/>
     <w:rsid w:val="00681BA3"/>
+    <w:rsid w:val="00697927"/>
     <w:rsid w:val="006B08CF"/>
     <w:rsid w:val="006C0CF9"/>
     <w:rsid w:val="006C1E60"/>
     <w:rsid w:val="006C2773"/>
     <w:rsid w:val="0070276F"/>
     <w:rsid w:val="00716C92"/>
     <w:rsid w:val="007305A2"/>
     <w:rsid w:val="007515AD"/>
     <w:rsid w:val="00753B4D"/>
     <w:rsid w:val="00755817"/>
     <w:rsid w:val="007561DC"/>
     <w:rsid w:val="0075648E"/>
     <w:rsid w:val="007660D4"/>
     <w:rsid w:val="00767D4F"/>
     <w:rsid w:val="007773CF"/>
     <w:rsid w:val="00785B9B"/>
     <w:rsid w:val="00786288"/>
     <w:rsid w:val="00790138"/>
     <w:rsid w:val="007A7EF5"/>
     <w:rsid w:val="007B7ACF"/>
     <w:rsid w:val="007C1FDB"/>
     <w:rsid w:val="007D286F"/>
     <w:rsid w:val="007F31B2"/>
     <w:rsid w:val="007F42A9"/>
     <w:rsid w:val="00802FA4"/>
@@ -11440,82 +11229,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD6A8BAF-DD82-45ED-9AB4-FEDBE05E88F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>434</Words>
-  <Characters>2996</Characters>
+  <Words>444</Words>
+  <Characters>3062</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>25</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>0 RENEWAL*   0 FINAL REPORT</vt:lpstr>
       <vt:lpstr>0 RENEWAL*   0 FINAL REPORT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Boise State University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3424</CharactersWithSpaces>
+  <CharactersWithSpaces>3500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5767282</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>94</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:compliance@ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>