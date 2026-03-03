--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10221" w:type="dxa"/>
         <w:tblInd w:w="107" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3834"/>
         <w:gridCol w:w="4826"/>
         <w:gridCol w:w="1561"/>
       </w:tblGrid>
       <w:tr w:rsidR="004629B9" w:rsidRPr="00EA71DF" w14:paraId="11C9A887" w14:textId="77777777" w:rsidTr="006F5D19">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1179"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
@@ -349,59 +349,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003118F9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="003118F9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="003118F9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003118F9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003118F9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
@@ -437,151 +437,151 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003118F9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="003118F9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="003118F9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003118F9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00701B1F" w:rsidRPr="00740F6E" w14:paraId="05F0703B" w14:textId="77777777" w:rsidTr="006F5D19">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10221" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="486280B5" w14:textId="76B70333" w:rsidR="00701B1F" w:rsidRPr="00740F6E" w:rsidRDefault="009B4B56" w:rsidP="00F30942">
+          <w:p w14:paraId="486280B5" w14:textId="76B70333" w:rsidR="00701B1F" w:rsidRPr="00740F6E" w:rsidRDefault="00633DBB" w:rsidP="00F30942">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="180"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="00633DBB" w:rsidRPr="00740F6E">
+              <w:r w:rsidRPr="00740F6E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Instruktioner till blankett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00701B1F" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00633DBB" w:rsidRPr="00740F6E">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00633DBB" w:rsidRPr="00740F6E">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ansökan skickas till </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="00633DBB" w:rsidRPr="00740F6E">
+              <w:r w:rsidRPr="00740F6E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>disputation@ki.se</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00633DBB" w:rsidRPr="00740F6E">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D8B2CCD" w14:textId="39A54D7C" w:rsidR="00123281" w:rsidRPr="00740F6E" w:rsidRDefault="003118F9" w:rsidP="006F5D19">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="10206"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="-57"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
@@ -1174,50 +1174,58 @@
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3198D859" w14:textId="77777777" w:rsidR="002D7918" w:rsidRPr="00740F6E" w:rsidRDefault="002D7918" w:rsidP="000F400A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6960" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4FB0925E" w14:textId="77777777" w:rsidR="002D7918" w:rsidRPr="00740F6E" w:rsidRDefault="006977CC" w:rsidP="005F0E52">
@@ -1843,171 +1851,167 @@
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10632"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D07A74" w:rsidRPr="00740F6E" w14:paraId="58835BF0" w14:textId="77777777" w:rsidTr="00ED3BAA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10632" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FF76D50" w14:textId="77777777" w:rsidR="00D07A74" w:rsidRPr="00740F6E" w:rsidRDefault="00D07A74" w:rsidP="0091768F">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk178173170"/>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Avhandlingen</w:t>
             </w:r>
             <w:r w:rsidR="004C7685" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> titel</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12296138" w14:textId="2E12724E" w:rsidR="00D07A74" w:rsidRPr="00740F6E" w:rsidRDefault="00E40F61" w:rsidP="0089341D">
+          <w:p w14:paraId="12296138" w14:textId="06153B7E" w:rsidR="00D07A74" w:rsidRPr="00740F6E" w:rsidRDefault="00E40F61" w:rsidP="0089341D">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="130"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text19"/>
+            <w:bookmarkStart w:id="3" w:name="Text19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="001D76CB">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D76CB">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D76CB">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D76CB">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D76CB">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-                <w:noProof/>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E73E6F" w:rsidRPr="00740F6E" w14:paraId="19607B5F" w14:textId="77777777" w:rsidTr="00ED3BAA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
@@ -2235,50 +2239,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00770C14" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F034D5" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="2569B6F7" w14:textId="656D21C3" w:rsidR="0009426B" w:rsidRPr="00740F6E" w:rsidRDefault="002962F6" w:rsidP="00ED4292">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6096"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="-57"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="0009426B" w:rsidRPr="00740F6E">
@@ -3156,59 +3161,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Medicine doktor     Annan</w:t>
@@ -3391,59 +3396,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C80433" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="00C80433" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="00C80433" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C80433" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="21B8F3E5" w14:textId="10EA09D6" w:rsidR="00493C67" w:rsidRPr="0031041C" w:rsidRDefault="00493C67" w:rsidP="00493C67">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
@@ -3480,51 +3485,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>#</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10632"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00493C67" w:rsidRPr="00E40F61" w14:paraId="6916FEA4" w14:textId="77777777" w:rsidTr="00797AFF">
+      <w:tr w:rsidR="00493C67" w:rsidRPr="00F67775" w14:paraId="6916FEA4" w14:textId="77777777" w:rsidTr="00797AFF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10632" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4F71697D" w14:textId="77777777" w:rsidR="00493C67" w:rsidRPr="00740F6E" w:rsidRDefault="00493C67" w:rsidP="005E7594">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Om doktoranden är antagen till ett double degree programme, kryssa för aktuellt universitet</w:t>
             </w:r>
@@ -3545,58 +3550,58 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0031041C">
@@ -3623,58 +3628,58 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0031041C">
@@ -3766,58 +3771,58 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00583950" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="00583950" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="00583950" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00583950" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00583950" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0031041C" w:rsidRPr="0031041C">
@@ -3853,229 +3858,151 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0031041C" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="0031041C" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="0031041C" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0031041C" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0031041C" w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  University of Oulu  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17B3D59F" w14:textId="473DDF57" w:rsidR="00493C67" w:rsidRPr="0031041C" w:rsidRDefault="0031041C" w:rsidP="0031041C">
+          <w:p w14:paraId="17B3D59F" w14:textId="37123940" w:rsidR="00493C67" w:rsidRPr="0031041C" w:rsidRDefault="0031041C" w:rsidP="0031041C">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  University of Tartu </w:t>
-            </w:r>
-[...76 lines deleted...]
-              <w:t xml:space="preserve">  KU Leuven</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3233B72A" w14:textId="77777777" w:rsidR="00493C67" w:rsidRPr="00740F6E" w:rsidRDefault="00493C67" w:rsidP="00493C67">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -4209,59 +4136,59 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4471,86 +4398,70 @@
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AE517CC" w14:textId="01CEBFFC" w:rsidR="00465B07" w:rsidRPr="00740F6E" w:rsidRDefault="00465B07" w:rsidP="00B24FBA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73A7D5F9" w14:textId="77777777" w:rsidR="00465B07" w:rsidRPr="00740F6E" w:rsidRDefault="00465B07" w:rsidP="00B24FBA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BDB59A0" w14:textId="2940A3B1" w:rsidR="003D1306" w:rsidRPr="00740F6E" w:rsidRDefault="00F06C1A" w:rsidP="00B24FBA">
+    <w:p w14:paraId="0BDB59A0" w14:textId="0B2315FF" w:rsidR="003D1306" w:rsidRPr="00740F6E" w:rsidRDefault="00F67775" w:rsidP="00B24FBA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk106369291"/>
-      <w:r w:rsidRPr="00740F6E">
+      <w:bookmarkStart w:id="4" w:name="_Hlk106369291"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>GHM 20</w:t>
-[...15 lines deleted...]
-        <w:t>4-06-18</w:t>
+        <w:t>2026-01-30</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="790A0D63" w14:textId="77777777" w:rsidR="00E148BE" w:rsidRPr="00740F6E" w:rsidRDefault="00425A30" w:rsidP="00B24FBA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A39E1F0" w14:textId="77777777" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="00A023C6" w:rsidP="00A023C6">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
@@ -4913,146 +4824,146 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="775911FF" w14:textId="50EA140A" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="00A023C6" w:rsidP="00A023C6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2977"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6096"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk106370037"/>
+            <w:bookmarkStart w:id="5" w:name="_Hlk106370037"/>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rStyle w:val="RutrubrikChar"/>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Huvudhandledare</w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rStyle w:val="RutrubrikChar"/>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ej svensktalande</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A023C6" w:rsidRPr="00740F6E" w14:paraId="7661C1A4" w14:textId="77777777" w:rsidTr="00A023C6">
+      <w:tr w:rsidR="00A023C6" w:rsidRPr="00740F6E" w14:paraId="7661C1A4" w14:textId="77777777" w:rsidTr="00F67775">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5563" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3AEE105F" w14:textId="77777777" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="00A023C6" w:rsidP="006008AB">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
@@ -5280,58 +5191,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A023C6" w:rsidRPr="00740F6E" w14:paraId="24D17C05" w14:textId="77777777" w:rsidTr="006008AB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -5442,50 +5353,58 @@
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E40F61">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="510C8AB0" w14:textId="11B50510" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="001C1F0C" w:rsidP="006008AB">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Övriga affilieringar</w:t>
             </w:r>
@@ -5935,67 +5854,67 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="138F92C7" w14:textId="05BEC05E" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="007821F6" w:rsidP="006008AB">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Bihandledare</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A023C6" w:rsidRPr="00740F6E" w14:paraId="134D8EBB" w14:textId="77777777" w:rsidTr="00A023C6">
+      <w:tr w:rsidR="00A023C6" w:rsidRPr="00740F6E" w14:paraId="134D8EBB" w14:textId="77777777" w:rsidTr="00F67775">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5563" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11F26956" w14:textId="77777777" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="00A023C6" w:rsidP="006008AB">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
@@ -6224,58 +6143,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A023C6" w:rsidRPr="00740F6E" w14:paraId="486DE15C" w14:textId="77777777" w:rsidTr="006008AB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -6386,50 +6305,58 @@
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E40F61">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2472260A" w14:textId="5774C3CD" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="00D32298" w:rsidP="006008AB">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Övriga affilieringar</w:t>
             </w:r>
@@ -6555,67 +6482,67 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A6B704C" w14:textId="1F0E1E26" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="00853B81" w:rsidP="006008AB">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Bihandledare</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A023C6" w:rsidRPr="00740F6E" w14:paraId="68AD7FD8" w14:textId="77777777" w:rsidTr="00A023C6">
+      <w:tr w:rsidR="00A023C6" w:rsidRPr="00740F6E" w14:paraId="68AD7FD8" w14:textId="77777777" w:rsidTr="00F67775">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5563" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4A0E1D15" w14:textId="77777777" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="00A023C6" w:rsidP="006008AB">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
@@ -6848,58 +6775,58 @@
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A023C6" w:rsidRPr="00740F6E" w14:paraId="43CE568E" w14:textId="77777777" w:rsidTr="006008AB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -7010,50 +6937,58 @@
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E40F61">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DB7059E" w14:textId="51EDF4FB" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="00853B81" w:rsidP="001276DB">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7491,58 +7426,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001276DB" w:rsidRPr="00740F6E" w14:paraId="322B8259" w14:textId="77777777" w:rsidTr="006008AB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -7653,50 +7588,58 @@
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E40F61">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="344C04BB" w14:textId="67FFBF59" w:rsidR="001276DB" w:rsidRPr="00740F6E" w:rsidRDefault="00853B81" w:rsidP="006008AB">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Övriga affilieringar</w:t>
             </w:r>
@@ -7822,67 +7765,67 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A345E7B" w14:textId="3A5BD88B" w:rsidR="001276DB" w:rsidRPr="00740F6E" w:rsidRDefault="00853B81" w:rsidP="006008AB">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Bihandledare</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001276DB" w:rsidRPr="00740F6E" w14:paraId="396C0E73" w14:textId="77777777" w:rsidTr="006008AB">
+      <w:tr w:rsidR="001276DB" w:rsidRPr="00740F6E" w14:paraId="396C0E73" w14:textId="77777777" w:rsidTr="00F67775">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="733"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5563" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2B49DE7B" w14:textId="77777777" w:rsidR="001276DB" w:rsidRPr="00740F6E" w:rsidRDefault="001276DB" w:rsidP="006008AB">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
@@ -8111,58 +8054,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001276DB" w:rsidRPr="00740F6E" w14:paraId="59398F38" w14:textId="77777777" w:rsidTr="006008AB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -8280,50 +8223,58 @@
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E40F61">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1247A1E6" w14:textId="59EAD74A" w:rsidR="001276DB" w:rsidRPr="00740F6E" w:rsidRDefault="000E0088" w:rsidP="006008AB">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Övriga affilieringar</w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
@@ -8393,51 +8344,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001276DB" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="611AB90A" w14:textId="77777777" w:rsidR="001276DB" w:rsidRPr="00740F6E" w:rsidRDefault="001276DB" w:rsidP="006008AB">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="5DDB5216" w14:textId="454EECFE" w:rsidR="00A023C6" w:rsidRPr="00740F6E" w:rsidRDefault="00A023C6" w:rsidP="00A023C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA5BA0A" w14:textId="179BA0EB" w:rsidR="00E148BE" w:rsidRPr="00740F6E" w:rsidRDefault="00E148BE" w:rsidP="00E148BE">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="4"/>
         </w:rPr>
@@ -8459,51 +8410,51 @@
         <w:gridCol w:w="1311"/>
         <w:gridCol w:w="1520"/>
         <w:gridCol w:w="2265"/>
         <w:gridCol w:w="1573"/>
       </w:tblGrid>
       <w:tr w:rsidR="006032E8" w:rsidRPr="00740F6E" w14:paraId="68D957BD" w14:textId="77777777" w:rsidTr="00673D88">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="806"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4855" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="43D864AB" w14:textId="77777777" w:rsidR="006032E8" w:rsidRPr="00ED3BAA" w:rsidRDefault="007C06FA" w:rsidP="00CA2A6F">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:ind w:left="-107"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Hlk103165474"/>
+            <w:bookmarkStart w:id="6" w:name="_Hlk103165474"/>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="4"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidR="006032E8" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidR="006032E8" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidR="006032E8" w:rsidRPr="00740F6E">
               <w:rPr>
@@ -8748,52 +8699,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="4A37A03C" w14:textId="77777777" w:rsidTr="004C6944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7507E05F" w14:textId="2A107CE1" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F" w:rsidP="00FE463F">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="blankettD3"/>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkStart w:id="7" w:name="blankettD3"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">BETYGSNÄMND </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="7216D07C" w14:textId="77777777" w:rsidTr="004C6944">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
@@ -8801,51 +8752,51 @@
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="530B0439" w14:textId="74CD95D6" w:rsidR="004C6944" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F" w:rsidP="00FE463F">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Hlk31106415"/>
+            <w:bookmarkStart w:id="8" w:name="_Hlk31106415"/>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">För regler kring betygsnämndens sammansättning, se </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00992F34">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:b/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>blankettinstruktionerna under D3</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
@@ -8930,105 +8881,105 @@
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ej svensktalande</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="2951AFC1" w14:textId="77777777" w:rsidTr="0044145F">
+      <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="2951AFC1" w14:textId="77777777" w:rsidTr="00F67775">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="623"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="70490BD9" w14:textId="77777777" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F" w:rsidP="00FE463F">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
@@ -9174,58 +9125,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -9238,58 +9189,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -9417,58 +9368,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0044145F" w:rsidRPr="00740F6E" w14:paraId="12903657" w14:textId="77777777" w:rsidTr="0044145F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -9681,50 +9632,58 @@
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E40F61">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="266BD9D3" w14:textId="08571645" w:rsidR="0044145F" w:rsidRPr="00740F6E" w:rsidRDefault="0044145F" w:rsidP="0044145F">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -10213,105 +10172,105 @@
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ej svensktalande</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="183BDF23" w14:textId="77777777" w:rsidTr="0044145F">
+      <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="183BDF23" w14:textId="77777777" w:rsidTr="00F67775">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="662"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4A62199F" w14:textId="77777777" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F" w:rsidP="00FE463F">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
@@ -10460,59 +10419,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...7 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Docent </w:t>
@@ -10524,59 +10483,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...7 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Professor</w:t>
@@ -10705,58 +10664,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0044145F" w:rsidRPr="00740F6E" w14:paraId="6BD0A4DC" w14:textId="77777777" w:rsidTr="0044145F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -10781,126 +10740,126 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BEBFC88" w14:textId="77777777" w:rsidR="0044145F" w:rsidRPr="00740F6E" w:rsidRDefault="0044145F" w:rsidP="00FE463F">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Universitet, institution</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3743DDCD" w14:textId="602418D2" w:rsidR="0044145F" w:rsidRPr="00740F6E" w:rsidRDefault="0044145F" w:rsidP="00FE463F">
+          <w:p w14:paraId="3743DDCD" w14:textId="58C9F2BF" w:rsidR="0044145F" w:rsidRPr="00740F6E" w:rsidRDefault="0044145F" w:rsidP="00FE463F">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E40F61" w:rsidRPr="00740F6E">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00740F6E">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00740F6E">
+            <w:r w:rsidR="003544DE">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003544DE">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003544DE">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003544DE">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003544DE">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -10969,50 +10928,58 @@
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E40F61">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FF1016D" w14:textId="461962AA" w:rsidR="0044145F" w:rsidRPr="00740F6E" w:rsidRDefault="0044145F" w:rsidP="0044145F">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11422,51 +11389,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BF118D4" w14:textId="01FB648D" w:rsidR="006173C9" w:rsidRPr="00740F6E" w:rsidRDefault="006173C9" w:rsidP="00BA008A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="14EC5457" w14:textId="77777777" w:rsidTr="004C6944">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -11502,105 +11469,105 @@
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005528E9" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ej svensktalande</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="4155A744" w14:textId="77777777" w:rsidTr="0044145F">
+      <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="4155A744" w14:textId="77777777" w:rsidTr="00F67775">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="641"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="496C4846" w14:textId="77777777" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F" w:rsidP="00FE463F">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
@@ -11749,59 +11716,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...7 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Docent </w:t>
@@ -11813,59 +11780,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...7 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Professor </w:t>
@@ -11995,58 +11962,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0044145F" w:rsidRPr="00740F6E" w14:paraId="09B24193" w14:textId="77777777" w:rsidTr="0044145F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -12105,51 +12072,51 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E40F61" w:rsidRPr="00740F6E">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
@@ -12259,50 +12226,58 @@
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E40F61">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E40F61">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="402C9739" w14:textId="100B3CD7" w:rsidR="0044145F" w:rsidRPr="00740F6E" w:rsidRDefault="0044145F" w:rsidP="0044145F">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12612,147 +12587,147 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> beskrivning av vetenskaplig kompetens </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>inom avhandlingens ämnesområde</w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71B32E12" w14:textId="42645536" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F" w:rsidP="00BA008A">
+          <w:p w14:paraId="71B32E12" w14:textId="1B3CC13C" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F" w:rsidP="00BA008A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C6333B" w:rsidRPr="00740F6E">
-[...27 lines deleted...]
-            <w:r w:rsidR="00C6333B" w:rsidRPr="00740F6E">
+            <w:r w:rsidR="00CB3641">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB3641">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB3641">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB3641">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB3641">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A3B1804" w14:textId="48514AE6" w:rsidR="006173C9" w:rsidRPr="00740F6E" w:rsidRDefault="006173C9" w:rsidP="00BA008A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:tbl>
     <w:p w14:paraId="0C351094" w14:textId="77777777" w:rsidR="003242A3" w:rsidRPr="00740F6E" w:rsidRDefault="003242A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="107" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -13043,50 +13018,51 @@
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D080CFE" w14:textId="68E75AF1" w:rsidR="00B41F78" w:rsidRPr="00740F6E" w:rsidRDefault="00B41F78" w:rsidP="00FE463F">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="_Hlk195106153"/>
           </w:p>
           <w:p w14:paraId="677B0A4B" w14:textId="68F81947" w:rsidR="00B41F78" w:rsidRPr="00740F6E" w:rsidRDefault="008B355F" w:rsidP="00FE463F">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">                                           </w:t>
             </w:r>
             <w:r w:rsidR="003242A3" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -13133,67 +13109,67 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>um</w:t>
             </w:r>
             <w:r w:rsidR="00C80433" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="7E262BBD" w14:textId="77777777" w:rsidTr="00673D88">
+      <w:tr w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w14:paraId="7E262BBD" w14:textId="77777777" w:rsidTr="00F67775">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="948"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5280" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57F2FB92" w14:textId="77777777" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F" w:rsidP="00FE463F">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
@@ -13442,122 +13418,122 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="134A201C" w14:textId="77777777" w:rsidR="0053361A" w:rsidRPr="00740F6E" w:rsidRDefault="0053361A" w:rsidP="0053361A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Universitet, institution</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6933471E" w14:textId="1DBE98FB" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="0053361A" w:rsidP="0053361A">
+          <w:p w14:paraId="6933471E" w14:textId="2F30DAAC" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="0053361A" w:rsidP="0053361A">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00740F6E">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00740F6E">
+            <w:r w:rsidR="00BB65DA">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB65DA">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB65DA">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB65DA">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB65DA">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4926" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -13819,50 +13795,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3392E1BA" w14:textId="2E1D04F5" w:rsidR="006173C9" w:rsidRPr="00740F6E" w:rsidRDefault="006173C9" w:rsidP="00BA008A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="9"/>
     </w:tbl>
     <w:p w14:paraId="1101F8E8" w14:textId="236C43DA" w:rsidR="00CA2A6F" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13B6A2F1" w14:textId="77777777" w:rsidR="00BC7995" w:rsidRPr="00740F6E" w:rsidRDefault="00CA2A6F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
@@ -14185,106 +14162,106 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A84B1E" w:rsidRPr="00740F6E" w14:paraId="4040301C" w14:textId="77777777" w:rsidTr="00423245">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="509"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="327EA9AD" w14:textId="77777777" w:rsidR="00A26473" w:rsidRPr="00740F6E" w:rsidRDefault="00A84B1E" w:rsidP="00423245">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="blankettD4"/>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkStart w:id="10" w:name="blankettD4"/>
+            <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>FÖRTECKNING ÖVER DELARBETEN OCH ETIKTILLSTÅND</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="798268FA" w14:textId="77777777" w:rsidR="00160517" w:rsidRPr="00740F6E" w:rsidRDefault="00160517" w:rsidP="00160517">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delarbete I</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10281" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10281"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00160517" w:rsidRPr="00740F6E" w14:paraId="3B5D6C28" w14:textId="77777777" w:rsidTr="00D84684">
+      <w:tr w:rsidR="00160517" w:rsidRPr="00740F6E" w14:paraId="3B5D6C28" w14:textId="77777777" w:rsidTr="00F67775">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B02319D" w14:textId="190008D9" w:rsidR="00160517" w:rsidRPr="00740F6E" w:rsidRDefault="00160517" w:rsidP="0091768F">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
@@ -14412,57 +14389,57 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00160517" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00160517" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...5 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidR="00160517" w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00160517" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00160517" w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00160517" w:rsidRPr="00740F6E" w14:paraId="414BED4F" w14:textId="77777777" w:rsidTr="00ED3BAA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10281" w:type="dxa"/>
             <w:tcBorders>
@@ -14656,57 +14633,57 @@
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -14849,58 +14826,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00474CB3" w:rsidRPr="00740F6E">
               <w:rPr>
@@ -15038,59 +15015,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15494,62 +15471,62 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="306D7F64" w14:textId="065DD63F" w:rsidR="006173C9" w:rsidRPr="00740F6E" w:rsidRDefault="006173C9" w:rsidP="00903D31">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="72020D14" w14:textId="77777777" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00160517">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk79678611"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk79678611"/>
     </w:p>
     <w:p w14:paraId="4DD27AA3" w14:textId="58549EC9" w:rsidR="00077982" w:rsidRPr="00740F6E" w:rsidRDefault="00404F4A" w:rsidP="00160517">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk79676152"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk79676152"/>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Delarbete</w:t>
       </w:r>
       <w:r w:rsidR="00D821E3" w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>t i annan</w:t>
       </w:r>
       <w:r w:rsidR="0029539C" w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -15570,105 +15547,105 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FC3E41" w:rsidRPr="00740F6E" w14:paraId="73976C9A" w14:textId="77777777" w:rsidTr="003F1D6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1027"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkEnd w:id="10"/>
-          <w:bookmarkEnd w:id="9"/>
+          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkEnd w:id="11"/>
           <w:p w14:paraId="7A6E7889" w14:textId="77777777" w:rsidR="00FC3E41" w:rsidRPr="00740F6E" w:rsidRDefault="00FC3E41" w:rsidP="005E5A0B">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -15704,59 +15681,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -15882,59 +15859,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -16062,60 +16039,60 @@
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51728865" w14:textId="6C910A6D" w:rsidR="00127A82" w:rsidRPr="00740F6E" w:rsidRDefault="00E976E7" w:rsidP="00A50DF6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk79676297"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk79676297"/>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="4CB659C3" w14:textId="77777777" w:rsidR="00A14B2A" w:rsidRPr="00740F6E" w:rsidRDefault="00A14B2A" w:rsidP="00A14B2A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">D4 </w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(1)</w:t>
       </w:r>
@@ -16133,51 +16110,51 @@
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beskrivning av doktorandens insatser</w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F4109D" w14:textId="73183E96" w:rsidR="00CE08DE" w:rsidRPr="00740F6E" w:rsidRDefault="00A848FD" w:rsidP="00A50DF6">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Hlk79676523"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk79676523"/>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv </w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>utförligt</w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -16242,52 +16219,52 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Om arbetet ingår i någon annans avhandling, är det ett krav att man kan särskilja de olika doktorandernas insatser åt genom att bådas insatser beskrivs. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DBF71FD" w14:textId="5C980E11" w:rsidR="002A3C2D" w:rsidRPr="00740F6E" w:rsidRDefault="003459BB" w:rsidP="00A50DF6">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Hlk79676539"/>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk79676539"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vem/vilka </w:t>
       </w:r>
       <w:r w:rsidR="00713FB3" w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>utförde:</w:t>
       </w:r>
     </w:p>
@@ -16305,51 +16282,51 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A50DF6" w:rsidRPr="00740F6E" w14:paraId="6D487599" w14:textId="77777777" w:rsidTr="003F1D6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="961"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="15"/>
           <w:p w14:paraId="71778DE4" w14:textId="77777777" w:rsidR="00A50DF6" w:rsidRPr="00740F6E" w:rsidRDefault="00A50DF6" w:rsidP="00870CB5">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>a) Vetenskaplig hypotes/frågeställning:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="128B4F0E" w14:textId="77777777" w:rsidR="00A50DF6" w:rsidRPr="00740F6E" w:rsidRDefault="00A50DF6" w:rsidP="00870CB5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
@@ -17216,85 +17193,85 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>FÖRTECKNING ÖVER DELARBETEN OCH ETIKTILLSTÅND</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BDF9777" w14:textId="77777777" w:rsidR="00A82A56" w:rsidRPr="00740F6E" w:rsidRDefault="00A82A56" w:rsidP="00A82A56">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk31106921"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk31106921"/>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delarbete II</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10281" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10281"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="63D75FF6" w14:textId="77777777" w:rsidTr="00903D31">
+      <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="63D75FF6" w14:textId="77777777" w:rsidTr="00F67775">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2EEFFB38" w14:textId="2AEF1FCB" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
@@ -17404,54 +17381,54 @@
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="4CEDE4EB" w14:textId="77777777" w:rsidTr="00903D31">
+      <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="4CEDE4EB" w14:textId="77777777" w:rsidTr="00F67775">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58894C6A" w14:textId="77777777" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
@@ -17625,57 +17602,57 @@
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -17794,58 +17771,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Accepterat </w:t>
             </w:r>
             <w:r w:rsidR="005955B7" w:rsidRPr="00740F6E">
               <w:rPr>
@@ -17959,59 +17936,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manuskript/inskickat</w:t>
@@ -18363,51 +18340,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F9C8BB0" w14:textId="77777777" w:rsidR="00C0793B" w:rsidRPr="00740F6E" w:rsidRDefault="00C0793B" w:rsidP="00903D31">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk79675055"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk79675055"/>
     </w:p>
     <w:p w14:paraId="5F6E67FD" w14:textId="57AAD43A" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Delarbetet i annans avhandling </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
@@ -18420,104 +18397,104 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
       <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="34310DF6" w14:textId="77777777" w:rsidTr="003F1D6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1027"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkEnd w:id="15"/>
+          <w:bookmarkEnd w:id="17"/>
           <w:p w14:paraId="29984F7F" w14:textId="77777777" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -18553,59 +18530,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -18731,59 +18708,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -18913,63 +18890,63 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="677E8155" w14:textId="77777777" w:rsidR="00583950" w:rsidRPr="00740F6E" w:rsidRDefault="00583950" w:rsidP="00583950">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Hlk79675125"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk79675125"/>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p w14:paraId="38DB2DFB" w14:textId="77777777" w:rsidR="00A14B2A" w:rsidRPr="00740F6E" w:rsidRDefault="00A14B2A" w:rsidP="00A14B2A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">D4 </w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(2)</w:t>
       </w:r>
     </w:p>
@@ -18984,51 +18961,51 @@
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beskrivning av doktorandens insatser</w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45D79C7E" w14:textId="10A7B3C6" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk79675533"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk79675533"/>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv </w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>utförligt</w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -19073,102 +19050,102 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Om arbetet ingår i någon annans avhandling, är det ett krav att man kan särskilja de olika doktorandernas insatser åt genom att bådas insatser beskrivs. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B9B728C" w14:textId="77777777" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Hlk79675555"/>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk79675555"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rStyle w:val="HjlptextChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vem/vilka utförde:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
       <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="44DBE318" w14:textId="77777777" w:rsidTr="003F1D6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="961"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkEnd w:id="18"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:p w14:paraId="158670D4" w14:textId="77777777" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>a) Vetenskaplig hypotes/frågeställning:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61A3342E" w14:textId="77777777" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
@@ -19655,51 +19632,51 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42A3D960" w14:textId="77777777" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p w14:paraId="2E7674C6" w14:textId="77777777" w:rsidR="00A82A56" w:rsidRPr="00740F6E" w:rsidRDefault="00A82A56" w:rsidP="00A82A56">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="116AAC18" w14:textId="77777777" w:rsidR="00A82A56" w:rsidRPr="00740F6E" w:rsidRDefault="00A82A56" w:rsidP="00A82A56">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
@@ -20020,85 +19997,85 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>FÖRTECKNING ÖVER DELARBETEN OCH ETIKTILLSTÅND</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57D4F49B" w14:textId="77777777" w:rsidR="00A82A56" w:rsidRPr="00740F6E" w:rsidRDefault="00A82A56" w:rsidP="00A82A56">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Hlk31107037"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk31107037"/>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delarbete III</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10281" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10281"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="3FBB8FBF" w14:textId="77777777" w:rsidTr="00903D31">
+      <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="3FBB8FBF" w14:textId="77777777" w:rsidTr="00F67775">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6689BE99" w14:textId="4A08FD7B" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
@@ -20429,57 +20406,57 @@
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -20605,58 +20582,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Accepterat</w:t>
             </w:r>
             <w:r w:rsidR="005955B7" w:rsidRPr="00740F6E">
               <w:rPr>
@@ -20770,59 +20747,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manuskript/inskickat</w:t>
@@ -21270,60 +21247,60 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -21359,59 +21336,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -21537,59 +21514,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -22486,51 +22463,51 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73ED894C" w14:textId="77777777" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p w14:paraId="7B50CFA5" w14:textId="77777777" w:rsidR="00A82A56" w:rsidRPr="00740F6E" w:rsidRDefault="00A82A56" w:rsidP="00A82A56">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="663AF5FC" w14:textId="77777777" w:rsidR="00A82A56" w:rsidRPr="00740F6E" w:rsidRDefault="00A82A56" w:rsidP="00A82A56">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
@@ -22881,54 +22858,54 @@
         </w:rPr>
         <w:t>Delarbete IV</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10281" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10281"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="179D2D0C" w14:textId="77777777" w:rsidTr="00903D31">
+      <w:tr w:rsidR="00903D31" w:rsidRPr="00740F6E" w14:paraId="179D2D0C" w14:textId="77777777" w:rsidTr="00F67775">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="264A708E" w14:textId="3D5A8606" w:rsidR="00903D31" w:rsidRPr="00740F6E" w:rsidRDefault="00903D31" w:rsidP="00903D31">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
@@ -23259,57 +23236,57 @@
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -23428,58 +23405,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Accepterat </w:t>
             </w:r>
             <w:r w:rsidR="005955B7" w:rsidRPr="00740F6E">
               <w:rPr>
@@ -23593,59 +23570,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manuskript/inskickat</w:t>
@@ -24095,60 +24072,60 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -24184,59 +24161,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -24362,59 +24339,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -25306,51 +25283,51 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="414867F1" w14:textId="77777777" w:rsidR="00A82A56" w:rsidRPr="00740F6E" w:rsidRDefault="00A82A56" w:rsidP="00A82A56">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="4"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Hlk103165618"/>
+      <w:bookmarkStart w:id="22" w:name="_Hlk103165618"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="107" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A82A56" w:rsidRPr="00740F6E" w14:paraId="727E0D05" w14:textId="77777777" w:rsidTr="00FE463F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
@@ -26051,57 +26028,57 @@
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -26220,58 +26197,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...6 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Accepterat </w:t>
             </w:r>
             <w:r w:rsidR="005955B7" w:rsidRPr="00740F6E">
               <w:rPr>
@@ -26385,59 +26362,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manuskript/inskickat</w:t>
@@ -26885,60 +26862,60 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -26974,59 +26951,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -27152,59 +27129,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
@@ -28103,51 +28080,51 @@
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BA0AB0F" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="00A82A56" w:rsidP="003547A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="107" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
       <w:tr w:rsidR="003547A6" w:rsidRPr="00740F6E" w14:paraId="2B133E06" w14:textId="77777777" w:rsidTr="00105DC4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
@@ -28419,65 +28396,65 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003547A6" w:rsidRPr="00740F6E" w14:paraId="4190A972" w14:textId="77777777" w:rsidTr="00105DC4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="606"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1C3F4040" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="00105DC4">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="21" w:name="blankettD4prel"/>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkStart w:id="23" w:name="blankettD4prel"/>
+            <w:bookmarkEnd w:id="23"/>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="46486216" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="003547A6">
+    <w:p w14:paraId="46486216" w14:textId="5013FD8C" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="003547A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Preliminära</w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
@@ -28497,51 +28474,51 @@
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">(Detta gäller endast resultat som </w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">inte </w:t>
       </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ingår i något delarbete och där etiskt tillstånd krävs) </w:t>
+        <w:t xml:space="preserve">ingår i något delarbete) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E7B45E" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="003547A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10FF53D7" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="003547A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E4022D8" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="003547A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
@@ -28690,64 +28667,104 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D99BC27" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="003547A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DD41F6C" w14:textId="4F7C6093" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="003547A6">
+    <w:p w14:paraId="6DD41F6C" w14:textId="340B3551" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="0090139F" w:rsidP="003547A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  M</w:t>
+      </w:r>
       <w:r w:rsidRPr="00740F6E">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Underlag för etisk granskning (metoder/material + resultat)</w:t>
+        <w:t>etoder/material + resultat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003547A6" w:rsidRPr="00740F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Underlag för etisk granskning</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003547A6" w:rsidRPr="00740F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10273" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10273"/>
       </w:tblGrid>
       <w:tr w:rsidR="003547A6" w:rsidRPr="00740F6E" w14:paraId="3FF8F1AE" w14:textId="77777777" w:rsidTr="003F1D6F">
         <w:trPr>
@@ -29172,52 +29189,52 @@
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AAE5FA0" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="00105DC4">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7973"/>
               </w:tabs>
               <w:ind w:left="-108" w:right="-107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="blankettD6"/>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkStart w:id="24" w:name="blankettD6"/>
+            <w:bookmarkEnd w:id="24"/>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">JÄVSDEKLARATION </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003547A6" w:rsidRPr="00740F6E" w14:paraId="39C8F105" w14:textId="77777777" w:rsidTr="00105DC4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2CC26C7E" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="003547A6" w:rsidP="00105DC4">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
@@ -29590,57 +29607,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009B4B56">
-[...5 lines deleted...]
-            <w:r w:rsidR="009B4B56">
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ett brev finns bifogat med förklaring till varför vi INTE anser att jäv föreligger trots sampublikation de senaste fem åren.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CA47313" w14:textId="18A631CE" w:rsidR="003547A6" w:rsidRPr="00740F6E" w:rsidRDefault="00145D4F" w:rsidP="00105DC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -32867,70 +32884,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E6956A2" w14:textId="77777777" w:rsidR="003547A6" w:rsidRPr="00EA71DF" w:rsidRDefault="003547A6" w:rsidP="00A26775">
       <w:pPr>
         <w:pStyle w:val="Rutrubrik"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003547A6" w:rsidRPr="00EA71DF" w:rsidSect="00CA2A6F">
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="425" w:right="851" w:bottom="255" w:left="964" w:header="425" w:footer="119" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2558828C" w14:textId="77777777" w:rsidR="005E7594" w:rsidRDefault="005E7594">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="213A0A8B" w14:textId="77777777" w:rsidR="005E7594" w:rsidRDefault="005E7594">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -32961,83 +32978,83 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Nova">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0E8FF650" w14:textId="77777777" w:rsidR="005E7594" w:rsidRDefault="005E7594">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="62520E1A" w14:textId="77777777" w:rsidR="005E7594" w:rsidRDefault="005E7594">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03632821"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="041D0001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06DE14B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4A60DB8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
@@ -37802,65 +37819,65 @@
   <w:num w:numId="40" w16cid:durableId="794636197">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="2103060520">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1898009563">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="431515337">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="807284245">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="42601492">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="996690064">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="x85DotpEAzyP6wsFxRoPGsLr4fj1DgXST+NAp7tQdkIcdTzdqWXJxl5O4lNKaf0cx8HGrKsRbpGv9a7DqdcbbQ==" w:salt="vClPdqHbK98mxe7lGz1XXA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="re27qxg79j+umiG8E+imrpTQBv/Pexags5h7ozUhoUhOzzWNxFe0YMYShtNQxv45TmJV6CGtF1qRLl+lZxPMGQ==" w:salt="uP3W6k3C8EKrA2o4TZ+v/A=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="90113" style="mso-wrap-style:none" fillcolor="white" stroke="f">
+    <o:shapedefaults v:ext="edit" spidmax="104449" style="mso-wrap-style:none" fillcolor="white" stroke="f">
       <v:fill color="white"/>
       <v:stroke on="f"/>
       <v:textbox style="mso-fit-shape-to-text:t" inset=",0,,.3mm"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A21C33"/>
     <w:rsid w:val="000011C2"/>
@@ -38101,64 +38118,66 @@
     <w:rsid w:val="00183A02"/>
     <w:rsid w:val="00183F44"/>
     <w:rsid w:val="001849AF"/>
     <w:rsid w:val="00184A91"/>
     <w:rsid w:val="0018692C"/>
     <w:rsid w:val="001876EC"/>
     <w:rsid w:val="00187B6F"/>
     <w:rsid w:val="00192A8A"/>
     <w:rsid w:val="001933BE"/>
     <w:rsid w:val="00193F04"/>
     <w:rsid w:val="00195256"/>
     <w:rsid w:val="00197B39"/>
     <w:rsid w:val="001A1823"/>
     <w:rsid w:val="001A23A6"/>
     <w:rsid w:val="001A2437"/>
     <w:rsid w:val="001A2592"/>
     <w:rsid w:val="001A351E"/>
     <w:rsid w:val="001A43B7"/>
     <w:rsid w:val="001A4483"/>
     <w:rsid w:val="001A4AE1"/>
     <w:rsid w:val="001B1DA6"/>
     <w:rsid w:val="001B1F26"/>
     <w:rsid w:val="001B2ECD"/>
     <w:rsid w:val="001B3B12"/>
     <w:rsid w:val="001B448F"/>
+    <w:rsid w:val="001B5950"/>
     <w:rsid w:val="001C0942"/>
     <w:rsid w:val="001C1B19"/>
     <w:rsid w:val="001C1F0C"/>
     <w:rsid w:val="001C232D"/>
     <w:rsid w:val="001C2D72"/>
     <w:rsid w:val="001C5740"/>
     <w:rsid w:val="001C5CF7"/>
     <w:rsid w:val="001D0686"/>
     <w:rsid w:val="001D0D47"/>
     <w:rsid w:val="001D3937"/>
     <w:rsid w:val="001D550A"/>
     <w:rsid w:val="001D5B34"/>
     <w:rsid w:val="001D709D"/>
     <w:rsid w:val="001D7490"/>
+    <w:rsid w:val="001D76CB"/>
     <w:rsid w:val="001E308B"/>
     <w:rsid w:val="001E366A"/>
     <w:rsid w:val="001E3803"/>
     <w:rsid w:val="001E3B52"/>
     <w:rsid w:val="001E4C59"/>
     <w:rsid w:val="001E5B98"/>
     <w:rsid w:val="001E5FC4"/>
     <w:rsid w:val="001E621A"/>
     <w:rsid w:val="001E71A5"/>
     <w:rsid w:val="001F080E"/>
     <w:rsid w:val="001F0BE9"/>
     <w:rsid w:val="001F1E1F"/>
     <w:rsid w:val="001F20B3"/>
     <w:rsid w:val="001F485F"/>
     <w:rsid w:val="001F5DEA"/>
     <w:rsid w:val="001F7D55"/>
     <w:rsid w:val="001F7E9A"/>
     <w:rsid w:val="00202181"/>
     <w:rsid w:val="002029D7"/>
     <w:rsid w:val="00202F34"/>
     <w:rsid w:val="00203BF4"/>
     <w:rsid w:val="002041A3"/>
     <w:rsid w:val="00204BA4"/>
     <w:rsid w:val="002100EB"/>
     <w:rsid w:val="002101C7"/>
@@ -38254,50 +38273,51 @@
     <w:rsid w:val="002A10AD"/>
     <w:rsid w:val="002A12FC"/>
     <w:rsid w:val="002A14AD"/>
     <w:rsid w:val="002A3323"/>
     <w:rsid w:val="002A3C2D"/>
     <w:rsid w:val="002A40A4"/>
     <w:rsid w:val="002A4AC0"/>
     <w:rsid w:val="002A63C5"/>
     <w:rsid w:val="002A75F4"/>
     <w:rsid w:val="002A793B"/>
     <w:rsid w:val="002A7D4E"/>
     <w:rsid w:val="002B15D9"/>
     <w:rsid w:val="002B36B6"/>
     <w:rsid w:val="002B3858"/>
     <w:rsid w:val="002B64DE"/>
     <w:rsid w:val="002B6D98"/>
     <w:rsid w:val="002C07C0"/>
     <w:rsid w:val="002C4525"/>
     <w:rsid w:val="002C4B93"/>
     <w:rsid w:val="002C562D"/>
     <w:rsid w:val="002C64AA"/>
     <w:rsid w:val="002D1CFF"/>
     <w:rsid w:val="002D2C37"/>
     <w:rsid w:val="002D2E0D"/>
     <w:rsid w:val="002D3AA9"/>
+    <w:rsid w:val="002D4F9B"/>
     <w:rsid w:val="002D69F8"/>
     <w:rsid w:val="002D7918"/>
     <w:rsid w:val="002D7B80"/>
     <w:rsid w:val="002D7C7E"/>
     <w:rsid w:val="002E0440"/>
     <w:rsid w:val="002E203A"/>
     <w:rsid w:val="002E2560"/>
     <w:rsid w:val="002E32F1"/>
     <w:rsid w:val="002E3FD6"/>
     <w:rsid w:val="002E408E"/>
     <w:rsid w:val="002E49EA"/>
     <w:rsid w:val="002E5CCE"/>
     <w:rsid w:val="002E6CB5"/>
     <w:rsid w:val="002E7A54"/>
     <w:rsid w:val="002F12EE"/>
     <w:rsid w:val="002F2521"/>
     <w:rsid w:val="002F3366"/>
     <w:rsid w:val="002F37A2"/>
     <w:rsid w:val="002F4D84"/>
     <w:rsid w:val="002F5871"/>
     <w:rsid w:val="002F5A20"/>
     <w:rsid w:val="002F5F62"/>
     <w:rsid w:val="002F7702"/>
     <w:rsid w:val="003007FE"/>
     <w:rsid w:val="003018A1"/>
@@ -38322,50 +38342,51 @@
     <w:rsid w:val="00326DC7"/>
     <w:rsid w:val="00326FEA"/>
     <w:rsid w:val="003319CE"/>
     <w:rsid w:val="00331D73"/>
     <w:rsid w:val="00333298"/>
     <w:rsid w:val="003332E2"/>
     <w:rsid w:val="00335935"/>
     <w:rsid w:val="00336D6D"/>
     <w:rsid w:val="00337AE3"/>
     <w:rsid w:val="00342111"/>
     <w:rsid w:val="003438E9"/>
     <w:rsid w:val="00343B77"/>
     <w:rsid w:val="00343F59"/>
     <w:rsid w:val="00344ADD"/>
     <w:rsid w:val="00345510"/>
     <w:rsid w:val="003459BB"/>
     <w:rsid w:val="00346A5D"/>
     <w:rsid w:val="00347BEC"/>
     <w:rsid w:val="00350203"/>
     <w:rsid w:val="003509DA"/>
     <w:rsid w:val="003511FB"/>
     <w:rsid w:val="00351D9C"/>
     <w:rsid w:val="003539C1"/>
     <w:rsid w:val="00353BFE"/>
     <w:rsid w:val="00354479"/>
+    <w:rsid w:val="003544DE"/>
     <w:rsid w:val="003547A6"/>
     <w:rsid w:val="00355BDF"/>
     <w:rsid w:val="00355DE5"/>
     <w:rsid w:val="00355DFE"/>
     <w:rsid w:val="00356758"/>
     <w:rsid w:val="00356BB5"/>
     <w:rsid w:val="00357218"/>
     <w:rsid w:val="00357881"/>
     <w:rsid w:val="00357F6F"/>
     <w:rsid w:val="00362D02"/>
     <w:rsid w:val="00364CEF"/>
     <w:rsid w:val="003654BE"/>
     <w:rsid w:val="003655BC"/>
     <w:rsid w:val="00366AAE"/>
     <w:rsid w:val="00367851"/>
     <w:rsid w:val="00367B1D"/>
     <w:rsid w:val="00367C73"/>
     <w:rsid w:val="003705AD"/>
     <w:rsid w:val="00370F77"/>
     <w:rsid w:val="00371120"/>
     <w:rsid w:val="00371DDF"/>
     <w:rsid w:val="003723D2"/>
     <w:rsid w:val="003726CA"/>
     <w:rsid w:val="00373080"/>
     <w:rsid w:val="00373A05"/>
@@ -38396,50 +38417,51 @@
     <w:rsid w:val="003A1C64"/>
     <w:rsid w:val="003A2026"/>
     <w:rsid w:val="003A20CC"/>
     <w:rsid w:val="003A27C8"/>
     <w:rsid w:val="003A41C3"/>
     <w:rsid w:val="003A47C8"/>
     <w:rsid w:val="003A48F2"/>
     <w:rsid w:val="003B02FF"/>
     <w:rsid w:val="003B1207"/>
     <w:rsid w:val="003B21FE"/>
     <w:rsid w:val="003B25BD"/>
     <w:rsid w:val="003B4842"/>
     <w:rsid w:val="003B5185"/>
     <w:rsid w:val="003B51D8"/>
     <w:rsid w:val="003B53DC"/>
     <w:rsid w:val="003B541B"/>
     <w:rsid w:val="003B5A1D"/>
     <w:rsid w:val="003B602F"/>
     <w:rsid w:val="003B6FA1"/>
     <w:rsid w:val="003B7BD7"/>
     <w:rsid w:val="003C020E"/>
     <w:rsid w:val="003C0EFD"/>
     <w:rsid w:val="003C0FFB"/>
     <w:rsid w:val="003C1B7C"/>
     <w:rsid w:val="003C26B6"/>
+    <w:rsid w:val="003C2D32"/>
     <w:rsid w:val="003C314D"/>
     <w:rsid w:val="003C35BB"/>
     <w:rsid w:val="003C4306"/>
     <w:rsid w:val="003C43E9"/>
     <w:rsid w:val="003D0921"/>
     <w:rsid w:val="003D0CFD"/>
     <w:rsid w:val="003D0D6C"/>
     <w:rsid w:val="003D0D7F"/>
     <w:rsid w:val="003D121F"/>
     <w:rsid w:val="003D1306"/>
     <w:rsid w:val="003D21F2"/>
     <w:rsid w:val="003D4C34"/>
     <w:rsid w:val="003D57BD"/>
     <w:rsid w:val="003D6886"/>
     <w:rsid w:val="003D69EE"/>
     <w:rsid w:val="003D74FF"/>
     <w:rsid w:val="003E009C"/>
     <w:rsid w:val="003E15C7"/>
     <w:rsid w:val="003E18BE"/>
     <w:rsid w:val="003E1961"/>
     <w:rsid w:val="003E322E"/>
     <w:rsid w:val="003E34EA"/>
     <w:rsid w:val="003E421E"/>
     <w:rsid w:val="003E442C"/>
     <w:rsid w:val="003E4C4D"/>
@@ -38646,98 +38668,101 @@
     <w:rsid w:val="005537AE"/>
     <w:rsid w:val="00554777"/>
     <w:rsid w:val="00554D42"/>
     <w:rsid w:val="00555275"/>
     <w:rsid w:val="0055577B"/>
     <w:rsid w:val="005562DF"/>
     <w:rsid w:val="005563E3"/>
     <w:rsid w:val="005579E7"/>
     <w:rsid w:val="00560251"/>
     <w:rsid w:val="00560D24"/>
     <w:rsid w:val="0056252A"/>
     <w:rsid w:val="0056380F"/>
     <w:rsid w:val="00563DF9"/>
     <w:rsid w:val="00566501"/>
     <w:rsid w:val="005670A2"/>
     <w:rsid w:val="00567312"/>
     <w:rsid w:val="005702E3"/>
     <w:rsid w:val="0057096B"/>
     <w:rsid w:val="005739FE"/>
     <w:rsid w:val="005745EE"/>
     <w:rsid w:val="005757E0"/>
     <w:rsid w:val="00575D1C"/>
     <w:rsid w:val="00577BD0"/>
     <w:rsid w:val="005804E8"/>
     <w:rsid w:val="00580845"/>
+    <w:rsid w:val="00580BBC"/>
     <w:rsid w:val="00582339"/>
     <w:rsid w:val="00583645"/>
     <w:rsid w:val="00583950"/>
     <w:rsid w:val="005839D5"/>
     <w:rsid w:val="005843D8"/>
     <w:rsid w:val="00584C77"/>
     <w:rsid w:val="00584D3D"/>
     <w:rsid w:val="00585FBA"/>
     <w:rsid w:val="005864D2"/>
     <w:rsid w:val="005867F8"/>
     <w:rsid w:val="0058693A"/>
     <w:rsid w:val="00587168"/>
     <w:rsid w:val="005904AE"/>
     <w:rsid w:val="0059397C"/>
     <w:rsid w:val="00594D34"/>
     <w:rsid w:val="00594DF7"/>
     <w:rsid w:val="005955B7"/>
     <w:rsid w:val="00595891"/>
     <w:rsid w:val="00596352"/>
     <w:rsid w:val="00597531"/>
     <w:rsid w:val="00597865"/>
     <w:rsid w:val="00597E10"/>
     <w:rsid w:val="005A01D9"/>
     <w:rsid w:val="005A1609"/>
     <w:rsid w:val="005A281A"/>
     <w:rsid w:val="005A2973"/>
+    <w:rsid w:val="005A3C64"/>
     <w:rsid w:val="005A3D4A"/>
     <w:rsid w:val="005A5A01"/>
     <w:rsid w:val="005A6A5E"/>
     <w:rsid w:val="005A77C0"/>
     <w:rsid w:val="005B24CB"/>
     <w:rsid w:val="005B349B"/>
     <w:rsid w:val="005B3DCE"/>
     <w:rsid w:val="005B3FC6"/>
     <w:rsid w:val="005B64D1"/>
     <w:rsid w:val="005B699B"/>
     <w:rsid w:val="005B7DEE"/>
     <w:rsid w:val="005C0A55"/>
     <w:rsid w:val="005C0F0D"/>
     <w:rsid w:val="005C21DC"/>
     <w:rsid w:val="005C657D"/>
     <w:rsid w:val="005D068A"/>
     <w:rsid w:val="005D27A5"/>
     <w:rsid w:val="005D33E3"/>
     <w:rsid w:val="005D34BA"/>
     <w:rsid w:val="005D58D6"/>
     <w:rsid w:val="005D64D3"/>
     <w:rsid w:val="005D7826"/>
+    <w:rsid w:val="005E083D"/>
     <w:rsid w:val="005E0C4F"/>
     <w:rsid w:val="005E1C82"/>
     <w:rsid w:val="005E3D7E"/>
     <w:rsid w:val="005E4EA5"/>
     <w:rsid w:val="005E5342"/>
     <w:rsid w:val="005E55F0"/>
     <w:rsid w:val="005E5A0B"/>
     <w:rsid w:val="005E64C5"/>
     <w:rsid w:val="005E7594"/>
     <w:rsid w:val="005F0E52"/>
     <w:rsid w:val="005F18EB"/>
     <w:rsid w:val="005F1957"/>
     <w:rsid w:val="005F1E29"/>
     <w:rsid w:val="005F20AE"/>
     <w:rsid w:val="005F34C2"/>
     <w:rsid w:val="005F4CC1"/>
     <w:rsid w:val="005F5721"/>
     <w:rsid w:val="006012DE"/>
     <w:rsid w:val="00601567"/>
     <w:rsid w:val="0060223C"/>
     <w:rsid w:val="006032E8"/>
     <w:rsid w:val="0060416F"/>
     <w:rsid w:val="006053F5"/>
     <w:rsid w:val="00605464"/>
     <w:rsid w:val="006066D1"/>
@@ -39018,50 +39043,51 @@
     <w:rsid w:val="007F42CA"/>
     <w:rsid w:val="007F44E5"/>
     <w:rsid w:val="007F4B55"/>
     <w:rsid w:val="007F62D9"/>
     <w:rsid w:val="008008B7"/>
     <w:rsid w:val="0080199F"/>
     <w:rsid w:val="00801CA9"/>
     <w:rsid w:val="00802058"/>
     <w:rsid w:val="008035CD"/>
     <w:rsid w:val="00803BD1"/>
     <w:rsid w:val="008041B1"/>
     <w:rsid w:val="00804C76"/>
     <w:rsid w:val="008057A5"/>
     <w:rsid w:val="0080588F"/>
     <w:rsid w:val="00807C71"/>
     <w:rsid w:val="00807ED8"/>
     <w:rsid w:val="00810E80"/>
     <w:rsid w:val="00811274"/>
     <w:rsid w:val="008112B1"/>
     <w:rsid w:val="00811610"/>
     <w:rsid w:val="00812A86"/>
     <w:rsid w:val="008140E6"/>
     <w:rsid w:val="00814BE0"/>
     <w:rsid w:val="00815715"/>
     <w:rsid w:val="00815E48"/>
+    <w:rsid w:val="00817416"/>
     <w:rsid w:val="008208ED"/>
     <w:rsid w:val="00820C9F"/>
     <w:rsid w:val="008218A3"/>
     <w:rsid w:val="00826866"/>
     <w:rsid w:val="0082702D"/>
     <w:rsid w:val="0082747E"/>
     <w:rsid w:val="0082783C"/>
     <w:rsid w:val="00827DF4"/>
     <w:rsid w:val="008300D5"/>
     <w:rsid w:val="00830373"/>
     <w:rsid w:val="00831D3B"/>
     <w:rsid w:val="0083292E"/>
     <w:rsid w:val="00832B94"/>
     <w:rsid w:val="0083362C"/>
     <w:rsid w:val="00835899"/>
     <w:rsid w:val="008365DE"/>
     <w:rsid w:val="00840452"/>
     <w:rsid w:val="0084069C"/>
     <w:rsid w:val="0084083C"/>
     <w:rsid w:val="00840FF9"/>
     <w:rsid w:val="00843C22"/>
     <w:rsid w:val="00844989"/>
     <w:rsid w:val="00844E73"/>
     <w:rsid w:val="00844FC7"/>
     <w:rsid w:val="00845324"/>
@@ -39095,50 +39121,51 @@
     <w:rsid w:val="008642E3"/>
     <w:rsid w:val="00864776"/>
     <w:rsid w:val="00864D64"/>
     <w:rsid w:val="00865B5A"/>
     <w:rsid w:val="00866FE9"/>
     <w:rsid w:val="008671DC"/>
     <w:rsid w:val="0086727C"/>
     <w:rsid w:val="008709C1"/>
     <w:rsid w:val="00870CB5"/>
     <w:rsid w:val="008710CB"/>
     <w:rsid w:val="00872302"/>
     <w:rsid w:val="008728AE"/>
     <w:rsid w:val="00876087"/>
     <w:rsid w:val="00876812"/>
     <w:rsid w:val="00877BD8"/>
     <w:rsid w:val="00877F63"/>
     <w:rsid w:val="008800AF"/>
     <w:rsid w:val="008800B7"/>
     <w:rsid w:val="00880DA6"/>
     <w:rsid w:val="00882DD4"/>
     <w:rsid w:val="00882F85"/>
     <w:rsid w:val="00884373"/>
     <w:rsid w:val="008846C9"/>
     <w:rsid w:val="0088482D"/>
     <w:rsid w:val="00885967"/>
+    <w:rsid w:val="00886069"/>
     <w:rsid w:val="00886A69"/>
     <w:rsid w:val="00886DAD"/>
     <w:rsid w:val="008916BB"/>
     <w:rsid w:val="008924E5"/>
     <w:rsid w:val="00893163"/>
     <w:rsid w:val="0089341D"/>
     <w:rsid w:val="0089355C"/>
     <w:rsid w:val="00894C13"/>
     <w:rsid w:val="0089576B"/>
     <w:rsid w:val="00895DD3"/>
     <w:rsid w:val="0089736E"/>
     <w:rsid w:val="008974DA"/>
     <w:rsid w:val="008979ED"/>
     <w:rsid w:val="00897FF7"/>
     <w:rsid w:val="008A05D9"/>
     <w:rsid w:val="008A076A"/>
     <w:rsid w:val="008A0D36"/>
     <w:rsid w:val="008A136F"/>
     <w:rsid w:val="008A1CE7"/>
     <w:rsid w:val="008A1FF4"/>
     <w:rsid w:val="008A246E"/>
     <w:rsid w:val="008A247B"/>
     <w:rsid w:val="008A2DCC"/>
     <w:rsid w:val="008A4056"/>
     <w:rsid w:val="008A4E92"/>
@@ -39155,98 +39182,101 @@
     <w:rsid w:val="008C1B4F"/>
     <w:rsid w:val="008C20CC"/>
     <w:rsid w:val="008C2460"/>
     <w:rsid w:val="008C325F"/>
     <w:rsid w:val="008C5975"/>
     <w:rsid w:val="008D2080"/>
     <w:rsid w:val="008D224B"/>
     <w:rsid w:val="008D3420"/>
     <w:rsid w:val="008D3D6D"/>
     <w:rsid w:val="008D4875"/>
     <w:rsid w:val="008D53F7"/>
     <w:rsid w:val="008D6C55"/>
     <w:rsid w:val="008D7D4C"/>
     <w:rsid w:val="008E0825"/>
     <w:rsid w:val="008E193B"/>
     <w:rsid w:val="008E44C2"/>
     <w:rsid w:val="008F0E7C"/>
     <w:rsid w:val="008F1A09"/>
     <w:rsid w:val="008F2200"/>
     <w:rsid w:val="008F346F"/>
     <w:rsid w:val="008F3BDD"/>
     <w:rsid w:val="008F4016"/>
     <w:rsid w:val="008F70B2"/>
     <w:rsid w:val="008F7D1B"/>
     <w:rsid w:val="009006E8"/>
+    <w:rsid w:val="0090139F"/>
     <w:rsid w:val="00901F4F"/>
     <w:rsid w:val="00903D31"/>
     <w:rsid w:val="0090539F"/>
     <w:rsid w:val="00906B2E"/>
     <w:rsid w:val="00910246"/>
     <w:rsid w:val="00910964"/>
     <w:rsid w:val="0091276F"/>
     <w:rsid w:val="00912B29"/>
     <w:rsid w:val="00915E28"/>
     <w:rsid w:val="0091658F"/>
     <w:rsid w:val="00916716"/>
     <w:rsid w:val="0091768F"/>
     <w:rsid w:val="009176FF"/>
     <w:rsid w:val="009177B4"/>
     <w:rsid w:val="00917933"/>
     <w:rsid w:val="00917FB7"/>
     <w:rsid w:val="00923FDA"/>
     <w:rsid w:val="009240A5"/>
     <w:rsid w:val="00924375"/>
     <w:rsid w:val="00927D73"/>
     <w:rsid w:val="0093042F"/>
     <w:rsid w:val="00931926"/>
     <w:rsid w:val="00933262"/>
+    <w:rsid w:val="00933EF5"/>
     <w:rsid w:val="00935CEC"/>
     <w:rsid w:val="00940CF0"/>
     <w:rsid w:val="009417B2"/>
     <w:rsid w:val="009418B2"/>
     <w:rsid w:val="009434D8"/>
     <w:rsid w:val="00944F46"/>
     <w:rsid w:val="00945275"/>
     <w:rsid w:val="00945535"/>
     <w:rsid w:val="00945836"/>
     <w:rsid w:val="00945CCB"/>
     <w:rsid w:val="00950889"/>
     <w:rsid w:val="00950E1E"/>
     <w:rsid w:val="0095158C"/>
     <w:rsid w:val="00952875"/>
     <w:rsid w:val="00952D4E"/>
     <w:rsid w:val="00953163"/>
     <w:rsid w:val="00953674"/>
     <w:rsid w:val="0095452E"/>
     <w:rsid w:val="0095489B"/>
     <w:rsid w:val="009573A5"/>
     <w:rsid w:val="00957DAC"/>
     <w:rsid w:val="00960A8A"/>
     <w:rsid w:val="00961AD8"/>
     <w:rsid w:val="00962943"/>
     <w:rsid w:val="00962B2C"/>
+    <w:rsid w:val="009648C2"/>
     <w:rsid w:val="00964909"/>
     <w:rsid w:val="00966BE3"/>
     <w:rsid w:val="00966E3A"/>
     <w:rsid w:val="00967CB8"/>
     <w:rsid w:val="00974F09"/>
     <w:rsid w:val="009750A5"/>
     <w:rsid w:val="009753F8"/>
     <w:rsid w:val="0097554B"/>
     <w:rsid w:val="009758AC"/>
     <w:rsid w:val="00975CF6"/>
     <w:rsid w:val="00980569"/>
     <w:rsid w:val="00980D06"/>
     <w:rsid w:val="00981002"/>
     <w:rsid w:val="00982C16"/>
     <w:rsid w:val="009830AB"/>
     <w:rsid w:val="00983C7A"/>
     <w:rsid w:val="0098593D"/>
     <w:rsid w:val="00986F8C"/>
     <w:rsid w:val="00987622"/>
     <w:rsid w:val="00991035"/>
     <w:rsid w:val="0099155C"/>
     <w:rsid w:val="00992D70"/>
     <w:rsid w:val="00992F34"/>
     <w:rsid w:val="0099317F"/>
     <w:rsid w:val="00994B72"/>
@@ -39280,50 +39310,51 @@
     <w:rsid w:val="009D04BE"/>
     <w:rsid w:val="009D3B99"/>
     <w:rsid w:val="009D5688"/>
     <w:rsid w:val="009D6054"/>
     <w:rsid w:val="009D73EB"/>
     <w:rsid w:val="009D7B0E"/>
     <w:rsid w:val="009D7BA9"/>
     <w:rsid w:val="009E14BB"/>
     <w:rsid w:val="009E1EB5"/>
     <w:rsid w:val="009E204D"/>
     <w:rsid w:val="009E271C"/>
     <w:rsid w:val="009E42E9"/>
     <w:rsid w:val="009E4792"/>
     <w:rsid w:val="009E510F"/>
     <w:rsid w:val="009E546B"/>
     <w:rsid w:val="009E6138"/>
     <w:rsid w:val="009E615A"/>
     <w:rsid w:val="009E655E"/>
     <w:rsid w:val="009E6D35"/>
     <w:rsid w:val="009E77B7"/>
     <w:rsid w:val="009E7CE2"/>
     <w:rsid w:val="009F27D7"/>
     <w:rsid w:val="009F2F77"/>
     <w:rsid w:val="009F399A"/>
     <w:rsid w:val="009F4C6B"/>
+    <w:rsid w:val="009F7806"/>
     <w:rsid w:val="009F7AA6"/>
     <w:rsid w:val="00A001E3"/>
     <w:rsid w:val="00A0089B"/>
     <w:rsid w:val="00A012F3"/>
     <w:rsid w:val="00A01368"/>
     <w:rsid w:val="00A01FA6"/>
     <w:rsid w:val="00A023C6"/>
     <w:rsid w:val="00A04218"/>
     <w:rsid w:val="00A05D51"/>
     <w:rsid w:val="00A07375"/>
     <w:rsid w:val="00A1140E"/>
     <w:rsid w:val="00A11D55"/>
     <w:rsid w:val="00A12BA9"/>
     <w:rsid w:val="00A14917"/>
     <w:rsid w:val="00A149A9"/>
     <w:rsid w:val="00A14B2A"/>
     <w:rsid w:val="00A1578D"/>
     <w:rsid w:val="00A16340"/>
     <w:rsid w:val="00A1769D"/>
     <w:rsid w:val="00A177F1"/>
     <w:rsid w:val="00A20B7D"/>
     <w:rsid w:val="00A21C33"/>
     <w:rsid w:val="00A224B9"/>
     <w:rsid w:val="00A2518C"/>
     <w:rsid w:val="00A26473"/>
@@ -39532,50 +39563,51 @@
     <w:rsid w:val="00B9333A"/>
     <w:rsid w:val="00B94099"/>
     <w:rsid w:val="00B94661"/>
     <w:rsid w:val="00B94ECA"/>
     <w:rsid w:val="00B958C7"/>
     <w:rsid w:val="00B95C7B"/>
     <w:rsid w:val="00B97EEF"/>
     <w:rsid w:val="00BA008A"/>
     <w:rsid w:val="00BA0258"/>
     <w:rsid w:val="00BA1FFA"/>
     <w:rsid w:val="00BA2ADC"/>
     <w:rsid w:val="00BA3089"/>
     <w:rsid w:val="00BA331A"/>
     <w:rsid w:val="00BA3FCF"/>
     <w:rsid w:val="00BA4346"/>
     <w:rsid w:val="00BA5B7F"/>
     <w:rsid w:val="00BA5C08"/>
     <w:rsid w:val="00BB09C5"/>
     <w:rsid w:val="00BB0E42"/>
     <w:rsid w:val="00BB16AC"/>
     <w:rsid w:val="00BB272E"/>
     <w:rsid w:val="00BB2D5B"/>
     <w:rsid w:val="00BB3DB2"/>
     <w:rsid w:val="00BB4CD0"/>
     <w:rsid w:val="00BB61E4"/>
+    <w:rsid w:val="00BB65DA"/>
     <w:rsid w:val="00BB74B7"/>
     <w:rsid w:val="00BB7A8C"/>
     <w:rsid w:val="00BC0D23"/>
     <w:rsid w:val="00BC0E8D"/>
     <w:rsid w:val="00BC2AC6"/>
     <w:rsid w:val="00BC2BDF"/>
     <w:rsid w:val="00BC2C30"/>
     <w:rsid w:val="00BC3D7D"/>
     <w:rsid w:val="00BC43BF"/>
     <w:rsid w:val="00BC4E1F"/>
     <w:rsid w:val="00BC712F"/>
     <w:rsid w:val="00BC7483"/>
     <w:rsid w:val="00BC7995"/>
     <w:rsid w:val="00BD04DF"/>
     <w:rsid w:val="00BD0D59"/>
     <w:rsid w:val="00BD108D"/>
     <w:rsid w:val="00BD2092"/>
     <w:rsid w:val="00BD26E5"/>
     <w:rsid w:val="00BD2D57"/>
     <w:rsid w:val="00BD431A"/>
     <w:rsid w:val="00BD56AF"/>
     <w:rsid w:val="00BD6C49"/>
     <w:rsid w:val="00BD6EE8"/>
     <w:rsid w:val="00BD723F"/>
     <w:rsid w:val="00BE039C"/>
@@ -39621,93 +39653,96 @@
     <w:rsid w:val="00C258BC"/>
     <w:rsid w:val="00C25D05"/>
     <w:rsid w:val="00C27270"/>
     <w:rsid w:val="00C325DE"/>
     <w:rsid w:val="00C32679"/>
     <w:rsid w:val="00C332FD"/>
     <w:rsid w:val="00C33CA5"/>
     <w:rsid w:val="00C35638"/>
     <w:rsid w:val="00C360B8"/>
     <w:rsid w:val="00C36C86"/>
     <w:rsid w:val="00C378A8"/>
     <w:rsid w:val="00C37F87"/>
     <w:rsid w:val="00C40119"/>
     <w:rsid w:val="00C4070F"/>
     <w:rsid w:val="00C413D7"/>
     <w:rsid w:val="00C41DC2"/>
     <w:rsid w:val="00C4234E"/>
     <w:rsid w:val="00C4705B"/>
     <w:rsid w:val="00C475A1"/>
     <w:rsid w:val="00C50530"/>
     <w:rsid w:val="00C50921"/>
     <w:rsid w:val="00C5345E"/>
     <w:rsid w:val="00C53E89"/>
     <w:rsid w:val="00C547EC"/>
     <w:rsid w:val="00C555A4"/>
+    <w:rsid w:val="00C56EF2"/>
     <w:rsid w:val="00C56F18"/>
     <w:rsid w:val="00C57FA6"/>
     <w:rsid w:val="00C57FAE"/>
     <w:rsid w:val="00C609B7"/>
     <w:rsid w:val="00C62F2C"/>
     <w:rsid w:val="00C6333B"/>
     <w:rsid w:val="00C63F3B"/>
     <w:rsid w:val="00C64015"/>
     <w:rsid w:val="00C6435E"/>
     <w:rsid w:val="00C65EBC"/>
     <w:rsid w:val="00C663D4"/>
     <w:rsid w:val="00C709F2"/>
     <w:rsid w:val="00C70C3A"/>
     <w:rsid w:val="00C71357"/>
     <w:rsid w:val="00C71C59"/>
     <w:rsid w:val="00C72D5A"/>
     <w:rsid w:val="00C7413E"/>
     <w:rsid w:val="00C743B3"/>
     <w:rsid w:val="00C74652"/>
     <w:rsid w:val="00C80433"/>
+    <w:rsid w:val="00C80514"/>
     <w:rsid w:val="00C80ABD"/>
     <w:rsid w:val="00C82ACD"/>
     <w:rsid w:val="00C83CD4"/>
     <w:rsid w:val="00C856C0"/>
     <w:rsid w:val="00C864B7"/>
     <w:rsid w:val="00C876FA"/>
     <w:rsid w:val="00C90D5C"/>
     <w:rsid w:val="00C92B42"/>
     <w:rsid w:val="00C93AE7"/>
     <w:rsid w:val="00C949C1"/>
     <w:rsid w:val="00C96A08"/>
     <w:rsid w:val="00C97FCA"/>
     <w:rsid w:val="00CA1AEB"/>
     <w:rsid w:val="00CA2A6F"/>
     <w:rsid w:val="00CA2F44"/>
     <w:rsid w:val="00CA2F74"/>
     <w:rsid w:val="00CA32C0"/>
     <w:rsid w:val="00CA3E4C"/>
     <w:rsid w:val="00CA4FB1"/>
     <w:rsid w:val="00CA5C3A"/>
     <w:rsid w:val="00CA7887"/>
     <w:rsid w:val="00CB068F"/>
     <w:rsid w:val="00CB078E"/>
+    <w:rsid w:val="00CB3641"/>
     <w:rsid w:val="00CB3B54"/>
     <w:rsid w:val="00CB45F5"/>
     <w:rsid w:val="00CB5ED8"/>
     <w:rsid w:val="00CB6210"/>
     <w:rsid w:val="00CB645B"/>
     <w:rsid w:val="00CB6E86"/>
     <w:rsid w:val="00CB7445"/>
     <w:rsid w:val="00CC22E4"/>
     <w:rsid w:val="00CC2FD8"/>
     <w:rsid w:val="00CC3AB9"/>
     <w:rsid w:val="00CC4186"/>
     <w:rsid w:val="00CC5A5A"/>
     <w:rsid w:val="00CC634E"/>
     <w:rsid w:val="00CC6ABF"/>
     <w:rsid w:val="00CC6B0F"/>
     <w:rsid w:val="00CD3317"/>
     <w:rsid w:val="00CD426E"/>
     <w:rsid w:val="00CD4629"/>
     <w:rsid w:val="00CD5543"/>
     <w:rsid w:val="00CD578A"/>
     <w:rsid w:val="00CE01DB"/>
     <w:rsid w:val="00CE08DE"/>
     <w:rsid w:val="00CE47F0"/>
     <w:rsid w:val="00CE50EA"/>
     <w:rsid w:val="00CE6A16"/>
@@ -39772,101 +39807,104 @@
     <w:rsid w:val="00D6430A"/>
     <w:rsid w:val="00D65161"/>
     <w:rsid w:val="00D670E4"/>
     <w:rsid w:val="00D70AE3"/>
     <w:rsid w:val="00D72D60"/>
     <w:rsid w:val="00D72E43"/>
     <w:rsid w:val="00D73D7F"/>
     <w:rsid w:val="00D75006"/>
     <w:rsid w:val="00D75266"/>
     <w:rsid w:val="00D8186C"/>
     <w:rsid w:val="00D821E3"/>
     <w:rsid w:val="00D831B5"/>
     <w:rsid w:val="00D834B8"/>
     <w:rsid w:val="00D84684"/>
     <w:rsid w:val="00D84D26"/>
     <w:rsid w:val="00D85237"/>
     <w:rsid w:val="00D8644B"/>
     <w:rsid w:val="00D8697F"/>
     <w:rsid w:val="00D87191"/>
     <w:rsid w:val="00D87971"/>
     <w:rsid w:val="00D91FDA"/>
     <w:rsid w:val="00D92AAF"/>
     <w:rsid w:val="00D9377D"/>
     <w:rsid w:val="00D9407B"/>
     <w:rsid w:val="00D94EA4"/>
+    <w:rsid w:val="00D94F7B"/>
     <w:rsid w:val="00D96029"/>
     <w:rsid w:val="00D97810"/>
     <w:rsid w:val="00DA03A3"/>
     <w:rsid w:val="00DA1389"/>
     <w:rsid w:val="00DA15D1"/>
     <w:rsid w:val="00DA1AC4"/>
     <w:rsid w:val="00DA1B8C"/>
     <w:rsid w:val="00DA3E81"/>
     <w:rsid w:val="00DA40F5"/>
     <w:rsid w:val="00DA4333"/>
     <w:rsid w:val="00DA4CC0"/>
     <w:rsid w:val="00DA4DA2"/>
     <w:rsid w:val="00DA5CA1"/>
     <w:rsid w:val="00DA5EBA"/>
     <w:rsid w:val="00DB17CC"/>
     <w:rsid w:val="00DB249C"/>
     <w:rsid w:val="00DB280C"/>
     <w:rsid w:val="00DB3259"/>
     <w:rsid w:val="00DB3F08"/>
     <w:rsid w:val="00DB47F6"/>
     <w:rsid w:val="00DB487A"/>
     <w:rsid w:val="00DB4E66"/>
     <w:rsid w:val="00DB5A02"/>
     <w:rsid w:val="00DB5ACF"/>
     <w:rsid w:val="00DB5B1D"/>
     <w:rsid w:val="00DB5C67"/>
     <w:rsid w:val="00DB65E8"/>
     <w:rsid w:val="00DC0900"/>
     <w:rsid w:val="00DC0AA5"/>
     <w:rsid w:val="00DC1787"/>
     <w:rsid w:val="00DC17CB"/>
     <w:rsid w:val="00DC1D15"/>
     <w:rsid w:val="00DC21E0"/>
     <w:rsid w:val="00DC36F6"/>
     <w:rsid w:val="00DC3E18"/>
+    <w:rsid w:val="00DC4BCD"/>
     <w:rsid w:val="00DC5921"/>
     <w:rsid w:val="00DC5D10"/>
     <w:rsid w:val="00DC5D36"/>
     <w:rsid w:val="00DC747C"/>
     <w:rsid w:val="00DC7586"/>
     <w:rsid w:val="00DC79BB"/>
     <w:rsid w:val="00DC7D52"/>
     <w:rsid w:val="00DD08BD"/>
     <w:rsid w:val="00DD14B3"/>
     <w:rsid w:val="00DD23CB"/>
     <w:rsid w:val="00DD2AD7"/>
     <w:rsid w:val="00DD3BEE"/>
     <w:rsid w:val="00DD4979"/>
     <w:rsid w:val="00DD611B"/>
     <w:rsid w:val="00DD64B9"/>
     <w:rsid w:val="00DD7706"/>
+    <w:rsid w:val="00DD7A0D"/>
     <w:rsid w:val="00DE0F67"/>
     <w:rsid w:val="00DE166E"/>
     <w:rsid w:val="00DE1797"/>
     <w:rsid w:val="00DE2880"/>
     <w:rsid w:val="00DE28A8"/>
     <w:rsid w:val="00DE2E13"/>
     <w:rsid w:val="00DE3829"/>
     <w:rsid w:val="00DE52D5"/>
     <w:rsid w:val="00DE5792"/>
     <w:rsid w:val="00DE58FD"/>
     <w:rsid w:val="00DE5E12"/>
     <w:rsid w:val="00DF124C"/>
     <w:rsid w:val="00DF32FE"/>
     <w:rsid w:val="00DF3F23"/>
     <w:rsid w:val="00DF4350"/>
     <w:rsid w:val="00DF4CA7"/>
     <w:rsid w:val="00DF4E83"/>
     <w:rsid w:val="00DF61E7"/>
     <w:rsid w:val="00DF7CFE"/>
     <w:rsid w:val="00E00895"/>
     <w:rsid w:val="00E025B4"/>
     <w:rsid w:val="00E02E8B"/>
     <w:rsid w:val="00E05026"/>
     <w:rsid w:val="00E0757E"/>
     <w:rsid w:val="00E07A9B"/>
@@ -40057,50 +40095,51 @@
     <w:rsid w:val="00F447B7"/>
     <w:rsid w:val="00F44D39"/>
     <w:rsid w:val="00F46182"/>
     <w:rsid w:val="00F47A7A"/>
     <w:rsid w:val="00F501DF"/>
     <w:rsid w:val="00F52338"/>
     <w:rsid w:val="00F52BCB"/>
     <w:rsid w:val="00F53A09"/>
     <w:rsid w:val="00F5422A"/>
     <w:rsid w:val="00F54914"/>
     <w:rsid w:val="00F55028"/>
     <w:rsid w:val="00F578AF"/>
     <w:rsid w:val="00F60DF6"/>
     <w:rsid w:val="00F6138A"/>
     <w:rsid w:val="00F6322C"/>
     <w:rsid w:val="00F63407"/>
     <w:rsid w:val="00F63632"/>
     <w:rsid w:val="00F64160"/>
     <w:rsid w:val="00F64BC0"/>
     <w:rsid w:val="00F6506E"/>
     <w:rsid w:val="00F652E4"/>
     <w:rsid w:val="00F6608A"/>
     <w:rsid w:val="00F661F8"/>
     <w:rsid w:val="00F66353"/>
     <w:rsid w:val="00F66698"/>
+    <w:rsid w:val="00F67775"/>
     <w:rsid w:val="00F679C7"/>
     <w:rsid w:val="00F70458"/>
     <w:rsid w:val="00F70B08"/>
     <w:rsid w:val="00F7160C"/>
     <w:rsid w:val="00F7182E"/>
     <w:rsid w:val="00F728FA"/>
     <w:rsid w:val="00F73775"/>
     <w:rsid w:val="00F73956"/>
     <w:rsid w:val="00F758EC"/>
     <w:rsid w:val="00F76609"/>
     <w:rsid w:val="00F76BF1"/>
     <w:rsid w:val="00F76D82"/>
     <w:rsid w:val="00F802F4"/>
     <w:rsid w:val="00F812F8"/>
     <w:rsid w:val="00F8240D"/>
     <w:rsid w:val="00F857AE"/>
     <w:rsid w:val="00F86CEF"/>
     <w:rsid w:val="00F87745"/>
     <w:rsid w:val="00F906FE"/>
     <w:rsid w:val="00F90CC2"/>
     <w:rsid w:val="00F91715"/>
     <w:rsid w:val="00F924B7"/>
     <w:rsid w:val="00F94E9B"/>
     <w:rsid w:val="00F96FE2"/>
     <w:rsid w:val="00F97432"/>
@@ -40143,69 +40182,69 @@
     <w:rsid w:val="00FF2856"/>
     <w:rsid w:val="00FF2BEB"/>
     <w:rsid w:val="00FF3F58"/>
     <w:rsid w:val="00FF3FA5"/>
     <w:rsid w:val="00FF446F"/>
     <w:rsid w:val="00FF4B4D"/>
     <w:rsid w:val="00FF5F87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="90113" style="mso-wrap-style:none" fillcolor="white" stroke="f">
+    <o:shapedefaults v:ext="edit" spidmax="104449" style="mso-wrap-style:none" fillcolor="white" stroke="f">
       <v:fill color="white"/>
       <v:stroke on="f"/>
       <v:textbox style="mso-fit-shape-to-text:t" inset=",0,,.3mm"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="71B8CDBD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1390C2BC-9B12-4D15-A4B4-7AF83ED9B8DD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:locked="1"/>
     <w:lsdException w:name="index 2" w:locked="1"/>
     <w:lsdException w:name="index 3" w:locked="1"/>
     <w:lsdException w:name="index 4" w:locked="1"/>
     <w:lsdException w:name="index 5" w:locked="1"/>
@@ -40983,51 +41022,51 @@
     <w:locked/>
     <w:rsid w:val="00A9226F"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
     <w:name w:val="Fotnotstext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Fotnotstext"/>
     <w:rsid w:val="00A9226F"/>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:locked/>
     <w:rsid w:val="00A9226F"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="278218948">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="695928106">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -41792,75 +41831,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDD2D4A5-3E47-43F6-91E8-542D95839878}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>2966</Words>
-  <Characters>15721</Characters>
+  <Words>2957</Words>
+  <Characters>15675</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>131</Lines>
+  <Lines>130</Lines>
   <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ansökan om disputation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18650</CharactersWithSpaces>
+  <CharactersWithSpaces>18595</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>4587622</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:disputation@ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4587622</vt:i4>
       </vt:variant>
       <vt:variant>