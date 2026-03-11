--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -1,81 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29022"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/michaela_stadtlander_ki_se/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lotfyl\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{85ECF4E1-88A4-4ACC-8453-DD9D92877225}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55CC4AFC-3A84-4C23-A8B8-C2306300940E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CF07FF46-EB18-4E95-A4D8-BFF1B2A1CFA4}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{CF07FF46-EB18-4E95-A4D8-BFF1B2A1CFA4}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="D3" i="1" l="1"/>
+  <c r="D3" i="1" a="1"/>
+</calcChain>
+</file>
+
+<file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+  <metadataTypes count="1">
+    <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
+  </metadataTypes>
+  <futureMetadata name="XLDAPR" count="1">
+    <bk>
+      <extLst>
+        <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
+          <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
+        </ext>
+      </extLst>
+    </bk>
+  </futureMetadata>
+  <cellMetadata count="1">
+    <bk>
+      <rc t="1" v="0"/>
+    </bk>
+  </cellMetadata>
+</metadata>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
     <t>Institution/Department</t>
   </si>
   <si>
     <t>Prefekt/motsvarande  Head of department</t>
   </si>
   <si>
     <t>Administrativ chef                   Head of administration</t>
   </si>
   <si>
     <t>Departmental group KI Nord (North)</t>
   </si>
   <si>
     <t>KBH (K6)</t>
   </si>
   <si>
     <t xml:space="preserve">Institutionen för kvinnors och barns hälsa </t>
   </si>
   <si>
     <t>kristina.gemzell@ki.se</t>
   </si>
   <si>
     <t>sandra.brogarde@ki.se</t>
@@ -98,53 +129,50 @@
   <si>
     <t xml:space="preserve">Department of Clinical Sciences, Danderyd Hospital </t>
   </si>
   <si>
     <t>CNS (K8)</t>
   </si>
   <si>
     <t xml:space="preserve">Institutionen för klinisk neurovetenskap </t>
   </si>
   <si>
     <t>mats.j.olsson@ki.se</t>
   </si>
   <si>
     <t>karin.w.blomberg@ki.se</t>
   </si>
   <si>
     <t>Department of Clinical Neuroscience</t>
   </si>
   <si>
     <t>MedS (K2)</t>
   </si>
   <si>
     <t xml:space="preserve">Institutionen för medicin, Solna </t>
   </si>
   <si>
-    <t>marie.wahren@ki.se</t>
-[...1 lines deleted...]
-  <si>
     <t>helene.utterberg@ki.se</t>
   </si>
   <si>
     <t>Department of Medicine, Solna</t>
   </si>
   <si>
     <t>LIME (C7)</t>
   </si>
   <si>
     <t xml:space="preserve">Institutionen för lärande, informatik, management och etik </t>
   </si>
   <si>
     <t>sabine.koch@ki.se</t>
   </si>
   <si>
     <t>anna.westerberg@ki.se</t>
   </si>
   <si>
     <t>Department of Learning, Informatics, Mangement and Ethics</t>
   </si>
   <si>
     <t>GPH (K9)</t>
   </si>
   <si>
     <t xml:space="preserve">Institutionen för global folkhälsa </t>
@@ -269,53 +297,50 @@
   <si>
     <t>Institute of Environmental Medicine</t>
   </si>
   <si>
     <t>MTC (C1)</t>
   </si>
   <si>
     <t xml:space="preserve">Institutionen för mikrobiologi, tumör- och cellbiologi </t>
   </si>
   <si>
     <t>susanne.nylen@ki.se</t>
   </si>
   <si>
     <t>marta.pajus@ki.se</t>
   </si>
   <si>
     <t>Department of Microbiology, Tumor and Cell Biology</t>
   </si>
   <si>
     <t>Neuro (C4)</t>
   </si>
   <si>
     <t xml:space="preserve">Institutionen för neurovetenskap </t>
   </si>
   <si>
-    <t>gilberto.fisone@ki.se</t>
-[...1 lines deleted...]
-  <si>
     <t>sigge.berglann@ki.se</t>
   </si>
   <si>
     <t>Department of Neuroscience</t>
   </si>
   <si>
     <t>Departmental group KI Syd (South)</t>
   </si>
   <si>
     <t>NVS (H1)</t>
   </si>
   <si>
     <t xml:space="preserve">Institutionen för neurobiologi, vårdvetenskap och samhälle </t>
   </si>
   <si>
     <t>maria.ankarcrona@ki.se</t>
   </si>
   <si>
     <t>carin.ullman@ki.se</t>
   </si>
   <si>
     <t>Department of Neurobiology, Care Sciences and Society</t>
   </si>
   <si>
     <t>prefekt@nvs.ki.se</t>
@@ -398,94 +423,100 @@
   <si>
     <t>Others</t>
   </si>
   <si>
     <t>KIB (CB)</t>
   </si>
   <si>
     <t>Universitetsbiblioteket</t>
   </si>
   <si>
     <t>miriam.nauri@ki.se</t>
   </si>
   <si>
     <t>marie.ols@ki.se</t>
   </si>
   <si>
     <t>Karolinska Institutet University Library</t>
   </si>
   <si>
     <t>KM (CC)</t>
   </si>
   <si>
     <t>Komparativ medicin</t>
   </si>
   <si>
-    <t>lotta.jansson@ki.se</t>
-[...1 lines deleted...]
-  <si>
     <t>camilla.fors.holmberg@ki.se</t>
   </si>
   <si>
     <t>Comparative Medicine</t>
   </si>
   <si>
     <t>UoL</t>
   </si>
   <si>
     <t>Enheten för utbildning och lärande</t>
   </si>
   <si>
     <t>maria.watter@ki.se</t>
   </si>
   <si>
     <t>Unit for Teaching and Learning</t>
   </si>
   <si>
     <t>UF (UF)</t>
   </si>
   <si>
     <t xml:space="preserve">Universitetsförvaltningen </t>
   </si>
   <si>
     <t>Veronika Sundström</t>
   </si>
   <si>
     <t>tomas.hogberg@ki.se</t>
   </si>
   <si>
     <t>Central Administration (CA)</t>
   </si>
   <si>
     <t>universitetsdirektor@ki.se</t>
+  </si>
+  <si>
+    <t>helena.harris@ki.se</t>
+  </si>
+  <si>
+    <t>stina.tucker@ki.se</t>
+  </si>
+  <si>
+    <t>marie.carlen@ki.se</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="17">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF870052"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF870052"/>
@@ -708,166 +739,166 @@
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlänk" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -929,51 +960,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1071,724 +1102,727 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susanne.nylen@ki.se" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.westerberg@ki.se" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bodil.lund@ki.se" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:therese.lind@ki.se" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carin.ullman@ki.se" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:universitetsdirektor@ki.se" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.dackfors@ki.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:margaret.ulander@ki.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.bergstrom@ki.se" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henrik.jonsson@ki.se" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.fors.holmberg@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mats.j.olsson@ki.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ola.larsson@ki.se" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:therese.kindaker@ki.se" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonas.fuxe@ki.se" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helene.utterberg@ki.se" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.wahren@ki.se" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.erhardt@ki.se" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.bjorkegren@ki.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gilberto.fisone@ki.se" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bjorn.hogberg@ki.se" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klas.karlsson@ki.se" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pilleann.harmat@ki.se" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristina.gemzell@ki.se" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carina.hammarstrom@ki.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prefekt@nvs.ki.se" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.ols@ki.se" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lina.werner@ki.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rebecka.hultgren@ki.se" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.brogarde@ki.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta.pajus@ki.se" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erik.melen@ki.se" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asa.diberius@ki.se" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lotta.jansson@ki.se" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.watter@ki.se" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristina.johnell@ki.se" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karin.w.blomberg@ki.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabine.koch@ki.se" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrika.almquist@ki.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.hasselberg@ki.se" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenny.degerholm.langsmo@ki.se" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.hogberg@ki.se" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lars.henningsohn@ki.se" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.ankarcrona@ki.se" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriam.nauri@ki.se" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susanne.nylen@ki.se" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.westerberg@ki.se" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bodil.lund@ki.se" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:therese.lind@ki.se" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carin.ullman@ki.se" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:universitetsdirektor@ki.se" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.dackfors@ki.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:margaret.ulander@ki.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.bergstrom@ki.se" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henrik.jonsson@ki.se" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.fors.holmberg@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mats.j.olsson@ki.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ola.larsson@ki.se" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:therese.kindaker@ki.se" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonas.fuxe@ki.se" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helene.utterberg@ki.se" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helena.harris@ki.se" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.erhardt@ki.se" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.bjorkegren@ki.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.carlen@ki.se" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bjorn.hogberg@ki.se" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klas.karlsson@ki.se" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pilleann.harmat@ki.se" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristina.gemzell@ki.se" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carina.hammarstrom@ki.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prefekt@nvs.ki.se" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.ols@ki.se" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lina.werner@ki.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rebecka.hultgren@ki.se" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.brogarde@ki.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta.pajus@ki.se" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erik.melen@ki.se" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asa.diberius@ki.se" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stina.tucker@ki.se" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.watter@ki.se" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristina.johnell@ki.se" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karin.w.blomberg@ki.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabine.koch@ki.se" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrika.almquist@ki.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.hasselberg@ki.se" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenny.degerholm.langsmo@ki.se" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.hogberg@ki.se" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lars.henningsohn@ki.se" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.ankarcrona@ki.se" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriam.nauri@ki.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C4015ED-D058-4BFE-87B8-B475D4BBDC6A}">
   <dimension ref="A1:D59"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A8" workbookViewId="0">
-      <selection activeCell="C16" sqref="C16"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="G11" sqref="G11:G13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14.42578125" customWidth="1"/>
-    <col min="2" max="2" width="55.140625" customWidth="1"/>
+    <col min="1" max="1" width="14.453125" customWidth="1"/>
+    <col min="2" max="2" width="55.1796875" customWidth="1"/>
     <col min="3" max="3" width="29" customWidth="1"/>
-    <col min="4" max="4" width="28.7109375" customWidth="1"/>
+    <col min="4" max="4" width="28.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="54">
-      <c r="A1" s="11" t="s">
+    <row r="1" spans="1:4" ht="54" x14ac:dyDescent="0.4">
+      <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="12"/>
-      <c r="C1" s="13" t="s">
+      <c r="B1" s="11"/>
+      <c r="C1" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="14" t="s">
+      <c r="D1" s="13" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-[...5 lines deleted...]
-    <row r="3" spans="1:4" ht="18">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A2" s="14"/>
+      <c r="B2" s="15"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="17"/>
+    </row>
+    <row r="3" spans="1:4" ht="17.5" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3"/>
-      <c r="D3" s="4"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:4">
+      <c r="D3" s="4" cm="1">
+        <f t="array" aca="1" ref="D3" ca="1">+D3:DD3:D25</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A4" s="25" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="24" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:4">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A5" s="26"/>
-      <c r="B5" s="8" t="s">
+      <c r="B5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
     </row>
-    <row r="6" spans="1:4">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A6" s="25" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:4">
-[...1 lines deleted...]
-      <c r="B7" s="9" t="s">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A7" s="27"/>
+      <c r="B7" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
     </row>
-    <row r="8" spans="1:4">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A8" s="25" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="9" spans="1:4">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A9" s="26"/>
-      <c r="B9" s="8" t="s">
+      <c r="B9" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
     </row>
-    <row r="10" spans="1:4">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A10" s="25" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="6" t="s">
+      <c r="C10" s="23" t="s">
+        <v>131</v>
+      </c>
+      <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D10" s="6" t="s">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A11" s="26"/>
+      <c r="B11" s="7" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
     </row>
-    <row r="12" spans="1:4">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A12" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="5" t="s">
+      <c r="C12" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="10" t="s">
+      <c r="D12" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="D12" s="6" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A13" s="26"/>
+      <c r="B13" s="7" t="s">
         <v>27</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B13" s="8" t="s">
+      <c r="C13" s="6"/>
+      <c r="D13" s="9"/>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A14" s="28" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="6"/>
-[...3 lines deleted...]
-      <c r="A14" s="30" t="s">
+      <c r="B14" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="5" t="s">
+      <c r="C14" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="C14" s="6" t="s">
+      <c r="D14" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="D14" s="6" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A15" s="29"/>
+      <c r="B15" s="7" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
     </row>
-    <row r="16" spans="1:4">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A16" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B16" s="5" t="s">
+      <c r="C16" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="6" t="s">
+      <c r="D16" s="23" t="s">
         <v>36</v>
       </c>
-      <c r="D16" s="24" t="s">
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A17" s="26"/>
+      <c r="B17" s="7" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
     </row>
-    <row r="18" spans="1:4">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A18" s="25" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="5" t="s">
+      <c r="C18" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="C18" s="6" t="s">
+      <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="D18" s="6" t="s">
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A19" s="26"/>
+      <c r="B19" s="7" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
     </row>
-    <row r="20" spans="1:4">
-[...1 lines deleted...]
-      <c r="B20" s="16"/>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A20" s="14"/>
+      <c r="B20" s="15"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
     </row>
-    <row r="21" spans="1:4" ht="18">
+    <row r="21" spans="1:4" ht="17.5" x14ac:dyDescent="0.35">
       <c r="A21" s="1"/>
-      <c r="B21" s="20" t="s">
+      <c r="B21" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" s="9"/>
+      <c r="D21" s="9"/>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A22" s="25" t="s">
         <v>44</v>
       </c>
-      <c r="C21" s="10"/>
-[...3 lines deleted...]
-      <c r="A22" s="25" t="s">
+      <c r="B22" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B22" s="5" t="s">
+      <c r="C22" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="C22" s="6" t="s">
+      <c r="D22" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="D22" s="6" t="s">
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A23" s="26"/>
+      <c r="B23" s="7" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
     </row>
-    <row r="24" spans="1:4">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A24" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="B24" s="5" t="s">
+      <c r="C24" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="C24" s="6" t="s">
+      <c r="D24" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="D24" s="6" t="s">
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A25" s="26"/>
+      <c r="B25" s="7" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A26" s="25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="5" t="s">
+      <c r="C26" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="C26" s="6" t="s">
+      <c r="D26" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="D26" s="6" t="s">
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A27" s="26"/>
+      <c r="B27" s="7" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
     </row>
-    <row r="28" spans="1:4">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A28" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="5" t="s">
+      <c r="C28" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="C28" s="6" t="s">
+      <c r="D28" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="D28" s="6" t="s">
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A29" s="30"/>
+      <c r="B29" s="8" t="s">
         <v>63</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B29" s="9" t="s">
+      <c r="C29" s="22" t="s">
         <v>64</v>
       </c>
-      <c r="C29" s="23" t="s">
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A30" s="25" t="s">
         <v>65</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="25" t="s">
+      <c r="B30" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="B30" s="5" t="s">
+      <c r="C30" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="C30" s="10" t="s">
+      <c r="D30" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="D30" s="6" t="s">
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A31" s="26"/>
+      <c r="B31" s="7" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
     </row>
-    <row r="32" spans="1:4">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A32" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="B32" s="5" t="s">
+      <c r="C32" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="C32" s="6" t="s">
+      <c r="D32" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="D32" s="6" t="s">
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A33" s="26"/>
+      <c r="B33" s="7" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
     </row>
-    <row r="34" spans="1:4">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A34" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B34" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="B34" s="5" t="s">
+      <c r="C34" s="23" t="s">
+        <v>133</v>
+      </c>
+      <c r="D34" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="C34" s="6" t="s">
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A35" s="26"/>
+      <c r="B35" s="7" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
     </row>
-    <row r="36" spans="1:4">
-[...1 lines deleted...]
-      <c r="B36" s="16"/>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A36" s="14"/>
+      <c r="B36" s="15"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
     </row>
-    <row r="37" spans="1:4" ht="18">
+    <row r="37" spans="1:4" ht="17.5" x14ac:dyDescent="0.35">
       <c r="A37" s="1"/>
-      <c r="B37" s="20" t="s">
+      <c r="B37" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="C37" s="9"/>
+      <c r="D37" s="22"/>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A38" s="25" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="C37" s="10"/>
-[...3 lines deleted...]
-      <c r="A38" s="25" t="s">
+      <c r="C38" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="B38" s="5" t="s">
+      <c r="D38" s="9" t="s">
         <v>83</v>
       </c>
-      <c r="C38" s="6" t="s">
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A39" s="26"/>
+      <c r="B39" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="D38" s="10" t="s">
+      <c r="C39" s="22" t="s">
         <v>85</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B39" s="8" t="s">
+      <c r="D39" s="6"/>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A40" s="25" t="s">
         <v>86</v>
       </c>
-      <c r="C39" s="23" t="s">
+      <c r="B40" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="D39" s="6"/>
-[...2 lines deleted...]
-      <c r="A40" s="25" t="s">
+      <c r="C40" s="9" t="s">
         <v>88</v>
       </c>
-      <c r="B40" s="5" t="s">
+      <c r="D40" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="C40" s="10" t="s">
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A41" s="26"/>
+      <c r="B41" s="7" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6"/>
     </row>
-    <row r="42" spans="1:4">
-      <c r="A42" s="29" t="s">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A42" s="27" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="C42" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="B42" s="9" t="s">
+      <c r="D42" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="C42" s="6" t="s">
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A43" s="26"/>
+      <c r="B43" s="7" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="6"/>
     </row>
-    <row r="44" spans="1:4">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A44" s="25" t="s">
+        <v>96</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C44" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="B44" s="5" t="s">
+      <c r="D44" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="C44" s="6" t="s">
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A45" s="26"/>
+      <c r="B45" s="7" t="s">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6"/>
     </row>
-    <row r="46" spans="1:4">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A46" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C46" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="B46" s="5" t="s">
+      <c r="D46" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="C46" s="6" t="s">
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A47" s="26"/>
+      <c r="B47" s="7" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6"/>
     </row>
-    <row r="48" spans="1:4">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A48" s="25" t="s">
+        <v>106</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="C48" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="B48" s="5" t="s">
+      <c r="D48" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="C48" s="6" t="s">
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A49" s="26"/>
+      <c r="B49" s="7" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6"/>
     </row>
-    <row r="50" spans="1:4">
-[...1 lines deleted...]
-      <c r="B50" s="20"/>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A50" s="18"/>
+      <c r="B50" s="19"/>
       <c r="C50" s="6"/>
       <c r="D50" s="6"/>
     </row>
-    <row r="51" spans="1:4">
-[...1 lines deleted...]
-      <c r="B51" s="20" t="s">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A51" s="18"/>
+      <c r="B51" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C51" s="9"/>
+      <c r="D51" s="9"/>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A52" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B52" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="C51" s="10"/>
-[...3 lines deleted...]
-      <c r="A52" s="25" t="s">
+      <c r="C52" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="B52" s="5" t="s">
+      <c r="D52" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="C52" s="6" t="s">
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A53" s="26"/>
+      <c r="B53" s="7" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6"/>
     </row>
-    <row r="54" spans="1:4">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A54" s="25" t="s">
+        <v>117</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C54" s="23" t="s">
+        <v>132</v>
+      </c>
+      <c r="D54" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="B54" s="5" t="s">
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A55" s="26"/>
+      <c r="B55" s="7" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="6"/>
     </row>
-    <row r="56" spans="1:4">
-      <c r="A56" s="27" t="s">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A56" s="31" t="s">
+        <v>121</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="D56" s="6"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A57" s="32"/>
+      <c r="B57" s="7" t="s">
         <v>124</v>
-      </c>
-[...11 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="6"/>
     </row>
-    <row r="58" spans="1:4">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A58" s="25" t="s">
+        <v>125</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="C58" s="20" t="s">
+        <v>127</v>
+      </c>
+      <c r="D58" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="B58" s="5" t="s">
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A59" s="26"/>
+      <c r="B59" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="C58" s="21" t="s">
+      <c r="C59" s="22" t="s">
         <v>130</v>
       </c>
-      <c r="D58" s="6" t="s">
-[...11 lines deleted...]
-      <c r="D59" s="22"/>
+      <c r="D59" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="25">
-    <mergeCell ref="A4:A5"/>
-[...3 lines deleted...]
-    <mergeCell ref="A12:A13"/>
+    <mergeCell ref="A54:A55"/>
+    <mergeCell ref="A56:A57"/>
+    <mergeCell ref="A58:A59"/>
+    <mergeCell ref="A42:A43"/>
+    <mergeCell ref="A44:A45"/>
+    <mergeCell ref="A46:A47"/>
+    <mergeCell ref="A48:A49"/>
+    <mergeCell ref="A52:A53"/>
     <mergeCell ref="A40:A41"/>
     <mergeCell ref="A14:A15"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="A18:A19"/>
     <mergeCell ref="A22:A23"/>
     <mergeCell ref="A24:A25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
     <mergeCell ref="A34:A35"/>
     <mergeCell ref="A38:A39"/>
-    <mergeCell ref="A54:A55"/>
-[...6 lines deleted...]
-    <mergeCell ref="A52:A53"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="A8:A9"/>
+    <mergeCell ref="A10:A11"/>
+    <mergeCell ref="A12:A13"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C8" r:id="rId1" xr:uid="{9B20439A-6335-4DC5-BF50-D1D56E4E70FE}"/>
     <hyperlink ref="C30" r:id="rId2" xr:uid="{7E58460D-6C37-4E93-BE2B-56014ADE1386}"/>
     <hyperlink ref="C12" r:id="rId3" xr:uid="{96266E48-04EC-47F5-992C-99465EC5D53A}"/>
     <hyperlink ref="C18" r:id="rId4" xr:uid="{AC323E8F-E041-47DB-AAE9-53BFAEDCC58C}"/>
     <hyperlink ref="C34" r:id="rId5" xr:uid="{62893C73-D202-4AE5-9EB3-9E3C246F368A}"/>
     <hyperlink ref="C16" r:id="rId6" xr:uid="{CE5EC7F6-DC23-4E88-B29B-177FF1689EB9}"/>
     <hyperlink ref="D24" r:id="rId7" xr:uid="{3F73D8EB-D415-43FF-89A2-E80F926738A1}"/>
     <hyperlink ref="D8" r:id="rId8" xr:uid="{A5ABC0AE-3452-443D-8B42-E4B2E3702258}"/>
     <hyperlink ref="D4" r:id="rId9" xr:uid="{DDFE59FA-FB2F-4EE2-BE13-DEDB6C140592}"/>
     <hyperlink ref="D26" r:id="rId10" xr:uid="{360B5170-5284-4F44-ABD8-18ED64A56931}"/>
     <hyperlink ref="D18" r:id="rId11" xr:uid="{C5A011A4-11F3-4B9D-AB4F-7C3F0D73B249}"/>
     <hyperlink ref="D16" r:id="rId12" xr:uid="{9F014D98-BFCB-4A33-A3F6-4458520E7941}"/>
     <hyperlink ref="C32" r:id="rId13" xr:uid="{F7206464-D2ED-4403-A799-E12212C20581}"/>
     <hyperlink ref="D32" r:id="rId14" xr:uid="{7E436032-5E4D-4D40-A77D-2E327FA8548A}"/>
     <hyperlink ref="C26" r:id="rId15" xr:uid="{856D451F-6A0F-4B13-8D71-A43E30BD3E74}"/>
     <hyperlink ref="D30" r:id="rId16" display="mailto:henrik.jonsson@ki.se" xr:uid="{9AE98F11-D741-429B-BA62-8F84384992CA}"/>
     <hyperlink ref="C14" r:id="rId17" xr:uid="{BD248C6F-7D3F-4353-8D28-172FD6BA9323}"/>
     <hyperlink ref="D12" r:id="rId18" xr:uid="{82CBCC00-9C9B-4BF6-981E-99C52802D25D}"/>
     <hyperlink ref="C39" r:id="rId19" xr:uid="{5EE73090-C1E7-4516-96DD-A7F14D48BBF9}"/>
     <hyperlink ref="C38" r:id="rId20" xr:uid="{DB7C21E7-2DEB-4814-B673-77022CF8021E}"/>
     <hyperlink ref="D38" r:id="rId21" display="mailto:carin.ullman@ki.se" xr:uid="{430883E8-FF79-40B9-87BF-487624E610CA}"/>
     <hyperlink ref="C40" r:id="rId22" xr:uid="{4135A75D-6B98-426F-B488-4A46E6AD41C4}"/>
     <hyperlink ref="D42" r:id="rId23" xr:uid="{C0ECB785-6126-442F-89E3-EC74852011A3}"/>
@@ -1800,48 +1834,68 @@
     <hyperlink ref="D54" r:id="rId29" xr:uid="{AC006AF0-677A-4445-BF1A-03B180875DE6}"/>
     <hyperlink ref="C54" r:id="rId30" xr:uid="{50388C47-2D41-49EE-982A-03E2F6942950}"/>
     <hyperlink ref="D52" r:id="rId31" xr:uid="{B582B0F5-CA7F-46D9-8D0A-815748E96BF2}"/>
     <hyperlink ref="D10" r:id="rId32" xr:uid="{8F6C776F-455F-44BC-986B-8227ED44BF61}"/>
     <hyperlink ref="D58" r:id="rId33" xr:uid="{2E633B9D-636C-4A14-9BB9-AA1BE74B6331}"/>
     <hyperlink ref="C59" r:id="rId34" xr:uid="{614EC962-00CF-477C-B12D-B282B470F17F}"/>
     <hyperlink ref="C56" r:id="rId35" xr:uid="{E606946D-09D3-4754-BB38-6D65741B2F0A}"/>
     <hyperlink ref="C4" r:id="rId36" xr:uid="{A1507BAB-1792-4824-BED9-BC621C280D0D}"/>
     <hyperlink ref="C10" r:id="rId37" xr:uid="{A5CBF939-4857-4284-81E8-2126417DFF2F}"/>
     <hyperlink ref="C48" r:id="rId38" display="mailto:lars.henningsohn@ki.se" xr:uid="{578E814E-0B46-4E45-8D6E-E6D5BF5904A3}"/>
     <hyperlink ref="D14" r:id="rId39" xr:uid="{E548E078-4B8F-4902-B020-A76826FDDB7D}"/>
     <hyperlink ref="C22" r:id="rId40" display="mailto:sophie.erhardt@ki.se" xr:uid="{F8977B86-20C8-4BB4-A484-F56601514227}"/>
     <hyperlink ref="C52" r:id="rId41" xr:uid="{D40E9521-CDF6-4356-96A4-E46969D502E9}"/>
     <hyperlink ref="D6" r:id="rId42" xr:uid="{44474CCA-D88A-4441-A680-EDA79E4A3F03}"/>
     <hyperlink ref="C28" r:id="rId43" xr:uid="{1D5B525B-6032-48EC-9E49-6061D7641BEA}"/>
     <hyperlink ref="D28" r:id="rId44" xr:uid="{62DA7F94-0EE9-4519-A4E1-FCD8A9AE561D}"/>
     <hyperlink ref="C24" r:id="rId45" xr:uid="{F2A9B90A-9E37-409C-BCF1-F921DB41583F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId46"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Kalkylblad</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Blad1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Catrin Främberg</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>