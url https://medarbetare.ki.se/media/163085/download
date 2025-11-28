--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -1,90 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/anne-marie_windahl_ki_se/Documents/Copied_from_HomeFolder/Webb/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F3573C41-50E4-40B5-BC08-B41067A34E07}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{125FC30C-EC05-4419-A938-3C0AC1B165D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{2ADE39E1-1A2F-4861-8E01-E12AE99A1C98}"/>
+    <workbookView xWindow="29580" yWindow="780" windowWidth="21600" windowHeight="12645" xr2:uid="{2ADE39E1-1A2F-4861-8E01-E12AE99A1C98}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet3" sheetId="3" r:id="rId1"/>
+    <sheet name="Blad1" sheetId="4" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="H47" i="3" l="1"/>
+  <c r="H46" i="3"/>
+  <c r="S16" i="4"/>
   <c r="D88" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="193">
   <si>
     <t>Sahra Bunner</t>
   </si>
   <si>
     <t>Annika Jouper</t>
   </si>
   <si>
     <t>Raquel Binisi</t>
   </si>
   <si>
     <t xml:space="preserve">Helena Nord </t>
   </si>
   <si>
     <t xml:space="preserve">Pernilla Appelquist </t>
   </si>
   <si>
     <t xml:space="preserve">Stina Nordman </t>
   </si>
   <si>
     <t>Eva-Marie Karlsson</t>
   </si>
   <si>
     <t>Angela Silveira</t>
   </si>
   <si>
@@ -244,53 +249,50 @@
     <t>Emma Good</t>
   </si>
   <si>
     <t>Sara Malmström</t>
   </si>
   <si>
     <t>Johanna Karro</t>
   </si>
   <si>
     <t> Åsa Diberius</t>
   </si>
   <si>
     <t>Klas Karlsson (AC)/Johanna Sandelius tf. AC just nu.</t>
   </si>
   <si>
     <t>Helene Utterberg</t>
   </si>
   <si>
     <t xml:space="preserve">Contact to create Travelprofile </t>
   </si>
   <si>
     <t>Margaret Ulander</t>
   </si>
   <si>
     <t>Christina Karlstrand</t>
-  </si>
-[...1 lines deleted...]
-    <t>Monika Armuand</t>
   </si>
   <si>
     <t>Camilla Liljendahl</t>
   </si>
   <si>
     <t xml:space="preserve">NVS </t>
   </si>
   <si>
     <t>Centrala ledningsadministrationen</t>
   </si>
   <si>
     <t>Petra Helkala</t>
   </si>
   <si>
     <t>Joanna Törnqvist</t>
   </si>
   <si>
     <t>Utbildingskansliet</t>
   </si>
   <si>
     <t>Anna-Maria Loimi</t>
   </si>
   <si>
     <t>Avdelningen för allmänmedicin och primärvård</t>
   </si>
@@ -524,55 +526,229 @@
   </si>
   <si>
     <t>Avd för juridik, planering o ekonomi + Internrevisionen</t>
   </si>
   <si>
     <t>RSO</t>
   </si>
   <si>
     <t xml:space="preserve"> Malin Holm Blomquist.</t>
   </si>
   <si>
     <t xml:space="preserve">Therese Westman Pettersson  </t>
   </si>
   <si>
     <t>Björn Gidlund</t>
   </si>
   <si>
     <t>Monica Manske</t>
   </si>
   <si>
     <t>Linda Gillingsjö</t>
   </si>
   <si>
     <t xml:space="preserve">Ingeborg Hasselgren </t>
   </si>
+  <si>
+    <t>zzrkolegard</t>
+  </si>
+  <si>
+    <t>0.00</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>SJM Macao Open</t>
+  </si>
+  <si>
+    <t>25=</t>
+  </si>
+  <si>
+    <t>72 66 66 68</t>
+  </si>
+  <si>
+    <t>9,400.00</t>
+  </si>
+  <si>
+    <t>31.74</t>
+  </si>
+  <si>
+    <t>Jakarta International C'Ship</t>
+  </si>
+  <si>
+    <t>50=</t>
+  </si>
+  <si>
+    <t>69 69 69 70</t>
+  </si>
+  <si>
+    <t>7,733.33</t>
+  </si>
+  <si>
+    <t>9.38</t>
+  </si>
+  <si>
+    <t>Mercuries Taiwan Masters</t>
+  </si>
+  <si>
+    <t>18=</t>
+  </si>
+  <si>
+    <t>74 73 74 70</t>
+  </si>
+  <si>
+    <t>10,680.00</t>
+  </si>
+  <si>
+    <t>41.33</t>
+  </si>
+  <si>
+    <t>Yeangder TPC</t>
+  </si>
+  <si>
+    <t>90=</t>
+  </si>
+  <si>
+    <t>75 73</t>
+  </si>
+  <si>
+    <t>41st Shinhan Donghae Open</t>
+  </si>
+  <si>
+    <t>12=</t>
+  </si>
+  <si>
+    <t>71 64 73 69</t>
+  </si>
+  <si>
+    <t>15,529.76</t>
+  </si>
+  <si>
+    <t>47.13</t>
+  </si>
+  <si>
+    <t>International Series Morocco</t>
+  </si>
+  <si>
+    <t>22=</t>
+  </si>
+  <si>
+    <t>71 73 71 74</t>
+  </si>
+  <si>
+    <t>18,272.73</t>
+  </si>
+  <si>
+    <t>45.69</t>
+  </si>
+  <si>
+    <t>Kolon Korea Open</t>
+  </si>
+  <si>
+    <t>37=</t>
+  </si>
+  <si>
+    <t>73 70 71 78</t>
+  </si>
+  <si>
+    <t>5,253.99</t>
+  </si>
+  <si>
+    <t>17.73</t>
+  </si>
+  <si>
+    <t>International Series Japan</t>
+  </si>
+  <si>
+    <t>17=</t>
+  </si>
+  <si>
+    <t>70 67 69 71</t>
+  </si>
+  <si>
+    <t>22,966.67</t>
+  </si>
+  <si>
+    <t>62.73</t>
+  </si>
+  <si>
+    <t>GS Caltex Maekyung Open</t>
+  </si>
+  <si>
+    <t>20=</t>
+  </si>
+  <si>
+    <t>69 71 73 71</t>
+  </si>
+  <si>
+    <t>9,905.66</t>
+  </si>
+  <si>
+    <t>39.21</t>
+  </si>
+  <si>
+    <t>International Series Macau</t>
+  </si>
+  <si>
+    <t>86=</t>
+  </si>
+  <si>
+    <t>71 70</t>
+  </si>
+  <si>
+    <t>International Series India</t>
+  </si>
+  <si>
+    <t>76 76 82 76</t>
+  </si>
+  <si>
+    <t>4,800.00</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>Smart Infinity Philippine Open</t>
+  </si>
+  <si>
+    <t>16=</t>
+  </si>
+  <si>
+    <t>67 71 66 72</t>
+  </si>
+  <si>
+    <t>5,778.13</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="0.0"/>
+  </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -1571,51 +1747,51 @@
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="93">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
@@ -1709,50 +1885,54 @@
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="43" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="42" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="42" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="42" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="4" xfId="42" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
@@ -1861,51 +2041,51 @@
     <cellStyle name="Summa" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Utdata" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Varningstext" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFCC00"/>
       <color rgb="FF33CCCC"/>
       <color rgb="FFCCCC00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2163,856 +2343,871 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hr@fyfa.ki.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tu.nghi.ngo@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ekonomi@medh.ki.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.gillingsjo@ki.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monica.manske@ki.se" TargetMode="External"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F50EA19A-21EB-4756-A27F-7EBCC3E4C8BB}">
   <dimension ref="A1:O88"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I13" sqref="I13"/>
+    <sheetView tabSelected="1" topLeftCell="A47" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A57" sqref="A57:C58"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="52.6640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="13.109375" customWidth="1"/>
+    <col min="1" max="1" width="52.5703125" customWidth="1"/>
+    <col min="2" max="2" width="27.42578125" customWidth="1"/>
+    <col min="3" max="3" width="46.5703125" customWidth="1"/>
+    <col min="7" max="7" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="2" spans="1:3" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:3" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="13" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="13" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="3" spans="1:3" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:3" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="46" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="B3" s="72" t="s">
+        <v>126</v>
+      </c>
+      <c r="B3" s="76" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="66" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C3" s="70" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-    <row r="5" spans="1:3" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+        <v>125</v>
+      </c>
+      <c r="B4" s="78"/>
+      <c r="C4" s="71"/>
+    </row>
+    <row r="5" spans="1:3" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="B5" s="70" t="s">
+      <c r="B5" s="74" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="68" t="s">
+      <c r="C5" s="72" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="70"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="B6" s="74"/>
+      <c r="C6" s="72"/>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="70"/>
-[...2 lines deleted...]
-    <row r="8" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="B7" s="74"/>
+      <c r="C7" s="72"/>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="B8" s="70"/>
-[...2 lines deleted...]
-    <row r="9" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="B8" s="74"/>
+      <c r="C8" s="72"/>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="B9" s="70"/>
-[...2 lines deleted...]
-    <row r="10" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="74"/>
+      <c r="C9" s="72"/>
+    </row>
+    <row r="10" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="71"/>
-[...2 lines deleted...]
-    <row r="11" spans="1:3" ht="43.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="75"/>
+      <c r="C10" s="72"/>
+    </row>
+    <row r="11" spans="1:3" ht="44.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="10" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B11" s="82" t="s">
+        <v>130</v>
+      </c>
+      <c r="B11" s="86" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="84" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C11" s="88" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="60" t="s">
-        <v>136</v>
-[...4 lines deleted...]
-    <row r="13" spans="1:3" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+        <v>135</v>
+      </c>
+      <c r="B12" s="87"/>
+      <c r="C12" s="89"/>
+    </row>
+    <row r="13" spans="1:3" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="B13" s="69" t="s">
+        <v>122</v>
+      </c>
+      <c r="B13" s="73" t="s">
         <v>18</v>
       </c>
-      <c r="C13" s="68" t="s">
+      <c r="C13" s="72" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>105</v>
-[...4 lines deleted...]
-    <row r="15" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+        <v>104</v>
+      </c>
+      <c r="B14" s="74"/>
+      <c r="C14" s="72"/>
+    </row>
+    <row r="15" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="9" t="s">
-        <v>98</v>
-[...8 lines deleted...]
-      <c r="B16" s="69" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" s="75"/>
+      <c r="C15" s="71"/>
+    </row>
+    <row r="16" spans="1:3" ht="43.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="66" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" s="73" t="s">
         <v>19</v>
       </c>
-      <c r="C16" s="66" t="s">
+      <c r="C16" s="70" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="17" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    <row r="18" spans="1:7" ht="43.8" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="67"/>
+      <c r="B17" s="75"/>
+      <c r="C17" s="71"/>
+    </row>
+    <row r="18" spans="1:8" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B19" s="69" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="73" t="s">
         <v>21</v>
       </c>
-      <c r="C19" s="79" t="s">
+      <c r="C19" s="83" t="s">
         <v>48</v>
       </c>
       <c r="G19" s="44" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="42" t="s">
-        <v>115</v>
-[...4 lines deleted...]
-    <row r="21" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+        <v>114</v>
+      </c>
+      <c r="B20" s="74"/>
+      <c r="C20" s="84"/>
+    </row>
+    <row r="21" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="71"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:7" ht="17.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="75"/>
+      <c r="C21" s="85"/>
+      <c r="H21" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="12" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B22" s="45" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="13" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      <c r="A23" s="64" t="s">
         <v>117</v>
       </c>
-      <c r="B23" s="77" t="s">
+    </row>
+    <row r="23" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="68" t="s">
+        <v>116</v>
+      </c>
+      <c r="B23" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C23" s="66" t="s">
+      <c r="C23" s="70" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="24" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    <row r="25" spans="1:7" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="69"/>
+      <c r="B24" s="82"/>
+      <c r="C24" s="71"/>
+    </row>
+    <row r="25" spans="1:8" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="B25" s="69" t="s">
+      <c r="B25" s="73" t="s">
         <v>24</v>
       </c>
-      <c r="C25" s="66" t="s">
+      <c r="C25" s="70" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="26" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B26" s="70"/>
-[...2 lines deleted...]
-    <row r="27" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B26" s="74"/>
+      <c r="C26" s="72"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B27" s="70"/>
-[...2 lines deleted...]
-    <row r="28" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B27" s="74"/>
+      <c r="C27" s="72"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="B28" s="70"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B28" s="74"/>
+      <c r="C28" s="72"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="B29" s="70"/>
-[...2 lines deleted...]
-    <row r="30" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B29" s="74"/>
+      <c r="C29" s="72"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="B30" s="70"/>
-[...2 lines deleted...]
-    <row r="31" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B30" s="74"/>
+      <c r="C30" s="72"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="B31" s="70"/>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B31" s="74"/>
+      <c r="C31" s="72"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B32" s="70"/>
-[...2 lines deleted...]
-    <row r="33" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="B32" s="74"/>
+      <c r="C32" s="72"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B33" s="70"/>
-[...2 lines deleted...]
-    <row r="34" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="74"/>
+      <c r="C33" s="72"/>
+    </row>
+    <row r="34" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="9" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B34" s="21"/>
       <c r="C34" s="23"/>
     </row>
-    <row r="35" spans="1:3" ht="16.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="B35" s="70" t="s">
+      <c r="B35" s="74" t="s">
         <v>25</v>
       </c>
-      <c r="C35" s="68" t="s">
+      <c r="C35" s="72" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="36" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B36" s="75"/>
+      <c r="C36" s="72"/>
+    </row>
+    <row r="37" spans="1:8" ht="19.350000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="53" t="s">
+        <v>131</v>
+      </c>
+      <c r="B37" s="76" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="13" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="53" t="s">
         <v>96</v>
       </c>
-      <c r="B36" s="71"/>
-[...3 lines deleted...]
-      <c r="A37" s="53" t="s">
+      <c r="B38" s="77"/>
+      <c r="C38" s="22"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="53" t="s">
+        <v>123</v>
+      </c>
+      <c r="B39" s="77"/>
+      <c r="C39" s="22"/>
+    </row>
+    <row r="40" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="53" t="s">
         <v>132</v>
       </c>
-      <c r="B37" s="72" t="s">
-[...24 lines deleted...]
-      <c r="B40" s="74"/>
+      <c r="B40" s="78"/>
       <c r="C40" s="23"/>
     </row>
-    <row r="41" spans="1:3" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:8" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="23" t="s">
         <v>50</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="23" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="42" spans="1:3" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:8" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="43" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C42" s="12" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="43" spans="1:3" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:8" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="B43" s="69" t="s">
+      <c r="B43" s="73" t="s">
         <v>28</v>
       </c>
-      <c r="C43" s="66" t="s">
+      <c r="C43" s="70" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="B44" s="70"/>
-[...2 lines deleted...]
-    <row r="45" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="74"/>
+      <c r="C44" s="72"/>
+    </row>
+    <row r="45" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="B45" s="71"/>
-[...2 lines deleted...]
-    <row r="46" spans="1:3" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="75"/>
+      <c r="C45" s="71"/>
+    </row>
+    <row r="46" spans="1:8" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B46" s="75" t="s">
+      <c r="B46" s="79" t="s">
         <v>29</v>
       </c>
-      <c r="C46" s="66" t="s">
+      <c r="C46" s="70" t="s">
         <v>54</v>
       </c>
-    </row>
-    <row r="47" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="H46">
+        <f>43500*4</f>
+        <v>174000</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="3" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-    <row r="48" spans="1:3" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+        <v>103</v>
+      </c>
+      <c r="B47" s="80"/>
+      <c r="C47" s="71"/>
+      <c r="H47">
+        <f>62500*4</f>
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="20" t="s">
         <v>55</v>
       </c>
-      <c r="B48" s="69" t="s">
+      <c r="B48" s="73" t="s">
         <v>30</v>
       </c>
-      <c r="C48" s="66" t="s">
+      <c r="C48" s="70" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="49" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>56</v>
       </c>
-      <c r="B49" s="70"/>
-[...2 lines deleted...]
-    <row r="50" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B49" s="74"/>
+      <c r="C49" s="72"/>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="B50" s="70"/>
-[...2 lines deleted...]
-    <row r="51" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B50" s="74"/>
+      <c r="C50" s="72"/>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="B51" s="70"/>
-      <c r="C51" s="68"/>
+      <c r="B51" s="74"/>
+      <c r="C51" s="72"/>
       <c r="M51" s="55" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:15" x14ac:dyDescent="0.3">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="B52" s="70"/>
-[...7 lines deleted...]
-    <row r="53" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B52" s="74"/>
+      <c r="C52" s="72"/>
+      <c r="M52" s="65" t="s">
+        <v>122</v>
+      </c>
+      <c r="N52" s="65"/>
+      <c r="O52" s="65"/>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="B53" s="70"/>
-[...2 lines deleted...]
-    <row r="54" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="74"/>
+      <c r="C53" s="72"/>
+    </row>
+    <row r="54" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="9" t="s">
         <v>61</v>
       </c>
-      <c r="B54" s="71"/>
-[...2 lines deleted...]
-    <row r="55" spans="1:15" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="75"/>
+      <c r="C54" s="71"/>
+    </row>
+    <row r="55" spans="1:15" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="54" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B55" s="56" t="s">
         <v>31</v>
       </c>
       <c r="C55" s="58" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B56" s="57"/>
       <c r="C56" s="59"/>
     </row>
-    <row r="57" spans="1:15" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:15" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="12" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B57" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C57" s="12"/>
     </row>
-    <row r="58" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="12" t="s">
         <v>67</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C58" s="12"/>
     </row>
-    <row r="59" spans="1:15" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:15" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="35" t="s">
+        <v>107</v>
+      </c>
+      <c r="B59" s="47" t="s">
+        <v>128</v>
+      </c>
+      <c r="C59" s="36"/>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A60" s="37" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="34" t="s">
+        <v>115</v>
+      </c>
+      <c r="C60" s="38"/>
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A61" s="39" t="s">
         <v>108</v>
       </c>
-      <c r="B59" s="47" t="s">
+      <c r="B61" s="34" t="s">
+        <v>106</v>
+      </c>
+      <c r="C61" s="38"/>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A62" s="37" t="s">
+        <v>109</v>
+      </c>
+      <c r="B62" s="34" t="s">
+        <v>106</v>
+      </c>
+      <c r="C62" s="38"/>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A63" s="49" t="s">
+        <v>127</v>
+      </c>
+      <c r="B63" s="50" t="s">
         <v>129</v>
       </c>
-      <c r="C59" s="36"/>
-[...20 lines deleted...]
-      <c r="A62" s="37" t="s">
+      <c r="C63" s="51"/>
+    </row>
+    <row r="64" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="48" t="s">
+        <v>127</v>
+      </c>
+      <c r="B64" s="40" t="s">
         <v>110</v>
       </c>
-      <c r="B62" s="34" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="C64" s="41"/>
     </row>
-    <row r="65" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B65" s="32" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="C65" s="32"/>
       <c r="D65" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E65" s="15"/>
       <c r="F65" s="15"/>
       <c r="G65" s="16"/>
     </row>
-    <row r="66" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="17" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B66" s="14"/>
       <c r="C66" s="14"/>
       <c r="D66" s="14" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E66" s="14"/>
       <c r="F66" s="14"/>
       <c r="G66" s="18"/>
     </row>
-    <row r="67" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="17" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B67" s="14"/>
       <c r="C67" s="14"/>
-      <c r="D67" s="86" t="s">
+      <c r="D67" s="90" t="s">
+        <v>73</v>
+      </c>
+      <c r="E67" s="91"/>
+      <c r="F67" s="91"/>
+      <c r="G67" s="92"/>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" s="17" t="s">
         <v>74</v>
-      </c>
-[...6 lines deleted...]
-        <v>75</v>
       </c>
       <c r="B68" s="14"/>
       <c r="C68" s="14"/>
       <c r="D68" s="14" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E68" s="14"/>
       <c r="F68" s="14"/>
       <c r="G68" s="18"/>
     </row>
-    <row r="69" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="17" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B69" s="14"/>
       <c r="C69" s="14"/>
       <c r="D69" s="14" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E69" s="14"/>
       <c r="F69" s="14"/>
       <c r="G69" s="18"/>
     </row>
-    <row r="70" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B70" s="14"/>
       <c r="C70" s="14"/>
-      <c r="D70" s="86" t="s">
+      <c r="D70" s="90" t="s">
+        <v>78</v>
+      </c>
+      <c r="E70" s="91"/>
+      <c r="F70" s="91"/>
+      <c r="G70" s="92"/>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" s="17" t="s">
         <v>79</v>
-      </c>
-[...6 lines deleted...]
-        <v>80</v>
       </c>
       <c r="B71" s="14"/>
       <c r="C71" s="14"/>
-      <c r="D71" s="86" t="s">
+      <c r="D71" s="90" t="s">
+        <v>80</v>
+      </c>
+      <c r="E71" s="91"/>
+      <c r="F71" s="91"/>
+      <c r="G71" s="92"/>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" s="17" t="s">
         <v>81</v>
-      </c>
-[...6 lines deleted...]
-        <v>82</v>
       </c>
       <c r="B72" s="14"/>
       <c r="C72" s="14"/>
-      <c r="D72" s="86" t="s">
-[...6 lines deleted...]
-    <row r="73" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="D72" s="90" t="s">
+        <v>80</v>
+      </c>
+      <c r="E72" s="91"/>
+      <c r="F72" s="91"/>
+      <c r="G72" s="92"/>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="17" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B73" s="14"/>
       <c r="C73" s="14"/>
-      <c r="D73" s="86" t="s">
+      <c r="D73" s="90" t="s">
+        <v>83</v>
+      </c>
+      <c r="E73" s="91"/>
+      <c r="F73" s="91"/>
+      <c r="G73" s="92"/>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" s="17" t="s">
         <v>84</v>
-      </c>
-[...6 lines deleted...]
-        <v>85</v>
       </c>
       <c r="B74" s="14"/>
       <c r="C74" s="14"/>
-      <c r="D74" s="86" t="s">
-[...6 lines deleted...]
-    <row r="75" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="D74" s="90" t="s">
+        <v>83</v>
+      </c>
+      <c r="E74" s="91"/>
+      <c r="F74" s="91"/>
+      <c r="G74" s="92"/>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="17" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B75" s="14"/>
       <c r="C75" s="14"/>
-      <c r="D75" s="86" t="s">
+      <c r="D75" s="90" t="s">
+        <v>86</v>
+      </c>
+      <c r="E75" s="91"/>
+      <c r="F75" s="91"/>
+      <c r="G75" s="92"/>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A76" s="17" t="s">
         <v>87</v>
-      </c>
-[...6 lines deleted...]
-        <v>88</v>
       </c>
       <c r="B76" s="14"/>
       <c r="C76" s="14"/>
-      <c r="D76" s="86" t="s">
-[...6 lines deleted...]
-    <row r="77" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="D76" s="90" t="s">
+        <v>86</v>
+      </c>
+      <c r="E76" s="91"/>
+      <c r="F76" s="91"/>
+      <c r="G76" s="92"/>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="17" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B77" s="14"/>
       <c r="C77" s="14"/>
-      <c r="D77" s="86" t="s">
-[...6 lines deleted...]
-    <row r="78" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="D77" s="90" t="s">
+        <v>86</v>
+      </c>
+      <c r="E77" s="91"/>
+      <c r="F77" s="91"/>
+      <c r="G77" s="92"/>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="17" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B78" s="14"/>
       <c r="C78" s="14"/>
-      <c r="D78" s="86" t="s">
-[...6 lines deleted...]
-    <row r="79" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="D78" s="90" t="s">
+        <v>86</v>
+      </c>
+      <c r="E78" s="91"/>
+      <c r="F78" s="91"/>
+      <c r="G78" s="92"/>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="17" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B79" s="14"/>
       <c r="C79" s="14"/>
-      <c r="D79" s="86" t="s">
+      <c r="D79" s="90" t="s">
+        <v>91</v>
+      </c>
+      <c r="E79" s="91"/>
+      <c r="F79" s="91"/>
+      <c r="G79" s="92"/>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" s="17" t="s">
         <v>92</v>
-      </c>
-[...6 lines deleted...]
-        <v>93</v>
       </c>
       <c r="B80" s="14"/>
       <c r="C80" s="14"/>
-      <c r="D80" s="86" t="s">
-[...6 lines deleted...]
-    <row r="81" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="D80" s="90" t="s">
+        <v>91</v>
+      </c>
+      <c r="E80" s="91"/>
+      <c r="F80" s="91"/>
+      <c r="G80" s="92"/>
+    </row>
+    <row r="81" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="31" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B81" s="30"/>
       <c r="C81" s="30"/>
       <c r="D81" s="30" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E81" s="30"/>
       <c r="F81" s="30"/>
       <c r="G81" s="29"/>
     </row>
-    <row r="82" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="25" t="s">
+        <v>99</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D82" s="26"/>
       <c r="E82" s="28"/>
       <c r="F82" s="28"/>
       <c r="G82" s="27"/>
     </row>
-    <row r="88" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="D88" s="52">
         <f>525/199</f>
         <v>2.6381909547738696</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="40">
     <mergeCell ref="D79:G79"/>
     <mergeCell ref="D80:G80"/>
     <mergeCell ref="D74:G74"/>
     <mergeCell ref="D75:G75"/>
     <mergeCell ref="D76:G76"/>
     <mergeCell ref="D77:G77"/>
     <mergeCell ref="D78:G78"/>
     <mergeCell ref="D67:G67"/>
     <mergeCell ref="D70:G70"/>
     <mergeCell ref="D71:G71"/>
     <mergeCell ref="D72:G72"/>
     <mergeCell ref="D73:G73"/>
     <mergeCell ref="B5:B10"/>
     <mergeCell ref="C5:C10"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="B23:B24"/>
     <mergeCell ref="C13:C15"/>
@@ -3029,61 +3224,441 @@
     <mergeCell ref="C23:C24"/>
     <mergeCell ref="C43:C45"/>
     <mergeCell ref="B48:B54"/>
     <mergeCell ref="C48:C54"/>
     <mergeCell ref="C25:C33"/>
     <mergeCell ref="B35:B36"/>
     <mergeCell ref="C35:C36"/>
     <mergeCell ref="B37:B40"/>
     <mergeCell ref="B46:B47"/>
     <mergeCell ref="C46:C47"/>
     <mergeCell ref="B25:B33"/>
     <mergeCell ref="B43:B45"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A23" r:id="rId1" display="mailto:ekonomi@medh.ki.se" xr:uid="{1A8AAFA5-CA87-4D5E-B081-E0F21AD467F1}"/>
     <hyperlink ref="A42" r:id="rId2" display="mailto:tu.nghi.ngo@ki.se" xr:uid="{FA095B0C-DF75-4DDE-88BD-98EA924C5DD4}"/>
     <hyperlink ref="A3" r:id="rId3" xr:uid="{E302AABE-D480-4DA2-9A1B-DEC850E0239A}"/>
     <hyperlink ref="M51" r:id="rId4" display="mailto:monica.manske@ki.se" xr:uid="{5DA6A505-6DD6-4D9D-B20E-55F54A0DC490}"/>
     <hyperlink ref="M52" r:id="rId5" display="linda.gillingsjo@ki.se" xr:uid="{BAEBBDE2-E388-4730-AE23-7098717D59AC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3811E4B6-F67F-4432-9599-D7A46C1726CC}">
+  <dimension ref="A1:S16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="S16" sqref="S16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B1" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="2" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A2" s="61">
+        <v>42668</v>
+      </c>
+      <c r="B2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E2">
+        <v>272</v>
+      </c>
+      <c r="F2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="3" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A3" s="61">
+        <v>37554</v>
+      </c>
+      <c r="B3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C3" t="s">
+        <v>145</v>
+      </c>
+      <c r="D3" t="s">
+        <v>146</v>
+      </c>
+      <c r="E3">
+        <v>277</v>
+      </c>
+      <c r="F3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A4" s="61">
+        <v>45925</v>
+      </c>
+      <c r="B4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C4" t="s">
+        <v>150</v>
+      </c>
+      <c r="D4" t="s">
+        <v>151</v>
+      </c>
+      <c r="E4">
+        <v>291</v>
+      </c>
+      <c r="F4" t="s">
+        <v>152</v>
+      </c>
+      <c r="G4" t="s">
+        <v>153</v>
+      </c>
+      <c r="P4" s="63" t="s">
+        <v>142</v>
+      </c>
+      <c r="S4">
+        <v>9400</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A5" s="61">
+        <v>43368</v>
+      </c>
+      <c r="B5" t="s">
+        <v>154</v>
+      </c>
+      <c r="C5" t="s">
+        <v>155</v>
+      </c>
+      <c r="D5" t="s">
+        <v>156</v>
+      </c>
+      <c r="E5">
+        <v>148</v>
+      </c>
+      <c r="F5" t="s">
+        <v>137</v>
+      </c>
+      <c r="G5" t="s">
+        <v>138</v>
+      </c>
+      <c r="P5" s="62" t="s">
+        <v>147</v>
+      </c>
+      <c r="S5" s="64">
+        <v>7733</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A6" s="61">
+        <v>40811</v>
+      </c>
+      <c r="B6" t="s">
+        <v>157</v>
+      </c>
+      <c r="C6" t="s">
+        <v>158</v>
+      </c>
+      <c r="D6" t="s">
+        <v>159</v>
+      </c>
+      <c r="E6">
+        <v>277</v>
+      </c>
+      <c r="F6" t="s">
+        <v>160</v>
+      </c>
+      <c r="G6" t="s">
+        <v>161</v>
+      </c>
+      <c r="P6" s="62" t="s">
+        <v>152</v>
+      </c>
+      <c r="S6">
+        <v>10680</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A7" s="61">
+        <v>37827</v>
+      </c>
+      <c r="B7" t="s">
+        <v>162</v>
+      </c>
+      <c r="C7" t="s">
+        <v>163</v>
+      </c>
+      <c r="D7" t="s">
+        <v>164</v>
+      </c>
+      <c r="E7">
+        <v>289</v>
+      </c>
+      <c r="F7" t="s">
+        <v>165</v>
+      </c>
+      <c r="G7" t="s">
+        <v>166</v>
+      </c>
+      <c r="P7" s="62" t="s">
+        <v>137</v>
+      </c>
+      <c r="S7" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A8" s="61">
+        <v>44706</v>
+      </c>
+      <c r="B8" t="s">
+        <v>167</v>
+      </c>
+      <c r="C8" t="s">
+        <v>168</v>
+      </c>
+      <c r="D8" t="s">
+        <v>169</v>
+      </c>
+      <c r="E8">
+        <v>292</v>
+      </c>
+      <c r="F8" t="s">
+        <v>170</v>
+      </c>
+      <c r="G8" t="s">
+        <v>171</v>
+      </c>
+      <c r="P8" s="62" t="s">
+        <v>160</v>
+      </c>
+      <c r="S8">
+        <v>15229</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A9" s="61">
+        <v>39593</v>
+      </c>
+      <c r="B9" t="s">
+        <v>172</v>
+      </c>
+      <c r="C9" t="s">
+        <v>173</v>
+      </c>
+      <c r="D9" t="s">
+        <v>174</v>
+      </c>
+      <c r="E9">
+        <v>277</v>
+      </c>
+      <c r="F9" t="s">
+        <v>175</v>
+      </c>
+      <c r="G9" t="s">
+        <v>176</v>
+      </c>
+      <c r="P9" s="62" t="s">
+        <v>165</v>
+      </c>
+      <c r="S9">
+        <v>18272</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A10" s="61">
+        <v>37036</v>
+      </c>
+      <c r="B10" t="s">
+        <v>177</v>
+      </c>
+      <c r="C10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D10" t="s">
+        <v>179</v>
+      </c>
+      <c r="E10">
+        <v>284</v>
+      </c>
+      <c r="F10" t="s">
+        <v>180</v>
+      </c>
+      <c r="G10" t="s">
+        <v>181</v>
+      </c>
+      <c r="P10" s="62" t="s">
+        <v>170</v>
+      </c>
+      <c r="S10">
+        <v>5253</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A11" s="61">
+        <v>43915</v>
+      </c>
+      <c r="B11" t="s">
+        <v>182</v>
+      </c>
+      <c r="C11" t="s">
+        <v>183</v>
+      </c>
+      <c r="D11" t="s">
+        <v>184</v>
+      </c>
+      <c r="E11">
+        <v>141</v>
+      </c>
+      <c r="F11" t="s">
+        <v>137</v>
+      </c>
+      <c r="G11" t="s">
+        <v>138</v>
+      </c>
+      <c r="P11" s="62" t="s">
+        <v>175</v>
+      </c>
+      <c r="S11">
+        <v>22966</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A12" s="61">
+        <v>10983</v>
+      </c>
+      <c r="B12" t="s">
+        <v>185</v>
+      </c>
+      <c r="C12">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>186</v>
+      </c>
+      <c r="E12">
+        <v>310</v>
+      </c>
+      <c r="F12" t="s">
+        <v>187</v>
+      </c>
+      <c r="G12" t="s">
+        <v>188</v>
+      </c>
+      <c r="P12" s="62" t="s">
+        <v>180</v>
+      </c>
+      <c r="S12">
+        <v>9905</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A13" s="61">
+        <v>44951</v>
+      </c>
+      <c r="B13" t="s">
+        <v>189</v>
+      </c>
+      <c r="C13" t="s">
+        <v>190</v>
+      </c>
+      <c r="D13" t="s">
+        <v>191</v>
+      </c>
+      <c r="E13">
+        <v>276</v>
+      </c>
+      <c r="F13" t="s">
+        <v>192</v>
+      </c>
+      <c r="P13" s="62" t="s">
+        <v>137</v>
+      </c>
+      <c r="S13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="P14" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="S14">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="P15" s="62" t="s">
+        <v>192</v>
+      </c>
+      <c r="S15">
+        <v>5778</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="S16">
+        <f>SUM(S4:S15)</f>
+        <v>110016</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet3</vt:lpstr>
+      <vt:lpstr>Blad1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kjell-Ove Lindgren</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>