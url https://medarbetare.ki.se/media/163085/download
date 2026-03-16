--- v1 (2025-11-28)
+++ v2 (2026-03-16)
@@ -1,95 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/anne-marie_windahl_ki_se/Documents/Copied_from_HomeFolder/Webb/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/anne-marie_windahl_ki_se/Documents/Copied_from_HomeFolder/JPE/Webb/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{125FC30C-EC05-4419-A938-3C0AC1B165D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{220CC8C8-3254-404F-8E5B-13C35EFAE5B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="29580" yWindow="780" windowWidth="21600" windowHeight="12645" xr2:uid="{2ADE39E1-1A2F-4861-8E01-E12AE99A1C98}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{2ADE39E1-1A2F-4861-8E01-E12AE99A1C98}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet3" sheetId="3" r:id="rId1"/>
-    <sheet name="Blad1" sheetId="4" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="136">
   <si>
     <t>Sahra Bunner</t>
   </si>
   <si>
     <t>Annika Jouper</t>
   </si>
   <si>
     <t>Raquel Binisi</t>
   </si>
   <si>
     <t xml:space="preserve">Helena Nord </t>
   </si>
   <si>
     <t xml:space="preserve">Pernilla Appelquist </t>
   </si>
   <si>
     <t xml:space="preserve">Stina Nordman </t>
   </si>
   <si>
     <t>Eva-Marie Karlsson</t>
   </si>
   <si>
     <t>Angela Silveira</t>
   </si>
   <si>
@@ -515,240 +503,66 @@
   <si>
     <t xml:space="preserve"> Lina Werner </t>
   </si>
   <si>
     <t xml:space="preserve"> ekonomi@fyfa.ki.se</t>
   </si>
   <si>
     <t>hr@fyfa.ki.se</t>
   </si>
   <si>
     <t>Kjell-Ove Lindgren</t>
   </si>
   <si>
     <t>Avd för juridik, planering o ekonomi + Internrevisionen</t>
   </si>
   <si>
     <t>RSO</t>
   </si>
   <si>
     <t xml:space="preserve"> Malin Holm Blomquist.</t>
   </si>
   <si>
     <t xml:space="preserve">Therese Westman Pettersson  </t>
   </si>
   <si>
-    <t>Björn Gidlund</t>
-[...1 lines deleted...]
-  <si>
     <t>Monica Manske</t>
   </si>
   <si>
     <t>Linda Gillingsjö</t>
   </si>
   <si>
     <t xml:space="preserve">Ingeborg Hasselgren </t>
   </si>
   <si>
-    <t>zzrkolegard</t>
-[...167 lines deleted...]
-    <t>5,778.13</t>
+    <t>Klara Ernemo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -1747,51 +1561,51 @@
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="93">
+  <cellXfs count="89">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
@@ -1885,137 +1699,133 @@
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="43" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="42" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="42" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="42" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="4" xfId="42" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="20 % - Dekorfärg1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Anteckning" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Beräkning" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Bra" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Dekorfärg1" xfId="18" builtinId="29" customBuiltin="1"/>
@@ -2041,51 +1851,51 @@
     <cellStyle name="Summa" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Utdata" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Varningstext" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFCC00"/>
       <color rgb="FF33CCCC"/>
       <color rgb="FFCCCC00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2343,556 +2153,541 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hr@fyfa.ki.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tu.nghi.ngo@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ekonomi@medh.ki.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.gillingsjo@ki.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monica.manske@ki.se" TargetMode="External"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F50EA19A-21EB-4756-A27F-7EBCC3E4C8BB}">
   <dimension ref="A1:O88"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A47" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A57" sqref="A57:C58"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B93" sqref="B93"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="52.5703125" customWidth="1"/>
     <col min="2" max="2" width="27.42578125" customWidth="1"/>
     <col min="3" max="3" width="46.5703125" customWidth="1"/>
     <col min="7" max="7" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="13" t="s">
         <v>105</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="46" t="s">
         <v>126</v>
       </c>
-      <c r="B3" s="76" t="s">
+      <c r="B3" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="70" t="s">
+      <c r="C3" s="69" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B4" s="78"/>
-      <c r="C4" s="71"/>
+      <c r="B4" s="68"/>
+      <c r="C4" s="70"/>
     </row>
     <row r="5" spans="1:3" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="B5" s="74" t="s">
+      <c r="B5" s="64" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="72" t="s">
+      <c r="C5" s="66" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="74"/>
-      <c r="C6" s="72"/>
+      <c r="B6" s="64"/>
+      <c r="C6" s="66"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="74"/>
-      <c r="C7" s="72"/>
+      <c r="B7" s="64"/>
+      <c r="C7" s="66"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="B8" s="74"/>
-      <c r="C8" s="72"/>
+      <c r="B8" s="64"/>
+      <c r="C8" s="66"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="B9" s="74"/>
-      <c r="C9" s="72"/>
+      <c r="B9" s="64"/>
+      <c r="C9" s="66"/>
     </row>
     <row r="10" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="75"/>
-      <c r="C10" s="72"/>
+      <c r="B10" s="65"/>
+      <c r="C10" s="66"/>
     </row>
     <row r="11" spans="1:3" ht="44.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="10" t="s">
         <v>130</v>
       </c>
-      <c r="B11" s="86" t="s">
+      <c r="B11" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="88" t="s">
+      <c r="C11" s="79" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="60" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-      <c r="C12" s="89"/>
+        <v>134</v>
+      </c>
+      <c r="B12" s="78"/>
+      <c r="C12" s="80"/>
     </row>
     <row r="13" spans="1:3" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="B13" s="73" t="s">
+      <c r="B13" s="76" t="s">
         <v>18</v>
       </c>
-      <c r="C13" s="72" t="s">
+      <c r="C13" s="66" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>104</v>
       </c>
-      <c r="B14" s="74"/>
-      <c r="C14" s="72"/>
+      <c r="B14" s="64"/>
+      <c r="C14" s="66"/>
     </row>
     <row r="15" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="9" t="s">
         <v>97</v>
       </c>
-      <c r="B15" s="75"/>
-      <c r="C15" s="71"/>
+      <c r="B15" s="65"/>
+      <c r="C15" s="70"/>
     </row>
     <row r="16" spans="1:3" ht="43.35" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="66" t="s">
+      <c r="A16" s="82" t="s">
         <v>113</v>
       </c>
-      <c r="B16" s="73" t="s">
+      <c r="B16" s="76" t="s">
         <v>19</v>
       </c>
-      <c r="C16" s="70" t="s">
+      <c r="C16" s="69" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="17" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-    <row r="18" spans="1:8" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="83"/>
+      <c r="B17" s="65"/>
+      <c r="C17" s="70"/>
+    </row>
+    <row r="18" spans="1:7" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="19" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="B19" s="73" t="s">
+      <c r="B19" s="76" t="s">
         <v>21</v>
       </c>
-      <c r="C19" s="83" t="s">
+      <c r="C19" s="73" t="s">
         <v>48</v>
       </c>
       <c r="G19" s="44" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="20" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="42" t="s">
         <v>114</v>
       </c>
-      <c r="B20" s="74"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="64"/>
+      <c r="C20" s="74"/>
+    </row>
+    <row r="21" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="75"/>
-[...5 lines deleted...]
-    <row r="22" spans="1:8" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="65"/>
+      <c r="C21" s="75"/>
+    </row>
+    <row r="22" spans="1:7" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="12" t="s">
         <v>120</v>
       </c>
       <c r="B22" s="45" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="68" t="s">
+    <row r="23" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="84" t="s">
         <v>116</v>
       </c>
-      <c r="B23" s="81" t="s">
+      <c r="B23" s="71" t="s">
         <v>23</v>
       </c>
-      <c r="C23" s="70" t="s">
+      <c r="C23" s="69" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-    <row r="25" spans="1:8" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="85"/>
+      <c r="B24" s="72"/>
+      <c r="C24" s="70"/>
+    </row>
+    <row r="25" spans="1:7" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="B25" s="73" t="s">
+      <c r="B25" s="76" t="s">
         <v>24</v>
       </c>
-      <c r="C25" s="70" t="s">
+      <c r="C25" s="69" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B26" s="74"/>
-[...2 lines deleted...]
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B26" s="64"/>
+      <c r="C26" s="66"/>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B27" s="74"/>
-[...2 lines deleted...]
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B27" s="64"/>
+      <c r="C27" s="66"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="B28" s="74"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B28" s="64"/>
+      <c r="C28" s="66"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="B29" s="74"/>
-[...2 lines deleted...]
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B29" s="64"/>
+      <c r="C29" s="66"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="B30" s="74"/>
-[...2 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B30" s="64"/>
+      <c r="C30" s="66"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="B31" s="74"/>
-[...2 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B31" s="64"/>
+      <c r="C31" s="66"/>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B32" s="74"/>
-[...2 lines deleted...]
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B32" s="64"/>
+      <c r="C32" s="66"/>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B33" s="74"/>
-[...2 lines deleted...]
-    <row r="34" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="64"/>
+      <c r="C33" s="66"/>
+    </row>
+    <row r="34" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="9" t="s">
         <v>102</v>
       </c>
       <c r="B34" s="21"/>
       <c r="C34" s="23"/>
     </row>
-    <row r="35" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:3" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="B35" s="74" t="s">
+      <c r="B35" s="64" t="s">
         <v>25</v>
       </c>
-      <c r="C35" s="72" t="s">
+      <c r="C35" s="66" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="36" spans="1:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:3" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="13" t="s">
         <v>95</v>
       </c>
-      <c r="B36" s="75"/>
-[...2 lines deleted...]
-    <row r="37" spans="1:8" ht="19.350000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="65"/>
+      <c r="C36" s="66"/>
+    </row>
+    <row r="37" spans="1:3" ht="19.350000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="53" t="s">
         <v>131</v>
       </c>
-      <c r="B37" s="76" t="s">
+      <c r="B37" s="67" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="13" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A38" s="53" t="s">
         <v>96</v>
       </c>
-      <c r="B38" s="77"/>
+      <c r="B38" s="86"/>
       <c r="C38" s="22"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A39" s="53" t="s">
         <v>123</v>
       </c>
-      <c r="B39" s="77"/>
+      <c r="B39" s="86"/>
       <c r="C39" s="22"/>
     </row>
-    <row r="40" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="53" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="B40" s="78"/>
+        <v>135</v>
+      </c>
+      <c r="B40" s="68"/>
       <c r="C40" s="23"/>
     </row>
-    <row r="41" spans="1:8" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:3" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="23" t="s">
         <v>50</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="23" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="42" spans="1:8" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:3" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="43" t="s">
         <v>118</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C42" s="12" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="43" spans="1:8" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:3" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="B43" s="73" t="s">
+      <c r="B43" s="76" t="s">
         <v>28</v>
       </c>
-      <c r="C43" s="70" t="s">
+      <c r="C43" s="69" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="B44" s="74"/>
-[...2 lines deleted...]
-    <row r="45" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="64"/>
+      <c r="C44" s="66"/>
+    </row>
+    <row r="45" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="B45" s="75"/>
-[...2 lines deleted...]
-    <row r="46" spans="1:8" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="65"/>
+      <c r="C45" s="70"/>
+    </row>
+    <row r="46" spans="1:3" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B46" s="79" t="s">
+      <c r="B46" s="87" t="s">
         <v>29</v>
       </c>
-      <c r="C46" s="70" t="s">
+      <c r="C46" s="69" t="s">
         <v>54</v>
       </c>
-      <c r="H46">
-[...4 lines deleted...]
-    <row r="47" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="47" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B47" s="80"/>
-[...6 lines deleted...]
-    <row r="48" spans="1:8" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="88"/>
+      <c r="C47" s="70"/>
+    </row>
+    <row r="48" spans="1:3" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="20" t="s">
         <v>55</v>
       </c>
-      <c r="B48" s="73" t="s">
+      <c r="B48" s="76" t="s">
         <v>30</v>
       </c>
-      <c r="C48" s="70" t="s">
+      <c r="C48" s="69" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>56</v>
       </c>
-      <c r="B49" s="74"/>
-      <c r="C49" s="72"/>
+      <c r="B49" s="64"/>
+      <c r="C49" s="66"/>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="B50" s="74"/>
-      <c r="C50" s="72"/>
+      <c r="B50" s="64"/>
+      <c r="C50" s="66"/>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="B51" s="74"/>
-      <c r="C51" s="72"/>
+      <c r="B51" s="64"/>
+      <c r="C51" s="66"/>
       <c r="M51" s="55" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="B52" s="74"/>
-[...1 lines deleted...]
-      <c r="M52" s="65" t="s">
+      <c r="B52" s="64"/>
+      <c r="C52" s="66"/>
+      <c r="M52" s="81" t="s">
         <v>122</v>
       </c>
-      <c r="N52" s="65"/>
-      <c r="O52" s="65"/>
+      <c r="N52" s="81"/>
+      <c r="O52" s="81"/>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="B53" s="74"/>
-      <c r="C53" s="72"/>
+      <c r="B53" s="64"/>
+      <c r="C53" s="66"/>
     </row>
     <row r="54" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="9" t="s">
         <v>61</v>
       </c>
-      <c r="B54" s="75"/>
-      <c r="C54" s="71"/>
+      <c r="B54" s="65"/>
+      <c r="C54" s="70"/>
     </row>
     <row r="55" spans="1:15" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="54" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B55" s="56" t="s">
         <v>31</v>
       </c>
       <c r="C55" s="58" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="56" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="12" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B56" s="57"/>
       <c r="C56" s="59"/>
     </row>
     <row r="57" spans="1:15" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="12" t="s">
         <v>67</v>
       </c>
       <c r="B57" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C57" s="12"/>
     </row>
     <row r="58" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="12" t="s">
         <v>67</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C58" s="12"/>
     </row>
     <row r="59" spans="1:15" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="35" t="s">
         <v>107</v>
@@ -2959,706 +2754,325 @@
         <v>70</v>
       </c>
       <c r="E65" s="15"/>
       <c r="F65" s="15"/>
       <c r="G65" s="16"/>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="17" t="s">
         <v>71</v>
       </c>
       <c r="B66" s="14"/>
       <c r="C66" s="14"/>
       <c r="D66" s="14" t="s">
         <v>70</v>
       </c>
       <c r="E66" s="14"/>
       <c r="F66" s="14"/>
       <c r="G66" s="18"/>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="17" t="s">
         <v>72</v>
       </c>
       <c r="B67" s="14"/>
       <c r="C67" s="14"/>
-      <c r="D67" s="90" t="s">
+      <c r="D67" s="61" t="s">
         <v>73</v>
       </c>
-      <c r="E67" s="91"/>
-[...1 lines deleted...]
-      <c r="G67" s="92"/>
+      <c r="E67" s="62"/>
+      <c r="F67" s="62"/>
+      <c r="G67" s="63"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="17" t="s">
         <v>74</v>
       </c>
       <c r="B68" s="14"/>
       <c r="C68" s="14"/>
       <c r="D68" s="14" t="s">
         <v>75</v>
       </c>
       <c r="E68" s="14"/>
       <c r="F68" s="14"/>
       <c r="G68" s="18"/>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="17" t="s">
         <v>76</v>
       </c>
       <c r="B69" s="14"/>
       <c r="C69" s="14"/>
       <c r="D69" s="14" t="s">
         <v>75</v>
       </c>
       <c r="E69" s="14"/>
       <c r="F69" s="14"/>
       <c r="G69" s="18"/>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="17" t="s">
         <v>77</v>
       </c>
       <c r="B70" s="14"/>
       <c r="C70" s="14"/>
-      <c r="D70" s="90" t="s">
+      <c r="D70" s="61" t="s">
         <v>78</v>
       </c>
-      <c r="E70" s="91"/>
-[...1 lines deleted...]
-      <c r="G70" s="92"/>
+      <c r="E70" s="62"/>
+      <c r="F70" s="62"/>
+      <c r="G70" s="63"/>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="17" t="s">
         <v>79</v>
       </c>
       <c r="B71" s="14"/>
       <c r="C71" s="14"/>
-      <c r="D71" s="90" t="s">
+      <c r="D71" s="61" t="s">
         <v>80</v>
       </c>
-      <c r="E71" s="91"/>
-[...1 lines deleted...]
-      <c r="G71" s="92"/>
+      <c r="E71" s="62"/>
+      <c r="F71" s="62"/>
+      <c r="G71" s="63"/>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="17" t="s">
         <v>81</v>
       </c>
       <c r="B72" s="14"/>
       <c r="C72" s="14"/>
-      <c r="D72" s="90" t="s">
+      <c r="D72" s="61" t="s">
         <v>80</v>
       </c>
-      <c r="E72" s="91"/>
-[...1 lines deleted...]
-      <c r="G72" s="92"/>
+      <c r="E72" s="62"/>
+      <c r="F72" s="62"/>
+      <c r="G72" s="63"/>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="17" t="s">
         <v>82</v>
       </c>
       <c r="B73" s="14"/>
       <c r="C73" s="14"/>
-      <c r="D73" s="90" t="s">
+      <c r="D73" s="61" t="s">
         <v>83</v>
       </c>
-      <c r="E73" s="91"/>
-[...1 lines deleted...]
-      <c r="G73" s="92"/>
+      <c r="E73" s="62"/>
+      <c r="F73" s="62"/>
+      <c r="G73" s="63"/>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="17" t="s">
         <v>84</v>
       </c>
       <c r="B74" s="14"/>
       <c r="C74" s="14"/>
-      <c r="D74" s="90" t="s">
+      <c r="D74" s="61" t="s">
         <v>83</v>
       </c>
-      <c r="E74" s="91"/>
-[...1 lines deleted...]
-      <c r="G74" s="92"/>
+      <c r="E74" s="62"/>
+      <c r="F74" s="62"/>
+      <c r="G74" s="63"/>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="17" t="s">
         <v>85</v>
       </c>
       <c r="B75" s="14"/>
       <c r="C75" s="14"/>
-      <c r="D75" s="90" t="s">
+      <c r="D75" s="61" t="s">
         <v>86</v>
       </c>
-      <c r="E75" s="91"/>
-[...1 lines deleted...]
-      <c r="G75" s="92"/>
+      <c r="E75" s="62"/>
+      <c r="F75" s="62"/>
+      <c r="G75" s="63"/>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="17" t="s">
         <v>87</v>
       </c>
       <c r="B76" s="14"/>
       <c r="C76" s="14"/>
-      <c r="D76" s="90" t="s">
+      <c r="D76" s="61" t="s">
         <v>86</v>
       </c>
-      <c r="E76" s="91"/>
-[...1 lines deleted...]
-      <c r="G76" s="92"/>
+      <c r="E76" s="62"/>
+      <c r="F76" s="62"/>
+      <c r="G76" s="63"/>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="17" t="s">
         <v>88</v>
       </c>
       <c r="B77" s="14"/>
       <c r="C77" s="14"/>
-      <c r="D77" s="90" t="s">
+      <c r="D77" s="61" t="s">
         <v>86</v>
       </c>
-      <c r="E77" s="91"/>
-[...1 lines deleted...]
-      <c r="G77" s="92"/>
+      <c r="E77" s="62"/>
+      <c r="F77" s="62"/>
+      <c r="G77" s="63"/>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="17" t="s">
         <v>89</v>
       </c>
       <c r="B78" s="14"/>
       <c r="C78" s="14"/>
-      <c r="D78" s="90" t="s">
+      <c r="D78" s="61" t="s">
         <v>86</v>
       </c>
-      <c r="E78" s="91"/>
-[...1 lines deleted...]
-      <c r="G78" s="92"/>
+      <c r="E78" s="62"/>
+      <c r="F78" s="62"/>
+      <c r="G78" s="63"/>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="17" t="s">
         <v>90</v>
       </c>
       <c r="B79" s="14"/>
       <c r="C79" s="14"/>
-      <c r="D79" s="90" t="s">
+      <c r="D79" s="61" t="s">
         <v>91</v>
       </c>
-      <c r="E79" s="91"/>
-[...1 lines deleted...]
-      <c r="G79" s="92"/>
+      <c r="E79" s="62"/>
+      <c r="F79" s="62"/>
+      <c r="G79" s="63"/>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="17" t="s">
         <v>92</v>
       </c>
       <c r="B80" s="14"/>
       <c r="C80" s="14"/>
-      <c r="D80" s="90" t="s">
+      <c r="D80" s="61" t="s">
         <v>91</v>
       </c>
-      <c r="E80" s="91"/>
-[...1 lines deleted...]
-      <c r="G80" s="92"/>
+      <c r="E80" s="62"/>
+      <c r="F80" s="62"/>
+      <c r="G80" s="63"/>
     </row>
     <row r="81" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="31" t="s">
         <v>93</v>
       </c>
       <c r="B81" s="30"/>
       <c r="C81" s="30"/>
       <c r="D81" s="30" t="s">
         <v>94</v>
       </c>
       <c r="E81" s="30"/>
       <c r="F81" s="30"/>
       <c r="G81" s="29"/>
     </row>
     <row r="82" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="25" t="s">
         <v>99</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D82" s="26"/>
       <c r="E82" s="28"/>
       <c r="F82" s="28"/>
       <c r="G82" s="27"/>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="D88" s="52">
-[...1 lines deleted...]
-        <v>2.6381909547738696</v>
+      <c r="D88" s="52" t="s">
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="40">
-    <mergeCell ref="D79:G79"/>
-[...23 lines deleted...]
-    <mergeCell ref="C11:C12"/>
     <mergeCell ref="M52:O52"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="A23:A24"/>
     <mergeCell ref="C23:C24"/>
     <mergeCell ref="C43:C45"/>
     <mergeCell ref="B48:B54"/>
     <mergeCell ref="C48:C54"/>
     <mergeCell ref="C25:C33"/>
     <mergeCell ref="B35:B36"/>
     <mergeCell ref="C35:C36"/>
     <mergeCell ref="B37:B40"/>
     <mergeCell ref="B46:B47"/>
     <mergeCell ref="C46:C47"/>
     <mergeCell ref="B25:B33"/>
     <mergeCell ref="B43:B45"/>
+    <mergeCell ref="B5:B10"/>
+    <mergeCell ref="C5:C10"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="B23:B24"/>
+    <mergeCell ref="C13:C15"/>
+    <mergeCell ref="C19:C21"/>
+    <mergeCell ref="B19:B21"/>
+    <mergeCell ref="B13:B15"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D67:G67"/>
+    <mergeCell ref="D70:G70"/>
+    <mergeCell ref="D71:G71"/>
+    <mergeCell ref="D72:G72"/>
+    <mergeCell ref="D73:G73"/>
+    <mergeCell ref="D79:G79"/>
+    <mergeCell ref="D80:G80"/>
+    <mergeCell ref="D74:G74"/>
+    <mergeCell ref="D75:G75"/>
+    <mergeCell ref="D76:G76"/>
+    <mergeCell ref="D77:G77"/>
+    <mergeCell ref="D78:G78"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A23" r:id="rId1" display="mailto:ekonomi@medh.ki.se" xr:uid="{1A8AAFA5-CA87-4D5E-B081-E0F21AD467F1}"/>
     <hyperlink ref="A42" r:id="rId2" display="mailto:tu.nghi.ngo@ki.se" xr:uid="{FA095B0C-DF75-4DDE-88BD-98EA924C5DD4}"/>
     <hyperlink ref="A3" r:id="rId3" xr:uid="{E302AABE-D480-4DA2-9A1B-DEC850E0239A}"/>
     <hyperlink ref="M51" r:id="rId4" display="mailto:monica.manske@ki.se" xr:uid="{5DA6A505-6DD6-4D9D-B20E-55F54A0DC490}"/>
     <hyperlink ref="M52" r:id="rId5" display="linda.gillingsjo@ki.se" xr:uid="{BAEBBDE2-E388-4730-AE23-7098717D59AC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
-</worksheet>
-[...377 lines deleted...]
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet3</vt:lpstr>
-      <vt:lpstr>Blad1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kjell-Ove Lindgren</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>