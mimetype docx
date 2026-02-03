--- v0 (2025-10-07)
+++ v1 (2026-02-03)
@@ -16,51 +16,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="763C15D5" w14:textId="0755B210" w:rsidR="00307FC0" w:rsidRDefault="00775674" w:rsidP="00E7662F">
       <w:pPr>
         <w:pStyle w:val="Dokumentnamn"/>
         <w:spacing w:after="160"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39207042" wp14:editId="2C7F6546">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-297180</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>9102090</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5481320" cy="772795"/>
                 <wp:effectExtent l="0" t="0" r="24130" b="8255"/>
@@ -113,100 +113,102 @@
                           <w:txbxContent>
                             <w:p w14:paraId="4F816C72" w14:textId="77777777" w:rsidR="00685373" w:rsidRDefault="00F251FE" w:rsidP="00F251FE">
                               <w:pPr>
                                 <w:pStyle w:val="Sidfot"/>
                               </w:pPr>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Postadress: </w:t>
                               </w:r>
                               <w:sdt>
                                 <w:sdtPr>
                                   <w:rPr>
                                     <w:highlight w:val="yellow"/>
                                   </w:rPr>
                                   <w:id w:val="-1555777937"/>
                                   <w:placeholder>
                                     <w:docPart w:val="5E61673D565641CB87FDFD4209C6DC36"/>
                                   </w:placeholder>
                                   <w:showingPlcHdr/>
                                   <w:text/>
                                 </w:sdtPr>
+                                <w:sdtEndPr/>
                                 <w:sdtContent>
                                   <w:r w:rsidR="00902BE9" w:rsidRPr="00D25B2F">
                                     <w:rPr>
                                       <w:rStyle w:val="Platshllartext"/>
                                       <w:highlight w:val="yellow"/>
                                     </w:rPr>
                                     <w:t>Postadress</w:t>
                                   </w:r>
                                 </w:sdtContent>
                               </w:sdt>
                               <w:r w:rsidR="00902BE9" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r w:rsidR="00685373" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t>|</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Besöksadress: </w:t>
                               </w:r>
                               <w:sdt>
                                 <w:sdtPr>
                                   <w:rPr>
                                     <w:highlight w:val="yellow"/>
                                   </w:rPr>
                                   <w:id w:val="-586538846"/>
                                   <w:placeholder>
                                     <w:docPart w:val="0DD56D77467649638E7DD1C61E0C13A3"/>
                                   </w:placeholder>
                                   <w:showingPlcHdr/>
                                   <w:text/>
                                 </w:sdtPr>
+                                <w:sdtEndPr/>
                                 <w:sdtContent>
                                   <w:r w:rsidRPr="00D25B2F">
                                     <w:rPr>
                                       <w:rStyle w:val="Platshllartext"/>
                                       <w:highlight w:val="yellow"/>
                                     </w:rPr>
                                     <w:t>Adress, Ort</w:t>
                                   </w:r>
                                 </w:sdtContent>
                               </w:sdt>
                               <w:r w:rsidR="00685373" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> |</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:b/>
@@ -214,50 +216,51 @@
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t>Telefon:</w:t>
                               </w:r>
                               <w:r w:rsidR="0042548F" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                               <w:sdt>
                                 <w:sdtPr>
                                   <w:rPr>
                                     <w:highlight w:val="yellow"/>
                                   </w:rPr>
                                   <w:id w:val="-170643021"/>
                                   <w:placeholder>
                                     <w:docPart w:val="49773699742C48498919E3B4EDBC6D25"/>
                                   </w:placeholder>
                                   <w:temporary/>
                                   <w:showingPlcHdr/>
                                   <w:text/>
                                 </w:sdtPr>
+                                <w:sdtEndPr/>
                                 <w:sdtContent>
                                   <w:r w:rsidRPr="00D25B2F">
                                     <w:rPr>
                                       <w:rStyle w:val="Platshllartext"/>
                                       <w:highlight w:val="yellow"/>
                                     </w:rPr>
                                     <w:t>växel</w:t>
                                   </w:r>
                                 </w:sdtContent>
                               </w:sdt>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t>,</w:t>
                               </w:r>
                               <w:r w:rsidR="0042548F" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:noProof/>
@@ -268,50 +271,51 @@
                               <w:r w:rsidR="00130604" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t>,</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:sdt>
                                 <w:sdtPr>
                                   <w:rPr>
                                     <w:highlight w:val="yellow"/>
                                   </w:rPr>
                                   <w:id w:val="757711466"/>
                                   <w:placeholder>
                                     <w:docPart w:val="BE7224A1606B49E7918B614F0D2B9F41"/>
                                   </w:placeholder>
                                   <w:temporary/>
                                   <w:showingPlcHdr/>
                                   <w:text/>
                                 </w:sdtPr>
+                                <w:sdtEndPr/>
                                 <w:sdtContent>
                                   <w:r w:rsidRPr="00D25B2F">
                                     <w:rPr>
                                       <w:rStyle w:val="Platshllartext"/>
                                       <w:highlight w:val="yellow"/>
                                     </w:rPr>
                                     <w:t>direkt</w:t>
                                   </w:r>
                                 </w:sdtContent>
                               </w:sdt>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t>,</w:t>
                               </w:r>
                               <w:r w:rsidR="0042548F" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                               <w:r w:rsidR="00685373" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
@@ -328,50 +332,51 @@
                               </w:r>
                               <w:r w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t>:</w:t>
                               </w:r>
                               <w:r w:rsidR="00A06538" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                               <w:sdt>
                                 <w:sdtPr>
                                   <w:rPr>
                                     <w:highlight w:val="yellow"/>
                                   </w:rPr>
                                   <w:id w:val="190494165"/>
                                   <w:placeholder>
                                     <w:docPart w:val="D75639711752405A82FAA483546F8C3D"/>
                                   </w:placeholder>
                                   <w:showingPlcHdr/>
                                   <w:text/>
                                 </w:sdtPr>
+                                <w:sdtEndPr/>
                                 <w:sdtContent>
                                   <w:r w:rsidR="00685373" w:rsidRPr="00D25B2F">
                                     <w:rPr>
                                       <w:rStyle w:val="Platshllartext"/>
                                       <w:highlight w:val="yellow"/>
                                     </w:rPr>
                                     <w:t>Fax</w:t>
                                   </w:r>
                                 </w:sdtContent>
                               </w:sdt>
                               <w:r w:rsidR="00A06538" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                               <w:r w:rsidR="00685373" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t>|</w:t>
                               </w:r>
                               <w:r w:rsidR="00A06538" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:highlight w:val="yellow"/>
@@ -401,50 +406,51 @@
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t>post:</w:t>
                               </w:r>
                               <w:r w:rsidR="00A06538" w:rsidRPr="00D25B2F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:highlight w:val="yellow"/>
                                 </w:rPr>
                                 <w:t> </w:t>
                               </w:r>
                               <w:sdt>
                                 <w:sdtPr>
                                   <w:rPr>
                                     <w:highlight w:val="yellow"/>
                                   </w:rPr>
                                   <w:id w:val="-1905217986"/>
                                   <w:placeholder>
                                     <w:docPart w:val="11495FB8AC214C6D9731BE8261673B86"/>
                                   </w:placeholder>
                                   <w:temporary/>
                                   <w:showingPlcHdr/>
                                   <w:text/>
                                 </w:sdtPr>
+                                <w:sdtEndPr/>
                                 <w:sdtContent>
                                   <w:r w:rsidR="00685373" w:rsidRPr="00D25B2F">
                                     <w:rPr>
                                       <w:rStyle w:val="Platshllartext"/>
                                       <w:highlight w:val="yellow"/>
                                     </w:rPr>
                                     <w:t>E-post</w:t>
                                   </w:r>
                                 </w:sdtContent>
                               </w:sdt>
                               <w:r w:rsidR="00685373">
                                 <w:t xml:space="preserve"> |</w:t>
                               </w:r>
                               <w:r>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00F251FE">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Webb</w:t>
                               </w:r>
                               <w:r>
                                 <w:t xml:space="preserve">: </w:t>
@@ -939,388 +945,393 @@
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1799590" cy="737870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00AB1FA0">
         <w:t>Beslut</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1E7A72" w14:textId="77777777" w:rsidR="00F0618D" w:rsidRPr="00F0618D" w:rsidRDefault="00000000" w:rsidP="009E4C6F">
+    <w:p w14:paraId="7A1E7A72" w14:textId="77777777" w:rsidR="00F0618D" w:rsidRPr="00F0618D" w:rsidRDefault="00855C3E" w:rsidP="009E4C6F">
       <w:pPr>
         <w:pStyle w:val="Rubrikliten"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:ind w:right="-709" w:firstLine="3828"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:alias w:val="Datum"/>
           <w:tag w:val="showInPanel"/>
           <w:id w:val="1739751717"/>
           <w:placeholder>
             <w:docPart w:val="06BE10E6B4E34C4499FDD7559D48A028"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="sv-SE"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F0618D">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Datum</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009E4C6F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009E4C6F" w:rsidRPr="00F0618D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Dnr: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:alias w:val="Dnr"/>
           <w:tag w:val="showInPanel"/>
           <w:id w:val="-792437553"/>
           <w:placeholder>
             <w:docPart w:val="5D4E8A89FF3B4496BDCEDA1998E55473"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009E4C6F" w:rsidRPr="00F0618D">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Dnr</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7E4C612B" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRDefault="00307FC0" w:rsidP="00E7662F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5338B544" w14:textId="77777777" w:rsidR="00F0618D" w:rsidRDefault="00F0618D" w:rsidP="00E7662F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:sectPr w:rsidR="00F0618D" w:rsidSect="00A9264E">
           <w:headerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="936" w:right="1133" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="897627358"/>
         <w:placeholder>
           <w:docPart w:val="634C7A81266045628AEC32CB89C555D6"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="418EDB47" w14:textId="77777777" w:rsidR="00F0618D" w:rsidRDefault="007337FB" w:rsidP="007337FB">
           <w:pPr>
             <w:pStyle w:val="Rubrikliten"/>
           </w:pPr>
           <w:r w:rsidRPr="00C869B1">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Institution</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:id w:val="-1355416868"/>
         <w:placeholder>
           <w:docPart w:val="6D8C5B5D79B44E8DBFFB8F594A77901A"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="207F0A03" w14:textId="77777777" w:rsidR="007337FB" w:rsidRPr="001A4234" w:rsidRDefault="007337FB" w:rsidP="007337FB">
           <w:pPr>
             <w:pStyle w:val="Rubrikliten"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001A4234">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Avdelning</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="44AFD90D" w14:textId="77777777" w:rsidR="007337FB" w:rsidRPr="007337FB" w:rsidRDefault="00000000" w:rsidP="007337FB">
+    <w:p w14:paraId="44AFD90D" w14:textId="77777777" w:rsidR="007337FB" w:rsidRPr="007337FB" w:rsidRDefault="00855C3E" w:rsidP="007337FB">
       <w:pPr>
         <w:pStyle w:val="Rubrikliten"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-1638171979"/>
           <w:placeholder>
             <w:docPart w:val="1659559D62B74FDAB041F36F3770F21A"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007337FB" w:rsidRPr="001A4234">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Namn</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007337FB" w:rsidRPr="007337FB">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="308684663"/>
           <w:placeholder>
             <w:docPart w:val="C4577640384A40ECA296AC129069EA45"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007337FB" w:rsidRPr="001A4234">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Titel</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="292697E6" w14:textId="77777777" w:rsidR="007337FB" w:rsidRDefault="001A4234" w:rsidP="007337FB">
       <w:pPr>
         <w:pStyle w:val="Rubrikliten"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="1930229551"/>
           <w:placeholder>
             <w:docPart w:val="72618F7325BD4ECD94A26DA11AE2BBBF"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Mottagare</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="489E13AB" w14:textId="77777777" w:rsidR="001A4234" w:rsidRPr="001A4234" w:rsidRDefault="001A4234" w:rsidP="007337FB">
       <w:pPr>
         <w:pStyle w:val="Rubrikliten"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73655B0A" w14:textId="77777777" w:rsidR="001A4234" w:rsidRDefault="001A4234" w:rsidP="00307FC0">
       <w:pPr>
         <w:sectPr w:rsidR="001A4234" w:rsidSect="00A9264E">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="936" w:right="2552" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:num="2" w:space="567" w:equalWidth="0">
             <w:col w:w="3232" w:space="567"/>
             <w:col w:w="3287"/>
           </w:cols>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Titel"/>
         <w:tag w:val=""/>
         <w:id w:val="-265552676"/>
         <w:placeholder>
           <w:docPart w:val="5D6B69B49BC548C38A84F94592D256FC"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="12627942" w14:textId="79150CE3" w:rsidR="00E74A53" w:rsidRDefault="003D24B6" w:rsidP="003D24B6">
+        <w:p w14:paraId="12627942" w14:textId="47A32CB6" w:rsidR="00E74A53" w:rsidRDefault="003D24B6" w:rsidP="003D24B6">
           <w:pPr>
             <w:pStyle w:val="Rubrik"/>
             <w:spacing w:before="1200"/>
           </w:pPr>
           <w:r w:rsidRPr="008919DD">
             <w:t xml:space="preserve">Beslut om </w:t>
           </w:r>
           <w:r>
             <w:t>undantag från regeln om</w:t>
           </w:r>
           <w:r w:rsidR="00B70461">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:t>maximalt</w:t>
           </w:r>
           <w:r w:rsidR="00A10EDE">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:t>antal</w:t>
           </w:r>
           <w:r w:rsidR="00B70461">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00C000A6">
             <w:t>examinations</w:t>
           </w:r>
           <w:r>
             <w:t>tillfällen</w:t>
-          </w:r>
-[...1 lines deleted...]
-            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6A7DB67C" w14:textId="12E937BA" w:rsidR="00D25B2F" w:rsidRDefault="009529CE" w:rsidP="009529CE">
       <w:r w:rsidRPr="009529CE">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Förnamn Efternamn, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009529CE">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>pnr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009529CE">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -1373,101 +1384,111 @@
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>yyy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D25B2F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72537098" w14:textId="77777777" w:rsidR="00B570E0" w:rsidRPr="00B570E0" w:rsidRDefault="00B570E0" w:rsidP="009529CE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B570E0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Beslut</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CAE9C0" w14:textId="7BF8182D" w:rsidR="00D25B2F" w:rsidRDefault="009529CE" w:rsidP="009529CE">
+    <w:p w14:paraId="77C46A8F" w14:textId="1F4720CE" w:rsidR="00160BF3" w:rsidRDefault="009529CE" w:rsidP="009529CE">
       <w:r w:rsidRPr="009529CE">
         <w:t xml:space="preserve">Ansökan </w:t>
       </w:r>
       <w:r w:rsidRPr="00D25B2F">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">avslås alt </w:t>
+        <w:t>avslås alt</w:t>
+      </w:r>
+      <w:r w:rsidR="006A35AD">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ernativt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25B2F">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00826B4D" w:rsidRPr="00DB50B2">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">beviljas, dvs </w:t>
       </w:r>
       <w:r w:rsidRPr="00D25B2F">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ytterligare 1 (el. flera) provtillfälle ges</w:t>
       </w:r>
       <w:r w:rsidRPr="009529CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C46A8F" w14:textId="77777777" w:rsidR="00160BF3" w:rsidRDefault="00160BF3" w:rsidP="009529CE"/>
     <w:p w14:paraId="70F4EB78" w14:textId="5C7928AD" w:rsidR="002C7FE0" w:rsidRPr="002C7FE0" w:rsidRDefault="002C7FE0" w:rsidP="009529CE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB50B2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Motivering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185247A3" w14:textId="4538E5A9" w:rsidR="00D25B2F" w:rsidRDefault="009529CE" w:rsidP="009529CE">
+    <w:p w14:paraId="32CF6C06" w14:textId="5582169B" w:rsidR="00160BF3" w:rsidRDefault="009529CE" w:rsidP="009529CE">
       <w:r w:rsidRPr="00D25B2F">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Ge en bakgrund och beskrivning av den beredning som ägt rum i ärendet. Motivera utförligt varför ansökan avslås respektive beviljas och omständigheterna som gäller för detta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CF6C06" w14:textId="77777777" w:rsidR="00160BF3" w:rsidRDefault="00160BF3" w:rsidP="009529CE"/>
     <w:p w14:paraId="2A7ED68D" w14:textId="4D67507D" w:rsidR="000277CF" w:rsidRPr="00CF74CC" w:rsidRDefault="00CF74CC" w:rsidP="009529CE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB50B2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Hanteringsordning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3550013C" w14:textId="77777777" w:rsidR="00D25B2F" w:rsidRDefault="009529CE" w:rsidP="009529CE">
       <w:r w:rsidRPr="009529CE">
         <w:t xml:space="preserve">Beslut i detta ärende har fattats av </w:t>
       </w:r>
       <w:r w:rsidR="00D25B2F">
         <w:t>examinator</w:t>
       </w:r>
       <w:r w:rsidRPr="009529CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1509,146 +1530,149 @@
       </w:pPr>
       <w:r w:rsidRPr="009529CE">
         <w:t>Förnamn och efternamn</w:t>
       </w:r>
       <w:r w:rsidR="00D25B2F">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009529CE">
         <w:t>Föredragande</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E57646" w:rsidRPr="00307FC0" w:rsidSect="00A9264E">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="936" w:right="2552" w:bottom="1701" w:left="2268" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="136BF227" w14:textId="77777777" w:rsidR="00ED6A53" w:rsidRDefault="00ED6A53" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="33E02ABB" w14:textId="77777777" w:rsidR="00ED6A53" w:rsidRDefault="00ED6A53" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3B9583EF" w14:textId="77777777" w:rsidR="00ED6A53" w:rsidRDefault="00ED6A53" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1B30D3AF" w14:textId="77777777" w:rsidR="00ED6A53" w:rsidRDefault="00ED6A53" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D7CCCC9" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="0061653D" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D45D8AD" wp14:editId="5B963FE2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5816600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>312943</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1043940" cy="327025"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
@@ -1931,51 +1955,51 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08B087E8" w14:textId="77777777" w:rsidR="00B747DF" w:rsidRPr="00F0618D" w:rsidRDefault="00F0618D" w:rsidP="00F0618D">
     <w:pPr>
       <w:pStyle w:val="Rubrikliten"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E1DB58B" wp14:editId="44CA5350">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
@@ -2261,51 +2285,51 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="67D84CD1" w14:textId="77777777" w:rsidR="00A9264E" w:rsidRPr="0082169F" w:rsidRDefault="00A9264E" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20EAF849" wp14:editId="7143C249">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5816600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>312943</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1043940" cy="327025"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
@@ -2588,51 +2612,51 @@
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="92E858BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradlista5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="24BA7D30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3322,139 +3346,144 @@
   <w:num w:numId="10" w16cid:durableId="365329178">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1913462437">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1237283219">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1031688213">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="899368118">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1705326040">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1824856842">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000076B3"/>
     <w:rsid w:val="000076B3"/>
     <w:rsid w:val="000277CF"/>
     <w:rsid w:val="00043E74"/>
     <w:rsid w:val="000527BA"/>
+    <w:rsid w:val="000A7DB1"/>
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="00130604"/>
     <w:rsid w:val="00160BF3"/>
     <w:rsid w:val="001636A9"/>
     <w:rsid w:val="00177D2A"/>
     <w:rsid w:val="001A4234"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="00296E44"/>
     <w:rsid w:val="002A660D"/>
     <w:rsid w:val="002C7FE0"/>
     <w:rsid w:val="002E27C9"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="0033241B"/>
     <w:rsid w:val="003800D4"/>
     <w:rsid w:val="003926FD"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003D24B6"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="00427A2A"/>
+    <w:rsid w:val="004323AA"/>
     <w:rsid w:val="00472F29"/>
     <w:rsid w:val="004B7D08"/>
     <w:rsid w:val="004D2686"/>
     <w:rsid w:val="004E2049"/>
     <w:rsid w:val="004E47C8"/>
     <w:rsid w:val="00505369"/>
     <w:rsid w:val="00530095"/>
     <w:rsid w:val="00544DCC"/>
     <w:rsid w:val="005862E2"/>
     <w:rsid w:val="005F7EEF"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="00670D66"/>
     <w:rsid w:val="00685373"/>
+    <w:rsid w:val="006A35AD"/>
     <w:rsid w:val="006B40E4"/>
     <w:rsid w:val="006E2837"/>
     <w:rsid w:val="006E29FD"/>
     <w:rsid w:val="006F196B"/>
     <w:rsid w:val="007337FB"/>
     <w:rsid w:val="00775674"/>
+    <w:rsid w:val="00797297"/>
     <w:rsid w:val="007A1B26"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
     <w:rsid w:val="00826B4D"/>
     <w:rsid w:val="00835DDF"/>
+    <w:rsid w:val="00855C3E"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="008919DD"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008E2C5E"/>
     <w:rsid w:val="008E2E64"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="009529CE"/>
     <w:rsid w:val="009663ED"/>
     <w:rsid w:val="00966B1B"/>
     <w:rsid w:val="00995DDB"/>
     <w:rsid w:val="009A6896"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009E4C6F"/>
     <w:rsid w:val="009E5665"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A06538"/>
     <w:rsid w:val="00A10EDE"/>
     <w:rsid w:val="00A15797"/>
     <w:rsid w:val="00A42C3B"/>
     <w:rsid w:val="00A814DB"/>
     <w:rsid w:val="00A8461A"/>
     <w:rsid w:val="00A9264E"/>
     <w:rsid w:val="00AB1FA0"/>
     <w:rsid w:val="00AF6DAD"/>
@@ -3526,51 +3555,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0E19D371"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0767D4BC-5E74-4CE5-AC67-FCB9F1749BAA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
@@ -29146,85 +29175,85 @@
     <w:rsid w:val="00307FC0"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dokumentnamn">
     <w:name w:val="Dokumentnamn"/>
     <w:basedOn w:val="Rubrikliten"/>
     <w:uiPriority w:val="14"/>
     <w:qFormat/>
     <w:rsid w:val="0061653D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:ind w:left="3827" w:hanging="3827"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="308826416">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="https://kise.sharepoint.com/sites/templates/Templates/Brevmall.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="06BE10E6B4E34C4499FDD7559D48A028"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB6B6D1B-B629-4CCD-9EF7-33C1ED9D48A6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00114B57" w:rsidRDefault="00114B57">
           <w:pPr>
             <w:pStyle w:val="06BE10E6B4E34C4499FDD7559D48A028"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:bCs/>
@@ -29599,152 +29628,154 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E2ED5163-46F4-4092-9B3B-8448630DE340}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00114B57" w:rsidRDefault="00114B57">
           <w:pPr>
             <w:pStyle w:val="11495FB8AC214C6D9731BE8261673B86"/>
           </w:pPr>
           <w:r w:rsidRPr="00DE1BEB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>E-post</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00114B57"/>
     <w:rsid w:val="000A480C"/>
+    <w:rsid w:val="000A7DB1"/>
     <w:rsid w:val="00114B57"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -30181,51 +30212,51 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D6B69B49BC548C38A84F94592D256FC">
     <w:name w:val="5D6B69B49BC548C38A84F94592D256FC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E61673D565641CB87FDFD4209C6DC36">
     <w:name w:val="5E61673D565641CB87FDFD4209C6DC36"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0DD56D77467649638E7DD1C61E0C13A3">
     <w:name w:val="0DD56D77467649638E7DD1C61E0C13A3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="49773699742C48498919E3B4EDBC6D25">
     <w:name w:val="49773699742C48498919E3B4EDBC6D25"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE7224A1606B49E7918B614F0D2B9F41">
     <w:name w:val="BE7224A1606B49E7918B614F0D2B9F41"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D75639711752405A82FAA483546F8C3D">
     <w:name w:val="D75639711752405A82FAA483546F8C3D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11495FB8AC214C6D9731BE8261673B86">
     <w:name w:val="11495FB8AC214C6D9731BE8261673B86"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="KI">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F0433"/>
       </a:accent1>
       <a:accent2>
@@ -30409,50 +30440,112 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<root xmlns="LPXML">
+  <namn/>
+  <titel/>
+  <avdelning/>
+  <förvaltning/>
+  <kontakt>
+    <telefon/>
+    <mobil/>
+    <epost/>
+    <adress>
+      <co/>
+      <box/>
+      <gata/>
+      <postnr/>
+      <ort/>
+      <land/>
+    </adress>
+  </kontakt>
+  <dokumenttyp/>
+  <Diarienummer/>
+  <Datum/>
+  <version/>
+  <sklass/>
+  <foretag/>
+  <extra1/>
+  <extra2/>
+  <extra3/>
+  <extra4/>
+  <extra5/>
+  <extra6/>
+  <extra7/>
+  <extra8/>
+  <extra9/>
+</root>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d3bb7de-987f-4926-b01e-f8c2127dcabc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Kommentar xmlns="5d3bb7de-987f-4926-b01e-f8c2127dcabc" xsi:nil="true"/>
+    <TaxCatchAll xmlns="55d7c949-cb5a-4d77-911b-c83d54845be6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010003D6DAFEF836FD4083BD813DEF85C921" ma:contentTypeVersion="17" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="0ce1df9cb7a923a9c051a3c97707e631">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d3bb7de-987f-4926-b01e-f8c2127dcabc" xmlns:ns3="55d7c949-cb5a-4d77-911b-c83d54845be6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="83aee60b0fd5ed322a51e8c553487256" ns2:_="" ns3:_="">
     <xsd:import namespace="5d3bb7de-987f-4926-b01e-f8c2127dcabc"/>
     <xsd:import namespace="55d7c949-cb5a-4d77-911b-c83d54845be6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:Kommentar" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -30659,212 +30752,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="LPXML"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EACCBCE9-33DA-4AD5-AE33-A6049EEA7041}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-</root>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D677CE4-AA8C-4824-99F3-60A00B6385A2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5d3bb7de-987f-4926-b01e-f8c2127dcabc"/>
+    <ds:schemaRef ds:uri="55d7c949-cb5a-4d77-911b-c83d54845be6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A954CC99-DC98-4576-90B5-E53B7C256FEF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5d3bb7de-987f-4926-b01e-f8c2127dcabc"/>
     <ds:schemaRef ds:uri="55d7c949-cb5a-4d77-911b-c83d54845be6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Brevmall</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>108</Words>
-  <Characters>693</Characters>
+  <Words>107</Words>
+  <Characters>699</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>    /&lt;Dokumentnamn&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Datum&gt;	Dnr: &lt;Dnr&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Institution&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Avdelning&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Namn&gt;, &lt;Titel&gt;</vt:lpstr>
       <vt:lpstr>    &lt;Mottagare&gt;</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>&lt;Rubrik&gt;</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>784</CharactersWithSpaces>
+  <CharactersWithSpaces>787</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Beslut om undantag från regeln om maximalt antal examinationstillfällen.</dc:title>
+  <dc:title>Beslut om undantag från regeln om maximalt antal examinationstillfällen</dc:title>
   <dc:subject/>
   <dc:creator>Cecilia Forssman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010003D6DAFEF836FD4083BD813DEF85C921</vt:lpwstr>
   </property>
 </Properties>
 </file>