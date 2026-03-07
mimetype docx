--- v0 (2025-10-06)
+++ v1 (2026-03-07)
@@ -7,354 +7,318 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6C610778" w14:textId="77777777" w:rsidR="00334697" w:rsidRPr="00004A0A" w:rsidRDefault="009C765B" w:rsidP="00260BEB">
+    <w:p w:rsidR="00334697" w:rsidRPr="00004A0A" w:rsidRDefault="009C765B" w:rsidP="00260BEB">
       <w:pPr>
-        <w:pStyle w:val="Rubrik"/>
+        <w:pStyle w:val="Title"/>
         <w:ind w:left="-851"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00004A0A" w:rsidRPr="00004A0A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">mployment </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">contract </w:t>
       </w:r>
       <w:r w:rsidR="00004A0A" w:rsidRPr="00004A0A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidR="00260BEB" w:rsidRPr="00004A0A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00334697" w:rsidRPr="00004A0A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Karolinska Institutet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="616887D8" w14:textId="77777777" w:rsidR="001C3B55" w:rsidRPr="00004A0A" w:rsidRDefault="001C3B55" w:rsidP="00535EB2">
+    <w:p w:rsidR="001C3B55" w:rsidRPr="00004A0A" w:rsidRDefault="001C3B55" w:rsidP="00535EB2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9922"/>
         </w:tabs>
         <w:ind w:left="-851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0230500D" w14:textId="77777777" w:rsidR="00BC0BEC" w:rsidRDefault="00BC0BEC" w:rsidP="00004A0A">
+    <w:p w:rsidR="00BC0BEC" w:rsidRDefault="00BC0BEC" w:rsidP="00004A0A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9922"/>
         </w:tabs>
         <w:ind w:left="-851"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="127BA964" w14:textId="77777777" w:rsidR="00933573" w:rsidRDefault="00004A0A" w:rsidP="00004A0A">
+    <w:p w:rsidR="00933573" w:rsidRDefault="00004A0A" w:rsidP="00004A0A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9922"/>
         </w:tabs>
         <w:ind w:left="-851"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004A0A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>EMPLOYMENT</w:t>
       </w:r>
       <w:r w:rsidR="001C3B55" w:rsidRPr="00004A0A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C765B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">CONTRACT </w:t>
       </w:r>
       <w:r w:rsidRPr="00004A0A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">with information regarding </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">6 c </w:t>
+        <w:t xml:space="preserve">with information regarding the employment according to 6 c </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>§ law</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> (1982:80) employment </w:t>
+        <w:t xml:space="preserve">§ law (1982:80) employment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1E0A51" w14:textId="77777777" w:rsidR="001C3B55" w:rsidRDefault="00004A0A" w:rsidP="00004A0A">
+    <w:p w:rsidR="001C3B55" w:rsidRDefault="00004A0A" w:rsidP="00004A0A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9922"/>
         </w:tabs>
         <w:ind w:left="-851"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>protection a</w:t>
       </w:r>
       <w:r w:rsidR="00933573">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00933573">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (LAS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747E9D9D" w14:textId="77777777" w:rsidR="00BC0BEC" w:rsidRPr="00004A0A" w:rsidRDefault="00BC0BEC" w:rsidP="00004A0A">
+    <w:p w:rsidR="00BC0BEC" w:rsidRPr="00004A0A" w:rsidRDefault="00BC0BEC" w:rsidP="00004A0A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9922"/>
         </w:tabs>
         <w:ind w:left="-851"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38718839" w14:textId="77777777" w:rsidR="00D54B6F" w:rsidRPr="00004A0A" w:rsidRDefault="00AE7CB7" w:rsidP="00535EB2">
+    <w:p w:rsidR="00D54B6F" w:rsidRPr="00004A0A" w:rsidRDefault="00AE7CB7" w:rsidP="00535EB2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9922"/>
         </w:tabs>
         <w:ind w:left="-851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004A0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-781" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D2F70" w:rsidRPr="00F75679" w14:paraId="17FB1D40" w14:textId="77777777" w:rsidTr="00FB069C">
+      <w:tr w:rsidR="008D2F70" w:rsidRPr="00F75679" w:rsidTr="00FB069C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7683B3AB" w14:textId="77777777" w:rsidR="008D2F70" w:rsidRPr="00F75679" w:rsidRDefault="00004A0A">
+          <w:p w:rsidR="008D2F70" w:rsidRPr="00F75679" w:rsidRDefault="00004A0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidR="008D2F70" w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35909378" w14:textId="77777777" w:rsidR="008D2F70" w:rsidRPr="00F75679" w:rsidRDefault="00126081" w:rsidP="00126081">
+          <w:p w:rsidR="008D2F70" w:rsidRPr="00F75679" w:rsidRDefault="00126081" w:rsidP="00126081">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00F75679">
@@ -389,76 +353,76 @@
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="06762F40" w14:textId="77777777" w:rsidR="008D2F70" w:rsidRPr="00F75679" w:rsidRDefault="008D2F70">
+          <w:p w:rsidR="008D2F70" w:rsidRPr="00F75679" w:rsidRDefault="008D2F70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00004A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>irstname</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EFF56C1" w14:textId="77777777" w:rsidR="008D2F70" w:rsidRPr="00F75679" w:rsidRDefault="008D2F70" w:rsidP="00126081">
+          <w:p w:rsidR="008D2F70" w:rsidRPr="00F75679" w:rsidRDefault="008D2F70" w:rsidP="00126081">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00F75679">
@@ -492,85 +456,85 @@
             </w:r>
             <w:r w:rsidR="00126081" w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00126081" w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24B02645" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Swedish national registration num</w:t>
             </w:r>
             <w:r w:rsidR="00FB069C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="0" w:name="Text59"/>
-          <w:p w14:paraId="14B8FE29" w14:textId="77777777" w:rsidR="00334697" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00334697" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00F75679">
@@ -602,78 +566,78 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="00B8EB5D" w14:textId="77777777" w:rsidTr="00FB069C">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidTr="00FB069C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7939" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="179DD620" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street adress</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="1" w:name="Text60"/>
-          <w:p w14:paraId="1D2C541B" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00F75679">
@@ -708,77 +672,77 @@
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48A3586A" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tele</w:t>
             </w:r>
             <w:r w:rsidR="00004A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>phone</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="2" w:name="Text25"/>
-          <w:p w14:paraId="3D83B4B9" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00F75679">
@@ -810,85 +774,85 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="21F06226" w14:textId="77777777" w:rsidTr="00FB069C">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidTr="00FB069C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7939" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="5129ED35" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Post</w:t>
             </w:r>
             <w:r w:rsidR="00004A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>code and town</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="507DDA5A" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text68"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text68"/>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -924,130 +888,130 @@
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="072E9AAC" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="27EC7CD8" w14:textId="77777777" w:rsidTr="00E319CE">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidTr="00E319CE">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF1FEFC" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="67CFBF58" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Employment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00004A0A" w14:paraId="4BF475A9" w14:textId="77777777" w:rsidTr="00933573">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00004A0A" w:rsidTr="00933573">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="367E3732" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00004A0A" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00004A0A" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00004A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Employed at KI a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23185301" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00004A0A" w:rsidRDefault="00675502" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00004A0A" w:rsidRDefault="00675502" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text62"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1099,87 +1063,87 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidR="00260BEB" w:rsidRPr="00004A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="77351F08" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00004A0A" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00004A0A" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="491F12F6" w14:textId="77777777" w:rsidTr="00BF1C4D">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidTr="00BF1C4D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1138"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7C52A2B1" w14:textId="77777777" w:rsidR="00004A0A" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
+          <w:p w:rsidR="00004A0A" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">currently positioned at the Department of </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09385963" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00BC0BEC" w:rsidRDefault="00675502" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00BC0BEC" w:rsidRDefault="00675502" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text70"/>
             <w:r w:rsidRPr="00BC0BEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -1224,99 +1188,99 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidR="00260BEB" w:rsidRPr="00BC0BEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51C9F2D2" w14:textId="77777777" w:rsidR="00BF1C4D" w:rsidRPr="00BC0BEC" w:rsidRDefault="00BC0BEC" w:rsidP="00260BEB">
+          <w:p w:rsidR="00BF1C4D" w:rsidRPr="00BC0BEC" w:rsidRDefault="00BC0BEC" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0BEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The work obligation applies throughout Karolinska Institutet´s geographical area of practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4B75438C" w14:textId="77777777" w:rsidR="00004A0A" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
+          <w:p w:rsidR="00004A0A" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>section/unit</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34647">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CAD22DB" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00675502" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00675502" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -1360,80 +1324,80 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00260BEB" w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="18AC2A81" w14:textId="77777777" w:rsidTr="00933573">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidTr="00933573">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="596"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="48273452" w14:textId="77777777" w:rsidR="00004A0A" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
+          <w:p w:rsidR="00004A0A" w:rsidRDefault="00004A0A" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Extent of employment</w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="230EF62C" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00675502" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00675502" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -1475,66 +1439,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1006BB4C" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00004A0A" w:rsidRDefault="00933573" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00004A0A" w:rsidRDefault="00933573" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>First day of employment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D4C06C2" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -1567,204 +1531,188 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00933573" w14:paraId="79861CDE" w14:textId="77777777" w:rsidTr="009F5820">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidTr="009F5820">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="596"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE74B3E" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Main task at present</w:t>
             </w:r>
             <w:r w:rsidR="00260BEB" w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="073E3BBB" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Usual duties </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> at KI as</w:t>
+              <w:t>Usual duties as ”employed at KI as</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="6DFBFC98" w14:textId="77777777" w:rsidTr="00E319CE">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidTr="00E319CE">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="290E69BC" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="28FB1928" w14:textId="77777777" w:rsidR="00004A0A" w:rsidRPr="00004A0A" w:rsidRDefault="00F969EE" w:rsidP="00004A0A">
+          <w:p w:rsidR="00004A0A" w:rsidRPr="00004A0A" w:rsidRDefault="00F969EE" w:rsidP="00004A0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00004A0A" w:rsidRPr="00004A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>mployment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4400CE6D" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA7CF4" w:rsidRPr="00933573" w14:paraId="29246977" w14:textId="77777777" w:rsidTr="001210B3">
+      <w:tr w:rsidR="00BA7CF4" w:rsidRPr="00933573" w:rsidTr="001210B3">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5813" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77163A9E" w14:textId="77777777" w:rsidR="00BA7CF4" w:rsidRDefault="00BA7CF4" w:rsidP="00260BEB">
+          <w:p w:rsidR="00BA7CF4" w:rsidRDefault="00BA7CF4" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Probationary employment according to 6 § LAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AD3B2B7" w14:textId="77777777" w:rsidR="00BA7CF4" w:rsidRPr="00BA7CF4" w:rsidRDefault="00BA7CF4" w:rsidP="00260BEB">
+          <w:p w:rsidR="00BA7CF4" w:rsidRPr="00BA7CF4" w:rsidRDefault="00BA7CF4" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>From</w:t>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1901,113 +1849,113 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="167BDEF0" w14:textId="77777777" w:rsidR="00BA7CF4" w:rsidRPr="00BA7CF4" w:rsidRDefault="001210B3" w:rsidP="00260BEB">
+          <w:p w:rsidR="00BA7CF4" w:rsidRPr="00BA7CF4" w:rsidRDefault="001210B3" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001210B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If the probationary employment is not terminated by notification, the employment shall become an employment for an indefinite time </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00933573" w14:paraId="3AB15209" w14:textId="77777777" w:rsidTr="000A72C3">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidTr="000A72C3">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74EED09F" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Employment for </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">an </w:t>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">indefinite time </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08C64E2A" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Fr</w:t>
             </w:r>
             <w:r w:rsidR="00933573" w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>om</w:t>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2063,92 +2011,92 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00933573" w14:paraId="13280E6C" w14:textId="77777777" w:rsidTr="00933573">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidTr="00933573">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FA506A0" w14:textId="77777777" w:rsidR="00933573" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00933573">
+          <w:p w:rsidR="00933573" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00933573">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Fixed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>term employment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38FBFC6C" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00933573">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00933573">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Fr</w:t>
             </w:r>
             <w:r w:rsidR="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>om</w:t>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2294,68 +2242,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="360F7BF9" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00933573" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Reason for fixed-term employment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B13D6E7" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text71"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
@@ -2439,127 +2387,256 @@
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Listruta1"/>
             <w:r w:rsidR="009C765B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="009C765B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009C765B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="76A77405" w14:textId="77777777" w:rsidTr="007120DF">
+      <w:tr w:rsidR="002E0A4A" w:rsidRPr="00933573" w:rsidTr="009E4A90">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02BE090C" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00F969EE" w:rsidP="00260BEB">
-[...16 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="002E0A4A" w:rsidRPr="00F37216" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Annual salary level (the year that the salary is set in)</w:t>
+            </w:r>
+            <w:r w:rsidR="001D0C7F" w:rsidRPr="00B60072">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Not included in salary revi</w:t>
+            </w:r>
+            <w:r w:rsidR="001D0C7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sion</w:t>
+            </w:r>
+            <w:r w:rsidR="001D0C7F" w:rsidRPr="00B60072">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (time limit 12 months or less)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text71"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00933573">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F75679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F75679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F75679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E0A4A" w:rsidRPr="00F75679" w:rsidTr="007120DF">
+        <w:trPr>
+          <w:trHeight w:val="293"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10774" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002E0A4A" w:rsidRPr="004136B1" w:rsidRDefault="004136B1" w:rsidP="002E0A4A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0095722D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Other information regarding compensation and terms of employment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004136B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="002E0A4A" w:rsidRPr="004136B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>The employment is conditional on a work permit being granted by the Swedish Migration Board before the employment begins.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E0A4A" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB069C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...9 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For information, an employer may not have an employee who </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>does not have a relevant permit from the Swedish Migration Board.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB069C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">For information, an employer may not have an employee who </w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> If this has nevertheless happened, the employer has an obligation to terminate the employment immediately without complying with rules on employment protection.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="232FAA5D" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00FB069C" w:rsidP="00FB069C">
+          <w:p w:rsidR="002E0A4A" w:rsidRPr="00F75679" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text71"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Annat t.ex. namn på vikarie"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text71"/>
             <w:r>
@@ -2621,302 +2698,302 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="111AD38A" w14:textId="77777777" w:rsidR="00BC0BEC" w:rsidRDefault="00BC0BEC">
+    <w:p w:rsidR="00BC0BEC" w:rsidRDefault="00BC0BEC">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-781" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5246"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="37A44635" w14:textId="77777777" w:rsidTr="00E319CE">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidTr="00E319CE">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4D320204" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="128425BA" w14:textId="77777777" w:rsidR="00F969EE" w:rsidRPr="00F969EE" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
+          <w:p w:rsidR="00F969EE" w:rsidRPr="00F969EE" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F969EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Conditions of employment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72A814FA" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3539B4CE" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01DA1197" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="25E17DA9" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="569E91E4" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1C4FABFA" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3785489F" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F3FDB73" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1FD27C88" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="69003842" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="487B276C" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="1F335DF5" w14:textId="77777777" w:rsidTr="00933573">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidTr="00933573">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="594"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34262F47" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00933573" w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>onthly salary</w:t>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00933573" w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>full time</w:t>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37F09055" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00933573" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text71"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -2964,427 +3041,416 @@
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00933573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> kr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="22DDE90B" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00F969EE" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00F969EE" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Salary payment</w:t>
             </w:r>
             <w:r w:rsidR="00260BEB" w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36420E82" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00BC0BEC" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00BC0BEC" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Villkorsavtal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E114D4" w:rsidRPr="00F75679" w14:paraId="67ABC772" w14:textId="77777777" w:rsidTr="00F05BFA">
+      <w:tr w:rsidR="00E114D4" w:rsidRPr="00F75679" w:rsidTr="00F05BFA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="594"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="10A8337C" w14:textId="77777777" w:rsidR="00E114D4" w:rsidRPr="00F75679" w:rsidRDefault="00E114D4" w:rsidP="00260BEB">
+          <w:p w:rsidR="00E114D4" w:rsidRPr="00F75679" w:rsidRDefault="00E114D4" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Agreement</w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FCBC75C" w14:textId="77777777" w:rsidR="00E114D4" w:rsidRPr="00F75679" w:rsidRDefault="00BC0BEC" w:rsidP="00E114D4">
+          <w:p w:rsidR="00E114D4" w:rsidRPr="00F75679" w:rsidRDefault="00BC0BEC" w:rsidP="00E114D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Villkorsavtal</w:t>
             </w:r>
             <w:r w:rsidR="00E114D4" w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">                                 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w14:paraId="1E05ECC8" w14:textId="77777777" w:rsidTr="00933573">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidTr="00933573">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="440F5501" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00933573" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00933573" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Vacation</w:t>
             </w:r>
             <w:r w:rsidR="00260BEB" w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B3CD31E" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="009C765B" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="009C765B" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj från listan"/>
                     <w:listEntry w:val="Vaccation according to Villkorsavtalet"/>
                     <w:listEntry w:val="Standard vaccation according to local agreement"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="077BF1E1" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00F969EE" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00F969EE" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Notice period</w:t>
             </w:r>
             <w:r w:rsidR="00260BEB" w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38FAFF42" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00BC0BEC" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00BC0BEC" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj från listan"/>
                     <w:listEntry w:val="Villkorsavtal"/>
                     <w:listEntry w:val="Chefsavtal"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="101F5B80" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F969EE" w14:paraId="7027D5E7" w14:textId="77777777" w:rsidTr="00933573">
+      <w:tr w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidTr="00933573">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1862"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64597FBC" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58862949" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DEAB521" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F75679" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="20338423" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00F969EE" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00F969EE" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F969EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Elect</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ronical</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>ronical s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F969EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> s</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F969EE">
+              <w:t xml:space="preserve">ignature on the following page </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">ignature on the following page </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="736101B0" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00F969EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00F969EE">
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-          <w:p w14:paraId="415C444C" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0BB4DCEC" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
-[...9 lines deleted...]
-          <w:p w14:paraId="348BFDE3" w14:textId="77777777" w:rsidR="00F969EE" w:rsidRPr="00D34647" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
+          <w:p w:rsidR="00F969EE" w:rsidRPr="00D34647" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Date and signature, </w:t>
             </w:r>
             <w:r w:rsidR="00FB069C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3424,204 +3490,193 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FB069C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>employer</w:t>
             </w:r>
             <w:r w:rsidR="00FB069C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
-          <w:p w14:paraId="7997B11F" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B72F34A" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
+          <w:p w:rsidR="00260BEB" w:rsidRPr="00F969EE" w:rsidRDefault="00260BEB" w:rsidP="00260BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="red"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F969EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="red"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13EC2FA2" w14:textId="77777777" w:rsidR="00F969EE" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
+          <w:p w:rsidR="00F969EE" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="66EC13D8" w14:textId="77777777" w:rsidR="00FB069C" w:rsidRPr="00F969EE" w:rsidRDefault="00FB069C" w:rsidP="00FB069C">
+          <w:p w:rsidR="00FB069C" w:rsidRPr="00F969EE" w:rsidRDefault="00FB069C" w:rsidP="00FB069C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F969EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Elect</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ronical</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>ronical s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F969EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> s</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">ignature on the following page </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09C235F1" w14:textId="77777777" w:rsidR="00260BEB" w:rsidRDefault="00260BEB" w:rsidP="00F969EE">
+          <w:p w:rsidR="00260BEB" w:rsidRDefault="00260BEB" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="red"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7A9C0450" w14:textId="77777777" w:rsidR="00FB069C" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
+          <w:p w:rsidR="00FB069C" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="red"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E5E5FE2" w14:textId="77777777" w:rsidR="00FB069C" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
+          <w:p w:rsidR="00FB069C" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="red"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15912D75" w14:textId="77777777" w:rsidR="00FB069C" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
+          <w:p w:rsidR="00FB069C" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="red"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7D89987F" w14:textId="77777777" w:rsidR="00FB069C" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
+          <w:p w:rsidR="00FB069C" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="red"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="22AC4CC7" w14:textId="77777777" w:rsidR="00FB069C" w:rsidRPr="00D34647" w:rsidRDefault="00FB069C" w:rsidP="00FB069C">
+          <w:p w:rsidR="00FB069C" w:rsidRPr="00D34647" w:rsidRDefault="00FB069C" w:rsidP="00FB069C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Date and signature, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3659,149 +3714,145 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>employee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="470A45E2" w14:textId="77777777" w:rsidR="00FB069C" w:rsidRPr="00F969EE" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
+          <w:p w:rsidR="00FB069C" w:rsidRPr="00F969EE" w:rsidRDefault="00FB069C" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="red"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4345E0D9" w14:textId="77777777" w:rsidR="00897FB5" w:rsidRPr="00F969EE" w:rsidRDefault="00AB587E" w:rsidP="008D2F70">
+    <w:p w:rsidR="00897FB5" w:rsidRPr="00F969EE" w:rsidRDefault="00AB587E" w:rsidP="008D2F70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F969EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ACFCE41" w14:textId="77777777" w:rsidR="001C3B55" w:rsidRPr="00F969EE" w:rsidRDefault="001C3B55" w:rsidP="006012AF">
+    <w:p w:rsidR="001C3B55" w:rsidRPr="00F969EE" w:rsidRDefault="001C3B55" w:rsidP="006012AF">
       <w:pPr>
         <w:ind w:left="-851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41288342" w14:textId="77777777" w:rsidR="00F969EE" w:rsidRPr="00217113" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
+    <w:p w:rsidR="00F969EE" w:rsidRPr="00217113" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
       <w:pPr>
         <w:ind w:left="-851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Notes, for office use only</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-781" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2411"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="10774"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA418F" w:rsidRPr="00F75679" w14:paraId="1EFD3EE1" w14:textId="77777777" w:rsidTr="00627A5F">
+      <w:tr w:rsidR="00EA418F" w:rsidRPr="00F75679" w:rsidTr="00627A5F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="4A404754" w14:textId="77777777" w:rsidR="00EA418F" w:rsidRPr="00F75679" w:rsidRDefault="00EA418F" w:rsidP="00217113">
+          <w:p w:rsidR="00EA418F" w:rsidRPr="00F75679" w:rsidRDefault="00EA418F" w:rsidP="00217113">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">BESTA: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
@@ -3841,1169 +3892,639 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75679">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA418F" w:rsidRPr="00F75679" w14:paraId="245BACC8" w14:textId="77777777" w:rsidTr="00EA418F">
-[...855 lines deleted...]
-      <w:tr w:rsidR="00EA418F" w:rsidRPr="00F969EE" w14:paraId="4CD8D3D9" w14:textId="77777777" w:rsidTr="00EA418F">
+      <w:tr w:rsidR="00EA418F" w:rsidRPr="00F969EE" w:rsidTr="00EA418F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="178357A2" w14:textId="77777777" w:rsidR="00F969EE" w:rsidRPr="000C3674" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
+          <w:p w:rsidR="00F969EE" w:rsidRPr="000C3674" w:rsidRDefault="00F969EE" w:rsidP="00F969EE">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C3674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>For other working hours than daily work, fill in the form Work schedule which is available on the local</w:t>
             </w:r>
             <w:r w:rsidRPr="000C3674">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000C3674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>intranet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24C5A1B1" w14:textId="77777777" w:rsidR="00EA418F" w:rsidRPr="00F969EE" w:rsidRDefault="00EA418F">
+          <w:p w:rsidR="00EA418F" w:rsidRPr="00F969EE" w:rsidRDefault="00EA418F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35440FCA" w14:textId="77777777" w:rsidR="00DD2F7E" w:rsidRPr="00F969EE" w:rsidRDefault="00DD2F7E" w:rsidP="00217113">
+    <w:p w:rsidR="00622679" w:rsidRDefault="00622679" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="00622679" w:rsidRDefault="00622679" w:rsidP="00622679">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="002E0A4A" w:rsidRPr="00622679">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information according to the Employment protection act (LAS) 6c§, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Working Hours</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Working hours are regulated in the above-mentioned collective agreement (villkorsavtal).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The empoyer shall give the employee no less than two weeks’ advance notice of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>• changes concerning the organisation of regular working time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>• information that the working hours will vary between different hours and days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This regulation does not apply to employees with annual working hours (Sw. Årsarbetstid) and employees with non-regulated working hours (Sw. Förtroendearbetstid).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Employer's contributions and social security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The employer pays employer's contributions according to the Social Fee Act (2000:980). In addition, the Sick Pay Act (1991:1047) is applicable. The employee may also, where applicable, be granted benefits during sick leave and parental leave according to the above-mentioned collective agreement (Villkorsavtal) as well as benefits according to other collective agreements such as the Occupational Pension Agreement PA16, the Job Security Agreement, Agreement on Compensationfor Personal Injury, PSA and Government Service Group Life Insurance (Sw. TGL-S). Employees covered by the Specific Agreement for Certain Public Employments (VASA), may in certain cases be granted social security under Ordinance (1965:459) on Group Life Insurance for Participants in Labor Market Training etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Central and local collective agreements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="006B5D93" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>In addition to the above terms and conditions agreement, the employee is also covered by other central collective agreements within the government agreement area, see arbetsgivarverket.se, and, where applicable, local collective agreements entered into by the employer on the basis of such a central agreement or by delegation from the Swedish Agency for Government Employers. Information on the content of such local agreements is available on KI's employee portal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Termination of employment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>How an employment is terminated and what each party needs to consider when an employment is terminated is determined by Sections 4, 4 b, 34–37 and 40–42, the Employment Protection Act. In addition, Sections 8–11, the Public Employment Act are applicable as well as applicable regulations under the above mentioned collective agreement mentioned under Terms of employment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="007525DC" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0A4A" w:rsidRPr="00F969EE" w:rsidRDefault="002E0A4A" w:rsidP="002E0A4A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Where applicable, the employee is entitled to training to the extent regulated by law, for example training in work environment regulations that are relevant to the work tasks.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007525DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:cr/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00DD2F7E" w:rsidRPr="00F969EE" w:rsidSect="00E319CE">
+    <w:sectPr w:rsidR="002E0A4A" w:rsidRPr="00F969EE" w:rsidSect="00E319CE">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="566" w:bottom="1418" w:left="1418" w:header="397" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E666AA4" w14:textId="77777777" w:rsidR="000B2E93" w:rsidRDefault="000B2E93">
+    <w:p w:rsidR="00FF0803" w:rsidRDefault="00FF0803">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EFD44B4" w14:textId="77777777" w:rsidR="000B2E93" w:rsidRDefault="000B2E93">
+    <w:p w:rsidR="00FF0803" w:rsidRDefault="00FF0803">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="02020400000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17BFC1CC" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="007E5203">
+  <w:p w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="007E5203">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="327A6762" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="007E5203">
+  <w:p w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="007E5203">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Postadress                          Besöksadress              Telefon                       Webb                    Organisationsnummer</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1CDCDDE4" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="007E5203">
+  <w:p w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="007E5203">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">171 </w:t>
-[...15 lines deleted...]
-      <w:t xml:space="preserve">              Nobels väg 5                08-524 800 00             </w:t>
+      <w:t xml:space="preserve">171 77  Stockholm              Nobels väg 5                08-524 800 00             </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="00475435">
         <w:rPr>
-          <w:rStyle w:val="Hyperlnk"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>www.ki.se</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">             </w:t>
+      <w:t xml:space="preserve">             202100-2973</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="gramEnd"/>
   </w:p>
-  <w:p w14:paraId="60392BA6" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234">
+  <w:p w:rsidR="00227234" w:rsidRDefault="00227234">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4D597CC9" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="00D733E8" w:rsidRDefault="00227234" w:rsidP="00636C2F">
+  <w:p w:rsidR="00227234" w:rsidRPr="00D733E8" w:rsidRDefault="00227234" w:rsidP="00636C2F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7D150947" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="000127C5" w:rsidRDefault="00227234" w:rsidP="000127C5">
+  <w:p w:rsidR="00227234" w:rsidRPr="000127C5" w:rsidRDefault="00227234" w:rsidP="000127C5">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:ind w:hanging="851"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E80EB6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:softHyphen/>
     </w:r>
     <w:r w:rsidRPr="00E80EB6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:softHyphen/>
     </w:r>
     <w:r w:rsidRPr="00E80EB6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5047,571 +4568,607 @@
       <w:softHyphen/>
     </w:r>
     <w:r w:rsidRPr="00E80EB6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:softHyphen/>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10774" w:type="dxa"/>
       <w:tblInd w:w="-743" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="567"/>
       <w:gridCol w:w="1928"/>
       <w:gridCol w:w="1928"/>
       <w:gridCol w:w="1928"/>
       <w:gridCol w:w="1928"/>
       <w:gridCol w:w="1928"/>
       <w:gridCol w:w="567"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00227234" w14:paraId="1C1F4B89" w14:textId="77777777" w:rsidTr="003C489A">
+    <w:tr w:rsidR="00227234" w:rsidTr="003C489A">
       <w:trPr>
         <w:trHeight w:val="570"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="567" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2B11D5F7" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">               </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1928" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="664A313B" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Postadress</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="474F8FBB" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">171 </w:t>
+            <w:t>171 77  Stockholm</w:t>
           </w:r>
-          <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-          <w:proofErr w:type="gramEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1928" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5249D6F8" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Besöksadress</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="75C8C05B" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Nobels väg 5</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="31886237" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Solna</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1928" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="582C94E5" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Telefon</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="415908E2" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>08-524 800 00</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1928" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0FB68AF7" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Webb</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="68FDD66F" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>www.ki.se</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1928" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6D183CB5" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Organisationsnummer</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="55DDEA88" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="00535EB2">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>202100-2973</w:t>
           </w:r>
-          <w:proofErr w:type="gramEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="567" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3D7B4A22" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="3DD7D551" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="006E0997">
+        <w:p w:rsidR="00227234" w:rsidRPr="003C489A" w:rsidRDefault="00227234" w:rsidP="006E0997">
           <w:pPr>
-            <w:pStyle w:val="Sidfot"/>
+            <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="77A188B4" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="00E80EB6" w:rsidRDefault="00227234" w:rsidP="00535EB2">
+  <w:p w:rsidR="00227234" w:rsidRPr="00E80EB6" w:rsidRDefault="00227234" w:rsidP="00535EB2">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EE2D42A" w14:textId="77777777" w:rsidR="000B2E93" w:rsidRDefault="000B2E93">
+    <w:p w:rsidR="00FF0803" w:rsidRDefault="00FF0803">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2576B6F0" w14:textId="77777777" w:rsidR="000B2E93" w:rsidRDefault="000B2E93">
+    <w:p w:rsidR="00FF0803" w:rsidRDefault="00FF0803">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="55EC5819" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234">
+  <w:p w:rsidR="00227234" w:rsidRDefault="006A0C80">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001D31CB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="064E2DD7">
-[...22 lines deleted...]
-      </w:pict>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:extent cx="2095500" cy="857250"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1" name="Bild 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Bild 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2095500" cy="857250"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00227234">
       <w:t xml:space="preserve">                                           </w:t>
     </w:r>
-    <w:r w:rsidRPr="00CA3AE0">
+    <w:r w:rsidR="00227234" w:rsidRPr="00CA3AE0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>EMPLOYMENT</w:t>
     </w:r>
     <w:r w:rsidR="007F5D42">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> CONTRACT</w:t>
     </w:r>
-    <w:r w:rsidRPr="003C489A">
+    <w:r w:rsidR="00227234" w:rsidRPr="003C489A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
-    <w:r w:rsidRPr="00D733E8">
+    <w:r w:rsidR="00227234" w:rsidRPr="00D733E8">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">         </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00227234">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                        </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="66FCAB38" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234">
+  <w:p w:rsidR="00227234" w:rsidRDefault="00227234">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D733E8">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                          </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="-743" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5964"/>
       <w:gridCol w:w="4117"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00227234" w14:paraId="7790C7D1" w14:textId="77777777" w:rsidTr="00FB069C">
+    <w:tr w:rsidR="00227234" w:rsidTr="00FB069C">
       <w:trPr>
         <w:trHeight w:val="1060"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5964" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="69DEFCC6" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="003C489A">
+        <w:p w:rsidR="00227234" w:rsidRDefault="006A0C80" w:rsidP="003C489A">
           <w:pPr>
-            <w:pStyle w:val="Sidhuvud"/>
+            <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="9923"/>
             </w:tabs>
           </w:pPr>
           <w:r w:rsidRPr="001D31CB">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:pict w14:anchorId="00413D3E">
-[...22 lines deleted...]
-            </w:pict>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="2095500" cy="857250"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2" name="Bild 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Bild 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2095500" cy="857250"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4117" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2A941BE3" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="00004A0A">
+        <w:p w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="00004A0A">
           <w:pPr>
-            <w:pStyle w:val="Sidhuvud"/>
+            <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="9923"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="0EFE92C8" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="00004A0A">
+        <w:p w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="00004A0A">
           <w:pPr>
-            <w:pStyle w:val="Sidhuvud"/>
+            <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="9923"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="5751C8CA" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="00004A0A" w:rsidRDefault="00227234" w:rsidP="00004A0A">
+        <w:p w:rsidR="00227234" w:rsidRPr="00004A0A" w:rsidRDefault="00227234" w:rsidP="00004A0A">
           <w:pPr>
-            <w:pStyle w:val="Sidhuvud"/>
+            <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="9923"/>
             </w:tabs>
             <w:ind w:right="-216"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CA3AE0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>EMPLOYMENT</w:t>
           </w:r>
           <w:r w:rsidR="009C765B">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve"> CONTRACT   </w:t>
           </w:r>
           <w:r w:rsidRPr="003C489A">
@@ -5624,403 +5181,403 @@
           </w:r>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TIME \@ "yyyy-MM-dd" </w:instrText>
           </w:r>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00FC13FA">
+          <w:r w:rsidR="00022774">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>2025-08-04</w:t>
+            <w:t>2025-11-04</w:t>
           </w:r>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="003C489A">
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve">                          </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00227234" w14:paraId="4208E914" w14:textId="77777777" w:rsidTr="00FB069C">
+    <w:tr w:rsidR="00227234" w:rsidTr="00FB069C">
       <w:trPr>
         <w:trHeight w:val="209"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5964" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="084EA659" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="001D31CB" w:rsidRDefault="00227234" w:rsidP="003C489A">
+        <w:p w:rsidR="00227234" w:rsidRPr="001D31CB" w:rsidRDefault="00227234" w:rsidP="003C489A">
           <w:pPr>
-            <w:pStyle w:val="Sidhuvud"/>
+            <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="9923"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4117" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4C505CE7" w14:textId="77777777" w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="00004A0A">
+        <w:p w:rsidR="00227234" w:rsidRDefault="00227234" w:rsidP="00004A0A">
           <w:pPr>
-            <w:pStyle w:val="Sidhuvud"/>
+            <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="9923"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="6AE271F7" w14:textId="77777777" w:rsidR="00227234" w:rsidRPr="00FB069C" w:rsidRDefault="00227234" w:rsidP="00FB069C">
+  <w:p w:rsidR="00227234" w:rsidRPr="00FB069C" w:rsidRDefault="00227234" w:rsidP="00FB069C">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="116"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="dKGND9rciDclgKb/+6gelpCEcLzy6+lTTJpQv5jinycpXCJhWNpCJPvLu1fXapWeqx5jKWdtdpP4Jf92xTk1Jw==" w:salt="qjIayIJSQyfg1cG7aHe9sg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="MQr4S8yvbL4/O2WGfta/Cz8pz6gCfC2bHn1p1zNlQ1a7mU7tdVIHSRowwWV5wJjn9gLBHe55pP9GKMtO1mXS6A==" w:salt="4bmdvsZ3K+J6NV91x5cvuw=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B2D5A"/>
     <w:rsid w:val="00004A0A"/>
     <w:rsid w:val="00011A0F"/>
     <w:rsid w:val="000127C5"/>
+    <w:rsid w:val="00022774"/>
     <w:rsid w:val="00026C0E"/>
     <w:rsid w:val="00034E5E"/>
     <w:rsid w:val="00050B79"/>
     <w:rsid w:val="000656F8"/>
     <w:rsid w:val="000A05A2"/>
     <w:rsid w:val="000A57F7"/>
     <w:rsid w:val="000A61BA"/>
     <w:rsid w:val="000A72C3"/>
     <w:rsid w:val="000B2E93"/>
     <w:rsid w:val="000C6A1A"/>
     <w:rsid w:val="000D1D2B"/>
     <w:rsid w:val="000D1E2D"/>
     <w:rsid w:val="000D6B94"/>
     <w:rsid w:val="000D7C84"/>
     <w:rsid w:val="000E0CDA"/>
     <w:rsid w:val="000E64E3"/>
     <w:rsid w:val="001002A1"/>
     <w:rsid w:val="00105B68"/>
     <w:rsid w:val="001210B3"/>
     <w:rsid w:val="00126081"/>
     <w:rsid w:val="00142D59"/>
     <w:rsid w:val="00144C7A"/>
     <w:rsid w:val="00155E5A"/>
     <w:rsid w:val="00161703"/>
     <w:rsid w:val="00162211"/>
     <w:rsid w:val="00163F65"/>
     <w:rsid w:val="0018189E"/>
     <w:rsid w:val="00182478"/>
     <w:rsid w:val="001922FE"/>
     <w:rsid w:val="00192E22"/>
     <w:rsid w:val="001A4643"/>
     <w:rsid w:val="001B1842"/>
     <w:rsid w:val="001C2A32"/>
     <w:rsid w:val="001C3B55"/>
     <w:rsid w:val="001C3E97"/>
+    <w:rsid w:val="001D0C7F"/>
     <w:rsid w:val="001E3A7D"/>
     <w:rsid w:val="001E4844"/>
     <w:rsid w:val="001F6DAC"/>
     <w:rsid w:val="00217113"/>
     <w:rsid w:val="00221412"/>
     <w:rsid w:val="00225824"/>
     <w:rsid w:val="00227234"/>
     <w:rsid w:val="00230BCE"/>
     <w:rsid w:val="00233A40"/>
     <w:rsid w:val="002434D9"/>
     <w:rsid w:val="00252493"/>
     <w:rsid w:val="002568E2"/>
     <w:rsid w:val="00260BEB"/>
     <w:rsid w:val="002745EE"/>
     <w:rsid w:val="00276C55"/>
     <w:rsid w:val="00294492"/>
     <w:rsid w:val="002A3F76"/>
+    <w:rsid w:val="002B3082"/>
     <w:rsid w:val="002B4704"/>
+    <w:rsid w:val="002E0A4A"/>
     <w:rsid w:val="002E2E5C"/>
     <w:rsid w:val="002F2C22"/>
     <w:rsid w:val="0030060F"/>
     <w:rsid w:val="00307BAA"/>
     <w:rsid w:val="00321CF8"/>
     <w:rsid w:val="00323379"/>
     <w:rsid w:val="003256BC"/>
     <w:rsid w:val="00325C6C"/>
     <w:rsid w:val="00331A47"/>
     <w:rsid w:val="00334697"/>
     <w:rsid w:val="003371A8"/>
     <w:rsid w:val="00341D43"/>
     <w:rsid w:val="00350780"/>
     <w:rsid w:val="00357660"/>
     <w:rsid w:val="00360CDD"/>
     <w:rsid w:val="00367C1B"/>
     <w:rsid w:val="00370882"/>
     <w:rsid w:val="00377123"/>
     <w:rsid w:val="00390094"/>
     <w:rsid w:val="003B0B93"/>
     <w:rsid w:val="003C489A"/>
     <w:rsid w:val="003C7855"/>
     <w:rsid w:val="003D7315"/>
     <w:rsid w:val="003E23CB"/>
     <w:rsid w:val="003E64BC"/>
     <w:rsid w:val="003F608C"/>
     <w:rsid w:val="00405F1E"/>
     <w:rsid w:val="004068B5"/>
+    <w:rsid w:val="004136B1"/>
     <w:rsid w:val="004155A9"/>
     <w:rsid w:val="00415D3C"/>
     <w:rsid w:val="00417AD6"/>
     <w:rsid w:val="004340EC"/>
     <w:rsid w:val="00460C62"/>
     <w:rsid w:val="00461E02"/>
     <w:rsid w:val="00475435"/>
     <w:rsid w:val="004836EA"/>
     <w:rsid w:val="004855BC"/>
     <w:rsid w:val="00491AC6"/>
     <w:rsid w:val="00494762"/>
     <w:rsid w:val="004B06E8"/>
     <w:rsid w:val="004B4D61"/>
     <w:rsid w:val="004B5618"/>
     <w:rsid w:val="004D3C0F"/>
     <w:rsid w:val="004E16D9"/>
     <w:rsid w:val="004F77C2"/>
     <w:rsid w:val="00523513"/>
     <w:rsid w:val="00535EB2"/>
     <w:rsid w:val="00542189"/>
     <w:rsid w:val="00574977"/>
     <w:rsid w:val="0058235F"/>
     <w:rsid w:val="005C0742"/>
     <w:rsid w:val="005D5680"/>
     <w:rsid w:val="006012AF"/>
     <w:rsid w:val="006054E6"/>
     <w:rsid w:val="0061447B"/>
     <w:rsid w:val="006148D1"/>
+    <w:rsid w:val="00622679"/>
     <w:rsid w:val="00627A5F"/>
     <w:rsid w:val="00630B17"/>
     <w:rsid w:val="00633E50"/>
     <w:rsid w:val="00634982"/>
     <w:rsid w:val="006358D0"/>
     <w:rsid w:val="00636C2F"/>
     <w:rsid w:val="00646FCB"/>
     <w:rsid w:val="00647B72"/>
     <w:rsid w:val="006508F2"/>
     <w:rsid w:val="00663EE7"/>
     <w:rsid w:val="00670EFE"/>
     <w:rsid w:val="00675502"/>
     <w:rsid w:val="00676048"/>
     <w:rsid w:val="00680435"/>
+    <w:rsid w:val="00682BB2"/>
     <w:rsid w:val="00690EC3"/>
+    <w:rsid w:val="006A0C80"/>
     <w:rsid w:val="006A29F3"/>
     <w:rsid w:val="006A37EF"/>
     <w:rsid w:val="006A5797"/>
     <w:rsid w:val="006C4333"/>
     <w:rsid w:val="006D7292"/>
     <w:rsid w:val="006E0997"/>
     <w:rsid w:val="006F6531"/>
     <w:rsid w:val="007120DF"/>
     <w:rsid w:val="007155B7"/>
     <w:rsid w:val="0072168F"/>
     <w:rsid w:val="007223F0"/>
     <w:rsid w:val="00726D21"/>
     <w:rsid w:val="00733D34"/>
     <w:rsid w:val="007511B6"/>
     <w:rsid w:val="007535F9"/>
     <w:rsid w:val="00754382"/>
+    <w:rsid w:val="00765B47"/>
     <w:rsid w:val="0078179D"/>
     <w:rsid w:val="007E5203"/>
     <w:rsid w:val="007E75BA"/>
     <w:rsid w:val="007F5D42"/>
     <w:rsid w:val="008155D6"/>
     <w:rsid w:val="00823879"/>
     <w:rsid w:val="00824CED"/>
     <w:rsid w:val="0085438E"/>
     <w:rsid w:val="008566B4"/>
     <w:rsid w:val="00861C3D"/>
     <w:rsid w:val="008628C6"/>
+    <w:rsid w:val="00863C0B"/>
     <w:rsid w:val="00870C11"/>
     <w:rsid w:val="00875361"/>
     <w:rsid w:val="00876B0F"/>
     <w:rsid w:val="00897FB5"/>
     <w:rsid w:val="008B5528"/>
     <w:rsid w:val="008B5D75"/>
     <w:rsid w:val="008B736B"/>
     <w:rsid w:val="008C2BCC"/>
     <w:rsid w:val="008D2F70"/>
     <w:rsid w:val="008D3796"/>
     <w:rsid w:val="008E4136"/>
     <w:rsid w:val="008F3874"/>
     <w:rsid w:val="00904E47"/>
     <w:rsid w:val="00917564"/>
     <w:rsid w:val="00933573"/>
     <w:rsid w:val="00934D18"/>
     <w:rsid w:val="00937378"/>
     <w:rsid w:val="00937DA2"/>
     <w:rsid w:val="00941451"/>
     <w:rsid w:val="00942CE4"/>
     <w:rsid w:val="00987E5B"/>
     <w:rsid w:val="009A6085"/>
     <w:rsid w:val="009A6D2F"/>
     <w:rsid w:val="009B2D5A"/>
     <w:rsid w:val="009C1146"/>
     <w:rsid w:val="009C765B"/>
     <w:rsid w:val="009D28B9"/>
     <w:rsid w:val="009D6CD9"/>
     <w:rsid w:val="009E4469"/>
+    <w:rsid w:val="009E4A90"/>
     <w:rsid w:val="009F11E0"/>
     <w:rsid w:val="009F4E8C"/>
     <w:rsid w:val="009F5820"/>
     <w:rsid w:val="00A0430C"/>
     <w:rsid w:val="00A556C2"/>
     <w:rsid w:val="00A6375F"/>
     <w:rsid w:val="00A646A4"/>
     <w:rsid w:val="00A6490D"/>
     <w:rsid w:val="00A65508"/>
     <w:rsid w:val="00A71506"/>
     <w:rsid w:val="00A724AB"/>
     <w:rsid w:val="00A7268C"/>
     <w:rsid w:val="00A8042B"/>
     <w:rsid w:val="00A82745"/>
     <w:rsid w:val="00A83D78"/>
     <w:rsid w:val="00A937E3"/>
     <w:rsid w:val="00AA3334"/>
     <w:rsid w:val="00AA5EAC"/>
     <w:rsid w:val="00AB33E5"/>
     <w:rsid w:val="00AB587E"/>
     <w:rsid w:val="00AB5A21"/>
     <w:rsid w:val="00AB6D80"/>
     <w:rsid w:val="00AD2C28"/>
     <w:rsid w:val="00AD5776"/>
     <w:rsid w:val="00AD7E35"/>
     <w:rsid w:val="00AE13B2"/>
     <w:rsid w:val="00AE5EC0"/>
     <w:rsid w:val="00AE7CB7"/>
     <w:rsid w:val="00AF6428"/>
     <w:rsid w:val="00B058D6"/>
     <w:rsid w:val="00B07A45"/>
     <w:rsid w:val="00B11734"/>
     <w:rsid w:val="00B11814"/>
     <w:rsid w:val="00B17B4B"/>
     <w:rsid w:val="00B35D43"/>
     <w:rsid w:val="00B46D5D"/>
     <w:rsid w:val="00B5168E"/>
     <w:rsid w:val="00B53B20"/>
     <w:rsid w:val="00B67AF9"/>
     <w:rsid w:val="00BA5D3F"/>
     <w:rsid w:val="00BA7CF4"/>
     <w:rsid w:val="00BC0BEC"/>
     <w:rsid w:val="00BF1C4D"/>
     <w:rsid w:val="00C00A03"/>
     <w:rsid w:val="00C04089"/>
     <w:rsid w:val="00C17AB3"/>
     <w:rsid w:val="00C20E7F"/>
+    <w:rsid w:val="00C2426D"/>
     <w:rsid w:val="00C3146F"/>
     <w:rsid w:val="00C4262A"/>
     <w:rsid w:val="00C53643"/>
     <w:rsid w:val="00C56D66"/>
     <w:rsid w:val="00C57B5E"/>
     <w:rsid w:val="00C60C01"/>
     <w:rsid w:val="00C612FC"/>
     <w:rsid w:val="00C62399"/>
     <w:rsid w:val="00C644CF"/>
     <w:rsid w:val="00C741F6"/>
     <w:rsid w:val="00C8751D"/>
     <w:rsid w:val="00C93D13"/>
     <w:rsid w:val="00C958A4"/>
     <w:rsid w:val="00CA3BCD"/>
     <w:rsid w:val="00CC10EE"/>
     <w:rsid w:val="00CC4A16"/>
     <w:rsid w:val="00CC62D0"/>
     <w:rsid w:val="00CC65B8"/>
     <w:rsid w:val="00CD30B6"/>
     <w:rsid w:val="00CD4A8E"/>
     <w:rsid w:val="00CD5A64"/>
     <w:rsid w:val="00D0320A"/>
     <w:rsid w:val="00D126A1"/>
     <w:rsid w:val="00D12804"/>
     <w:rsid w:val="00D233B7"/>
@@ -6068,90 +5625,89 @@
     <w:rsid w:val="00F05BFA"/>
     <w:rsid w:val="00F074CF"/>
     <w:rsid w:val="00F10ADC"/>
     <w:rsid w:val="00F12D9D"/>
     <w:rsid w:val="00F157E3"/>
     <w:rsid w:val="00F22B5C"/>
     <w:rsid w:val="00F27F99"/>
     <w:rsid w:val="00F309B9"/>
     <w:rsid w:val="00F504EE"/>
     <w:rsid w:val="00F61F81"/>
     <w:rsid w:val="00F63311"/>
     <w:rsid w:val="00F64A61"/>
     <w:rsid w:val="00F65B02"/>
     <w:rsid w:val="00F66BDC"/>
     <w:rsid w:val="00F746DE"/>
     <w:rsid w:val="00F75679"/>
     <w:rsid w:val="00F76B89"/>
     <w:rsid w:val="00F94B17"/>
     <w:rsid w:val="00F96524"/>
     <w:rsid w:val="00F969EE"/>
     <w:rsid w:val="00FA2202"/>
     <w:rsid w:val="00FB069C"/>
     <w:rsid w:val="00FB22B5"/>
     <w:rsid w:val="00FB6BF5"/>
     <w:rsid w:val="00FB7EA1"/>
-    <w:rsid w:val="00FC13FA"/>
     <w:rsid w:val="00FC3061"/>
     <w:rsid w:val="00FC798F"/>
+    <w:rsid w:val="00FF0803"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-[...2 lines deleted...]
-  <w15:docId w15:val="{3926AD9B-792A-4646-9155-7853B9E29193}"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:docId w15:val="{17CEE06F-10DF-4DF7-A0A5-510BE242CB0B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6490,180 +6046,181 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A71506"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:rsid w:val="00904E47"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00904E47"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00C644CF"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00D508FF"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="009F4E8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...1 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
     <w:rsid w:val="009F4E8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
     <w:rsid w:val="00417AD6"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="004B06E8"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:rsid w:val="004B06E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="428739474">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6740,93 +6297,93 @@
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ki.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///G:\Pa\FE\Anstallningsavtal%20ny%20mall.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6834,51 +6391,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6945,65 +6502,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -7024,126 +6581,106 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D56B8734-4BF4-4DB8-8BC0-A1C92D8E28DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Anstallningsavtal ny mall</Template>
+  <Template>Anstallningsavtal ny mall.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2203</Characters>
+  <Pages>1</Pages>
+  <Words>754</Words>
+  <Characters>4304</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2613</CharactersWithSpaces>
+  <CharactersWithSpaces>5048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>720970</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ki.se/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>