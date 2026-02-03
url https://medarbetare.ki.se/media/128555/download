--- v0 (2026-01-11)
+++ v1 (2026-02-03)
@@ -1,180 +1,418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6420A7F7" w14:textId="7244536F" w:rsidR="001A4234" w:rsidRDefault="0042548F" w:rsidP="004921C3">
+    <w:p w14:paraId="6420A7F7" w14:textId="456CB9FB" w:rsidR="001A4234" w:rsidRDefault="00ED4A50" w:rsidP="004921C3">
       <w:pPr>
         <w:pStyle w:val="Dokumentnamn"/>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:sectPr w:rsidR="001A4234" w:rsidSect="005679D1">
-          <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId17"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1418" w:bottom="1701" w:left="2268" w:header="283" w:footer="680" w:gutter="0"/>
           <w:cols w:num="2" w:space="567" w:equalWidth="0">
             <w:col w:w="3232" w:space="567"/>
             <w:col w:w="4421"/>
           </w:cols>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA0546">
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="361848CD" wp14:editId="1D4A95D8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3936154</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>111336</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1501140" cy="480060"/>
+                <wp:effectExtent l="0" t="0" r="22860" b="15240"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="2014722150" name="Textruta 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1501140" cy="480060"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg2"/>
+                        </a:solidFill>
+                        <a:ln/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblStyle w:val="KarolinskaInstitutet"/>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="1990"/>
+                            </w:tblGrid>
+                            <w:tr w:rsidR="00ED4A50" w14:paraId="5961168B" w14:textId="77777777" w:rsidTr="005B5B23">
+                              <w:trPr>
+                                <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1990" w:type="dxa"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="55953D64" w14:textId="77777777" w:rsidR="00ED4A50" w:rsidRPr="00A65C89" w:rsidRDefault="00ED4A50">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                      <w:b w:val="0"/>
+                                      <w:bCs/>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00A65C89">
+                                    <w:rPr>
+                                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                      <w:b w:val="0"/>
+                                      <w:bCs/>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t>Dnr:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p w14:paraId="7CAABDF1" w14:textId="77777777" w:rsidR="00ED4A50" w:rsidRPr="00A65C89" w:rsidRDefault="00ED4A50" w:rsidP="00ED4A50">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00A65C89">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Samma som ansökan</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="361848CD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:309.95pt;margin-top:8.75pt;width:118.2pt;height:37.8pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZyagSaAIAADEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v0zAQfkfif7D8ztJUHYxq6VQ2DSFN&#10;28SG9uw6dmvh+Ix9bVL+es5Omo4x8YB4Sc6+++7ndz6/6BrLdipEA67i5cmEM+Uk1MatK/7t8frd&#10;GWcRhauFBacqvleRXyzevjlv/VxNYQO2VoGRExfnra/4BtHPiyLKjWpEPAGvHCk1hEYgHcO6qINo&#10;yXtji+lk8r5oIdQ+gFQx0u1Vr+SL7F9rJfFO66iQ2YpTbpi/IX9X6VsszsV8HYTfGDmkIf4hi0YY&#10;R0FHV1cCBdsG84erxsgAETSeSGgK0NpIlWugasrJi2oeNsKrXAs1J/qxTfH/uZW3uwd/Hxh2n6Cj&#10;AaaGtD7OI12mejodmvSnTBnpqYX7sW2qQyYT6HRSljNSSdLNzmgqua/FEe1DxM8KGpaEigcaS+6W&#10;2N1EpIhkejBJwSJYU18ba/MhUUFd2sB2goa4Wk9TjoT4zcq6dHnMPEu4tyq5sO6r0szUlOs0x830&#10;Ovqsv+e6yWe2TBBN0UdQ+RrI4gE02CaYypQbgZPXgMdoo3WOCA5HYGMchL+DdW9/qLqvNZWN3aob&#10;priCek/DDdDzPnp5bWgCNyLivQhEdBoaLS/e0UdbaCsOg8TZBsLP1+6TPfGPtJy1tDgVjz+2IijO&#10;7BdHzPxYzhIXMB9mpx+mdAjPNavnGrdtLoHGWtIz4WUWkz3ag6gDNE+048sUlVTCSYpdcTyIl9iv&#10;M70RUi2X2Yh2ywu8cQ9eJtepvYlfj92TCH4gIRJ9b+GwYmL+gou9bUI6WG4RtMlETQ3uuzo0nvYy&#10;s3F4Q9LiPz9nq+NLt/gFAAD//wMAUEsDBBQABgAIAAAAIQDHO9Pe4QAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqBOqhibEqVokxIUDFBDi5sRuHIjXlu22oV/PcoLjap5m&#10;3taryY7soEMcHArIZxkwjZ1TA/YCXl/ur5bAYpKo5OhQC/jWEVbN+VktK+WO+KwP29QzKsFYSQEm&#10;JV9xHjujrYwz5zVStnPBykRn6LkK8kjlduTXWVZwKwekBSO9vjO6+9rurYCpfTv5z2KTn953D8ls&#10;/FP4eFwLcXkxrW+BJT2lPxh+9UkdGnJq3R5VZKOAIi9LQim4WQAjYLko5sBaAeU8B97U/P8HzQ8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmcmoEmgCAAAxBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxzvT3uEAAAAJAQAADwAAAAAAAAAAAAAA&#10;AADCBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" fillcolor="#e7e6e6 [3214]" strokecolor="black [3200]" strokeweight="1pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblStyle w:val="KarolinskaInstitutet"/>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="1990"/>
+                      </w:tblGrid>
+                      <w:tr w:rsidR="00ED4A50" w14:paraId="5961168B" w14:textId="77777777" w:rsidTr="005B5B23">
+                        <w:trPr>
+                          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1990" w:type="dxa"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="55953D64" w14:textId="77777777" w:rsidR="00ED4A50" w:rsidRPr="00A65C89" w:rsidRDefault="00ED4A50">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                <w:b w:val="0"/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A65C89">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                <w:b w:val="0"/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Dnr:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p w14:paraId="7CAABDF1" w14:textId="77777777" w:rsidR="00ED4A50" w:rsidRPr="00A65C89" w:rsidRDefault="00ED4A50" w:rsidP="00ED4A50">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00A65C89">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Samma som ansökan</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="0042548F" w:rsidRPr="00FA0546">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A6759A2" wp14:editId="4241B692">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A6759A2" wp14:editId="4241B692">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>613079</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>428625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1799590" cy="737870"/>
             <wp:effectExtent l="0" t="0" r="0" b="5080"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Bild 3" descr="Logotyp Karolinska Institutet."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Bild 3" descr="Logotyp Karolinska Institutet."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId19"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1799590" cy="737870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D88DF7" w14:textId="6D53AE86" w:rsidR="003B4DFC" w:rsidRPr="00455316" w:rsidRDefault="0076399B" w:rsidP="00643E7B">
+    <w:p w14:paraId="5F826930" w14:textId="409C39F7" w:rsidR="00ED4A50" w:rsidRDefault="00ED4A50" w:rsidP="00643E7B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53D88DF7" w14:textId="290A50F2" w:rsidR="003B4DFC" w:rsidRPr="00F82346" w:rsidRDefault="0076399B" w:rsidP="00643E7B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00455316">
+      <w:r w:rsidRPr="00F82346">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Beslut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00455316">
+      <w:r w:rsidRPr="00F82346">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00455316">
+      <w:r w:rsidRPr="00F82346">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tillgodoräknande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="267" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -442,88 +680,75 @@
           <w:p w14:paraId="3AB7A769" w14:textId="77777777" w:rsidR="00E87926" w:rsidRPr="00E87926" w:rsidRDefault="00E87926" w:rsidP="001D0C85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00466490" w:rsidRPr="00332FA9" w14:paraId="64559357" w14:textId="77777777" w:rsidTr="005679D1">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9934" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4A6D73" w14:textId="77777777" w:rsidR="00466490" w:rsidRPr="00332FA9" w:rsidRDefault="00466490" w:rsidP="00495D7D">
+          <w:p w14:paraId="0A4A6D73" w14:textId="77777777" w:rsidR="00466490" w:rsidRPr="00E47340" w:rsidRDefault="00466490" w:rsidP="00495D7D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="26" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk195706243"/>
-            <w:r w:rsidRPr="00332FA9">
+            <w:r w:rsidRPr="00E47340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Har ansökt om tillgodoräknande av nedanstående </w:t>
             </w:r>
-            <w:r w:rsidRPr="00332FA9">
+            <w:r w:rsidRPr="00E47340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">hel </w:t>
-[...7 lines deleted...]
-              <w:t>kurs</w:t>
+              <w:t>hel kurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00466490" w:rsidRPr="00466490" w14:paraId="09973561" w14:textId="77777777" w:rsidTr="00122C39">
         <w:trPr>
           <w:trHeight w:val="3160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7099" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="7EB73AA6" w14:textId="77777777" w:rsidR="00466490" w:rsidRDefault="00466490" w:rsidP="001D0C85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -678,87 +903,74 @@
           <w:p w14:paraId="5FFD0AE1" w14:textId="32563B85" w:rsidR="005C6AB7" w:rsidRPr="005C6AB7" w:rsidRDefault="005C6AB7" w:rsidP="001D0C85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD7892" w:rsidRPr="00332FA9" w14:paraId="322F4908" w14:textId="77777777" w:rsidTr="005679D1">
         <w:trPr>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9934" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
           </w:tcPr>
-          <w:p w14:paraId="6667AB9B" w14:textId="77777777" w:rsidR="00BD7892" w:rsidRPr="00332FA9" w:rsidRDefault="00BD7892" w:rsidP="00495D7D">
+          <w:p w14:paraId="6667AB9B" w14:textId="77777777" w:rsidR="00BD7892" w:rsidRPr="00E47340" w:rsidRDefault="00BD7892" w:rsidP="00495D7D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00332FA9">
+            <w:r w:rsidRPr="00E47340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Har ansökt om tillgodoräknande på nedanstående moment </w:t>
+              <w:t xml:space="preserve">Har ansökt om tillgodoräknande på nedanstående </w:t>
             </w:r>
-            <w:r w:rsidRPr="00332FA9">
+            <w:r w:rsidRPr="00E47340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">inom </w:t>
-[...7 lines deleted...]
-              <w:t>en kurs</w:t>
+              <w:t>moment inom en kurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD7892" w:rsidRPr="00BD7892" w14:paraId="222B30B8" w14:textId="77777777" w:rsidTr="00113631">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7099" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="0E885BE1" w14:textId="77777777" w:rsidR="00BD7892" w:rsidRDefault="00BD7892" w:rsidP="001D0C85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -1733,74 +1945,82 @@
           </w:sdt>
           <w:p w14:paraId="1EE696A1" w14:textId="77777777" w:rsidR="00714E5E" w:rsidRPr="00714E5E" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="178" w:lineRule="exact"/>
               <w:ind w:left="78"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2D5437" w14:textId="3ECD121B" w:rsidR="00714E5E" w:rsidRPr="00854903" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
+          <w:p w14:paraId="0F2D5437" w14:textId="1E2915EA" w:rsidR="00714E5E" w:rsidRPr="00854903" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00854903">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Ansökan beviljas i sin </w:t>
             </w:r>
             <w:r w:rsidRPr="00854903">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>helhet</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2041">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00714E5E" w:rsidRPr="00714E5E" w14:paraId="6987D76B" w14:textId="77777777" w:rsidTr="005679D1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E893571" w14:textId="77777777" w:rsidR="00714E5E" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="181" w:lineRule="exact"/>
               <w:ind w:left="78"/>
               <w:jc w:val="both"/>
@@ -1837,170 +2057,168 @@
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF5AF7C" w14:textId="04D535D5" w:rsidR="00714E5E" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
+          <w:p w14:paraId="7BF5AF7C" w14:textId="04D535D5" w:rsidR="00714E5E" w:rsidRPr="00400004" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00714E5E">
+            <w:r w:rsidRPr="00400004">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Del av ansökan om tillgodoräknande </w:t>
             </w:r>
-            <w:r w:rsidRPr="00714E5E">
+            <w:r w:rsidRPr="00400004">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">beviljas/avslås </w:t>
             </w:r>
-            <w:r w:rsidRPr="00714E5E">
+            <w:r w:rsidRPr="00400004">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>med följande motivering</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F9F3383" w14:textId="77777777" w:rsidR="007E0A45" w:rsidRPr="007E0A45" w:rsidRDefault="007E0A45" w:rsidP="00EC75EB">
+          <w:p w14:paraId="0F9F3383" w14:textId="77777777" w:rsidR="007E0A45" w:rsidRPr="00DD2041" w:rsidRDefault="007E0A45" w:rsidP="00EC75EB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:color w:val="747474"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004871E1">
+            <w:r w:rsidRPr="00400004">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:color w:val="747474"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Beviljande/avslag av del av ansökan ska motiveras. Motiveringen ska innehålla uppgifter om vilka föreskrifter som tillämpats och vilka omständigheter som har varit avgörande för myndighetens ställningstagande. Längre motivering kan skrivas i en bilaga.</w:t>
+              <w:t xml:space="preserve">Beviljande/avslag av del av ansökan ska motiveras. Motiveringen ska innehålla uppgifter om vilka föreskrifter som tillämpats och vilka omständigheter som har varit avgörande för myndighetens ställningstagande. Längre motivering kan skrivas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00400004">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:color w:val="747474"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>i en bilaga.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00714E5E" w:rsidRPr="00714E5E" w14:paraId="7975A6B2" w14:textId="77777777" w:rsidTr="005679D1">
         <w:trPr>
           <w:trHeight w:val="2835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B6011DE" w14:textId="77777777" w:rsidR="00714E5E" w:rsidRPr="00714E5E" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="78"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61E7A476" w14:textId="77777777" w:rsidR="00714E5E" w:rsidRDefault="007E0A45" w:rsidP="008D4D03">
+          <w:p w14:paraId="61E7A476" w14:textId="77777777" w:rsidR="00714E5E" w:rsidRPr="008F6E40" w:rsidRDefault="007E0A45" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E0A45">
+            <w:r w:rsidRPr="008F6E40">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Motivering</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B49635C" w14:textId="08BA4891" w:rsidR="002876FD" w:rsidRPr="00122C39" w:rsidRDefault="002876FD" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00714E5E" w:rsidRPr="00714E5E" w14:paraId="70FBE254" w14:textId="77777777" w:rsidTr="000A1841">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
@@ -2066,233 +2284,219 @@
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3188F89F" w14:textId="2A153390" w:rsidR="00DD5A41" w:rsidRPr="00DD5A41" w:rsidRDefault="00DD5A41" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="178" w:lineRule="exact"/>
               <w:ind w:left="78"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67A159A9" w14:textId="2C374945" w:rsidR="00714E5E" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
+          <w:p w14:paraId="67A159A9" w14:textId="2C374945" w:rsidR="00714E5E" w:rsidRPr="00DD2041" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00714E5E">
+            <w:r w:rsidRPr="00DD2041">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ansökan om tillgodoräknande</w:t>
             </w:r>
-            <w:r w:rsidRPr="00714E5E">
+            <w:r w:rsidRPr="00DD2041">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> avslås</w:t>
             </w:r>
-            <w:r w:rsidRPr="00714E5E">
+            <w:r w:rsidRPr="00DD2041">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> i sin helhet med följande motivering</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78C6AC3F" w14:textId="77777777" w:rsidR="00DB1311" w:rsidRDefault="007E0A45" w:rsidP="008D4D03">
+          <w:p w14:paraId="78C6AC3F" w14:textId="77777777" w:rsidR="00DB1311" w:rsidRPr="00DD2041" w:rsidRDefault="007E0A45" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:color w:val="747474"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004871E1">
+            <w:r w:rsidRPr="00DD2041">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:color w:val="747474"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Avslag ska motiveras. Motiveringen ska innehålla uppgifter om vilka föreskrifter som tillämpats och vilka omständigheter som har varit avgörande för myndighetens ställningstagande. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EB6AC46" w14:textId="65974F36" w:rsidR="007E0A45" w:rsidRPr="007E0A45" w:rsidRDefault="007E0A45" w:rsidP="00EC75EB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:color w:val="747474"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004871E1">
+            <w:r w:rsidRPr="00DD2041">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:color w:val="747474"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Längre motivering kan skrivas i en bilaga.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00714E5E" w:rsidRPr="00714E5E" w14:paraId="559C1016" w14:textId="77777777" w:rsidTr="005679D1">
         <w:trPr>
           <w:trHeight w:val="2835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A2695BF" w14:textId="77777777" w:rsidR="00714E5E" w:rsidRPr="00714E5E" w:rsidRDefault="00714E5E" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="178" w:lineRule="exact"/>
               <w:ind w:left="78"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CE09468" w14:textId="77777777" w:rsidR="00714E5E" w:rsidRDefault="007E0A45" w:rsidP="008D4D03">
+          <w:p w14:paraId="1CE09468" w14:textId="77777777" w:rsidR="00714E5E" w:rsidRPr="008F6E40" w:rsidRDefault="007E0A45" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E0A45">
+            <w:r w:rsidRPr="008F6E40">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Motivering</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CF31C93" w14:textId="61F17FA2" w:rsidR="002876FD" w:rsidRPr="0034612B" w:rsidRDefault="002876FD" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A1A32" w:rsidRPr="00714E5E" w14:paraId="17D86643" w14:textId="77777777" w:rsidTr="005679D1">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9934" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E1E1"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD036EF" w14:textId="2CD9D807" w:rsidR="006A1A32" w:rsidRPr="00172A7E" w:rsidRDefault="006A1A32" w:rsidP="008D4D03">
+          <w:p w14:paraId="5DD036EF" w14:textId="46E4D38A" w:rsidR="006A1A32" w:rsidRPr="00172A7E" w:rsidRDefault="006A1A32" w:rsidP="008D4D03">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009533B5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Beslut</w:t>
             </w:r>
             <w:r w:rsidR="00345ADB" w:rsidRPr="009533B5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>et baseras på</w:t>
@@ -2329,55 +2533,55 @@
             </w:r>
             <w:r w:rsidR="00F50D3D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> eller </w:t>
             </w:r>
             <w:r w:rsidR="007D28E9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>yrkes</w:t>
             </w:r>
             <w:r w:rsidR="00754CD1" w:rsidRPr="00172A7E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>verksamhet (</w:t>
             </w:r>
             <w:r w:rsidR="00921616" w:rsidRPr="00172A7E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>reell kompetens)</w:t>
             </w:r>
-            <w:r w:rsidR="0012136E" w:rsidRPr="00172A7E">
+            <w:r w:rsidR="00AF4A61">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792422" w:rsidRPr="00792422" w14:paraId="256D9004" w14:textId="77777777" w:rsidTr="005679D1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9934" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47E132FB" w14:textId="479429AF" w:rsidR="00792422" w:rsidRPr="00792422" w:rsidRDefault="00104272" w:rsidP="00104272">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -3135,50 +3339,51 @@
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="24E63891" w14:textId="77777777" w:rsidR="006E6BDD" w:rsidRDefault="006E6BDD" w:rsidP="001D0C85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006E6BDD">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Utländsk</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006E6BDD">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006E6BDD">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>högskola</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="0060D726" w14:textId="7D2A8C8C" w:rsidR="00C021D1" w:rsidRPr="00C021D1" w:rsidRDefault="00C021D1" w:rsidP="001D0C85">
@@ -3247,51 +3452,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9927" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="1D2A7607" w14:textId="77777777" w:rsidR="006E6BDD" w:rsidRDefault="006E6BDD" w:rsidP="001D0C85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E6BDD">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Kursbenämning på </w:t>
             </w:r>
             <w:r w:rsidRPr="008D4D03">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>originalspråket</w:t>
             </w:r>
             <w:r w:rsidRPr="006E6BDD">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">, antal </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00C36665">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -3485,51 +3689,51 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D84721" w:rsidRPr="00D84721" w14:paraId="7BA7D119" w14:textId="77777777" w:rsidTr="005679D1">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="7" w:type="dxa"/>
           <w:trHeight w:val="455"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9927" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2D01B9" w14:textId="0276218A" w:rsidR="00D84721" w:rsidRPr="00D84721" w:rsidRDefault="00104272" w:rsidP="00104272">
+          <w:p w14:paraId="0A2D01B9" w14:textId="5F3DE853" w:rsidR="00D84721" w:rsidRPr="00D84721" w:rsidRDefault="00104272" w:rsidP="00104272">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk201915236"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                   <w:b/>
@@ -3553,50 +3757,56 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D84721" w:rsidRPr="00D84721">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Annan utbildning eller yrkesverksamhet </w:t>
             </w:r>
             <w:r w:rsidR="00D84721" w:rsidRPr="00D84721">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(reell kompetens)</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4A61">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D84721" w:rsidRPr="00D84721" w14:paraId="0A51F2DD" w14:textId="77777777" w:rsidTr="008B50A4">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="7" w:type="dxa"/>
           <w:trHeight w:val="1542"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9927" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="62F88034" w14:textId="0DBACBDD" w:rsidR="001B00D1" w:rsidRDefault="007E0A45" w:rsidP="00D84721">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:eastAsia="Times New Roman" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
@@ -3712,80 +3922,87 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9922"/>
       </w:tblGrid>
       <w:tr w:rsidR="007C7CF0" w:rsidRPr="007C7CF0" w14:paraId="5659DBC9" w14:textId="77777777" w:rsidTr="005679D1">
         <w:trPr>
           <w:trHeight w:val="455"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9922" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F79FFE0" w14:textId="5A3867D1" w:rsidR="007C7CF0" w:rsidRPr="007C7CF0" w:rsidRDefault="007C7CF0" w:rsidP="00A67516">
+          <w:p w14:paraId="0F79FFE0" w14:textId="7426AB24" w:rsidR="007C7CF0" w:rsidRPr="007C7CF0" w:rsidRDefault="007C7CF0" w:rsidP="00A67516">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044190C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Eventuella ytterligare kommentarer</w:t>
             </w:r>
             <w:r w:rsidR="008A2BA8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
+            <w:r w:rsidR="00255356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">exempelvis </w:t>
+            </w:r>
             <w:r w:rsidRPr="0044190C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>t. ex. om bilaga ingår i beslutet</w:t>
+              <w:t>om bilaga ingår i beslutet</w:t>
             </w:r>
             <w:r w:rsidR="008A2BA8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C7CF0" w:rsidRPr="007C7CF0" w14:paraId="3CB79DE4" w14:textId="77777777" w:rsidTr="008B50A4">
         <w:trPr>
           <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9922" w:type="dxa"/>
@@ -3861,469 +4078,659 @@
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9922"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F36F0D" w:rsidRPr="007C7CF0" w14:paraId="355D5104" w14:textId="77777777" w:rsidTr="00F36F0D">
         <w:trPr>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9922" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43372398" w14:textId="2A027D4F" w:rsidR="00F36F0D" w:rsidRPr="007C7CF0" w:rsidRDefault="00F36F0D" w:rsidP="00DB6633">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1245"/>
               </w:tabs>
               <w:ind w:left="57"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7EA89938" w14:textId="67CFAB5E" w:rsidR="001B00D1" w:rsidRDefault="00DA5D47" w:rsidP="00883C33">
+    <w:p w14:paraId="30A0646D" w14:textId="77777777" w:rsidR="00883C33" w:rsidRDefault="00883C33" w:rsidP="00883C33">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="118"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62AC69A5" w14:textId="3140F19A" w:rsidR="004C6217" w:rsidRDefault="004C6217" w:rsidP="004C6217">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="118"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Föredrag</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82346">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ande alternativt handläggare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E12883">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2BA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Namn och titel) </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9922"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C6217" w:rsidRPr="007C7CF0" w14:paraId="27808B92" w14:textId="77777777" w:rsidTr="00A4760D">
+        <w:trPr>
+          <w:trHeight w:val="575"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9922" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5DC5F9" w14:textId="77777777" w:rsidR="004C6217" w:rsidRPr="007C7CF0" w:rsidRDefault="004C6217" w:rsidP="00A4760D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1245"/>
+              </w:tabs>
+              <w:ind w:left="57"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1E98B033" w14:textId="77777777" w:rsidR="004C6217" w:rsidRDefault="004C6217" w:rsidP="00883C33">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="118"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E7DF1BB" w14:textId="77777777" w:rsidR="00B20255" w:rsidRDefault="00B20255" w:rsidP="00B20255">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="118"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67516">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Beslutet signeras elektroniskt</w:t>
+        <w:t>Beslutet signeras elektroniskt med automatiskt beslutsdatum</w:t>
       </w:r>
-      <w:r w:rsidR="000D2F69" w:rsidRPr="00A67516">
-[...35 lines deleted...]
-      <w:r w:rsidR="00F81DE2">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00842C6C">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A0646D" w14:textId="77777777" w:rsidR="00883C33" w:rsidRDefault="00883C33" w:rsidP="00883C33">
+    <w:p w14:paraId="38A98A31" w14:textId="77777777" w:rsidR="00F82346" w:rsidRDefault="00F82346" w:rsidP="00883C33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="118"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="271CA679" w14:textId="77777777" w:rsidR="0036419A" w:rsidRPr="00F36F0D" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
+    <w:p w14:paraId="10027DC5" w14:textId="77777777" w:rsidR="00F82346" w:rsidRDefault="00F82346" w:rsidP="00883C33">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="118"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68D91483" w14:textId="77777777" w:rsidR="00F82346" w:rsidRDefault="00F82346" w:rsidP="00883C33">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="118"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C66195B" w14:textId="77777777" w:rsidR="00F82346" w:rsidRDefault="00F82346" w:rsidP="00883C33">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="118"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63DB0CFC" w14:textId="77777777" w:rsidR="00F82346" w:rsidRDefault="00F82346" w:rsidP="00883C33">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="118"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53E8EF66" w14:textId="77777777" w:rsidR="00F82346" w:rsidRDefault="00F82346" w:rsidP="00F82346">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="118"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="271CA679" w14:textId="77777777" w:rsidR="0036419A" w:rsidRPr="00F515D6" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
       <w:pPr>
         <w:spacing w:before="60" w:after="40"/>
         <w:ind w:left="284" w:right="5273"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F515D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Överklagandehänvisning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112B327F" w14:textId="77777777" w:rsidR="0036419A" w:rsidRPr="00F36F0D" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
+    <w:p w14:paraId="112B327F" w14:textId="77777777" w:rsidR="0036419A" w:rsidRPr="00F82346" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:ind w:left="284" w:right="5273"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>m du anser att beslutet är felaktigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413CF100" w14:textId="77777777" w:rsidR="0036419A" w:rsidRPr="00F36F0D" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
+    <w:p w14:paraId="413CF100" w14:textId="77777777" w:rsidR="0036419A" w:rsidRPr="00F82346" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:ind w:left="284" w:right="269"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Beslut om tillgodoräknande får överklagas enligt 12 kap 2 § högskoleförordningen. Överklagandet ska vara skriftligt och adresserat till Överklagandenämnden för högskolan (ÖNH), men det ska skickas in till Karolinska institutet (KI) som kontrollerar att överklagandet har kommit in i rätt tid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F6760C" w14:textId="09A54295" w:rsidR="0036419A" w:rsidRPr="00F36F0D" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
+    <w:p w14:paraId="59F6760C" w14:textId="09A54295" w:rsidR="0036419A" w:rsidRPr="00F82346" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:ind w:left="284" w:right="269"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">I överklagandet ska du ange vilket beslut som överklagas, vem som har fattat beslutet, vilken ändring du önskar samt </w:t>
       </w:r>
-      <w:r w:rsidR="00474E77" w:rsidRPr="00F36F0D">
+      <w:r w:rsidR="00474E77" w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>skälen till att du önskar ändringen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>. Överklagandet ska ha inkommit till Registrator, Karolinska Institutet,</w:t>
       </w:r>
-      <w:r w:rsidR="000D1CA0" w:rsidRPr="00F36F0D">
+      <w:r w:rsidR="000D1CA0" w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">171 77 Stockholm, eller </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="00F36F0D">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00F82346">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>registrator@ki.se</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> inom tre veckor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>från den dag du fick del av beslutet.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE58B23" w14:textId="77777777" w:rsidR="000D1CA0" w:rsidRPr="00F36F0D" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
+    <w:p w14:paraId="0AE58B23" w14:textId="77777777" w:rsidR="000D1CA0" w:rsidRPr="00F82346" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:ind w:left="284" w:right="269"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Vid ett överklagande kan KI antingen ändra sitt beslut till din fördel eller inte. Om KI inte ändrar beslutet överlämnar KI ärendet till ÖNH tillsammans med ett yttrande.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50109478" w14:textId="585611A4" w:rsidR="0036419A" w:rsidRPr="00F36F0D" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
+    <w:p w14:paraId="50109478" w14:textId="585611A4" w:rsidR="0036419A" w:rsidRPr="00F82346" w:rsidRDefault="0036419A" w:rsidP="00430EB8">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:ind w:left="284" w:right="269"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Mer information finns på </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="00CD3153" w:rsidRPr="00F36F0D">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00CD3153" w:rsidRPr="00F82346">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ki.se</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F36F0D">
+      <w:r w:rsidRPr="00F82346">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0036419A" w:rsidRPr="00F36F0D" w:rsidSect="005679D1">
-      <w:headerReference w:type="default" r:id="rId22"/>
+    <w:sectPr w:rsidR="0036419A" w:rsidRPr="00F82346" w:rsidSect="005679D1">
+      <w:headerReference w:type="default" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="386" w:right="720" w:bottom="567" w:left="720" w:header="284" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EDFF428" w14:textId="77777777" w:rsidR="001F336F" w:rsidRDefault="001F336F" w:rsidP="001636A9">
+    <w:p w14:paraId="1C18AC54" w14:textId="77777777" w:rsidR="004442A5" w:rsidRDefault="004442A5" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F514AEB" w14:textId="77777777" w:rsidR="001F336F" w:rsidRDefault="001F336F" w:rsidP="001636A9">
+    <w:p w14:paraId="4EEC8EF0" w14:textId="77777777" w:rsidR="004442A5" w:rsidRDefault="004442A5" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans Medium">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2937A049" w14:textId="77777777" w:rsidR="00B16A50" w:rsidRDefault="00B16A50">
-[...19 lines deleted...]
-  <w:p w14:paraId="0B392879" w14:textId="436B1138" w:rsidR="006B6F43" w:rsidRPr="00F954CE" w:rsidRDefault="006B6F43" w:rsidP="00A67862">
+  <w:p w14:paraId="0B392879" w14:textId="759D098F" w:rsidR="006B6F43" w:rsidRPr="00F954CE" w:rsidRDefault="006B6F43" w:rsidP="00A67862">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="4463"/>
       </w:tabs>
       <w:ind w:left="-1276"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F954CE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">GVS/ </w:t>
     </w:r>
     <w:r w:rsidR="00F954CE" w:rsidRPr="00F954CE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Studieadministrativa blanketter </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00F954CE" w:rsidRPr="00F954CE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="00B16A50">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>60108</w:t>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00ED15E9">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>0126</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00A67862">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D0CA548" w14:textId="77777777" w:rsidR="001F336F" w:rsidRDefault="001F336F" w:rsidP="001636A9">
+    <w:p w14:paraId="745900F1" w14:textId="77777777" w:rsidR="004442A5" w:rsidRDefault="004442A5" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08B07EA9" w14:textId="77777777" w:rsidR="001F336F" w:rsidRDefault="001F336F" w:rsidP="001636A9">
+    <w:p w14:paraId="5233A943" w14:textId="77777777" w:rsidR="004442A5" w:rsidRDefault="004442A5" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0273BF7F" w14:textId="77777777" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="0061653D" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A2B04D8" wp14:editId="0F65BA19">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5816600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>312943</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1043940" cy="327025"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
@@ -4476,51 +4883,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6A2B04D8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 7" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458pt;margin-top:24.65pt;width:82.2pt;height:25.75pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB009ZpKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8tasRp8hSZBgQ&#10;tAXSoWdFlhMDsqhJTOzs14+SnSbrdhp2kUmReiQfSc/u21qzo3K+ApPz4SDlTBkJRWV2Of/+svr0&#10;mTOPwhRCg1E5PynP7+cfP8wam6kR7EEXyjECMT5rbM73iDZLEi/3qhZ+AFYZMpbgaoGkul1SONEQ&#10;eq2TUZreJA24wjqQynu6feiMfB7xy1JJfCpLr5DpnFNuGE8Xz204k/lMZDsn7L6SfRriH7KoRWUo&#10;6BvUg0DBDq76A6qupAMPJQ4k1AmUZSVVrIGqGabvqtnshVWxFiLH2zea/P+DlY/HjX12DNsv0FID&#10;AyGN9Zmny1BPW7o6fClTRnai8PRGm2qRyfAonYzvJmSSZBuPbtPRNMAkl9fWefyqoGZByLmjtkS2&#10;xHHtsXM9u4RgHnRVrCqtoxJGQS21Y0dBTdQYcyTw37y0YU3Ob8bTNAIbCM87ZG0ol0tNQcJ22/aF&#10;bqE4Uf0OutHwVq4qSnItPD4LR7NAddF84xMdpQYKAr3E2R7cz7/dB39qEVk5a2i2cu5/HIRTnOlv&#10;hpp3N5wEujAqk+ntiBR3bdleW8yhXgJVPqRNsjKKwR/1WSwd1K+0BosQlUzCSIqdczyLS+wmntZI&#10;qsUiOtH4WYFrs7EyQAemQwte2lfhbN8npA4/wnkKRfauXZ1veGlgcUAoq9jLQHDHas87jW6chn7N&#10;wm5c69Hr8jOY/wIAAP//AwBQSwMEFAAGAAgAAAAhAD7xfyTiAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1lbggapeUkoY4FUJAJW400IqbG2+TiHgdxW4S/h7nBLdZzWj2TboZ&#10;TcN67FxtScJiLoAhFVbXVEr4yF9uYmDOK9KqsYQSftDBJru8SFWi7UDv2O98yUIJuURJqLxvE85d&#10;UaFRbm5bpOCdbGeUD2dXct2pIZSbht8KseJG1RQ+VKrFpwqL793ZSPi6Lg9vbnz9HKK7qH3e9vn9&#10;XudSXs3GxwdgHkf/F4YJP6BDFpiO9kzasUbCerEKW7yE5ToCNgVELJbAjpMSMfAs5f83ZL8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdNPWaSsCAABUBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPvF/JOIAAAALAQAADwAAAAAAAAAAAAAAAACF&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 7" o:spid="_x0000_s1027" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458pt;margin-top:24.65pt;width:82.2pt;height:25.75pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB009ZpKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8tasRp8hSZBgQ&#10;tAXSoWdFlhMDsqhJTOzs14+SnSbrdhp2kUmReiQfSc/u21qzo3K+ApPz4SDlTBkJRWV2Of/+svr0&#10;mTOPwhRCg1E5PynP7+cfP8wam6kR7EEXyjECMT5rbM73iDZLEi/3qhZ+AFYZMpbgaoGkul1SONEQ&#10;eq2TUZreJA24wjqQynu6feiMfB7xy1JJfCpLr5DpnFNuGE8Xz204k/lMZDsn7L6SfRriH7KoRWUo&#10;6BvUg0DBDq76A6qupAMPJQ4k1AmUZSVVrIGqGabvqtnshVWxFiLH2zea/P+DlY/HjX12DNsv0FID&#10;AyGN9Zmny1BPW7o6fClTRnai8PRGm2qRyfAonYzvJmSSZBuPbtPRNMAkl9fWefyqoGZByLmjtkS2&#10;xHHtsXM9u4RgHnRVrCqtoxJGQS21Y0dBTdQYcyTw37y0YU3Ob8bTNAIbCM87ZG0ol0tNQcJ22/aF&#10;bqE4Uf0OutHwVq4qSnItPD4LR7NAddF84xMdpQYKAr3E2R7cz7/dB39qEVk5a2i2cu5/HIRTnOlv&#10;hpp3N5wEujAqk+ntiBR3bdleW8yhXgJVPqRNsjKKwR/1WSwd1K+0BosQlUzCSIqdczyLS+wmntZI&#10;qsUiOtH4WYFrs7EyQAemQwte2lfhbN8npA4/wnkKRfauXZ1veGlgcUAoq9jLQHDHas87jW6chn7N&#10;wm5c69Hr8jOY/wIAAP//AwBQSwMEFAAGAAgAAAAhAD7xfyTiAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1lbggapeUkoY4FUJAJW400IqbG2+TiHgdxW4S/h7nBLdZzWj2TboZ&#10;TcN67FxtScJiLoAhFVbXVEr4yF9uYmDOK9KqsYQSftDBJru8SFWi7UDv2O98yUIJuURJqLxvE85d&#10;UaFRbm5bpOCdbGeUD2dXct2pIZSbht8KseJG1RQ+VKrFpwqL793ZSPi6Lg9vbnz9HKK7qH3e9vn9&#10;XudSXs3GxwdgHkf/F4YJP6BDFpiO9kzasUbCerEKW7yE5ToCNgVELJbAjpMSMfAs5f83ZL8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdNPWaSsCAABUBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPvF/JOIAAAALAQAADwAAAAAAAAAAAAAAAACF&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="7F3894EC" w14:textId="77777777" w:rsidR="0082169F" w:rsidRPr="00E72567" w:rsidRDefault="0082169F" w:rsidP="0061653D">
                     <w:pPr>
                       <w:pStyle w:val="Rubrikliten"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Sid</w:t>
                     </w:r>
                     <w:r w:rsidR="00A9264E">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
@@ -4606,314 +5013,72 @@
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0BA4F1FB" w14:textId="6CDBD582" w:rsidR="003B4DFC" w:rsidRDefault="00287297">
+  <w:p w14:paraId="0BA4F1FB" w14:textId="55D8CA22" w:rsidR="003B4DFC" w:rsidRDefault="003B4DFC">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EB66996" wp14:editId="75094614">
-[...241 lines deleted...]
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CA10C93" wp14:editId="6D720E1C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CA10C93" wp14:editId="4B7DFB2B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:posOffset>4324350</wp:posOffset>
+                <wp:posOffset>4603750</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
-                <wp:posOffset>266700</wp:posOffset>
+                <wp:posOffset>859366</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1044000" cy="327600"/>
               <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Textruta 2">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1044000" cy="327600"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
@@ -5039,51 +5204,55 @@
                             <w:t>)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="4CA10C93" id="Textruta 2" o:spid="_x0000_s1028" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:340.5pt;margin-top:21pt;width:82.2pt;height:25.8pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzl0q2LwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykadoZcYosRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiIfHz196BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;T4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMOiW4hgXcum1WOdYi&#10;eqOzUZ5PshZcZR1w4T2ePvZOOkv4UgoenqX0IhBdUswtpNWldRPXbDZlxdYxWyt+TIP9QxYNUwYf&#10;PUM9ssDIzqk/oBrFHXiQYcChyUBKxUWqAasZ5u+qWdfMilQLkuPtmSb//2D5035tXxwJ3RfosIGR&#10;kNb6wuNhrKeTrolfzJSgHyk8nGkTXSA8XsrH4zxHF0ffzehugjbCZJfb1vnwVUBDolFSh21JbLH9&#10;yoc+9BQSH/OgVbVUWqdNlIJYaEf2DJuoQ8oRwX+L0oa0JZ3c3OYJ2EC83iNrg7lcaopW6DYdUVVJ&#10;R6d6N1AdkAYHvUK85UuFua6YDy/MoSSwPJR5eMZFasC34GhRUoP7+bfzGI+dQi8lLUqspP7HjjlB&#10;if5msIefh8gbajJtxrd3I9y4a8/m2mN2zQKQgCEOlOXJjPFBn0zpoHnDaZjHV9HFDMe3SxpO5iL0&#10;wsdp4mI+T0GoQsvCyqwtj9CR8NiJ1+6NOXtsV8BGP8FJjKx417U+Nt40MN8FkCq1NPLcs3qkHxWc&#10;RHGctjgi1/sUdfknzH4BAAD//wMAUEsDBBQABgAIAAAAIQBARu2G4gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUhcEHXatCGEbCqEgErcaPgRNzc2SUS8jmI3CW/PcoLTaDWj&#10;2W/y7Ww7MZrBt44QlosIhKHK6ZZqhJfy4TIF4YMirTpHBuHbeNgWpye5yrSb6NmM+1ALLiGfKYQm&#10;hD6T0leNscovXG+IvU83WBX4HGqpBzVxue3kKooSaVVL/KFRvblrTPW1P1qEj4v6/cnPj69TvIn7&#10;+91YXr3pEvH8bL69ARHMHP7C8IvP6FAw08EdSXvRISTpkrcEhPWKlQPperMGcUC4jhOQRS7/Lyh+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPOXSrYvAgAAWwQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEBG7YbiAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAiQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shapetype w14:anchorId="4CA10C93" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 2" o:spid="_x0000_s1028" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:362.5pt;margin-top:67.65pt;width:82.2pt;height:25.8pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzR+sSLQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykadoZcYosRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiIfHz196BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;T4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMOiW4hgXcum1WOdYi&#10;eqOzUZ5PshZcZR1w4T2ePvZOOkv4UgoenqX0IhBdUswtpNWldRPXbDZlxdYxWyt+TIP9QxYNUwYf&#10;PUM9ssDIzqk/oBrFHXiQYcChyUBKxUWqAasZ5u+qWdfMilQLkuPtmSb//2D5035tXxwJ3RfosIGR&#10;kNb6wuNhrKeTrolfzJSgHyk8nGkTXSA8XsrH4zxHF0ffzehugjbCZJfb1vnwVUBDolFSh21JbLH9&#10;yoc+9BQSH/OgVbVUWqdNlIJYaEf2DJuoQ8oRwX+L0oa0JZ3c3OYJ2EC83iNrg7lcaopW6DYdUdVV&#10;vRuoDkiDg14h3vKlwlxXzIcX5lASWB7KPDzjIjXgW3C0KKnB/fzbeYzHTqGXkhYlVlL/Y8ecoER/&#10;M9jDz0PkDTWZNuPbuxFu3LVnc+0xu2YBSMAQB8ryZMb4oE+mdNC84TTM46voYobj2yUNJ3MReuHj&#10;NHExn6cgVKFlYWXWlkfoSHjsxGv3xpw9titgo5/gJEZWvOtaHxtvGpjvAkiVWhp57lk90o8KTqI4&#10;Tlscket9irr8E2a/AAAA//8DAFBLAwQUAAYACAAAACEAXFMKyuIAAAALAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70h9B2srcUHUoaVtmsapEAIqcaPhR9zceJtExOsodpPw9iwnOO7M6NuZ&#10;dDfaRvTY+dqRgptZBAKpcKamUsFr/ngdg/BBk9GNI1TwjR522eQi1YlxA71gfwilYAj5RCuoQmgT&#10;KX1RodV+5lok9k6uszrw2ZXSdHpguG3kPIpW0uqa+EOlW7yvsPg6nK2Cz6vy49mPT2/DYrloH/Z9&#10;vn43uVKX0/FuCyLgGP7C8Fufq0PGnY7uTMaLRsF6vuQtgQ1mgOBEHG9uQRxZiVcbkFkq/2/IfgAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAzR+sSLQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBcUwrK4gAAAAsBAAAPAAAAAAAAAAAAAAAA&#10;AIcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="3F3DBA8E" w14:textId="77777777" w:rsidR="003B4DFC" w:rsidRPr="00E72567" w:rsidRDefault="003B4DFC" w:rsidP="00930ED2">
                     <w:pPr>
                       <w:pStyle w:val="Rubrikliten"/>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Sid</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00E72567">
@@ -5168,51 +5337,51 @@
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="312546C1" w14:textId="314DB23E" w:rsidR="00A9264E" w:rsidRPr="0082169F" w:rsidRDefault="00A9264E" w:rsidP="002C4C7D">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="4377"/>
       </w:tabs>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29BDF674" wp14:editId="77A49016">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5818505</wp:posOffset>
               </wp:positionH>
@@ -5370,51 +5539,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="29BDF674" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1029" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458.15pt;margin-top:21pt;width:82.2pt;height:25.8pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMJQVjLwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykadoZcYosRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiIfHz196BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;T4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMOiW4hgXcum1WOdYi&#10;eqOzUZ5PshZcZR1w4T2ePvZOOkv4UgoenqX0IhBdUswtpNWldRPXbDZlxdYxWyt+TIP9QxYNUwYf&#10;PUM9ssDIzqk/oBrFHXiQYcChyUBKxUWqAasZ5u+qWdfMilQLkuPtmSb//2D5035tXxwJ3RfosIGR&#10;kNb6wuNhrKeTrolfzJSgHyk8nGkTXSA8XsrH4zxHF0ffzehugjbCZJfb1vnwVUBDolFSh21JbLH9&#10;yoc+9BQSH/OgVbVUWqdNlIJYaEf2DJuoQ8oRwX+L0oa0JZ3c3OYJ2EC83iNrg7lcaopW6DYdURVm&#10;e6p3A9UBaXDQK8RbvlSY64r58MIcSgLLQ5mHZ1ykBnwLjhYlNbiffzuP8dgp9FLSosRK6n/smBOU&#10;6G8Ge/h5iLyhJtNmfHs3wo279myuPWbXLAAJGOJAWZ7MGB/0yZQOmjechnl8FV3McHy7pOFkLkIv&#10;fJwmLubzFIQqtCyszNryCB0Jj5147d6Ys8d2BWz0E5zEyIp3Xetj400D810AqVJLI889q0f6UcFJ&#10;FMdpiyNyvU9Rl3/C7BcAAAD//wMAUEsDBBQABgAIAAAAIQBAGoYP4QAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT4NAEIXvJv6HzZh4Me3SorQiS2OM2sSbpWq8bdkRiOwsYbeA/97pSY+T9+XN&#10;97LNZFsxYO8bRwoW8wgEUulMQ5WCffE0W4PwQZPRrSNU8IMeNvn5WaZT40Z6xWEXKsEl5FOtoA6h&#10;S6X0ZY1W+7nrkDj7cr3Vgc++kqbXI5fbVi6jKJFWN8Qfat3hQ43l9+5oFXxeVR8vfnp+G+ObuHvc&#10;DsXq3RRKXV5M93cgAk7hD4aTPqtDzk4HdyTjRavgdpHEjCq4XvKmExCtoxWIA0dxAjLP5P8J+S8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjCUFYy8CAABbBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQBqGD+EAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="_x0000_s1029" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:458.15pt;margin-top:21pt;width:82.2pt;height:25.8pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:top-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzl0q2LwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykadoZcYosRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiIfHz196BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;T4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMOiW4hgXcum1WOdYi&#10;eqOzUZ5PshZcZR1w4T2ePvZOOkv4UgoenqX0IhBdUswtpNWldRPXbDZlxdYxWyt+TIP9QxYNUwYf&#10;PUM9ssDIzqk/oBrFHXiQYcChyUBKxUWqAasZ5u+qWdfMilQLkuPtmSb//2D5035tXxwJ3RfosIGR&#10;kNb6wuNhrKeTrolfzJSgHyk8nGkTXSA8XsrH4zxHF0ffzehugjbCZJfb1vnwVUBDolFSh21JbLH9&#10;yoc+9BQSH/OgVbVUWqdNlIJYaEf2DJuoQ8oRwX+L0oa0JZ3c3OYJ2EC83iNrg7lcaopW6DYdUVVJ&#10;R6d6N1AdkAYHvUK85UuFua6YDy/MoSSwPJR5eMZFasC34GhRUoP7+bfzGI+dQi8lLUqspP7HjjlB&#10;if5msIefh8gbajJtxrd3I9y4a8/m2mN2zQKQgCEOlOXJjPFBn0zpoHnDaZjHV9HFDMe3SxpO5iL0&#10;wsdp4mI+T0GoQsvCyqwtj9CR8NiJ1+6NOXtsV8BGP8FJjKx417U+Nt40MN8FkCq1NPLcs3qkHxWc&#10;RHGctjgi1/sUdfknzH4BAAD//wMAUEsDBBQABgAIAAAAIQBAGoYP4QAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT4NAEIXvJv6HzZh4Me3SorQiS2OM2sSbpWq8bdkRiOwsYbeA/97pSY+T9+XN&#10;97LNZFsxYO8bRwoW8wgEUulMQ5WCffE0W4PwQZPRrSNU8IMeNvn5WaZT40Z6xWEXKsEl5FOtoA6h&#10;S6X0ZY1W+7nrkDj7cr3Vgc++kqbXI5fbVi6jKJFWN8Qfat3hQ43l9+5oFXxeVR8vfnp+G+ObuHvc&#10;DsXq3RRKXV5M93cgAk7hD4aTPqtDzk4HdyTjRavgdpHEjCq4XvKmExCtoxWIA0dxAjLP5P8J+S8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA85dKti8CAABbBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQBqGD+EAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="05916107" w14:textId="77777777" w:rsidR="00A9264E" w:rsidRPr="00E72567" w:rsidRDefault="00A9264E" w:rsidP="0061653D">
                     <w:pPr>
                       <w:pStyle w:val="Rubrikliten"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E72567">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Sid</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>a</w:t>
                     </w:r>
@@ -6329,128 +6498,134 @@
     <w:rsid w:val="00152248"/>
     <w:rsid w:val="00153F2E"/>
     <w:rsid w:val="0016247B"/>
     <w:rsid w:val="001636A9"/>
     <w:rsid w:val="0016475E"/>
     <w:rsid w:val="0016754F"/>
     <w:rsid w:val="00172A7E"/>
     <w:rsid w:val="00177D2A"/>
     <w:rsid w:val="0018666A"/>
     <w:rsid w:val="001978AA"/>
     <w:rsid w:val="001A01BB"/>
     <w:rsid w:val="001A4234"/>
     <w:rsid w:val="001A4399"/>
     <w:rsid w:val="001A6826"/>
     <w:rsid w:val="001A7B59"/>
     <w:rsid w:val="001B00D1"/>
     <w:rsid w:val="001C19B1"/>
     <w:rsid w:val="001C705B"/>
     <w:rsid w:val="001D0C85"/>
     <w:rsid w:val="001F0AEB"/>
     <w:rsid w:val="001F336F"/>
     <w:rsid w:val="00243364"/>
     <w:rsid w:val="002477D7"/>
     <w:rsid w:val="00251356"/>
     <w:rsid w:val="0025241B"/>
+    <w:rsid w:val="00255356"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="002622E5"/>
     <w:rsid w:val="002644FB"/>
     <w:rsid w:val="002826CB"/>
     <w:rsid w:val="00287297"/>
     <w:rsid w:val="002874CA"/>
     <w:rsid w:val="002876FD"/>
     <w:rsid w:val="00290946"/>
     <w:rsid w:val="00296E44"/>
+    <w:rsid w:val="002A5EDF"/>
     <w:rsid w:val="002A660D"/>
     <w:rsid w:val="002A705D"/>
     <w:rsid w:val="002B4104"/>
     <w:rsid w:val="002C4C7D"/>
     <w:rsid w:val="002E27C9"/>
     <w:rsid w:val="002E53EB"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="003321C4"/>
     <w:rsid w:val="0033241B"/>
     <w:rsid w:val="00332FA9"/>
     <w:rsid w:val="00345ADB"/>
     <w:rsid w:val="0034612B"/>
     <w:rsid w:val="0034797C"/>
     <w:rsid w:val="00355FC4"/>
     <w:rsid w:val="00361D9B"/>
     <w:rsid w:val="00363211"/>
     <w:rsid w:val="0036419A"/>
     <w:rsid w:val="003800D4"/>
     <w:rsid w:val="00383A8E"/>
     <w:rsid w:val="00390B06"/>
     <w:rsid w:val="003926FD"/>
     <w:rsid w:val="00393F9C"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B48ED"/>
     <w:rsid w:val="003B4DFC"/>
     <w:rsid w:val="003C6488"/>
     <w:rsid w:val="003D40E2"/>
     <w:rsid w:val="003D600D"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
     <w:rsid w:val="003E5AE3"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="003F67D3"/>
+    <w:rsid w:val="00400004"/>
     <w:rsid w:val="004115C7"/>
     <w:rsid w:val="00414DA8"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="00427A2A"/>
     <w:rsid w:val="004304C1"/>
     <w:rsid w:val="00430EB8"/>
     <w:rsid w:val="00432AA7"/>
     <w:rsid w:val="0044190C"/>
+    <w:rsid w:val="004442A5"/>
     <w:rsid w:val="004446C7"/>
     <w:rsid w:val="00450F20"/>
     <w:rsid w:val="00455316"/>
     <w:rsid w:val="004561F8"/>
     <w:rsid w:val="00466490"/>
     <w:rsid w:val="00472F29"/>
     <w:rsid w:val="00473BAF"/>
     <w:rsid w:val="00474E77"/>
     <w:rsid w:val="004871E1"/>
     <w:rsid w:val="00490842"/>
     <w:rsid w:val="004921C3"/>
     <w:rsid w:val="00495D7D"/>
     <w:rsid w:val="004B7D08"/>
+    <w:rsid w:val="004C6217"/>
     <w:rsid w:val="004C6EA2"/>
     <w:rsid w:val="004C7622"/>
     <w:rsid w:val="004D2686"/>
     <w:rsid w:val="004E3DB8"/>
     <w:rsid w:val="004E7BDC"/>
     <w:rsid w:val="004F0983"/>
     <w:rsid w:val="00527F0E"/>
     <w:rsid w:val="00530095"/>
     <w:rsid w:val="00544DCC"/>
     <w:rsid w:val="0054525D"/>
     <w:rsid w:val="0054562C"/>
+    <w:rsid w:val="0056386F"/>
     <w:rsid w:val="005679D1"/>
     <w:rsid w:val="005B39E4"/>
     <w:rsid w:val="005B5B23"/>
     <w:rsid w:val="005C6AB7"/>
     <w:rsid w:val="005E67ED"/>
     <w:rsid w:val="005F78B4"/>
     <w:rsid w:val="005F7EEF"/>
     <w:rsid w:val="0061653D"/>
     <w:rsid w:val="0061666A"/>
     <w:rsid w:val="00630B04"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="0064036B"/>
     <w:rsid w:val="0064335D"/>
     <w:rsid w:val="00643E7B"/>
     <w:rsid w:val="0064712A"/>
     <w:rsid w:val="00670D66"/>
     <w:rsid w:val="00676BDD"/>
     <w:rsid w:val="00677EA6"/>
     <w:rsid w:val="00682C21"/>
     <w:rsid w:val="0068310E"/>
     <w:rsid w:val="00684A67"/>
     <w:rsid w:val="00685373"/>
     <w:rsid w:val="00686E46"/>
     <w:rsid w:val="006872CE"/>
     <w:rsid w:val="00690212"/>
@@ -6490,225 +6665,237 @@
     <w:rsid w:val="007D28E9"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007D7BB8"/>
     <w:rsid w:val="007E075D"/>
     <w:rsid w:val="007E0A45"/>
     <w:rsid w:val="007E232B"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="007F4998"/>
     <w:rsid w:val="007F4AD7"/>
     <w:rsid w:val="00816A35"/>
     <w:rsid w:val="00817A0F"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="00842C6C"/>
     <w:rsid w:val="008443E0"/>
     <w:rsid w:val="00847CB1"/>
     <w:rsid w:val="00852C48"/>
     <w:rsid w:val="00852CED"/>
     <w:rsid w:val="00854903"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="00860A5F"/>
     <w:rsid w:val="008669EF"/>
     <w:rsid w:val="0087263C"/>
     <w:rsid w:val="0088084F"/>
+    <w:rsid w:val="008816BA"/>
     <w:rsid w:val="00881AE9"/>
     <w:rsid w:val="00883C33"/>
+    <w:rsid w:val="008843C5"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008A2BA8"/>
     <w:rsid w:val="008B4BC6"/>
     <w:rsid w:val="008B50A4"/>
     <w:rsid w:val="008C0620"/>
     <w:rsid w:val="008C08DF"/>
     <w:rsid w:val="008C26D2"/>
     <w:rsid w:val="008C7327"/>
     <w:rsid w:val="008C7CC3"/>
     <w:rsid w:val="008D2D14"/>
     <w:rsid w:val="008D3B3A"/>
     <w:rsid w:val="008D4D03"/>
     <w:rsid w:val="008E2C5E"/>
     <w:rsid w:val="008E5660"/>
+    <w:rsid w:val="008F6E40"/>
     <w:rsid w:val="0090175F"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="009139C2"/>
     <w:rsid w:val="00921616"/>
     <w:rsid w:val="00926903"/>
     <w:rsid w:val="00930ED2"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="00942564"/>
     <w:rsid w:val="009533B5"/>
     <w:rsid w:val="009663ED"/>
     <w:rsid w:val="00966B1B"/>
     <w:rsid w:val="009937CA"/>
     <w:rsid w:val="009A6896"/>
     <w:rsid w:val="009B4DF1"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009C5F10"/>
     <w:rsid w:val="009C71CF"/>
     <w:rsid w:val="009D3EED"/>
     <w:rsid w:val="009D407B"/>
     <w:rsid w:val="009E4C6F"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A055CA"/>
     <w:rsid w:val="00A06538"/>
     <w:rsid w:val="00A117B5"/>
     <w:rsid w:val="00A15797"/>
     <w:rsid w:val="00A30381"/>
     <w:rsid w:val="00A400D5"/>
     <w:rsid w:val="00A42C3B"/>
     <w:rsid w:val="00A455E1"/>
     <w:rsid w:val="00A65C89"/>
     <w:rsid w:val="00A67516"/>
     <w:rsid w:val="00A67862"/>
     <w:rsid w:val="00A8461A"/>
     <w:rsid w:val="00A9264E"/>
     <w:rsid w:val="00A93ABC"/>
     <w:rsid w:val="00AA0ED2"/>
     <w:rsid w:val="00AA3072"/>
     <w:rsid w:val="00AC58D4"/>
     <w:rsid w:val="00AC5E4E"/>
     <w:rsid w:val="00AD2537"/>
+    <w:rsid w:val="00AF4A61"/>
     <w:rsid w:val="00AF4E5F"/>
     <w:rsid w:val="00AF6DAD"/>
     <w:rsid w:val="00AF6DCA"/>
     <w:rsid w:val="00B068A1"/>
     <w:rsid w:val="00B16810"/>
     <w:rsid w:val="00B16A50"/>
+    <w:rsid w:val="00B20255"/>
     <w:rsid w:val="00B209FB"/>
     <w:rsid w:val="00B25F55"/>
     <w:rsid w:val="00B30584"/>
     <w:rsid w:val="00B50256"/>
     <w:rsid w:val="00B5099A"/>
     <w:rsid w:val="00B51C45"/>
     <w:rsid w:val="00B541C4"/>
     <w:rsid w:val="00B5574B"/>
     <w:rsid w:val="00B56E39"/>
     <w:rsid w:val="00B64E14"/>
     <w:rsid w:val="00B747DF"/>
     <w:rsid w:val="00B95123"/>
     <w:rsid w:val="00B964A0"/>
     <w:rsid w:val="00BA2ADF"/>
     <w:rsid w:val="00BD5329"/>
     <w:rsid w:val="00BD7892"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:rsid w:val="00BE322E"/>
     <w:rsid w:val="00BF0429"/>
     <w:rsid w:val="00BF578C"/>
     <w:rsid w:val="00C021D1"/>
     <w:rsid w:val="00C02C2B"/>
     <w:rsid w:val="00C05AB0"/>
     <w:rsid w:val="00C05DE5"/>
     <w:rsid w:val="00C0676F"/>
     <w:rsid w:val="00C36665"/>
     <w:rsid w:val="00C41552"/>
     <w:rsid w:val="00C45DE8"/>
     <w:rsid w:val="00C5136D"/>
     <w:rsid w:val="00C56040"/>
     <w:rsid w:val="00C6452B"/>
     <w:rsid w:val="00C67EBC"/>
     <w:rsid w:val="00C722CA"/>
     <w:rsid w:val="00C906B6"/>
     <w:rsid w:val="00C912EF"/>
     <w:rsid w:val="00C9450B"/>
     <w:rsid w:val="00CA00CD"/>
     <w:rsid w:val="00CA5CCC"/>
     <w:rsid w:val="00CA6273"/>
     <w:rsid w:val="00CC077A"/>
     <w:rsid w:val="00CC1529"/>
+    <w:rsid w:val="00CC7873"/>
     <w:rsid w:val="00CD3153"/>
     <w:rsid w:val="00CE13F7"/>
     <w:rsid w:val="00CE3949"/>
     <w:rsid w:val="00CF3601"/>
     <w:rsid w:val="00CF58C5"/>
     <w:rsid w:val="00D01057"/>
     <w:rsid w:val="00D16D28"/>
     <w:rsid w:val="00D2423F"/>
     <w:rsid w:val="00D24857"/>
     <w:rsid w:val="00D3165D"/>
     <w:rsid w:val="00D36AAE"/>
     <w:rsid w:val="00D430E9"/>
     <w:rsid w:val="00D4365C"/>
     <w:rsid w:val="00D6147C"/>
     <w:rsid w:val="00D64001"/>
     <w:rsid w:val="00D83432"/>
     <w:rsid w:val="00D84721"/>
     <w:rsid w:val="00D857F3"/>
     <w:rsid w:val="00DA5D47"/>
     <w:rsid w:val="00DB0852"/>
     <w:rsid w:val="00DB1311"/>
     <w:rsid w:val="00DB6600"/>
     <w:rsid w:val="00DB6924"/>
+    <w:rsid w:val="00DD2041"/>
     <w:rsid w:val="00DD5A41"/>
     <w:rsid w:val="00DE09AD"/>
     <w:rsid w:val="00DE1BEB"/>
     <w:rsid w:val="00DE6EE8"/>
     <w:rsid w:val="00DF6F82"/>
     <w:rsid w:val="00E044CF"/>
     <w:rsid w:val="00E05035"/>
     <w:rsid w:val="00E06919"/>
     <w:rsid w:val="00E0764E"/>
     <w:rsid w:val="00E12883"/>
     <w:rsid w:val="00E31352"/>
+    <w:rsid w:val="00E47340"/>
     <w:rsid w:val="00E545FF"/>
     <w:rsid w:val="00E57646"/>
     <w:rsid w:val="00E603CE"/>
     <w:rsid w:val="00E66993"/>
     <w:rsid w:val="00E72567"/>
     <w:rsid w:val="00E74A53"/>
     <w:rsid w:val="00E7662F"/>
     <w:rsid w:val="00E771E6"/>
     <w:rsid w:val="00E868E8"/>
     <w:rsid w:val="00E87926"/>
     <w:rsid w:val="00EB2F99"/>
     <w:rsid w:val="00EB3553"/>
     <w:rsid w:val="00EB72F9"/>
     <w:rsid w:val="00EC3A61"/>
     <w:rsid w:val="00EC5F97"/>
     <w:rsid w:val="00EC75EB"/>
+    <w:rsid w:val="00ED15E9"/>
+    <w:rsid w:val="00ED4A50"/>
     <w:rsid w:val="00EE00AC"/>
     <w:rsid w:val="00EF091D"/>
     <w:rsid w:val="00F02123"/>
     <w:rsid w:val="00F0618D"/>
     <w:rsid w:val="00F130A3"/>
     <w:rsid w:val="00F14DD8"/>
     <w:rsid w:val="00F21278"/>
     <w:rsid w:val="00F232DD"/>
     <w:rsid w:val="00F251FE"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rsid w:val="00F27348"/>
     <w:rsid w:val="00F3584E"/>
     <w:rsid w:val="00F35CBC"/>
     <w:rsid w:val="00F36F0D"/>
     <w:rsid w:val="00F4004F"/>
     <w:rsid w:val="00F419FB"/>
     <w:rsid w:val="00F43624"/>
     <w:rsid w:val="00F50D3D"/>
+    <w:rsid w:val="00F515D6"/>
     <w:rsid w:val="00F64EED"/>
     <w:rsid w:val="00F72A87"/>
     <w:rsid w:val="00F75FD9"/>
     <w:rsid w:val="00F81DE2"/>
+    <w:rsid w:val="00F82346"/>
     <w:rsid w:val="00F954CE"/>
     <w:rsid w:val="00FA0546"/>
     <w:rsid w:val="00FB2AFF"/>
     <w:rsid w:val="00FB35AE"/>
     <w:rsid w:val="00FB4B2B"/>
     <w:rsid w:val="00FC3E46"/>
     <w:rsid w:val="00FC73E3"/>
     <w:rsid w:val="00FE583A"/>
     <w:rsid w:val="00FE69D8"/>
     <w:rsid w:val="00FF7B9C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
@@ -7089,51 +7276,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0090175F"/>
+    <w:rsid w:val="004C6217"/>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00926903"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans Medium" w:eastAsiaTheme="majorEastAsia" w:hAnsi="DM Sans Medium" w:cstheme="majorBidi"/>
       <w:color w:val="4F0433" w:themeColor="accent1"/>
       <w:spacing w:val="-4"/>
       <w:kern w:val="56"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
@@ -32595,51 +32782,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="308826416">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrator@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registrator@ki.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="https://kise.sharepoint.com/sites/templates/Templates/Basmall_m_logo.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="KI">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F0433"/>
       </a:accent1>
@@ -32824,232 +33011,86 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...23 lines deleted...]
-    <xsd:import namespace="55d7c949-cb5a-4d77-911b-c83d54845be6"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100A392F067D0A9A74C851CA7762BC03187" ma:contentTypeVersion="3" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="de03b6abc03a4a8cf1bcd38ff8b5f8aa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a81f593a-e01e-4b26-a045-acfd27dc1f8b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0edc594ea5276667bc19793c03223d3f" ns2:_="">
+    <xsd:import namespace="a81f593a-e01e-4b26-a045-acfd27dc1f8b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-[...13 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5d3bb7de-987f-4926-b01e-f8c2127dcabc" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a81f593a-e01e-4b26-a045-acfd27dc1f8b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...26 lines deleted...]
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="17" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
-    </xsd:element>
-[...80 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -33107,187 +33148,181 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <root xmlns="LPXML">
   <namn/>
   <titel/>
   <avdelning/>
   <förvaltning/>
   <kontakt>
     <telefon/>
     <mobil/>
     <epost/>
     <adress>
       <co/>
       <box/>
       <gata/>
       <postnr/>
       <ort/>
       <land/>
     </adress>
   </kontakt>
   <dokumenttyp/>
   <Diarienummer/>
   <Datum/>
   <version/>
   <sklass/>
   <foretag/>
   <extra1/>
   <extra2/>
   <extra3/>
   <extra4/>
   <extra5/>
   <extra6/>
   <extra7/>
   <extra8/>
   <extra9/>
 </root>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F8BF9BB-29FD-4319-A4F7-A450F7704244}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{650E6B79-17C2-4168-90B2-7B187AFAE727}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD8DB128-02D4-42C6-8BD3-B58A0A3BE23E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{572088FE-2CDB-4697-B120-DB2FF6352A65}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F8BF9BB-29FD-4319-A4F7-A450F7704244}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5d3bb7de-987f-4926-b01e-f8c2127dcabc"/>
     <ds:schemaRef ds:uri="55d7c949-cb5a-4d77-911b-c83d54845be6"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="LPXML"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11765DD2-CF04-4092-BB54-513ECBC8A31C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C138EFC-604B-4EB7-B466-5BF4ABDEF6D3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="LPXML"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basmall_m_logo</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2823</Characters>
+  <Pages>4</Pages>
+  <Words>457</Words>
+  <Characters>2885</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>144</Lines>
+  <Paragraphs>79</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3193</CharactersWithSpaces>
+  <CharactersWithSpaces>3263</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cecilia Forssman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010003D6DAFEF836FD4083BD813DEF85C921</vt:lpwstr>
+    <vt:lpwstr>0x010100A392F067D0A9A74C851CA7762BC03187</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>