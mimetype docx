--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,2292 +1,2835 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="608943AA" w14:textId="502041EF" w:rsidR="007F1BE6" w:rsidRPr="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8458" w:type="dxa"/>
+        <w:tblInd w:w="-2" w:type="dxa"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4070"/>
+        <w:gridCol w:w="4388"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D738A2" w:rsidRPr="006F3CB6" w14:paraId="35BBE81B" w14:textId="77777777" w:rsidTr="002E2A20">
+        <w:trPr>
+          <w:trHeight w:val="1530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="496ADBB7" w14:textId="77777777" w:rsidR="0030175A" w:rsidRPr="007F1BE6" w:rsidRDefault="008B0082" w:rsidP="0030175A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F3CB6">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institutionen för </w:t>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled w:val="0"/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:type w:val="calculated"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">  </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0030175A" w:rsidRPr="007F1BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FBC9F57" w14:textId="237BCCC8" w:rsidR="00157535" w:rsidRPr="006F3CB6" w:rsidRDefault="00157535" w:rsidP="00157535">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04F32049" w14:textId="77777777" w:rsidR="00395165" w:rsidRPr="006F3CB6" w:rsidRDefault="00395165" w:rsidP="0030175A">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2A3EE6" w14:textId="77777777" w:rsidR="008C4603" w:rsidRPr="006F3CB6" w:rsidRDefault="008C4603" w:rsidP="002E2A20">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04C412AD" w14:textId="77777777" w:rsidR="00F85A42" w:rsidRPr="006F3CB6" w:rsidRDefault="00F85A42">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...106 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09E62838" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="710D3988" w14:textId="77777777" w:rsidR="00F85A42" w:rsidRPr="006F3CB6" w:rsidRDefault="00F85A42">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D91008C" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="23650993" w14:textId="77777777" w:rsidR="009B7CF9" w:rsidRPr="0030175A" w:rsidRDefault="009B7CF9" w:rsidP="009B7CF9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DE57E2B" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="38FB8FD8" w14:textId="77777777" w:rsidR="0030175A" w:rsidRPr="0030175A" w:rsidRDefault="0030175A" w:rsidP="0030175A">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Beslut om anställning</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56703970" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="25CA2192" w14:textId="186225BF" w:rsidR="0030175A" w:rsidRPr="0030175A" w:rsidRDefault="0030175A" w:rsidP="0030175A">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...32 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Förnamn Efternamn"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Förnamn Efternamn</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> anställs som </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="befattning"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t>befattning</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="001F4B85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">Institutionen för </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">institutionen för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8965F5" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRPr="00E9628A" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="5676982F" w14:textId="77777777" w:rsidR="0030175A" w:rsidRPr="0030175A" w:rsidRDefault="0030175A" w:rsidP="0030175A">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48191F27" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRPr="00394DFD" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="3E5211C9" w14:textId="77777777" w:rsidR="0030175A" w:rsidRPr="0030175A" w:rsidRDefault="0030175A" w:rsidP="0030175A">
       <w:pPr>
         <w:rPr>
-          <w:i/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06CCE906" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRPr="00394DFD" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="1342DEE2" w14:textId="7121ECAA" w:rsidR="0030175A" w:rsidRPr="0030175A" w:rsidRDefault="0030175A" w:rsidP="0030175A">
       <w:pPr>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:t xml:space="preserve">Beslut i detta ärende har fattats av </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="befattning"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t>befattning</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Förnamn Efternamn"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Förnamn Efternamn</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> efter föredragning av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="befattning"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t>befattning</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Förnamn Efternamn"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Förnamn Efternamn</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0030175A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F86829" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7268A595" w14:textId="77777777" w:rsidR="00157535" w:rsidRPr="006F3CB6" w:rsidRDefault="00157535" w:rsidP="00157535">
+      <w:pPr>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DF61ABD" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
-      <w:r>
+    <w:p w14:paraId="33A5439C" w14:textId="77777777" w:rsidR="00157535" w:rsidRPr="006F3CB6" w:rsidRDefault="00157535" w:rsidP="00157535">
+      <w:pPr>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="661F8286" w14:textId="77777777" w:rsidR="00157535" w:rsidRPr="006F3CB6" w:rsidRDefault="00157535" w:rsidP="00157535">
+      <w:pPr>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61DF3A20" w14:textId="77777777" w:rsidR="00157535" w:rsidRPr="005537E4" w:rsidRDefault="00157535" w:rsidP="00157535">
+      <w:pPr>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BC5C999" w14:textId="4877BC6C" w:rsidR="00157535" w:rsidRPr="005537E4" w:rsidRDefault="005537E4" w:rsidP="005537E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Förnamn Efternamn"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Förnamn Efternamn</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656CBA98" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
-      <w:r>
+    <w:p w14:paraId="74BB11CD" w14:textId="77777777" w:rsidR="005537E4" w:rsidRPr="005537E4" w:rsidRDefault="005537E4" w:rsidP="005537E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:t>(Signeras eller e-signeras av beslutsfattande)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173F55D4" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5D614208" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="31979A12" w14:textId="77777777" w:rsidR="009B7CF9" w:rsidRPr="006F3CB6" w:rsidRDefault="009B7CF9" w:rsidP="009B7CF9">
       <w:pPr>
-        <w:rPr>
-          <w:b/>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="772F0372" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="1FFE6F05" w14:textId="77777777" w:rsidR="009B7CF9" w:rsidRPr="006F3CB6" w:rsidRDefault="009B7CF9" w:rsidP="009B7CF9">
       <w:pPr>
-        <w:rPr>
-          <w:b/>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61A424BF" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="7EF5DB6B" w14:textId="77777777" w:rsidR="009B7CF9" w:rsidRPr="006F3CB6" w:rsidRDefault="009B7CF9" w:rsidP="009B7CF9">
       <w:pPr>
-        <w:rPr>
-          <w:b/>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7122A8CC" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="38EF9873" w14:textId="77777777" w:rsidR="009B7CF9" w:rsidRPr="006F3CB6" w:rsidRDefault="009B7CF9" w:rsidP="009B7CF9">
       <w:pPr>
-        <w:rPr>
-          <w:b/>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59B28C26" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRPr="00394DFD" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="20C30121" w14:textId="77777777" w:rsidR="0001437B" w:rsidRPr="006F3CB6" w:rsidRDefault="0001437B" w:rsidP="005537E4">
       <w:pPr>
-        <w:rPr>
-          <w:b/>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31B77954" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRPr="00E62DEB" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="740F12F2" w14:textId="77777777" w:rsidR="0001437B" w:rsidRPr="005537E4" w:rsidRDefault="0001437B" w:rsidP="00C368EA">
       <w:pPr>
-        <w:rPr>
-          <w:bCs/>
+        <w:pStyle w:val="Lptext"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E62DEB">
-[...1 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w14:paraId="06436E16" w14:textId="77777777" w:rsidR="005537E4" w:rsidRPr="005537E4" w:rsidRDefault="005537E4" w:rsidP="005537E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>Hur man överklagar beslutet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B65817" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="63E2EB93" w14:textId="77777777" w:rsidR="005537E4" w:rsidRPr="005537E4" w:rsidRDefault="005537E4" w:rsidP="005537E4">
       <w:pPr>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C62633">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">Den som vill överklaga beslutet om anställning ska skriftligen meddela Karolinska Institutet inom tre veckor från den dag då informationen om detta beslut anslogs på myndighetens anslagstavla. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5E5C9E" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6"/>
-    <w:p w14:paraId="4B1419AD" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRPr="00C62633" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
+    <w:p w14:paraId="13745F57" w14:textId="77777777" w:rsidR="005537E4" w:rsidRPr="005537E4" w:rsidRDefault="005537E4" w:rsidP="005537E4">
       <w:pPr>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5D29DA7D" w14:textId="77777777" w:rsidR="007F1BE6" w:rsidRDefault="007F1BE6" w:rsidP="007F1BE6">
-      <w:r>
+    <w:p w14:paraId="727A4686" w14:textId="77777777" w:rsidR="005537E4" w:rsidRPr="005537E4" w:rsidRDefault="005537E4" w:rsidP="005537E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I överklagandet ska anges vilket beslut som överklagas (ange gärna diarienumret ovan), vilken ändring som önskas samt skälen till ändring. Överklagandet ska skickas till Karolinska Institutet, Registrator, 171 77 Stockholm. Karolinska Institutet skickar överklagandet vidare till den instans som ska pröva överklagandet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D39C7D6" w14:textId="4804567B" w:rsidR="00795FCF" w:rsidRPr="005537E4" w:rsidRDefault="005537E4" w:rsidP="005537E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005537E4">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="54059A87" w14:textId="77777777" w:rsidR="00713235" w:rsidRDefault="00713235"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId6"/>
+    <w:sectPr w:rsidR="00795FCF" w:rsidRPr="005537E4" w:rsidSect="00747031">
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="first" r:id="rId7"/>
+      <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="2381" w:right="991" w:bottom="1701" w:left="2310" w:header="680" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="2381" w:right="849" w:bottom="1618" w:left="2310" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5ED7B02D" w14:textId="77777777" w:rsidR="00195AE6" w:rsidRDefault="00195AE6">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5FCEB6CE" w14:textId="77777777" w:rsidR="00195AE6" w:rsidRDefault="00195AE6">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DM Sans">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="43EBE441" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546" w:rsidP="00353919">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="260F48D8" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA" w:rsidP="00353919">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:ind w:left="-180" w:right="-1064"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4BA05785" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00887846" w:rsidRDefault="00863546" w:rsidP="00353919">
+  <w:p w14:paraId="336A4BEE" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00887846" w:rsidRDefault="005011BA" w:rsidP="00353919">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9130" w:type="dxa"/>
       <w:tblInd w:w="-112" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2220"/>
       <w:gridCol w:w="2496"/>
       <w:gridCol w:w="1832"/>
       <w:gridCol w:w="2582"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00980BC4" w:rsidRPr="0044740D" w14:paraId="725F25BE" w14:textId="77777777" w:rsidTr="00980BC4">
+    <w:tr w:rsidR="00365C17" w:rsidRPr="002E2A20" w14:paraId="2D9C0B97" w14:textId="77777777" w:rsidTr="00365C17">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2220" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="614A7536" w14:textId="77777777" w:rsidR="00980BC4" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00980BC4">
+        <w:p w14:paraId="0FEFAB8D" w14:textId="77777777" w:rsidR="00365C17" w:rsidRPr="002E2A20" w:rsidRDefault="00365C17" w:rsidP="00365C17">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0044740D">
+          <w:r w:rsidRPr="002E2A20">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
             </w:rPr>
             <w:t>Postadress</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2496" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="007F880A" w14:textId="77777777" w:rsidR="00980BC4" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00980BC4">
+        <w:p w14:paraId="7894FBA3" w14:textId="77777777" w:rsidR="00365C17" w:rsidRPr="002E2A20" w:rsidRDefault="00365C17" w:rsidP="00365C17">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0044740D">
+          <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
             </w:rPr>
+            <w:t>Besöks</w:t>
+          </w:r>
+          <w:r w:rsidRPr="002E2A20">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>adress</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1832" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="06869DFF" w14:textId="77777777" w:rsidR="00365C17" w:rsidRPr="002E2A20" w:rsidRDefault="00365C17" w:rsidP="00365C17">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002E2A20">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:noProof/>
+            </w:rPr>
             <w:t>Telefon</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
+          <w:tcW w:w="2582" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7567E3D3" w14:textId="77777777" w:rsidR="00365C17" w:rsidRPr="002E2A20" w:rsidRDefault="00365C17" w:rsidP="00365C17">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002E2A20">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>E-post</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="005011BA" w:rsidRPr="002E2A20" w14:paraId="7192352C" w14:textId="77777777" w:rsidTr="00365C17">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2220" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="56757619" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002E2A20">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>Karolinska Institutet</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2496" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7340798A" w14:textId="77777777" w:rsidR="005011BA" w:rsidRDefault="00365C17" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>Nobels väg 5,</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="0B83A8E2" w14:textId="77777777" w:rsidR="00365C17" w:rsidRPr="002E2A20" w:rsidRDefault="00365C17" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>Solna</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
           <w:tcW w:w="1832" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="37929EEE" w14:textId="77777777" w:rsidR="00980BC4" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00980BC4">
+        <w:p w14:paraId="54F2A26B" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002E2A20">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>08-524 800 00, vx</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2582" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7B4DC52C" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="009B7CF9" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>registrator</w:t>
+          </w:r>
+          <w:r w:rsidR="005011BA" w:rsidRPr="002E2A20">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>@ki.se</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="005011BA" w:rsidRPr="002E2A20" w14:paraId="50625AA8" w14:textId="77777777" w:rsidTr="00365C17">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2220" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="110ED37F" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002E2A20">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>SE-171 77  STOCKHOLM</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2496" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="00D46204" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1832" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="6EC0F3BD" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2582" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7B539404" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00A9000D">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0044740D">
+          <w:r w:rsidRPr="002E2A20">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
             </w:rPr>
-            <w:t>E-post</w:t>
-          </w:r>
+            <w:t>Webb</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="005011BA" w:rsidRPr="002E2A20" w14:paraId="0C0D4C85" w14:textId="77777777" w:rsidTr="00365C17">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2220" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="683CCCF3" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2496" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7F8F7205" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1832" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="3D1631A9" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00A9000D">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2582" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0EE7EC41" w14:textId="77777777" w:rsidR="00980BC4" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00980BC4">
+        <w:p w14:paraId="177C0660" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00A9000D">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002E2A20">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>ki.se</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="005011BA" w:rsidRPr="002E2A20" w14:paraId="4319A4E9" w14:textId="77777777" w:rsidTr="00365C17">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2220" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="753D5445" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002E2A20">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>Org. Nummer 202100 2973</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2496" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="4CD6BF9F" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1832" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="6582079B" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00A9000D">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
-    </w:tr>
-[...70 lines deleted...]
-      </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2582" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="17F9ED51" w14:textId="77777777" w:rsidR="00980BC4" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00980BC4">
-[...226 lines deleted...]
-        <w:p w14:paraId="263F5210" w14:textId="77777777" w:rsidR="00980BC4" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00980BC4">
+        <w:p w14:paraId="486AC523" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00A9000D">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="237714F4" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546">
+  <w:p w14:paraId="49D84647" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="77EE88A6" w14:textId="77777777" w:rsidR="00195AE6" w:rsidRDefault="00195AE6">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="512D137E" w14:textId="77777777" w:rsidR="00195AE6" w:rsidRDefault="00195AE6">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10516" w:type="dxa"/>
       <w:tblInd w:w="-1588" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5387"/>
       <w:gridCol w:w="1273"/>
       <w:gridCol w:w="2583"/>
       <w:gridCol w:w="1273"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="55AD6883" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="1D662330" w14:textId="77777777" w:rsidTr="002E2A20">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
-        <w:p w14:paraId="29AFC2AE" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546" w:rsidP="00AB07EC">
+        <w:p w14:paraId="0F1C38EE" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA" w:rsidP="00AB07EC">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="56CC5BCF" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546" w:rsidP="00AB07EC">
+        <w:p w14:paraId="48C0ADC5" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA" w:rsidP="00AB07EC">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
-          <w:r>
-[...48 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3856" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="78EB02CA" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546">
+        <w:p w14:paraId="22D737F5" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="006F3CB6" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1273" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6AD7037B" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546">
+        <w:p w14:paraId="358A803B" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="006F3CB6" w:rsidRDefault="005011BA" w:rsidP="00BF0FD5">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0044740D">
-[...1 lines deleted...]
-              <w:rFonts w:cs="Arial"/>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Sid: </w:t>
           </w:r>
-          <w:r w:rsidRPr="0044740D">
+          <w:r w:rsidRPr="006F3CB6">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="0044740D">
+          <w:r w:rsidRPr="006F3CB6">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="0044740D">
+          <w:r w:rsidRPr="006F3CB6">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidRPr="0044740D">
+          <w:r w:rsidR="00691B12" w:rsidRPr="006F3CB6">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidRPr="0044740D">
+          <w:r w:rsidRPr="006F3CB6">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="0044740D">
+          <w:r w:rsidRPr="006F3CB6">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> / </w:t>
           </w:r>
-          <w:r w:rsidRPr="0044740D">
+          <w:r w:rsidR="00BF0FD5" w:rsidRPr="006F3CB6">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:fldChar w:fldCharType="begin"/>
-[...36 lines deleted...]
-            <w:fldChar w:fldCharType="end"/>
+            <w:t>2</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="72AECB96" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="3851FBEC" w14:textId="77777777" w:rsidTr="002E2A20">
       <w:trPr>
         <w:gridAfter w:val="1"/>
         <w:wAfter w:w="1273" w:type="dxa"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="788F59E7" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546">
+        <w:p w14:paraId="7260B469" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3856" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="2E78FDD6" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546">
+        <w:p w14:paraId="02F62765" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="2EDFAED8" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="4B15A868" w14:textId="77777777" w:rsidTr="002E2A20">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="36C53952" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546">
+        <w:p w14:paraId="3C3A6959" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3856" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="4734D422" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546">
+        <w:p w14:paraId="27E8594B" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1273" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="50BAF1EB" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546">
+        <w:p w14:paraId="17B6638C" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="0EC6F6DB" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="1808621E" w14:textId="77777777" w:rsidTr="002E2A20">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="56437294" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546">
+        <w:p w14:paraId="18EA809D" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3856" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="748F76FF" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546">
+        <w:p w14:paraId="7754D0E9" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1273" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3ED50FAB" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546">
+        <w:p w14:paraId="0BDF7E99" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="134B672D" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="2A8B4983" w14:textId="77777777" w:rsidTr="002E2A20">
       <w:trPr>
         <w:gridAfter w:val="2"/>
         <w:wAfter w:w="3856" w:type="dxa"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="01F8D9F9" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546">
+        <w:p w14:paraId="14A8C4A9" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1273" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="42CED197" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546">
+        <w:p w14:paraId="298D3DDE" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="16BA1D18" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="1BD2BE85" w14:textId="77777777" w:rsidTr="002E2A20">
       <w:trPr>
         <w:gridAfter w:val="2"/>
         <w:wAfter w:w="3856" w:type="dxa"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="4EC1E13E" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546">
+        <w:p w14:paraId="3C8FF497" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1273" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7EEAF4B1" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546">
+        <w:p w14:paraId="79A72210" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="7CFADFAE" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546">
+  <w:p w14:paraId="7EE3ADC8" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10496" w:type="dxa"/>
       <w:tblInd w:w="-1432" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5387"/>
-      <w:gridCol w:w="3239"/>
-      <w:gridCol w:w="1870"/>
+      <w:gridCol w:w="2991"/>
+      <w:gridCol w:w="2118"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="01AC1247" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="55C7AAC6" w14:textId="77777777" w:rsidTr="0030175A">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
-        <w:p w14:paraId="7EFBC3F9" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+        <w:p w14:paraId="26EA41AA" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="00BF0FD5" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
-        </w:p>
-[...3 lines deleted...]
-          </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74C526EA" wp14:editId="4A72C702">
-[...2 lines deleted...]
-                <wp:docPr id="2" name="Bild 2" descr="KI-Logo_pos_sv"/>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="694BB4BF" wp14:editId="18620145">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-54610</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>120650</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1905000" cy="765928"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Bildobjekt 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2" descr="KI-Logo_pos_sv"/>
+                        <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId1"/>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1800225" cy="733425"/>
+                          <a:ext cx="1905000" cy="765928"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
-                        <a:ln w="9525">
-[...4 lines deleted...]
-                        </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
-              </wp:inline>
+              </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
-      </w:tc>
-[...4 lines deleted...]
-        <w:p w14:paraId="00A6161D" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+        <w:p w14:paraId="03E5EA9B" w14:textId="77777777" w:rsidR="00BF0FD5" w:rsidRDefault="00BF0FD5" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="2665F99A" w14:textId="77777777" w:rsidR="00BF0FD5" w:rsidRPr="00BF0FD5" w:rsidRDefault="00BF0FD5" w:rsidP="00BF0FD5"/>
+        <w:p w14:paraId="312552C0" w14:textId="77777777" w:rsidR="00BF0FD5" w:rsidRDefault="00BF0FD5" w:rsidP="00BF0FD5"/>
+        <w:p w14:paraId="7FE4665D" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00BF0FD5" w:rsidRDefault="00BF0FD5" w:rsidP="00BF0FD5">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1324"/>
+              <w:tab w:val="left" w:pos="3825"/>
+            </w:tabs>
+          </w:pPr>
+          <w:r>
+            <w:tab/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2991" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7837FD16" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1870" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:p w14:paraId="7EAB0357" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+          <w:tcW w:w="2118" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="16F52636" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="253232D6" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="02277E61" w14:textId="77777777" w:rsidTr="0030175A">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="4145DB93" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+        <w:p w14:paraId="67EF60DE" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3239" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:p w14:paraId="30056F92" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+          <w:tcW w:w="2991" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="656416EA" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1870" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:p w14:paraId="5B96045C" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+          <w:tcW w:w="2118" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="4BCFE8EC" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="7EAAD92F" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="642C9D1A" w14:textId="77777777" w:rsidTr="0030175A">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="11D5076C" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+        <w:p w14:paraId="4027FE25" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3239" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:p w14:paraId="348A7F3F" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+          <w:tcW w:w="2991" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="594DA00B" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1870" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:p w14:paraId="40405287" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+          <w:tcW w:w="2118" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="1201A53C" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="2B90F6D1" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="1074E764" w14:textId="77777777" w:rsidTr="0030175A">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="7B5ADF99" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+        <w:p w14:paraId="1E93D207" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3239" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:p w14:paraId="6840F6C7" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="006C53E9">
+          <w:tcW w:w="2991" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="27ED1961" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="006F3CB6" w:rsidRDefault="005011BA" w:rsidP="006C53E9">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0044740D">
-[...1 lines deleted...]
-              <w:rFonts w:cs="Arial"/>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Beslut</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1870" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:p w14:paraId="1F48166C" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="006C53E9">
+          <w:tcW w:w="2118" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="4DF378FA" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="006F3CB6" w:rsidRDefault="005011BA" w:rsidP="007A08A6">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
-              <w:rFonts w:cs="Arial"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0044740D">
-[...1 lines deleted...]
-              <w:rFonts w:cs="Arial"/>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Dnr: </w:t>
           </w:r>
-          <w:proofErr w:type="gramStart"/>
-[...70 lines deleted...]
-              <w:rFonts w:cs="Arial"/>
+          <w:r w:rsidR="007A08A6" w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Sid: </w:t>
-[...4 lines deleted...]
-              <w:rFonts w:cs="Arial"/>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="007A08A6" w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:fldChar w:fldCharType="begin"/>
-[...4 lines deleted...]
-              <w:rFonts w:cs="Arial"/>
+            <w:instrText>x-yyyy/åååå</w:instrText>
+          </w:r>
+          <w:r w:rsidR="007A08A6" w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:instrText xml:space="preserve"> PAGE </w:instrText>
-[...4 lines deleted...]
-              <w:rFonts w:cs="Arial"/>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="6A53F265" w14:textId="77777777" w:rsidTr="0030175A">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5387" w:type="dxa"/>
+          <w:vMerge/>
+        </w:tcPr>
+        <w:p w14:paraId="6FDD8F43" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
+          <w:pPr>
+            <w:pStyle w:val="Sidhuvud"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2991" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="21CDF66D" w14:textId="66ABD959" w:rsidR="005011BA" w:rsidRPr="006F3CB6" w:rsidRDefault="003A7AF0" w:rsidP="007A08A6">
+          <w:pPr>
+            <w:pStyle w:val="Sidhuvud"/>
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:fldChar w:fldCharType="separate"/>
-[...5 lines deleted...]
-              <w:noProof/>
+          </w:pPr>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>1</w:t>
-[...4 lines deleted...]
-              <w:rFonts w:cs="Arial"/>
+            <w:t>202</w:t>
+          </w:r>
+          <w:r w:rsidR="0030175A">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:fldChar w:fldCharType="end"/>
-[...4 lines deleted...]
-              <w:rFonts w:cs="Arial"/>
+            <w:t>x</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve"> / 1</w:t>
+            <w:t>-xx-xx</w:t>
+          </w:r>
+          <w:r w:rsidR="007A08A6" w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="007A08A6" w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve">åååå-mm-dd </w:instrText>
+          </w:r>
+          <w:r w:rsidR="007A08A6" w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2118" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="75737B73" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="006F3CB6" w:rsidRDefault="005011BA" w:rsidP="006C53E9">
+          <w:pPr>
+            <w:pStyle w:val="Sidhuvud"/>
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sid: </w:t>
+          </w:r>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rStyle w:val="Sidnummer"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rStyle w:val="Sidnummer"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rStyle w:val="Sidnummer"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00691B12" w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rStyle w:val="Sidnummer"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rStyle w:val="Sidnummer"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rStyle w:val="Sidnummer"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> / </w:t>
+          </w:r>
+          <w:r w:rsidR="00BF0FD5" w:rsidRPr="006F3CB6">
+            <w:rPr>
+              <w:rStyle w:val="Sidnummer"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>2</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C86078" w:rsidRPr="00F75381" w14:paraId="4E14753F" w14:textId="77777777" w:rsidTr="349258BE">
+    <w:tr w:rsidR="005011BA" w:rsidRPr="00F75381" w14:paraId="2E0E0C8E" w14:textId="77777777" w:rsidTr="0030175A">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w14:paraId="770CBEE5" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+        <w:p w14:paraId="31870434" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3239" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:p w14:paraId="3F044796" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+          <w:tcW w:w="2991" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="23B90DDE" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1870" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:p w14:paraId="223B0AA7" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="0044740D" w:rsidRDefault="00863546" w:rsidP="00C977A2">
+          <w:tcW w:w="2118" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="0D55C25C" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="002E2A20" w:rsidRDefault="005011BA" w:rsidP="00C977A2">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="01E2BDCB" w14:textId="77777777" w:rsidR="00C86078" w:rsidRPr="00F75381" w:rsidRDefault="00863546">
+  <w:p w14:paraId="6C0461D9" w14:textId="77777777" w:rsidR="005011BA" w:rsidRPr="00F75381" w:rsidRDefault="005011BA">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iYHyuTjVykBgebc4Driint5KGFGXpcFmti4DncqHLFdtGhCIAORZ/C9onlMdSqkqTyr3DUKUeHiZm9ij0e/l5A==" w:salt="8TaVNQDnRvA/u8ZzdF22og=="/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="stc3_dlg_cap¤frame_¤&lt;new&gt;1¤English" w:val="Choose logotype / Välj logotyp"/>
+    <w:docVar w:name="stc3_dlg_cap¤frame_¤&lt;new&gt;1¤Svenska" w:val="Välj logotyp / Choose logotype"/>
+    <w:docVar w:name="stc3_dlg_def_value¤oa_¤Logo_färg" w:val="False"/>
+    <w:docVar w:name="stc3_dlg_def_value¤oa_¤Logo_sv" w:val="True"/>
+    <w:docVar w:name="stc3_dlg_element¤01" w:val="dialog_¤TemplateDialog"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01" w:val="step_¤&lt;new&gt;"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤01" w:val="frame_¤&lt;new&gt;1"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤01" w:val="oa_¤Logo_sv"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤02" w:val="oa_¤Logo_färg"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤02" w:val="frame_¤&lt;new&gt;"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤01" w:val="pr_¤Profile"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤02" w:val="dl_¤DocLanguage"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤03" w:val="ds_¤Dokumentnamn"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤04" w:val="dl_¤Date"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤05" w:val="ds_¤DNR"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤06" w:val="ds_¤Mottagare"/>
+    <w:docVar w:name="stc3_dlg_element¤01¤01¤02¤07" w:val="ds_¤Rubrik"/>
+    <w:docVar w:name="stc3_dlg_rowcount¤ds_¤DNR" w:val="1"/>
+    <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Dokumentnamn" w:val="1"/>
+    <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Mottagare" w:val="5"/>
+    <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Rubrik" w:val="1"/>
+    <w:docVar w:name="stc3_dlg_show_dlg_descr¤dialog_¤TemplateDialog" w:val="False"/>
+    <w:docVar w:name="stc3_dlg_show_step_descr¤dialog_¤TemplateDialog" w:val="False"/>
+    <w:docVar w:name="stc3_dlg_type¤dl_¤Date" w:val="6"/>
+    <w:docVar w:name="stc3_dlg_type¤dl_¤DocLanguage" w:val="9"/>
+    <w:docVar w:name="stc3_dlg_type¤ds_¤DNR" w:val="1"/>
+    <w:docVar w:name="stc3_dlg_type¤ds_¤Dokumentnamn" w:val="1"/>
+    <w:docVar w:name="stc3_dlg_type¤ds_¤Mottagare" w:val="1"/>
+    <w:docVar w:name="stc3_dlg_type¤ds_¤Rubrik" w:val="1"/>
+    <w:docVar w:name="stc3_dlg_type¤oa_¤Logo_färg" w:val="5"/>
+    <w:docVar w:name="stc3_dlg_type¤oa_¤Logo_sv" w:val="5"/>
+    <w:docVar w:name="stc3_dlg_type¤pr_¤Profile" w:val="10"/>
+  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="007F1BE6"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00CD2DE5"/>
+    <w:rsidRoot w:val="0030175A"/>
+    <w:rsid w:val="0001437B"/>
+    <w:rsid w:val="0002559A"/>
+    <w:rsid w:val="00057050"/>
+    <w:rsid w:val="00077AB6"/>
+    <w:rsid w:val="000A0D26"/>
+    <w:rsid w:val="000C63A7"/>
+    <w:rsid w:val="00103370"/>
+    <w:rsid w:val="001332DC"/>
+    <w:rsid w:val="00155A8A"/>
+    <w:rsid w:val="00155D84"/>
+    <w:rsid w:val="00157535"/>
+    <w:rsid w:val="001625BA"/>
+    <w:rsid w:val="00163386"/>
+    <w:rsid w:val="001634E9"/>
+    <w:rsid w:val="00164326"/>
+    <w:rsid w:val="001663DC"/>
+    <w:rsid w:val="001800CD"/>
+    <w:rsid w:val="0018023C"/>
+    <w:rsid w:val="00187C87"/>
+    <w:rsid w:val="00190E78"/>
+    <w:rsid w:val="00195AE6"/>
+    <w:rsid w:val="001C24A9"/>
+    <w:rsid w:val="001C444D"/>
+    <w:rsid w:val="001C4F49"/>
+    <w:rsid w:val="001C5B7B"/>
+    <w:rsid w:val="001F4B85"/>
+    <w:rsid w:val="00201E67"/>
+    <w:rsid w:val="00221157"/>
+    <w:rsid w:val="00227428"/>
+    <w:rsid w:val="00275078"/>
+    <w:rsid w:val="002828CC"/>
+    <w:rsid w:val="002951F6"/>
+    <w:rsid w:val="002E1ED2"/>
+    <w:rsid w:val="002E2A20"/>
+    <w:rsid w:val="002E593D"/>
+    <w:rsid w:val="0030175A"/>
+    <w:rsid w:val="0030621D"/>
+    <w:rsid w:val="00313BF9"/>
+    <w:rsid w:val="003373A1"/>
+    <w:rsid w:val="00353919"/>
+    <w:rsid w:val="00357196"/>
+    <w:rsid w:val="00363EE8"/>
+    <w:rsid w:val="00365C17"/>
+    <w:rsid w:val="00395165"/>
+    <w:rsid w:val="00397FF7"/>
+    <w:rsid w:val="003A2C70"/>
+    <w:rsid w:val="003A3EFD"/>
+    <w:rsid w:val="003A567A"/>
+    <w:rsid w:val="003A7AF0"/>
+    <w:rsid w:val="003C1047"/>
+    <w:rsid w:val="003C1F16"/>
+    <w:rsid w:val="003C7C90"/>
+    <w:rsid w:val="003D092E"/>
+    <w:rsid w:val="003D617B"/>
+    <w:rsid w:val="003E600A"/>
+    <w:rsid w:val="003E6B46"/>
+    <w:rsid w:val="003E6FC3"/>
+    <w:rsid w:val="00421BED"/>
+    <w:rsid w:val="0043473F"/>
+    <w:rsid w:val="00444B24"/>
+    <w:rsid w:val="00453DAF"/>
+    <w:rsid w:val="004C60FE"/>
+    <w:rsid w:val="004D70E9"/>
+    <w:rsid w:val="004F5992"/>
+    <w:rsid w:val="005011BA"/>
+    <w:rsid w:val="00504A62"/>
+    <w:rsid w:val="00532260"/>
+    <w:rsid w:val="00536D08"/>
+    <w:rsid w:val="00552D57"/>
+    <w:rsid w:val="005537E4"/>
+    <w:rsid w:val="0056427E"/>
+    <w:rsid w:val="005651CC"/>
+    <w:rsid w:val="00595A9C"/>
+    <w:rsid w:val="005A7EC7"/>
+    <w:rsid w:val="005B096A"/>
+    <w:rsid w:val="005C0528"/>
+    <w:rsid w:val="005F12C3"/>
+    <w:rsid w:val="005F2B31"/>
+    <w:rsid w:val="00614C86"/>
+    <w:rsid w:val="00620EFB"/>
+    <w:rsid w:val="006536CE"/>
+    <w:rsid w:val="00677E56"/>
+    <w:rsid w:val="00685D94"/>
+    <w:rsid w:val="00691B12"/>
+    <w:rsid w:val="006A2BE9"/>
+    <w:rsid w:val="006A7CBC"/>
+    <w:rsid w:val="006B4327"/>
+    <w:rsid w:val="006C52C0"/>
+    <w:rsid w:val="006C53E9"/>
+    <w:rsid w:val="006E52B4"/>
+    <w:rsid w:val="006F3CB6"/>
+    <w:rsid w:val="00712605"/>
+    <w:rsid w:val="00717163"/>
+    <w:rsid w:val="00747031"/>
+    <w:rsid w:val="007516BA"/>
+    <w:rsid w:val="007605DC"/>
+    <w:rsid w:val="00761DCB"/>
+    <w:rsid w:val="007627D8"/>
+    <w:rsid w:val="00766E50"/>
+    <w:rsid w:val="007829F5"/>
+    <w:rsid w:val="00784FA9"/>
+    <w:rsid w:val="00795FCF"/>
+    <w:rsid w:val="00797F87"/>
+    <w:rsid w:val="007A08A6"/>
+    <w:rsid w:val="007A4429"/>
+    <w:rsid w:val="007A73C3"/>
+    <w:rsid w:val="007E7456"/>
+    <w:rsid w:val="00801343"/>
+    <w:rsid w:val="00804BA1"/>
+    <w:rsid w:val="008066AB"/>
+    <w:rsid w:val="0082099E"/>
+    <w:rsid w:val="00844D86"/>
+    <w:rsid w:val="00886F9A"/>
+    <w:rsid w:val="00887846"/>
+    <w:rsid w:val="008B0082"/>
+    <w:rsid w:val="008C1954"/>
+    <w:rsid w:val="008C4603"/>
+    <w:rsid w:val="008C4623"/>
+    <w:rsid w:val="008C5232"/>
+    <w:rsid w:val="008F798A"/>
+    <w:rsid w:val="00904D0A"/>
+    <w:rsid w:val="00910BCD"/>
+    <w:rsid w:val="00917A96"/>
+    <w:rsid w:val="00923396"/>
+    <w:rsid w:val="0095706B"/>
+    <w:rsid w:val="00961399"/>
+    <w:rsid w:val="0097736A"/>
+    <w:rsid w:val="00984BFF"/>
+    <w:rsid w:val="009B7CF9"/>
+    <w:rsid w:val="009E6251"/>
+    <w:rsid w:val="009F56CD"/>
+    <w:rsid w:val="00A009DB"/>
+    <w:rsid w:val="00A270C9"/>
+    <w:rsid w:val="00A51B0E"/>
+    <w:rsid w:val="00A83204"/>
+    <w:rsid w:val="00A9000D"/>
+    <w:rsid w:val="00AB07EC"/>
+    <w:rsid w:val="00AE027D"/>
+    <w:rsid w:val="00AF4BAB"/>
+    <w:rsid w:val="00AF63B5"/>
+    <w:rsid w:val="00B3247F"/>
+    <w:rsid w:val="00B427A3"/>
+    <w:rsid w:val="00BA437B"/>
+    <w:rsid w:val="00BA7664"/>
+    <w:rsid w:val="00BB702B"/>
+    <w:rsid w:val="00BC20ED"/>
+    <w:rsid w:val="00BC7BE0"/>
+    <w:rsid w:val="00BD6F45"/>
+    <w:rsid w:val="00BF01D7"/>
+    <w:rsid w:val="00BF0FD5"/>
+    <w:rsid w:val="00BF3A9C"/>
+    <w:rsid w:val="00C120BD"/>
+    <w:rsid w:val="00C368EA"/>
+    <w:rsid w:val="00C37B6A"/>
+    <w:rsid w:val="00C4073F"/>
+    <w:rsid w:val="00C77FFD"/>
+    <w:rsid w:val="00C86078"/>
+    <w:rsid w:val="00C9081B"/>
+    <w:rsid w:val="00C91F92"/>
+    <w:rsid w:val="00C92491"/>
+    <w:rsid w:val="00C9401C"/>
+    <w:rsid w:val="00C95939"/>
+    <w:rsid w:val="00C977A2"/>
+    <w:rsid w:val="00CC235D"/>
+    <w:rsid w:val="00CC7CBB"/>
+    <w:rsid w:val="00CE11E2"/>
+    <w:rsid w:val="00CE130F"/>
+    <w:rsid w:val="00CE1BDC"/>
+    <w:rsid w:val="00CE1D1D"/>
+    <w:rsid w:val="00CF624E"/>
+    <w:rsid w:val="00CF6794"/>
+    <w:rsid w:val="00D03692"/>
+    <w:rsid w:val="00D1522F"/>
+    <w:rsid w:val="00D21CCD"/>
+    <w:rsid w:val="00D23D8D"/>
+    <w:rsid w:val="00D31D9D"/>
+    <w:rsid w:val="00D40ACE"/>
+    <w:rsid w:val="00D4256D"/>
+    <w:rsid w:val="00D46FD4"/>
+    <w:rsid w:val="00D64FCD"/>
+    <w:rsid w:val="00D71190"/>
+    <w:rsid w:val="00D725D7"/>
+    <w:rsid w:val="00D738A2"/>
+    <w:rsid w:val="00D92184"/>
+    <w:rsid w:val="00DA03F5"/>
+    <w:rsid w:val="00DE3400"/>
+    <w:rsid w:val="00DE37BE"/>
+    <w:rsid w:val="00DE6066"/>
+    <w:rsid w:val="00E16C3A"/>
+    <w:rsid w:val="00E228D3"/>
+    <w:rsid w:val="00E27ECB"/>
+    <w:rsid w:val="00E337FD"/>
+    <w:rsid w:val="00E546F0"/>
+    <w:rsid w:val="00E56528"/>
+    <w:rsid w:val="00E743BF"/>
+    <w:rsid w:val="00E752C8"/>
+    <w:rsid w:val="00E8039D"/>
+    <w:rsid w:val="00E8747D"/>
+    <w:rsid w:val="00E87A25"/>
+    <w:rsid w:val="00EA54DD"/>
+    <w:rsid w:val="00ED3868"/>
+    <w:rsid w:val="00EE3CB0"/>
+    <w:rsid w:val="00F03CB1"/>
+    <w:rsid w:val="00F07825"/>
+    <w:rsid w:val="00F75381"/>
+    <w:rsid w:val="00F83CB8"/>
+    <w:rsid w:val="00F85A42"/>
+    <w:rsid w:val="00FA3D3A"/>
+    <w:rsid w:val="00FC24B0"/>
+    <w:rsid w:val="00FC271D"/>
+    <w:rsid w:val="00FE4D48"/>
+    <w:rsid w:val="00FF64AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="62C3E0EF"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{51C80355-18BF-4B32-8CF6-37E529DC6BC5}"/>
+  <w14:docId w14:val="1D9206D3"/>
+  <w15:docId w15:val="{E9639567-4A5B-4A78-A331-1034C2297848}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -2435,501 +2978,613 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F1BE6"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00CF624E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
-    <w:rsid w:val="007F1BE6"/>
+    <w:rsid w:val="007627D8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
-    <w:rsid w:val="007F1BE6"/>
+    <w:rsid w:val="007627D8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...3 lines deleted...]
-    <w:rsid w:val="007F1BE6"/>
+  <w:style w:type="table" w:styleId="Tabellrutnt">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:rsid w:val="004C60FE"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D617B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="sv-SE"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:rsid w:val="007F1BE6"/>
+    <w:rsid w:val="00E337FD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Lptext">
+    <w:name w:val="Löptext"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00D40ACE"/>
+    <w:pPr>
+      <w:ind w:left="2608"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///G:\Pa\RE\Rekrytering\Beslutsmallar\Prefektbeslut\Prefektbeslut%20-%20befordran%20bitr&#228;dande%20lektor.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Prefektbeslut - befordran biträdande lektor</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>176</Words>
-  <Characters>937</Characters>
+  <Words>111</Words>
+  <Characters>891</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>[ämne]</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1111</CharactersWithSpaces>
+  <CharactersWithSpaces>1001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>[ämne]</dc:title>
   <dc:subject/>
-  <dc:creator>Åsa Agréus</dc:creator>
+  <dc:creator>[Förnamn Efternamn]</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="stc3_ts_MasterHeaderFooter">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="stc3_ts_MasterAutotext">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="stc3_ts_MasterStyles">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="stc3_ts_MasterPageSetup">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="stc3_ts_ProcessedDate">
+    <vt:lpwstr>2005-10-05 13:09:27</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="stc3_ts_ProcessedBy">
+    <vt:lpwstr>erik.sundstrom</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="stc3_ts_ProcessedVersion">
+    <vt:lpwstr>3.0.42</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="stc3_ts_ProcessedOwner">
+    <vt:lpwstr>mejkSoft</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="stc3_ts_PreviewMode">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="stc3_ts_PreviewColorMode">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="stc3_ts_DocumentProtection">
+    <vt:lpwstr>-1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="stc3_ts_DocumentProtectionPassword">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="stc3_dl_Dokumentnamn">
+    <vt:lpwstr>Dokumentnamn</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="stc3_ds_Dokumentnamn">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="stc3_ds_DNR">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="stc3_dl_Datum">
+    <vt:lpwstr>Datum</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="stc3_dl_Sida">
+    <vt:lpwstr>Sida</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="stc3_dl_Date">
+    <vt:lpwstr>2005-10-06</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="stc3_pr_Institution">
+    <vt:lpwstr>Universitetsförvaltningen</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="stc3_pr_Avdelning">
+    <vt:lpwstr>Ledningskansliet</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="stc3_pr_FirstName">
+    <vt:lpwstr>Marie</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="stc3_pr_LastName">
+    <vt:lpwstr>Tell</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="stc3_pr_EMail">
+    <vt:lpwstr>marie.tell@ki.se</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="stc3_pr_Telephone_direkt">
+    <vt:lpwstr>08-524 863 73</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="stc3_ds_Mottagare">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="stc3_ds_Rubrik">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="stc3_dl_Avslutningsfras">
+    <vt:lpwstr>Med vänlig hälsning</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="stc3_dl_Postadress">
+    <vt:lpwstr>Postadress</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="stc3_dl_Besöksadress">
+    <vt:lpwstr>Besöksadress</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="stc3_dl_Telefon">
+    <vt:lpwstr>Telefon</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="stc3_dl_Fax">
+    <vt:lpwstr>Fax</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="stc3_dl_Webb">
+    <vt:lpwstr>Webb</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="stc3_pr_Postadress">
+    <vt:lpwstr>171 77 Stockholm</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="stc3_pr_Adress">
+    <vt:lpwstr>Nobels väg 5 </vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="stc3_pr_Telefonnr">
+    <vt:lpwstr>08-524 800 00</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="stc3_pr_Telefax">
+    <vt:lpwstr>08-31 84 06</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="stc3_dl_Org.nummer">
+    <vt:lpwstr>Org.nummer.</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="stc3_pr_Ort">
+    <vt:lpwstr>Solna</vt:lpwstr>
+  </property>
+</Properties>
+</file>