--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -313,101 +313,101 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="7816" autoAdjust="0"/>
     <p:restoredTop sz="91026" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="187" d="100"/>
-          <a:sy n="187" d="100"/>
+          <a:sx n="183" d="100"/>
+          <a:sy n="183" d="100"/>
         </p:scale>
-        <p:origin x="1560" y="162"/>
+        <p:origin x="1680" y="150"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="445"/>
         <p:guide pos="222"/>
         <p:guide orient="horz" pos="3106"/>
         <p:guide pos="2517"/>
         <p:guide orient="horz" pos="1410"/>
         <p:guide pos="5511"/>
         <p:guide pos="5665"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="90" d="100"/>
         <a:sy n="90" d="100"/>
       </p:scale>
       <p:origin x="0" y="-5552"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="96" d="100"/>
-          <a:sy n="96" d="100"/>
+          <a:sx n="116" d="100"/>
+          <a:sy n="116" d="100"/>
         </p:scale>
-        <p:origin x="3558" y="78"/>
+        <p:origin x="5052" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -686,58 +686,58 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="1"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="304"/>
         <c:holeSize val="50"/>
       </c:doughnutChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr lang="en-US"/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1008,58 +1008,58 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="1"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="260"/>
         <c:holeSize val="50"/>
       </c:doughnutChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr lang="en-US"/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1840,58 +1840,58 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="1"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="206"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst>
       <a:glow rad="63500">
         <a:schemeClr val="accent1">
           <a:satMod val="175000"/>
           <a:alpha val="40000"/>
         </a:schemeClr>
       </a:glow>
     </a:effectLst>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
@@ -2498,58 +2498,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3024,58 +3024,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5929,51 +5929,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-03-13</a:t>
+              <a:t>2025-10-22</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -6113,55 +6113,57 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4099" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3886200" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -6181,51 +6183,53 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4100" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -6295,79 +6299,79 @@
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Nivå två</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Nivå tre</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Nivå fyra</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Nivå fem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4102" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="8686800"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -6389,51 +6393,53 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4103" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3886200" y="8686800"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -6457,84 +6463,86 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1493929085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Times"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
@@ -6600,50 +6608,66 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
+  <p:extLst>
+    <p:ext uri="{620B2872-D7B9-4A21-9093-7833F8D536E1}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2880" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
@@ -6684,57 +6708,54 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Siffrorna är hämtade från KI:s årsredovisning för 2024</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>1</a:t>
@@ -6797,93 +6818,113 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
-              <a:t>Årsredovisning 2024 (</a:t>
-[...11 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:t>Fån KI:s årsredovisning 2024 (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
+              <a:t>2023 års siffror inom parentes). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
+              <a:t>Siffrorna för antalet studenter och forskarstudenter är dock inte helt jämförbara sinsemellan. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>”Helårsstudenter” är inte individer utan ett mått på utbildningsvolym (ungefär: om vi slår samman alla registrerade studenter/individer på olika kurser och program som läser olika antal </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
+              <a:t>”Helårsstudenter” är inte individer utan ett mått </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:effectLst/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>på utbildningsvolym (ungefär: om vi slår samman alla registrerade studenter/individer på olika kurser och program som läser olika antal </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
+                <a:effectLst/>
                 <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>hp</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> till helårsstudenter så får vi denna siffra), antalet redovisade ”forskarstuderande” här är dock individer.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
-[...6 lines deleted...]
-            <a:endParaRPr lang="sv-SE" i="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -6929,55 +6970,54 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
               <a:t>Årsredovisning 2024 (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Mundo Sans Std" panose="02000402020104020303" pitchFamily="50" charset="0"/>
               </a:rPr>
               <a:t>2023 års siffror inom parentes). </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" i="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
@@ -7040,194 +7080,116 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Intäkter Karolinska Institutet år 2024, totalt 8 682 mnkr</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...17 lines deleted...]
-              </a:rPr>
+            <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Forskning 85 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Utbildning 15 %</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...17 lines deleted...]
-              </a:rPr>
+            <a:endParaRPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Anslag 40 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Externa medel 60 %</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(Årsredovisning 2024 s. 59</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...16 lines deleted...]
-            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -7269,277 +7231,164 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Intäkter Karolinska Institutet år 2024, totalt 8 682 mnkr</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Fördelning 2024 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Statsanslag 40 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Forskningsråd 13 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Övriga statliga 6 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Kommuner och regioner 5 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Svenska stiftelser och organisationer 19 %  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Utländska stiftelser och organisationer 9 %  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Svenska företag 2 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Utländska företag 3 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Finansiella intäkter 3 % </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...16 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(Årsredovisning 2024 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>s. 59)</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -7749,165 +7598,102 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>De senaste åren har KI:s forskare årligen publicerat drygt 7 200 vetenskapliga artiklar (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>articles</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> + </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>reviews</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>). Av dessa artiklar har drygt 90 procent publicerats i samarbete med andra aktörer utanför det egna universitetet, i Sverige och utomlands. En stor andel av forskningen har någon form av koppling till hälso-och sjukvården, se nedan om klinisk forskning för mer information. Många av de vetenskapliga artiklarna ingår också som delarbeten i de doktorsavhandlingar som läggs fram vid KI. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="sv-SE" i="1" dirty="0"/>
-[...18 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(Årsredovisning 2024 s. 38)</a:t>
             </a:r>
-          </a:p>
-[...26 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -7950,121 +7736,103 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
-              <a:t>Den fältnormerade citeringsgraden speglar en artikels citeringar i relation till citeringsgraden för jämförbara publikationer, det vill säga publikationer av samma dokumenttyp, publicerade samma år och inom samma ämne. I diagrammet visas medelvärdet per år av den fältnormerade citeringsgraden (cf) för alla artiklar från KI. Detta ställs i diagrammet i relation till motsvarande Cf-värde för EU:s 27 medlemsländer (EU27) och Storbritannien. KI:s citeringsgrad ligger på en nivå som överstiger motsvarande värde för EU27 och Storbritannien. </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:t>Den fältnormerade citeringsgraden speglar en artikels citeringar i relation till citeringsgraden för jämförbara publikationer, det vill säga publikationer av samma dokumenttyp, publicerade samma år och inom samma ämne. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>I diagrammet visas medelvärdet per år av den fältnormerade citeringsgraden (cf) för alla artiklar från KI. Detta ställs i diagrammet i relation till motsvarande Cf-värde för EU:s 27 medlemsländer (EU27) och Storbritannien. KI:s citeringsgrad ligger på en nivå som överstiger motsvarande värde för EU27 och Storbritannien. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="Times"/>
-[...11 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" i="1" dirty="0"/>
+              <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(Årsredovisning </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" i="1" dirty="0">
+              <a:rPr lang="sv-SE" i="1" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2024 s. 39</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -8110,226 +7878,213 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>13 nybörjarprogram</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>32 påbyggnadsprogram</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>98 fristående kurser</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="500" dirty="0">
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="500" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- Söktryck till KI:s utbildningar på grund-och avancerad nivå: I genomsnitt 2,4 behöriga förstahandssökande per antagen student. </a:t>
+              <a:t>- Söktryck till KI:s utbildningar på grund-och avancerad nivå: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>I genomsnitt 2,4 behöriga förstahandssökande per antagen student. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="500" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- Antal deltagare i uppdragsutbildning 1 565 stycken</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- Helårsprestationer: 6 168, vilket ger en prestationsgrad på 91,4 procent.*</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="500" dirty="0">
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
-[...11 lines deleted...]
-              <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="500" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>*När vi räknar ut prestationsgraden räknas studenternas kursregistreringspoäng om till helårsstudenter och deras avklarade poäng till helårsprestationer. Prestationsgraden beräknas sedan som kvoten mellan antalet helårsprestationer och antalet helårsstudenter och uttrycks i procent. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>Ett av världens ledande medicinska universitet. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>KI har Sveriges bredaste utbud av medicinska utbildningar på </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" kern="1200" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" kern="1200" dirty="0"/>
               <a:t>grund- och avancerad nivå. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Cirka 10 000 studenter läser längre eller kortare utbildningsprogram och kurser vid KI. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>Våra lärare forskar ofta parallellt </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>med sin undervisning, det gör att studenterna får ta del av det senaste inom hela det medicinska området. I de flesta av KI:s utbildningar ingår verksamhetsförlagd utbildning, som består av klinisk praktik och utbildning på plats i vården. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>Merparten av utbildningarna </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>leder till en </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" dirty="0"/>
-              <a:t>yrkesexamen och flera av utbildningarna leder även till en generell examen. </a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="0"/>
+              <a:t>yrkesexamen och flera av utbildningarna leder även till en generell examen.</a:t>
+            </a:r>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -8809,51 +8564,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -8923,51 +8678,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9190,51 +8945,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -9330,51 +9085,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69C70660-333D-4417-8C25-17E2CB1974B4}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9571,51 +9326,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9753,51 +9508,51 @@
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10323,51 +10078,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -10620,51 +10375,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -11040,51 +10795,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -11162,51 +10917,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -11495,51 +11250,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -11780,51 +11535,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -12074,51 +11829,51 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -12418,51 +12173,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -14178,51 +13933,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD9C18C-79A4-463D-BCF2-B00F0DAC90AF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -15470,51 +15225,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD9C18C-79A4-463D-BCF2-B00F0DAC90AF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -15625,51 +15380,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55864DD9-1CBA-477F-8FA7-53A4513D1006}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -16359,51 +16114,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55864DD9-1CBA-477F-8FA7-53A4513D1006}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19212,51 +18967,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19336,51 +19091,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B99EA2-31F0-4E67-B419-A7E7F019BA64}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19862,51 +19617,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21775,51 +21530,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22833,91 +22588,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Default Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1244</Words>
+  <Words>1260</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
-  <Paragraphs>216</Paragraphs>
+  <Paragraphs>223</Paragraphs>
   <Slides>9</Slides>
   <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="19" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Black</vt:lpstr>
-      <vt:lpstr>Biome</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>DM Sans</vt:lpstr>
       <vt:lpstr>DM Sans Medium</vt:lpstr>
-      <vt:lpstr>Mundo Sans Std</vt:lpstr>
       <vt:lpstr>Times</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>PPT KI</vt:lpstr>
       <vt:lpstr>Karolinska Institutet</vt:lpstr>
       <vt:lpstr>KI i siffror</vt:lpstr>
       <vt:lpstr>KI i siffror forts.</vt:lpstr>
       <vt:lpstr>Ekonomi</vt:lpstr>
       <vt:lpstr>Intäkter</vt:lpstr>
       <vt:lpstr>Extern forskningsfinansiering</vt:lpstr>
       <vt:lpstr>Publikationer</vt:lpstr>
       <vt:lpstr>Fältnormerad citeringsgrad</vt:lpstr>
       <vt:lpstr>Utbildning på grundnivå och avancerad nivå</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-presentation</dc:title>
   <dc:creator>Sofia Lindberg</dc:creator>