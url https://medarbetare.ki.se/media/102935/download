--- v1 (2025-11-01)
+++ v2 (2026-03-16)
@@ -37,57 +37,51 @@
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483659" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId11"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId12"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
@@ -228,51 +222,51 @@
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="445" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="222" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" orient="horz" pos="3106" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="4" pos="2517" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="5" orient="horz" pos="1410" userDrawn="1">
+        <p15:guide id="5" orient="horz" pos="775" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="6" pos="5511" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="7" pos="5665" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
@@ -304,70 +298,70 @@
     <a:srgbClr val="870052"/>
     <a:srgbClr val="FBABCF"/>
     <a:srgbClr val="F864A7"/>
     <a:srgbClr val="FFA3E7"/>
     <a:srgbClr val="FFCCFF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="7816" autoAdjust="0"/>
-    <p:restoredTop sz="91026" autoAdjust="0"/>
+    <p:restoredTop sz="82890" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="183" d="100"/>
-          <a:sy n="183" d="100"/>
+          <a:sx n="60" d="100"/>
+          <a:sy n="60" d="100"/>
         </p:scale>
-        <p:origin x="1680" y="150"/>
+        <p:origin x="1756" y="268"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="445"/>
         <p:guide pos="222"/>
         <p:guide orient="horz" pos="3106"/>
         <p:guide pos="2517"/>
-        <p:guide orient="horz" pos="1410"/>
+        <p:guide orient="horz" pos="775"/>
         <p:guide pos="5511"/>
         <p:guide pos="5665"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
@@ -386,58 +380,50 @@
           <a:sy n="116" d="100"/>
         </p:scale>
         <p:origin x="5052" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet4.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="sv-SE"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:doughnutChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
@@ -1097,426 +1083,426 @@
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000001-B800-41A4-A543-B02A369E02F8}"/>
+                <c16:uniqueId val="{00000001-F23A-4B11-8201-F580C9311953}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent4"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000003-B800-41A4-A543-B02A369E02F8}"/>
+                <c16:uniqueId val="{00000003-F23A-4B11-8201-F580C9311953}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent4"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000005-B800-41A4-A543-B02A369E02F8}"/>
+                <c16:uniqueId val="{00000005-F23A-4B11-8201-F580C9311953}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000007-B800-41A4-A543-B02A369E02F8}"/>
+                <c16:uniqueId val="{00000007-F23A-4B11-8201-F580C9311953}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000009-B800-41A4-A543-B02A369E02F8}"/>
+                <c16:uniqueId val="{00000009-F23A-4B11-8201-F580C9311953}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000B-B800-41A4-A543-B02A369E02F8}"/>
+                <c16:uniqueId val="{0000000B-F23A-4B11-8201-F580C9311953}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000D-B800-41A4-A543-B02A369E02F8}"/>
+                <c16:uniqueId val="{0000000D-F23A-4B11-8201-F580C9311953}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000F-B800-41A4-A543-B02A369E02F8}"/>
+                <c16:uniqueId val="{0000000F-F23A-4B11-8201-F580C9311953}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="8"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000011-B800-41A4-A543-B02A369E02F8}"/>
+                <c16:uniqueId val="{00000011-F23A-4B11-8201-F580C9311953}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="outEnd"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000001-B800-41A4-A543-B02A369E02F8}"/>
+                  <c16:uniqueId val="{00000001-F23A-4B11-8201-F580C9311953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="outEnd"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000003-B800-41A4-A543-B02A369E02F8}"/>
+                  <c16:uniqueId val="{00000003-F23A-4B11-8201-F580C9311953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="outEnd"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000005-B800-41A4-A543-B02A369E02F8}"/>
+                  <c16:uniqueId val="{00000005-F23A-4B11-8201-F580C9311953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="outEnd"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000007-B800-41A4-A543-B02A369E02F8}"/>
+                  <c16:uniqueId val="{00000007-F23A-4B11-8201-F580C9311953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="0"/>
                   <c:y val="1.5625E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000009-B800-41A4-A543-B02A369E02F8}"/>
+                  <c16:uniqueId val="{00000009-F23A-4B11-8201-F580C9311953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="5"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="4.3749999999999921E-2"/>
                   <c:y val="-6.2498769685039373E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
@@ -1527,99 +1513,99 @@
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.19480200131233597"/>
                       <c:h val="0.11924999999999998"/>
                     </c:manualLayout>
                   </c15:layout>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000B-B800-41A4-A543-B02A369E02F8}"/>
+                  <c16:uniqueId val="{0000000B-F23A-4B11-8201-F580C9311953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="6"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.4583333333333257E-2"/>
                   <c:y val="3.4791092519685041E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000D-B800-41A4-A543-B02A369E02F8}"/>
+                  <c16:uniqueId val="{0000000D-F23A-4B11-8201-F580C9311953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-0.11250000000000004"/>
                   <c:y val="1.4062623031496062E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:noAutofit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
@@ -1630,51 +1616,51 @@
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.2149896653543307"/>
                       <c:h val="4.8249999999999994E-2"/>
                     </c:manualLayout>
                   </c15:layout>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000F-B800-41A4-A543-B02A369E02F8}"/>
+                  <c16:uniqueId val="{0000000F-F23A-4B11-8201-F580C9311953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-6.2500082020997369E-2"/>
                   <c:y val="-3.2812500000000112E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:noAutofit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
@@ -1685,51 +1671,51 @@
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.22231249999999997"/>
                       <c:h val="4.9125000000000002E-2"/>
                     </c:manualLayout>
                   </c15:layout>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000011-B800-41A4-A543-B02A369E02F8}"/>
+                  <c16:uniqueId val="{00000011-F23A-4B11-8201-F580C9311953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
@@ -1747,1342 +1733,165 @@
             <c:showLeaderLines val="1"/>
             <c:leaderLines>
               <c:spPr>
                 <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="35000"/>
                       <a:lumOff val="65000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:round/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
             </c:leaderLines>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Blad1!$A$2:$A$10</c:f>
               <c:strCache>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>Statsanslag 40 %</c:v>
+                  <c:v>Statsanslag 41 %</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Forskningsråd 13 %</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Övriga statliga 6 %</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Kommuner och regioner 5 %</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Svenska stiftelser och organisationer 19 %</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Utländska stiftelser och organisationer 9 %</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Svenska företag 2 %</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>Utländska företag 3 %</c:v>
+                  <c:v>Utländska företag 2 %</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Finansiella intäkter 3 %</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Blad1!$B$2:$B$10</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>40</c:v>
+                  <c:v>41</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000012-B800-41A4-A543-B02A369E02F8}"/>
+              <c16:uniqueId val="{00000012-F23A-4B11-8201-F580C9311953}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="1"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="206"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst>
       <a:glow rad="63500">
         <a:schemeClr val="accent1">
           <a:satMod val="175000"/>
           <a:alpha val="40000"/>
         </a:schemeClr>
       </a:glow>
     </a:effectLst>
-  </c:spPr>
-[...1175 lines deleted...]
-    <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
@@ -3137,130 +1946,50 @@
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
 <file path=ppt/charts/colors3.xml><?xml version="1.0" encoding="utf-8"?>
-<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
-[...78 lines deleted...]
-<file path=ppt/charts/colors5.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
@@ -4810,1071 +3539,50 @@
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1197" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
-<file path=ppt/charts/style4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1019 lines deleted...]
-
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5929,51 +3637,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-10-22</a:t>
+              <a:t>2026-02-27</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -6713,51 +4421,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Siffrorna är hämtade från KI:s årsredovisning för 2024</a:t>
+              <a:t>Siffrorna är hämtade från KI:s årsredovisning för 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -6818,55 +4526,55 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
-              <a:t>Fån KI:s årsredovisning 2024 (</a:t>
+              <a:t>Fån KI:s årsredovisning 2025 (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
-              <a:t>2023 års siffror inom parentes). </a:t>
+              <a:t>2024 års siffror inom parentes). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>Siffrorna för antalet studenter och forskarstudenter är dock inte helt jämförbara sinsemellan. </a:t>
             </a:r>
             <a:r>
@@ -6967,59 +4675,59 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
-              <a:t>Årsredovisning 2024 (</a:t>
+              <a:t>Årsredovisning 2025 (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>2023 års siffror inom parentes). </a:t>
+              <a:t>2024 års siffror inom parentes). </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" i="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
@@ -7062,126 +4770,116 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Intäkter Karolinska Institutet år 2025, totalt 8 650,1 mnkr </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:t>Forskning 84 % </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:t>Utbildning 16 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:t>Anslag 41 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:t>Externa medel 59 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-[...54 lines deleted...]
-            <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
-              <a:t>(Årsredovisning 2024 s. 59</a:t>
+              <a:t>(Årsredovisning 2025 s. 7 och 60</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7231,163 +4929,243 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t>Intäkter Karolinska Institutet år 2024, totalt 8 682 mnkr</a:t>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Intäkter Karolinska Institutet år 2025, totalt 8 650,1 mnkr </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Fördelning 2025 </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-[...28 lines deleted...]
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Statsanslag 41 % </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>Forskningsråd 13 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>Övriga statliga 6 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>Kommuner och regioner 5 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>Svenska stiftelser och organisationer 19 %  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>Utländska stiftelser och organisationer 9 %  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>Svenska företag 2 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-[...5 lines deleted...]
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Utländska företag 2 % </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>Finansiella intäkter 3 % </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-[...11 lines deleted...]
-              <a:t>s. 59)</a:t>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>(Årsredovisning 2025 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>s. 60)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -7448,51 +5226,51 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
-              <a:t>(Årsredovisning 2024 s. 33</a:t>
+              <a:t>(Årsredovisning 2025 s. 33</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -7598,101 +5376,63 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>De senaste åren har KI:s forskare årligen publicerat drygt 7 200 vetenskapliga artiklar (</a:t>
-[...43 lines deleted...]
-            </a:pPr>
+              <a:t>Under 2025 har KI:s forskare publicerat ca 7 200 vetenskapliga artiklar (original- och översiktsartiklar). Av dessa artiklar har drygt 90 procent publicerats i samarbete utanför KI, i Sverige eller utomlands. En stor andel av forskningen har koppling till hälso- och sjukvården, se nedan om klinisk forskning för mer information. Många av de vetenskapliga artiklarna ingår också som delarbeten i de doktorsavhandlingar som läggs fram vid KI. </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
-              <a:t>(Årsredovisning 2024 s. 38)</a:t>
+              <a:t>(Årsredovisning 2025 s. 36)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -7736,100 +5476,93 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
-              <a:t>Den fältnormerade citeringsgraden speglar en artikels citeringar i relation till citeringsgraden för jämförbara publikationer, det vill säga publikationer av samma dokumenttyp, publicerade samma år och inom samma ämne. </a:t>
-[...8 lines deleted...]
-            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:t>Den fältnormerade citeringsgraden speglar en artikels citeringar i relation till citeringar för jämförbara publikationer, det vill säga publikationer av samma dokumenttyp, publicerade samma år och inom samma ämnesområde. I diagrammet visas medelvärdet per år av den fältnormerade citeringsgraden (Cf) för alla artiklar från KI. Detta ställs i diagrammet i relation till motsvarande Cf-värde för EU:s 27 medlemsländer (EU27) och Storbritannien. KI:s citeringsgrad ligger på en nivå som överstiger motsvarande värde för EU27 och Storbritannien. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
-[...17 lines deleted...]
-              <a:rPr lang="sv-SE" i="1" dirty="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
               <a:t>(Årsredovisning </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" i="1" dirty="0">
+              <a:rPr lang="sv-SE" sz="1100" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2024 s. 39</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:t>2025, sidan 38</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
@@ -7889,181 +5622,197 @@
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>13 nybörjarprogram</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
-              <a:t>32 påbyggnadsprogram</a:t>
+              <a:t>31 påbyggnadsprogram</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
-              <a:t>98 fristående kurser</a:t>
+              <a:t>110 fristående kurser</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- Söktryck till KI:s utbildningar på grund-och avancerad nivå: </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>I genomsnitt 2,4 behöriga förstahandssökande per antagen student. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- Antal deltagare i uppdragsutbildning 1 565 stycken</a:t>
-            </a:r>
+              <a:t>- Antal deltagare i uppdragsutbildning </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>1 144 på poänggivande kurser (totalt är siffran 1600 för samtliga uppdragsutbildningar).</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- Helårsprestationer: 6 168, vilket ger en prestationsgrad på 91,4 procent.*</a:t>
+              <a:t>- Helårsprestationer: 6 176, vilket ger en prestationsgrad på 91,7 procent.*</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>*När vi räknar ut prestationsgraden räknas studenternas kursregistreringspoäng om till helårsstudenter och deras avklarade poäng till helårsprestationer. Prestationsgraden beräknas sedan som kvoten mellan antalet helårsprestationer och antalet helårsstudenter och uttrycks i procent. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>Ett av världens ledande medicinska universitet. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>KI har Sveriges bredaste utbud av medicinska utbildningar på </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" kern="1200" dirty="0"/>
               <a:t>grund- och avancerad nivå. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
-              <a:t>Cirka 10 000 studenter läser längre eller kortare utbildningsprogram och kurser vid KI. </a:t>
+              <a:t>Cirka 11 000 studenter läser längre eller kortare utbildningsprogram och kurser vid KI. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>Våra lärare forskar ofta parallellt </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>med sin undervisning, det gör att studenterna får ta del av det senaste inom hela det medicinska området. I de flesta av KI:s utbildningar ingår verksamhetsförlagd utbildning, som består av klinisk praktik och utbildning på plats i vården. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>Merparten av utbildningarna </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>leder till en </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" dirty="0"/>
               <a:t>yrkesexamen och flera av utbildningarna leder även till en generell examen.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
@@ -8564,51 +6313,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -8678,51 +6427,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -8945,51 +6694,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -9085,51 +6834,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69C70660-333D-4417-8C25-17E2CB1974B4}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9326,51 +7075,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9508,51 +7257,51 @@
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10078,51 +7827,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -10375,51 +8124,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -10795,51 +8544,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -10917,51 +8666,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -11250,51 +8999,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -11535,51 +9284,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -11829,51 +9578,51 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -12173,51 +9922,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -12726,55 +10475,55 @@
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -12799,51 +10548,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Underrubrik 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E886BE3-5D01-4CD4-BD99-F0994E4D6DE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
-              <a:t>i siffror 2025</a:t>
+              <a:t>i siffror 2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -12864,166 +10613,1341 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255971" y="339502"/>
             <a:ext cx="8492493" cy="857250"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>KI i siffror</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="textruta 18">
+          <p:cNvPr id="10" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00704C6C-1B8D-4FC2-8477-7D04194D02F4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F147F470-1BF3-2B70-FB27-DC330E4BAED4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="255983" y="4790351"/>
+            <a:ext cx="2803849" cy="171450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Karolinska Institutet – ett medicinskt universitet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD9C18C-79A4-463D-BCF2-B00F0DAC90AF}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:pPr/>
+              <a:t>27 februari 2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bildnummer 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:pPr/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="textruta 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBD0BACD-6214-2D55-0F50-01210565D593}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="485535" y="1420033"/>
             <a:ext cx="2732510" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Helårssstudenter</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>6 483</a:t>
+              <a:t>6 743</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(6 517)</a:t>
-            </a:r>
+              <a:t>(6 483)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="textruta 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9005E73-2912-F918-7964-787A73FD523C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3491880" y="1640504"/>
+            <a:ext cx="1010477" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>73 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Kvinnor</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="textruta 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75DA6D4C-A567-308F-BC47-1AD0EC86EAD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4644008" y="1640504"/>
+            <a:ext cx="1010477" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>27 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Män</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="textruta 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75128882-CDB9-2921-DF05-71E67C38FA19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5940152" y="1419622"/>
+            <a:ext cx="2732510" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Examina</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>2 587</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>(2 860)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rektangel 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D62E7529-DC8E-629F-4F58-3E6A879DEF7B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="354013" y="2469262"/>
+            <a:ext cx="8424227" cy="1140270"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Times"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="textruta 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACEFD67E-E793-5C62-CD7B-62F3000BA948}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="475703" y="2583365"/>
+            <a:ext cx="2732510" cy="1938992"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Forskarstuderande</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>2 215</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>(2 230)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="textruta 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EC46F51-EF40-4366-172A-89352DC631F3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3491880" y="2786034"/>
+            <a:ext cx="1010477" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>62 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Kvinnor</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="textruta 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E902D8C5-B589-70F9-DF35-8D04070EBFE1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4641643" y="2792327"/>
+            <a:ext cx="1010477" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>38 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Män</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="textruta 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92C961A3-C75D-E67B-EC60-C92A0B1A16C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5940152" y="2575620"/>
+            <a:ext cx="2732510" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Doktorsexamina</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>347</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>(341)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="D40963"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="17" name="Grupp 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{128BE32D-B3A2-AD85-A346-56BA151CF0DE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="4242014" y="1603218"/>
+            <a:ext cx="659972" cy="659972"/>
+            <a:chOff x="5869470" y="685302"/>
+            <a:chExt cx="734320" cy="734320"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="23" name="Ellips 22">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{494E0D39-EAA1-1237-F685-6172609D456A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="5869470" y="685302"/>
+              <a:ext cx="734320" cy="734320"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="med" len="med"/>
+              <a:tailEnd type="none" w="med" len="med"/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+              <a:prstTxWarp prst="textNoShape">
+                <a:avLst/>
+              </a:prstTxWarp>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+              </a:pPr>
+              <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="24" name="Grupp 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8756A9AA-8622-A031-0FE9-468CC5568AA7}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="5984911" y="763748"/>
+              <a:ext cx="502365" cy="561330"/>
+              <a:chOff x="5633601" y="822761"/>
+              <a:chExt cx="957614" cy="1070014"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="25" name="Bild 24" descr="Kvinna med hel fyllning">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C747D65C-3124-1DDB-8B34-FD0E6C7F18F3}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId3">
+                <a:extLst>
+                  <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                    <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="5633601" y="978375"/>
+                <a:ext cx="914400" cy="914400"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="30" name="Bild 29" descr="Man med hel fyllning">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3607A0DB-A446-2EBB-81C1-26B516534737}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId5">
+                <a:extLst>
+                  <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                    <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="5676815" y="822761"/>
+                <a:ext cx="914400" cy="914400"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+        </p:grpSp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="31" name="Grupp 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{267E1FAF-9BDB-00AD-2859-62393843F615}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="4239649" y="2715766"/>
+            <a:ext cx="659972" cy="659972"/>
+            <a:chOff x="5869470" y="685302"/>
+            <a:chExt cx="734320" cy="734320"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="35" name="Ellips 34">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EE0EAE0-1B59-A7E0-08C9-F54DA41CD93D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="5869470" y="685302"/>
+              <a:ext cx="734320" cy="734320"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="med" len="med"/>
+              <a:tailEnd type="none" w="med" len="med"/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+              <a:prstTxWarp prst="textNoShape">
+                <a:avLst/>
+              </a:prstTxWarp>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+              </a:pPr>
+              <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="36" name="Grupp 35">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{038622F5-DB14-B727-2C57-481E71773E79}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="5984911" y="763748"/>
+              <a:ext cx="502365" cy="561330"/>
+              <a:chOff x="5633601" y="822761"/>
+              <a:chExt cx="957614" cy="1070014"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="37" name="Bild 36" descr="Kvinna med hel fyllning">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D2217BB-2401-0285-CAB4-2CCF83F07971}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId3">
+                <a:extLst>
+                  <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                    <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="5633601" y="978375"/>
+                <a:ext cx="914400" cy="914400"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="38" name="Bild 37" descr="Man med hel fyllning">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9466BAD3-C0CC-B6B0-ADDE-EBD9B50F5106}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId5">
+                <a:extLst>
+                  <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                    <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="5676815" y="822761"/>
+                <a:ext cx="914400" cy="914400"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+        </p:grpSp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1455256059"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rubrik 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF635ECD-49E6-F2EC-9F4D-645C92464F34}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="255971" y="339502"/>
+            <a:ext cx="8492493" cy="857250"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>KI i siffror forts.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="textruta 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00704C6C-1B8D-4FC2-8477-7D04194D02F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="485535" y="1420033"/>
+            <a:ext cx="2732510" cy="2677656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Professorer</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>329</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>(328) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>560)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="4800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="textruta 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8252B3A-11E9-4B75-90EA-4EDAA93FC86C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3491880" y="1640504"/>
             <a:ext cx="1010477" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>73 %</a:t>
+              <a:t>35 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Kvinnor</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="textruta 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC11455D-9803-46C1-BACD-37A3CC9EB147}"/>
               </a:ext>
@@ -13031,152 +11955,64 @@
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4644008" y="1640504"/>
             <a:ext cx="1010477" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>27 %</a:t>
+              <a:t>65 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Män</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
-              <a:latin typeface="+mj-lt"/>
-[...86 lines deleted...]
-              </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rektangel 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9780805F-A37F-4397-9E8F-38F01E9F6D1D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="354013" y="2469262"/>
             <a:ext cx="8424227" cy="1140270"/>
@@ -13213,133 +12049,265 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="sv-SE" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="5" name="Grupp 4" descr="Externa forskningsmedel 4,8 miljarder kronor">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91A566A8-48F9-4F97-AEBD-97F441C1EC48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5868139" y="1419622"/>
+            <a:ext cx="3375424" cy="1046440"/>
+            <a:chOff x="5571974" y="3690198"/>
+            <a:chExt cx="3530478" cy="1046440"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="textruta 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61E4F18F-B9EC-4729-9FBC-A2CE1C8A30E1}"/>
+                </a:ext>
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5571974" y="3690198"/>
+              <a:ext cx="2924383" cy="1046440"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rIns="72000" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="r"/>
+              <a:r>
+                <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Intäkter för forskning</a:t>
+              </a:r>
+              <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr>
+                <a:tabLst>
+                  <a:tab pos="1166813" algn="l"/>
+                </a:tabLst>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sv-SE" sz="4800" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="D40963"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>  	</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="sv-SE" sz="4800" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                </a:rPr>
+                <a:t>7</a:t>
+              </a:r>
+              <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="D40963"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="25" name="Rektangel 24">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A327C3E-562C-4CC7-ABB3-690E69081EAA}"/>
+                </a:ext>
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7294034" y="3978230"/>
+              <a:ext cx="1808418" cy="646331"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="sv-SE" sz="1800" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                </a:rPr>
+                <a:t>miljarder kronor</a:t>
+              </a:r>
+              <a:endParaRPr lang="sv-SE" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="textruta 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B1740A-22D2-4923-AE68-3E7F14B89A05}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="475703" y="2583365"/>
-            <a:ext cx="2732510" cy="1938992"/>
+            <a:ext cx="2732510" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Forskarstuderande</a:t>
+              <a:t>Anställda</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>2 230</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
+              <a:t>5 675 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t> </a:t>
-[...19 lines deleted...]
-              <a:t> </a:t>
+              <a:t>(5 643)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="textruta 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B74690A-CF1B-43A5-8FDF-16EBDE6FF07E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -13427,154 +12395,179 @@
               <a:t>Män</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="textruta 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83CA3111-F8B9-4294-BB02-0BE7D988B6BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5940152" y="2575620"/>
-            <a:ext cx="2732510" cy="1200329"/>
+            <a:off x="5724128" y="2639297"/>
+            <a:ext cx="2948534" cy="1804661"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r"/>
-[...1 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPts val="3500"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Doktorsexamina</a:t>
+              <a:t>802 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(803) lärare</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPts val="3500"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>varav </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>93</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="3200" spc="-300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>% </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>disputerade</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="r"/>
-[...29 lines deleted...]
-            <a:pPr algn="r"/>
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPts val="3500"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="4800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPts val="3500"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="D40963"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...31 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="34" name="Grupp 33">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D63AC47-AA6F-E1DB-FB37-AF5C2A3928DD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="4242014" y="1603218"/>
             <a:ext cx="659972" cy="659972"/>
             <a:chOff x="5869470" y="685302"/>
             <a:chExt cx="734320" cy="734320"/>
           </a:xfrm>
@@ -13908,1309 +12901,50 @@
               <a:blip r:embed="rId5">
                 <a:extLst>
                   <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                     <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
                   </a:ext>
                 </a:extLst>
               </a:blip>
               <a:stretch>
                 <a:fillRect/>
               </a:stretch>
             </p:blipFill>
             <p:spPr>
               <a:xfrm>
                 <a:off x="5676815" y="822761"/>
                 <a:ext cx="914400" cy="914400"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
           </p:pic>
         </p:grpSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Platshållare för datum 1">
-[...1257 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{903851B8-71FE-D3FE-3A4E-695E8EE94212}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255983" y="4790351"/>
             <a:ext cx="2803849" cy="171450"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
@@ -15225,51 +12959,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD9C18C-79A4-463D-BCF2-B00F0DAC90AF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -15380,51 +13114,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55864DD9-1CBA-477F-8FA7-53A4513D1006}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -15589,204 +13323,204 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395537" y="2469308"/>
             <a:ext cx="792088" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>85 %</a:t>
+              <a:t>84 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Forskning</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="textruta 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219F1280-EF41-1ABC-6016-7EBC02378F59}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="825392" y="3571522"/>
             <a:ext cx="902504" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>15 %</a:t>
+              <a:t>16 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Utbildning</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="textruta 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D69C2785-5CA6-3114-1CD5-CC9439A7EEC4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8028384" y="2507191"/>
             <a:ext cx="1010477" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>40 %</a:t>
+              <a:t>41 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Anslag</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="textruta 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB8DC4FB-2565-B979-C589-0EC747B6960E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7668344" y="3565958"/>
             <a:ext cx="1080120" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>60 %</a:t>
+              <a:t>59 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Externa medel</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="31" name="Diagram 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{069B3DED-B182-DE65-B5A2-03924AEB8054}"/>
               </a:ext>
@@ -16114,51 +13848,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55864DD9-1CBA-477F-8FA7-53A4513D1006}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -16235,105 +13969,111 @@
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>i omsättning</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...20 lines deleted...]
-      </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{405B5E47-9BCA-BB0E-BC2C-521BF07403A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255983" y="4790351"/>
             <a:ext cx="2803849" cy="171450"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Karolinska Institutet – ett medicinskt universitet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="6" name="Diagram 5" descr="Ett diagram som visar KI:s intäkter år 2021, totalt 7 560 mnkr. Intäkterna fördelas på:&#10;Statsanslag 43 % &#10;Forskningsråd 14 % &#10;Övriga statliga 6 % &#10;Kommuner och regioner 5 %  &#10;Svenska stiftelser och organisationer 17 %&#10;Utländska stiftelser och organisationer 8 %&#10;Svenska företag 3 % &#10;Utländska företag 3 %&#10;Finansiella intäkter 1 %">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB7F5547-48ED-F7A5-4C80-526E88020E14}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2614508838"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="3084512" y="451966"/>
+          <a:ext cx="6096000" cy="4064000"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="688332664"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -16380,82 +14120,82 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="280220" y="987574"/>
             <a:ext cx="5616302" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>10 största externa bidragsfinansiärerna forskning totalt 2022-2024, mnkr, </a:t>
+              <a:t>10 största externa bidragsfinansiärerna forskning totalt 2023-2025, mnkr, </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>exklusive kapitalförvaltning</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="7" name="Tabell 8" descr="En tabell som visar de tio största externa bidragsfinansiärerna för KI 2021-2023. Totalt 3 686 miljoner kronor för år 2023. (Förändring 2022-2023 är 5 %).">
+          <p:cNvPr id="11" name="Tabell 8" descr="En tabell som visar de tio största externa bidragsfinansiärerna för KI 2021-2023. Totalt 3 686 miljoner kronor för år 2023. (Förändring 2022-2023 är 5 %).">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{209257E8-AEAD-8FDE-DEDC-D6D093B52D3E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D34EDF55-8D96-5AF8-9FE6-5EF2CDCA70CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1077661427"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3362575601"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="350737" y="1533994"/>
           <a:ext cx="6216986" cy="2909964"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2377281">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1682249626"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="705252">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -16517,143 +14257,143 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2022</a:t>
+                        <a:t>2023</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2023</a:t>
+                        <a:t>2024</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2024</a:t>
+                        <a:t>2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
@@ -16663,51 +14403,51 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>Förändring 2023-2024</a:t>
+                        <a:t>Förändring 2024-2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -16744,110 +14484,110 @@
                         <a:t>Vetenskapsrådet</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>958</a:t>
+                        <a:t>979</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>979</a:t>
+                        <a:t>964</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>964</a:t>
+                        <a:t>893</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -16855,51 +14595,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-2 %</a:t>
+                        <a:t>-7 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
@@ -16930,96 +14670,96 @@
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Europeiska Unionen </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>299</a:t>
+                        <a:t>296</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>296</a:t>
+                        <a:t>366</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>366</a:t>
+                        <a:t>394</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -17029,147 +14769,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>24 %</a:t>
+                        <a:t>8 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3736923764"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Cancerfonden</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>279</a:t>
+                        <a:t>326</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>326</a:t>
+                        <a:t>336</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>336</a:t>
+                        <a:t>353</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -17179,614 +14919,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>3 %</a:t>
+                        <a:t>5 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="189753433"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Wallenbergs stiftelser</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>229</a:t>
+                        <a:t>207</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>207</a:t>
+                        <a:t>241</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>241</a:t>
-[...466 lines deleted...]
-                        <a:t>118</a:t>
+                        <a:t>201</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -17811,149 +15084,140 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>-17 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="392298131"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4255872465"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>Hjärt-lungfonden</a:t>
+                        <a:t>Forte (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
+                        <a:t>fd</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t> FAS)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>99</a:t>
+                        <a:t>161</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>85</a:t>
+                        <a:t>165</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>111</a:t>
+                        <a:t>184</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -17963,147 +15227,164 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>31 %</a:t>
+                        <a:t>12 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="879538754"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4277017575"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>Region Stockholm </a:t>
+                        <a:t>Kungliga Tekniska högskolan</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>90</a:t>
+                        <a:t>120</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>94</a:t>
+                        <a:t>124</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>89</a:t>
+                        <a:t>116</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18113,147 +15394,164 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-5 %</a:t>
+                        <a:t>-6 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
-                      <a:schemeClr val="accent4"/>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2870487890"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1198820540"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>Hjärnfonden</a:t>
+                        <a:t>Hjärt-lungfonden</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>41</a:t>
+                        <a:t>85</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>47</a:t>
+                        <a:t>118</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>61</a:t>
+                        <a:t>115</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18263,51 +15561,518 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>30 %</a:t>
+                        <a:t>4 %</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="392298131"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="213458">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>Barncancerfonden</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>142</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>111</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>100</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>-15 %</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="879538754"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="213458">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>Region Stockholm </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>94</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>89</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>97</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>9 %</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2870487890"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="213458">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>KI - Stiftelser</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>38</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>55</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>69</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>25 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3036803588"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -18323,114 +16088,114 @@
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1 113</a:t>
+                        <a:t>1 238</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1 202</a:t>
+                        <a:t>1 298</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1 292</a:t>
+                        <a:t>1 284</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18440,137 +16205,93 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>7 %</a:t>
+                        <a:t>-1 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="677143210"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="238260">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
                         <a:t>Totalt</a:t>
-                      </a:r>
-[...42 lines deleted...]
-                        <a:t>3 516</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -18625,84 +16346,128 @@
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
                         <a:t>3 867</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
+                        <a:t>3 805</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>5 %</a:t>
+                        <a:t>-2 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -18712,51 +16477,51 @@
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2741288593"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50AAB92C-AAD9-E3E5-5F27-8494124C104B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7471106" y="4287366"/>
             <a:ext cx="1277358" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
@@ -18967,51 +16732,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19091,51 +16856,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B99EA2-31F0-4E67-B419-A7E7F019BA64}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19339,63 +17104,63 @@
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Data specified as deriving from MEDLINE®/PubMed® NLM represents that its data were formulated with a reasonable standard of care. Except for this representation, NLM makes no representation or warranties, expressed or implied. This includes, but is not limited to, any implied warranty of merchantability or fitness for a particular purpose, with respect to the NLM data, and NLM specifically disclaims any such warranties and representations. All complete or parts of U.S. National Library of Medicine (NLM) records that are redistributed or retransmitted must be identified as being derived from NLM data. Certain data included</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>herein are derived from the © Web of Science 2025 of Clarivate Analytics (UK) Ltd. All rights reserved. No part of these materials may be reproduced, stored in a retrieval system or transmitted in any form or by any means, including electronic, mechanical, photographic, magnetic or other means without the express permission of Karolinska Institutet University Library</a:t>
+              <a:t>herein are derived from the © Web of Science 2026 of Clarivate Analytics (UK) Ltd. All rights reserved. No part of these materials may be reproduced, stored in a retrieval system or transmitted in any form or by any means, including electronic, mechanical, photographic, magnetic or other means without the express permission of Karolinska Institutet University Library.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" altLang="sv-SE" sz="600" spc="-20" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="7" name="Grupp 6" descr="7 667 antal publikationer (articles and reviews)">
+          <p:cNvPr id="7" name="Grupp 6" descr="7 200 antal publikationer (articles and reviews)">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB05F40E-D676-1BBE-ED6F-9BA82F3482B3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3491880" y="627534"/>
             <a:ext cx="6887926" cy="830997"/>
             <a:chOff x="899592" y="3795886"/>
             <a:chExt cx="6887926" cy="830997"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="textruta 7">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2B06CE4-0EE9-7203-4510-907C27281F6E}"/>
                 </a:ext>
               </a:extLst>
@@ -19471,108 +17236,404 @@
                 <a:t>Antal publikationer </a:t>
               </a:r>
               <a:br>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
               </a:br>
               <a:r>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>(articles och reviews)</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
-      <p:graphicFrame>
-[...1 lines deleted...]
-          <p:cNvPr id="15" name="Diagram 14" descr="Ett diagram med det antal publikationer med någon adress som kan anknytas till KI i antingen Web of Science eller Medline mellan åren 2007-2022.">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Bildobjekt 8" descr="En bild som visar antal publikationer som KI:s forskare publicerat från år 2009 till 2024.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24E4636E-D071-2854-0E5A-B607CDF68C85}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDF78551-F049-8365-3F26-43CB1C58900C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvGraphicFramePr/>
-[...17 lines deleted...]
-      </p:graphicFrame>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect b="10940"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="314851" y="1389173"/>
+            <a:ext cx="5943442" cy="3126793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABBA6AA0-5378-94F5-820C-DC9AF06DABD9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255983" y="4790351"/>
             <a:ext cx="2803849" cy="171450"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Karolinska Institutet – ett medicinskt universitet</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="textruta 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE8938E2-899A-C620-0CC3-101BFF67D3F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6804249" y="1971586"/>
+            <a:ext cx="1433854" cy="938719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Article</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Review</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Other</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rektangel 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EE8DC9A-FEC8-888C-9C20-F98A35DB6F23}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6705913" y="2040542"/>
+            <a:ext cx="96787" cy="103262"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rektangel 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0755C7FF-E878-0535-6751-235B5A3BD491}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6705913" y="2375822"/>
+            <a:ext cx="96787" cy="103262"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rektangel 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CD1C1E1-70C3-ED30-F6DB-3AC574244023}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6705913" y="2711102"/>
+            <a:ext cx="96787" cy="103262"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1450443481"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -19617,51 +17678,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F63C804D-0566-4340-B2AA-54366A27975E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19689,72 +17750,50 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255983" y="4787115"/>
             <a:ext cx="2803849" cy="171450"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Karolinska Institutet – ett medicinskt universitet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...20 lines deleted...]
-      </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFAEEB2B-6027-7425-9BC2-62F9E11CDD4F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="16200000">
             <a:off x="6249999" y="2433127"/>
             <a:ext cx="4559866" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -19903,624 +17942,805 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Indikatorer av typen fältnormerad citeringsgrad kräver en viss volym på publikationer och citeringar för att bli statistiskt signifikanta. Publikationer från 2024 har ännu fått relativt få citeringar och kan därför inte anses utgöra stabila och tillförlitliga resultat och har därför exkluderats från ovanstående figur. </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:t>Indikatorer av typen fältnormerad citeringsgrad kräver en viss volym på publikationer och citeringar för att bli statistiskt signifikanta. Publikationer från 2025 har ännu fått relativt få citeringar och kan därför inte anses utgöra stabila och tillförlitliga resultat och har därför exkluderats från ovanstående figur. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Certain</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> data </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>included</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>herein</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>are</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>derived</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t> from the © Web </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:t> from the© Web </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t> Science 2024 </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:t> Science 2026 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Clarivate</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Analytics</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> (UK) Ltd. All </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>rights</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>reserved</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>. No part </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>these</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> materials </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>may</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> be </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>reproduced</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>stored</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> in a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>retrieval</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> system or </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>transmitted</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> in </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>any</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> form or by </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>any</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>means</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>including</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>electronic</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>mechanical</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>photographic</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>magnetic</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> or </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>other</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>means</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>without</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> the express permission </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> Karolinska Institutet University </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Library</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Bildobjekt 2" descr="I bilden visas medelvärdet per år av den fältnormerade citeringsgraden (Cf) för alla artiklar från KI. Detta ställs i diagrammet i relation till motsvarande Cf-värde för EU:s 27 medlemsländer (EU27) och Storbritannien. ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6D6806D-C446-2F3D-50D6-9B694F1B922D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="339964" y="1209126"/>
+            <a:ext cx="5433312" cy="3439970"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="textruta 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B9F6924-DFA5-EFF0-D8F3-96B904DA68D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6283052" y="1971586"/>
+            <a:ext cx="2359695" cy="600164"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Fältnormerad citeringsgrad</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>EU27 och Storbritannien</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="10" name="Rak koppling 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B62889A-82EA-1A0E-40FD-DC646F4353F2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5974060" y="2096159"/>
+            <a:ext cx="288032" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Rak koppling 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66C71731-74A4-CE76-38BD-2D2F946B9B00}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5974060" y="2427734"/>
+            <a:ext cx="288032" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2956052382"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -20776,51 +18996,51 @@
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495679" y="2531967"/>
             <a:ext cx="3644740" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="6000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>32</a:t>
+              <a:t>31</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>påbyggnadsprogram</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
@@ -20841,51 +19061,51 @@
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="529594" y="3447406"/>
             <a:ext cx="3122162" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="6000" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>98</a:t>
+              <a:t>110</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>fristående kurser</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
@@ -20922,51 +19142,51 @@
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3504580" y="1157198"/>
               <a:ext cx="2160240" cy="1415772"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="sv-SE" sz="4800" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                 </a:rPr>
-                <a:t>2,4</a:t>
+                <a:t>2,6</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="sv-SE" sz="6600" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="D40963"/>
                   </a:solidFill>
                   <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
               <a:br>
                 <a:rPr lang="sv-SE" sz="6600" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="D40963"/>
                   </a:solidFill>
                   <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
               </a:br>
               <a:endParaRPr lang="sv-SE" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="D40963"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
@@ -21059,51 +19279,51 @@
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3810033" y="2297073"/>
               <a:ext cx="2160240" cy="1138773"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="sv-SE" sz="4800" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                 </a:rPr>
-                <a:t>1 565 </a:t>
+                <a:t>1 144 </a:t>
               </a:r>
               <a:br>
                 <a:rPr lang="sv-SE" sz="6600" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="D40963"/>
                   </a:solidFill>
                   <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
               </a:br>
               <a:endParaRPr lang="sv-SE" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="D40963"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="textruta 21">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53B62033-0450-4510-9BB1-1AFBD1C44092}"/>
@@ -21114,68 +19334,68 @@
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5724128" y="2480578"/>
               <a:ext cx="4572000" cy="523220"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
-                <a:t>antal deltagare i </a:t>
+                <a:t>antal deltagare i</a:t>
               </a:r>
               <a:br>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
               </a:br>
               <a:r>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
-                <a:t>uppdragsutbildning</a:t>
+                <a:t>uppdragsutbildning*</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="9" name="Grupp 8" descr="6 115 helårsprestationer, prestationsgrad 90,6 %">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FDF5F1F-C6CE-4CFD-9501-20A639C6675E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3652536" y="3262794"/>
             <a:ext cx="6765846" cy="830997"/>
             <a:chOff x="3809252" y="3262794"/>
             <a:chExt cx="6765846" cy="830997"/>
           </a:xfrm>
         </p:grpSpPr>
@@ -21193,51 +19413,51 @@
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3809252" y="3262794"/>
               <a:ext cx="2160240" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="sv-SE" sz="4800" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                 </a:rPr>
-                <a:t>6 168</a:t>
+                <a:t>6 176</a:t>
               </a:r>
               <a:endParaRPr lang="sv-SE" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="textruta 16">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88DD0698-6671-427F-9D95-21F0E595595F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
@@ -21257,51 +19477,51 @@
             <a:p>
               <a:r>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
                 <a:t>helårsprestationer, </a:t>
               </a:r>
               <a:br>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
               </a:br>
               <a:r>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
-                <a:t>prestationsgrad 91,4 %* </a:t>
+                <a:t>prestationsgrad 91,7 %** </a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC2DCBDF-C814-44E6-8332-1F611EAE1473}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3741812" y="4035871"/>
@@ -21465,51 +19685,66 @@
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPts val="1100"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>*När vi räknar ut prestationsgraden räknas studenternas kursregistreringspoäng om till helårs-studenter och deras avklarade poäng till helårsprestationer. Prestationsgraden beräknas sedan som kvoten mellan antalet helårsprestationer och antalet helårsstudenter och uttrycks i procent. </a:t>
+              <a:t>* Avser de kurser inom uppdragsutbildningen som är poänggivande.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="1100"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>**När vi räknar ut prestationsgraden räknas studenternas kursregistreringspoäng om till helårs-studenter och deras avklarade poäng till helårsprestationer. Prestationsgraden beräknas sedan som kvoten mellan antalet helårsprestationer och antalet helårsstudenter och uttrycks i procent. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2A840A2-5855-FB82-5456-97319E9EB942}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255983" y="4790351"/>
             <a:ext cx="2803849" cy="171450"/>
           </a:xfrm>
@@ -21530,51 +19765,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22588,54 +20823,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Default Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1260</Words>
+  <Words>1289</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
-  <Paragraphs>223</Paragraphs>
+  <Paragraphs>231</Paragraphs>
   <Slides>9</Slides>
   <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>