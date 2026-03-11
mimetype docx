--- v0 (2025-10-07)
+++ v1 (2026-03-11)
@@ -5,2521 +5,1639 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7506" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3453"/>
         <w:gridCol w:w="4053"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E02388" w:rsidRPr="00AE6D4D" w14:paraId="54334A2A" w14:textId="77777777" w:rsidTr="0083627D">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3453" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21AEA00C" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00AE6D4D" w:rsidRDefault="00E02388" w:rsidP="00D738A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4053" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="433E9DAA" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00AE6D4D" w:rsidRDefault="00E02388" w:rsidP="00057050">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="darkMagenta"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4EB10B11" w14:textId="467C5321" w:rsidR="00A270C9" w:rsidRDefault="00332155" w:rsidP="0049165B">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga 2 till URA-kontrakt </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17AE2451" w14:textId="77777777" w:rsidR="003214AB" w:rsidRPr="003214AB" w:rsidRDefault="003214AB" w:rsidP="003214AB"/>
-    <w:p w14:paraId="6AFE37EE" w14:textId="5EBFDF52" w:rsidR="009D5676" w:rsidRPr="00E00D33" w:rsidRDefault="00AE6D4D" w:rsidP="00E00D33">
+    <w:p w14:paraId="2C9713B8" w14:textId="77777777" w:rsidR="00DD42F8" w:rsidRPr="00DD42F8" w:rsidRDefault="00DD42F8" w:rsidP="00DD42F8">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk18999352"/>
+    </w:p>
+    <w:p w14:paraId="519CD0A2" w14:textId="327C1FF1" w:rsidR="005368C5" w:rsidRPr="00DD42F8" w:rsidRDefault="00060A87" w:rsidP="00DD42F8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk18999352"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="6BBA99BB" w14:textId="77777777" w:rsidR="009D5676" w:rsidRPr="00E00D33" w:rsidRDefault="009D5676" w:rsidP="00E00D33">
+      <w:r w:rsidRPr="00ED2DB1">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För att anställning på ett URA-avtal ska vara möjlig måste du vara </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005368C5">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>folkbokförd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED2DB1">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i Sverige. Du måste också vara folkbokförd i Sverige under hela URA-vistelsen för att säkerställa beskattning och socialförsäkringsmedlemskap i Sverige. </w:t>
+      </w:r>
+      <w:r w:rsidR="005368C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Intyg på detta</w:t>
+      </w:r>
+      <w:r w:rsidR="003266DC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska ha</w:t>
+      </w:r>
+      <w:r w:rsidR="005368C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lämna</w:t>
+      </w:r>
+      <w:r w:rsidR="003266DC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="005368C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>s till HR på institution</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk127276654"/>
+      <w:r w:rsidR="00DD42F8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="005368C5" w:rsidRPr="00DD42F8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1795E22B" w14:textId="07FCC9CC" w:rsidR="00DD4FB0" w:rsidRDefault="006E4178" w:rsidP="005368C5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="426"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="2173A52C" w14:textId="5BBDC999" w:rsidR="00060A87" w:rsidRDefault="00AE6D4D" w:rsidP="00060A87">
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För personer stationerade i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005368C5">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nordiska</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> länder, finns det en särskild överenskommelse mellan länderna om att man endast ska vara registrerad i ett av länderna och det är mottagande land som bestämmer hur detta ska se ut. Om man behöver registrera sig i stationeringslandet, meddela också svenska Skatteverket om att man är utstationerad av en svensk myndighet och att man fortsatt ska betala skatt i Sverige och vara socialförsäkrad. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B36A97" w14:textId="77777777" w:rsidR="00FD4E52" w:rsidRPr="00472400" w:rsidRDefault="00FD4E52" w:rsidP="00472400">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BF6AF64" w14:textId="37F8A8B5" w:rsidR="00FD4E52" w:rsidRDefault="00FD4E52" w:rsidP="002A1B12">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-[...70 lines deleted...]
-        <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="519CD0A2" w14:textId="77777777" w:rsidR="005368C5" w:rsidRDefault="00060A87" w:rsidP="005368C5">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Du ska inte </w:t>
+      </w:r>
+      <w:r w:rsidR="007016FC">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ta emot</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> någon annan ersättning under utlandsstationeringen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D1FA88" w14:textId="77777777" w:rsidR="00ED2DB1" w:rsidRPr="00ED2DB1" w:rsidRDefault="00ED2DB1" w:rsidP="00ED2DB1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44759EF9" w14:textId="5EE2215D" w:rsidR="0025497D" w:rsidRPr="0025497D" w:rsidRDefault="00DD4FB0" w:rsidP="0025497D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED2DB1">
+      <w:bookmarkStart w:id="2" w:name="_Hlk19087552"/>
+      <w:r w:rsidRPr="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid URA-stationering inom EU/EES/Schweiz ska EU-kortet tas med. </w:t>
+      </w:r>
+      <w:r w:rsidR="0025497D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Om URA-kontraktet avbryts i förhand har du skyldighet att kontakta Försäkringskassan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408F0E82" w14:textId="77777777" w:rsidR="0004442D" w:rsidRPr="0004442D" w:rsidRDefault="0004442D" w:rsidP="0004442D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">För att anställning på ett URA-avtal ska vara möjlig måste du vara </w:t>
-[...159 lines deleted...]
-    <w:p w14:paraId="4BF6AF64" w14:textId="0C5198FF" w:rsidR="00FD4E52" w:rsidRDefault="00FD4E52" w:rsidP="002A1B12">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50BC3C20" w14:textId="29F611C7" w:rsidR="00D9244E" w:rsidRPr="00E00D33" w:rsidRDefault="00D9244E" w:rsidP="00E00D33">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="44759EF9" w14:textId="7BF62815" w:rsidR="0025497D" w:rsidRPr="0025497D" w:rsidRDefault="00192F4D" w:rsidP="0025497D">
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det är inte tillåtet att ha en bisyssla under stationeringstiden. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="754A317D" w14:textId="5C7C1C1D" w:rsidR="00C82089" w:rsidRPr="00E00D33" w:rsidRDefault="00C82089" w:rsidP="00E00D33">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29355E5F" w14:textId="552B393E" w:rsidR="00AE6D4D" w:rsidRPr="00E00D33" w:rsidRDefault="00C82089" w:rsidP="00E00D33">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk19087552"/>
-[...234 lines deleted...]
-        <w:t xml:space="preserve"> (du får då inget A1-intyg).</w:t>
+      <w:r w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merkostnads- och medföljandetillägg bestäms enligt ett högst- och schablonbelopp, vilka </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD42F8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>ändras 2 gånger/år</w:t>
       </w:r>
       <w:r w:rsidR="0025497D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="57E0A284" w14:textId="56EC008C" w:rsidR="003214AB" w:rsidRPr="005368C5" w:rsidRDefault="0053319C" w:rsidP="00E00D33">
+        <w:t xml:space="preserve"> av </w:t>
+      </w:r>
+      <w:r w:rsidR="00984180">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>centrala HR-avdelningen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>. Ersättningarna anpassas efter de ekonomiska förutsättningar som finns och förutsätter ökade levnadsomkostnader på grund av stationeringen. Det är arbetsgivaren som avgör om skattefria ersättningar ska utgå.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="59839013" w14:textId="273B1A32" w:rsidR="00DF1034" w:rsidRPr="00E00D33" w:rsidRDefault="00DF1034" w:rsidP="00E00D33">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2168BC38" w14:textId="52D639C5" w:rsidR="00DF1034" w:rsidRPr="00DF1034" w:rsidRDefault="00DF1034" w:rsidP="00E00D33">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005368C5">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kopia på hyreskontrakt på bostaden på stationeringsorten ska lämnas till HR på institution. Ersättning för boendekostnader ges endast om du har </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>merkostnader</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:softHyphen/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0025497D" w:rsidRPr="005368C5">
-[...20 lines deleted...]
-    <w:p w14:paraId="12D677CC" w14:textId="48BE89E0" w:rsidR="00D9244E" w:rsidRPr="00E00D33" w:rsidRDefault="00D9244E" w:rsidP="00E00D33">
+      <w:r w:rsidR="009D5676">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>p.g.a. utlandsstationeringen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Hyr du ut din bostad i Sverige </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC44AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ska </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">detta belopp </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC44AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">räknas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">av. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2138F811" w14:textId="07BB6304" w:rsidR="000437A4" w:rsidRPr="00E00D33" w:rsidRDefault="000437A4" w:rsidP="00E00D33">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50BC3C20" w14:textId="29F611C7" w:rsidR="00D9244E" w:rsidRPr="00E00D33" w:rsidRDefault="00D9244E" w:rsidP="00E00D33">
+    <w:p w14:paraId="21A5BF5F" w14:textId="1E6AF226" w:rsidR="00E00D33" w:rsidRPr="00ED2DB1" w:rsidRDefault="00AE6D4D" w:rsidP="00E00D33">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E00D33">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Det är inte tillåtet att ha en bisyssla under stationeringstiden. </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="754A317D" w14:textId="5C7C1C1D" w:rsidR="00C82089" w:rsidRPr="00E00D33" w:rsidRDefault="00C82089" w:rsidP="00E00D33">
+        <w:t>Köp</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1186" w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> av</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> flygresa</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1186" w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> får bara göras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via KI:s upphandlade resebyrå</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2C70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5368D53B" w14:textId="77777777" w:rsidR="00E00D33" w:rsidRPr="00E00D33" w:rsidRDefault="00E00D33" w:rsidP="00E00D33">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29355E5F" w14:textId="27D7942F" w:rsidR="00AE6D4D" w:rsidRPr="00E00D33" w:rsidRDefault="00C82089" w:rsidP="00E00D33">
+    <w:p w14:paraId="25DD1E88" w14:textId="545590C6" w:rsidR="000437A4" w:rsidRPr="00E00D33" w:rsidRDefault="000437A4" w:rsidP="00E00D33">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E00D33">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Merkostnads- och medföljandetillägg bestäms enligt ett högst- och schablonbelopp, vilka ändras 2 gånger/år</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> av HRA</w:t>
+        <w:t>URA-avtalet tar över villkoren i Villkorsavtalet (kollektivavtal</w:t>
+      </w:r>
+      <w:r w:rsidR="00617CA2" w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inom staten</w:t>
       </w:r>
       <w:r w:rsidRPr="00E00D33">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Ersättningarna anpassas efter de ekonomiska förutsättningar som </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="59839013" w14:textId="273B1A32" w:rsidR="00DF1034" w:rsidRPr="00E00D33" w:rsidRDefault="00DF1034" w:rsidP="00E00D33">
+        <w:t>), URA är en egen avtalsform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584667DA" w14:textId="77777777" w:rsidR="000437A4" w:rsidRPr="00E00D33" w:rsidRDefault="000437A4" w:rsidP="00E00D33">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2168BC38" w14:textId="52D639C5" w:rsidR="00DF1034" w:rsidRPr="00DF1034" w:rsidRDefault="00DF1034" w:rsidP="00E00D33">
+    <w:p w14:paraId="015C41CE" w14:textId="4A59B298" w:rsidR="00AE6D4D" w:rsidRPr="0004442D" w:rsidRDefault="000437A4" w:rsidP="0004442D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00E00D33">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>merkostnader</w:t>
+        <w:t>Eventuella tjänste</w:t>
+      </w:r>
+      <w:r w:rsidR="00617CA2" w:rsidRPr="00E00D33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>- och hem</w:t>
       </w:r>
       <w:r w:rsidRPr="00E00D33">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:softHyphen/>
-[...63 lines deleted...]
-    <w:p w14:paraId="2138F811" w14:textId="07BB6304" w:rsidR="000437A4" w:rsidRPr="00E00D33" w:rsidRDefault="000437A4" w:rsidP="00E00D33">
+        <w:t xml:space="preserve">resor under URA-stationeringen ska rapporteras via HR på institution, varav eventuella tillägg justeras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D164C79" w14:textId="77777777" w:rsidR="00AE6D4D" w:rsidRPr="00AE6D4D" w:rsidRDefault="00AE6D4D" w:rsidP="00AE6D4D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:ind w:left="426"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="21A5BF5F" w14:textId="1E6AF226" w:rsidR="00E00D33" w:rsidRPr="00ED2DB1" w:rsidRDefault="00AE6D4D" w:rsidP="00E00D33">
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B807939" w14:textId="2BDE06B2" w:rsidR="00AE6D4D" w:rsidRPr="00AE6D4D" w:rsidRDefault="00AE6D4D" w:rsidP="00AE6D4D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E00D33">
-[...60 lines deleted...]
-    <w:p w14:paraId="5368D53B" w14:textId="77777777" w:rsidR="00E00D33" w:rsidRPr="00E00D33" w:rsidRDefault="00E00D33" w:rsidP="00E00D33">
+      <w:r w:rsidRPr="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utlägg som hör till URA-stationeringen ska </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31B97">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>rapporteras v</w:t>
+      </w:r>
+      <w:r w:rsidR="00737E4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>ia PA-webben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Institutionen har ansvaret för att ersättningarna inte överstiger maxbeloppen samt att de är </w:t>
+      </w:r>
+      <w:r w:rsidR="00E265C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stämmer överens med </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>URA-kontraktet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB7738D" w14:textId="77777777" w:rsidR="00AE6D4D" w:rsidRPr="00AE6D4D" w:rsidRDefault="00AE6D4D" w:rsidP="00AE6D4D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:ind w:left="426"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="25DD1E88" w14:textId="545590C6" w:rsidR="000437A4" w:rsidRPr="00E00D33" w:rsidRDefault="000437A4" w:rsidP="00E00D33">
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47123F94" w14:textId="272BAE0F" w:rsidR="002C2A53" w:rsidRPr="0083627D" w:rsidRDefault="00AE6D4D" w:rsidP="0083627D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E00D33">
-[...30 lines deleted...]
-    <w:p w14:paraId="584667DA" w14:textId="77777777" w:rsidR="000437A4" w:rsidRPr="00E00D33" w:rsidRDefault="000437A4" w:rsidP="00E00D33">
+      <w:r w:rsidRPr="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Du som medarbetare har upplysningsskyldighet att informera vilka förutsättningarna är inför din utlandsstationering, så att KI kan göra en rättvis bedömning av dina möjligheter inför </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">utlandsstationeringen. Förändringar under stationeringsperioden måste meddelas till </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31B97">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HR på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>institutionen, direkt när förändringen uppstår, inte i efterhand. Exempel på förändringar är</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC44AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">graviditet, kontraktet avbryts i förtid/återresa innan </w:t>
+      </w:r>
+      <w:r w:rsidR="00E265C7" w:rsidRPr="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>kont</w:t>
+      </w:r>
+      <w:r w:rsidR="00E265C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00E265C7" w:rsidRPr="0083627D">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>akt</w:t>
+      </w:r>
+      <w:r w:rsidR="00060A87">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E265C7" w:rsidRPr="0083627D">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tidens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083627D">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> slut, medföljande börjar arbeta, medföljande reser hem, andra ändrade familjeförhållanden, hyran </w:t>
+      </w:r>
+      <w:r w:rsidR="000B74C5">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>förändras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083627D">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under stationeringen</w:t>
+      </w:r>
+      <w:r w:rsidR="00192F4D" w:rsidRPr="0083627D">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, boendet i Sverige hyrs ut (denna intäkt ska dras av från boendekostnaden i stationeringslandet)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC44AF">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7321AE00" w14:textId="77777777" w:rsidR="00192F4D" w:rsidRDefault="00192F4D" w:rsidP="00192F4D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:ind w:left="426"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="015C41CE" w14:textId="4A59B298" w:rsidR="00AE6D4D" w:rsidRPr="0004442D" w:rsidRDefault="000437A4" w:rsidP="0004442D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EDB4E6D" w14:textId="5FC582C5" w:rsidR="00CD65D2" w:rsidRPr="005368C5" w:rsidRDefault="00192F4D" w:rsidP="00CD65D2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E00D33">
-[...30 lines deleted...]
-    <w:p w14:paraId="1D164C79" w14:textId="77777777" w:rsidR="00AE6D4D" w:rsidRPr="00AE6D4D" w:rsidRDefault="00AE6D4D" w:rsidP="00AE6D4D">
+      <w:r w:rsidRPr="005368C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Det är</w:t>
+      </w:r>
+      <w:r w:rsidR="00A975F8" w:rsidRPr="005368C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> huvudsak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005368C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inte tillåtet att vara tjänstledig av någon art under URA-kontraktsperioden</w:t>
+      </w:r>
+      <w:r w:rsidR="00A975F8" w:rsidRPr="005368C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>, då försäkringsvillkor etc. ändras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005368C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00011CB4" w:rsidRPr="005368C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B74C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Undantag kan göras för kortvarig period upp till två veckor i en följd, detta måste stämmas av med HR på institution. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5C6EBD" w14:textId="77777777" w:rsidR="00CD65D2" w:rsidRPr="00CD65D2" w:rsidRDefault="00CD65D2" w:rsidP="00CD65D2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:ind w:left="426" w:hanging="284"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="7B807939" w14:textId="2BDE06B2" w:rsidR="00AE6D4D" w:rsidRPr="00AE6D4D" w:rsidRDefault="00AE6D4D" w:rsidP="00AE6D4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="150AAF23" w14:textId="625FFA2C" w:rsidR="00CD65D2" w:rsidRPr="00CD65D2" w:rsidRDefault="002F2938" w:rsidP="00CD65D2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE6D4D">
-[...73 lines deleted...]
-    <w:p w14:paraId="47123F94" w14:textId="6E0EADD1" w:rsidR="002C2A53" w:rsidRPr="0083627D" w:rsidRDefault="00AE6D4D" w:rsidP="0083627D">
+      <w:r w:rsidRPr="00CD65D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Du samt eventuella familjemedlemmar</w:t>
+      </w:r>
+      <w:r w:rsidR="007016FC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (angivna i kontraktet)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD65D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> täcks av Kammarkollegiets URA-försäkring under stationeringstiden. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD65D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Du får ett intyg på </w:t>
+      </w:r>
+      <w:r w:rsidR="00732486">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>din försäkring</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD65D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> från HR på institution, ett intyg per familjemedlem. </w:t>
+      </w:r>
+      <w:r w:rsidR="007016FC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera villkor samt meddela förändringar hos Kammarkollegiet och KI, graviditet måste alltid anmälas i ett tidigt skede. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED493D9" w14:textId="77777777" w:rsidR="002F551C" w:rsidRPr="002F2938" w:rsidRDefault="002F551C" w:rsidP="002F2938">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03D7E666" w14:textId="68CEEB83" w:rsidR="00A975F8" w:rsidRDefault="002F551C" w:rsidP="00A975F8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE6D4D">
-[...69 lines deleted...]
-      <w:r w:rsidR="00E265C7" w:rsidRPr="0083627D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lönerevision sker </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD42F8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oftast vid eventuell förlängning av kontraktet, annars vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KI:s revisionstidpunkter. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D77A2A" w14:textId="5F2B5C9E" w:rsidR="00E603D1" w:rsidRPr="00E603D1" w:rsidRDefault="00E603D1" w:rsidP="00E603D1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>akt</w:t>
-[...59 lines deleted...]
-    <w:p w14:paraId="0EDB4E6D" w14:textId="166326A7" w:rsidR="00CD65D2" w:rsidRPr="005368C5" w:rsidRDefault="00192F4D" w:rsidP="00CD65D2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A7679A4" w14:textId="77777777" w:rsidR="00E603D1" w:rsidRPr="00E603D1" w:rsidRDefault="00E603D1" w:rsidP="00E603D1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005368C5">
-[...92 lines deleted...]
-    <w:p w14:paraId="0E5C6EBD" w14:textId="77777777" w:rsidR="00CD65D2" w:rsidRPr="00CD65D2" w:rsidRDefault="00CD65D2" w:rsidP="00CD65D2">
+      <w:r w:rsidRPr="00E603D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arbetstider regleras i kontraktet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E25875B" w14:textId="77777777" w:rsidR="00E603D1" w:rsidRPr="00E603D1" w:rsidRDefault="00E603D1" w:rsidP="00E603D1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="150AAF23" w14:textId="04CF3F48" w:rsidR="00CD65D2" w:rsidRPr="00CD65D2" w:rsidRDefault="002F2938" w:rsidP="00CD65D2">
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E603D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arbetsgivaren ska i förekommande fall underrätta arbetstagaren senast två veckor i förväg om:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C694C9" w14:textId="77777777" w:rsidR="00E603D1" w:rsidRPr="00E603D1" w:rsidRDefault="00E603D1" w:rsidP="00E603D1">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E603D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>• ändring av förläggning av ordinarie arbetstid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D46BDFC" w14:textId="77777777" w:rsidR="00E603D1" w:rsidRPr="00E603D1" w:rsidRDefault="00E603D1" w:rsidP="00E603D1">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E603D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>• besked att arbetstiden kommer att variera mellan olika klockslag och dagar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF333A7" w14:textId="03E79EDE" w:rsidR="00E603D1" w:rsidRDefault="00E603D1" w:rsidP="00E603D1">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E603D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Denna bestämmelse gäller ej för lärare med årsarbetstid och arbetstagare med förtroendearbetstid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C66278" w14:textId="77777777" w:rsidR="00E603D1" w:rsidRPr="00E603D1" w:rsidRDefault="00E603D1" w:rsidP="00E603D1">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="561175F8" w14:textId="77777777" w:rsidR="00E603D1" w:rsidRPr="00E603D1" w:rsidRDefault="00E603D1" w:rsidP="00E603D1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD65D2">
-[...55 lines deleted...]
-    <w:p w14:paraId="55ED7FB8" w14:textId="77777777" w:rsidR="00CD65D2" w:rsidRPr="00CD65D2" w:rsidRDefault="00CD65D2" w:rsidP="003F14CA">
+      <w:r w:rsidRPr="00E603D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arbetsgivaravgifter och social trygghet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E77EEF" w14:textId="40BC7BCC" w:rsidR="00E603D1" w:rsidRDefault="00E603D1" w:rsidP="00E603D1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="426"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="0A392349" w14:textId="77777777" w:rsidR="002D2B35" w:rsidRPr="002D2B35" w:rsidRDefault="00CD65D2" w:rsidP="002D2B35">
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E603D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arbetsgivaren betalar in avgifter enligt socialavgiftslagen (2000:980). Arbetsgivaren ger även arbetstagaren socialt skydd i form av sjuklön enligt lagen (1991:1047) om sjuklön samt förmåner vid sjukfrånvaro eller föräldraledighet enligt ovan angivet villkorsavtal samt förmåner enligt kollektivavtal såsom Pensionsavtal PA16, Avtal om omställning, personskadeavtal PSA och Avtal om statens tjänstegrupplivförsäkring, TGL-S.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB3ABED" w14:textId="77777777" w:rsidR="00E603D1" w:rsidRPr="00D7335F" w:rsidRDefault="00E603D1" w:rsidP="00D7335F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0816E05B" w14:textId="77777777" w:rsidR="00A975F8" w:rsidRDefault="00A975F8" w:rsidP="00A975F8">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7355D721" w14:textId="186ABD36" w:rsidR="00A975F8" w:rsidRPr="00A975F8" w:rsidRDefault="00A975F8" w:rsidP="00AB49DE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD65D2">
-[...727 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00A975F8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Meddela dina kontaktuppgifter</w:t>
       </w:r>
       <w:r w:rsidRPr="00A975F8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A975F8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(telefonnummer) på stationeringsorten</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> till HR på institution. </w:t>
+        <w:t xml:space="preserve">(telefonnummer) på stationeringsorten till HR på institution. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C258254" w14:textId="1DBB6A13" w:rsidR="00AE6D4D" w:rsidRPr="00AE6D4D" w:rsidRDefault="00AE6D4D" w:rsidP="00AE6D4D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3684"/>
           <w:tab w:val="right" w:pos="9615"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6D4D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
@@ -2567,357 +1685,346 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0086332A" w:rsidRPr="00192F4D" w:rsidSect="00196E75">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="2308" w:left="2308" w:header="680" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D767F91" w14:textId="77777777" w:rsidR="0014092C" w:rsidRDefault="0014092C">
+    <w:p w14:paraId="1D64E42C" w14:textId="77777777" w:rsidR="008003F5" w:rsidRDefault="008003F5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="074CD670" w14:textId="77777777" w:rsidR="0014092C" w:rsidRDefault="0014092C">
+    <w:p w14:paraId="7E379C38" w14:textId="77777777" w:rsidR="008003F5" w:rsidRDefault="008003F5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="382787FC" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00196E75" w:rsidRDefault="007D3C45" w:rsidP="00F2517F">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="6930" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2200"/>
       <w:gridCol w:w="2310"/>
       <w:gridCol w:w="2420"/>
     </w:tblGrid>
     <w:tr w:rsidR="00820915" w:rsidRPr="00B6143B" w14:paraId="74CD6A4B" w14:textId="77777777" w:rsidTr="00820915">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2200" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="59B3D267" w14:textId="77777777" w:rsidR="00820915" w:rsidRPr="00B6143B" w:rsidRDefault="00820915" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2310" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="629BA34A" w14:textId="77777777" w:rsidR="00820915" w:rsidRPr="00B6143B" w:rsidRDefault="00820915" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2420" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="07D440FA" w14:textId="77777777" w:rsidR="00820915" w:rsidRPr="00B6143B" w:rsidRDefault="00820915" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0773B749" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRDefault="007D3C45">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F72341C" w14:textId="77777777" w:rsidR="0014092C" w:rsidRDefault="0014092C">
+    <w:p w14:paraId="6DC9C09D" w14:textId="77777777" w:rsidR="008003F5" w:rsidRDefault="008003F5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6315CBC8" w14:textId="77777777" w:rsidR="0014092C" w:rsidRDefault="0014092C">
+    <w:p w14:paraId="48CF0971" w14:textId="77777777" w:rsidR="008003F5" w:rsidRDefault="008003F5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10917" w:type="dxa"/>
       <w:tblInd w:w="-1322" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5390"/>
       <w:gridCol w:w="3385"/>
       <w:gridCol w:w="789"/>
       <w:gridCol w:w="1353"/>
     </w:tblGrid>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="32B6CC13" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="77578E56" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3385" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="74FC764B" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="789" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="14532198" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1353" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="543C91EB" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="54D40EB0" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="29BFB75E" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3385" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="3AEA490C" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="darkMagenta"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="789" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4901182B" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Sid:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1353" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4A08F60C" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="darkMagenta"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
@@ -2992,112 +2099,109 @@
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00AC715B" w:rsidRPr="00332C0C" w14:paraId="495E04FC" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="66445817" w14:textId="77777777" w:rsidR="00AC715B" w:rsidRPr="00332C0C" w:rsidRDefault="00AC715B" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5527" w:type="dxa"/>
           <w:gridSpan w:val="3"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="66F4689C" w14:textId="77777777" w:rsidR="00AC715B" w:rsidRPr="00B6143B" w:rsidRDefault="00AC715B" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="36F208FF" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="007516BA" w:rsidRDefault="007D3C45" w:rsidP="0054298A">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10504" w:type="dxa"/>
       <w:tblInd w:w="-1322" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5390"/>
       <w:gridCol w:w="3192"/>
       <w:gridCol w:w="550"/>
       <w:gridCol w:w="1372"/>
     </w:tblGrid>
     <w:tr w:rsidR="007D3C45" w:rsidRPr="00332C0C" w14:paraId="4E3E69D1" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="59C8F6D9" w14:textId="18753888" w:rsidR="007D3C45" w:rsidRPr="00332C0C" w:rsidRDefault="00C907FA" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DD97EAE" wp14:editId="49A9F6FE">
                 <wp:extent cx="1800225" cy="742950"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Bild 1" descr="KI-Logo_pos_RGB(136-0-82)"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="KI-Logo_pos_RGB(136-0-82)"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
@@ -3114,408 +2218,387 @@
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1800225" cy="742950"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="0DB2D3E7" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="2077FC11" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="360DE607" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00B6143B" w:rsidRDefault="007D3C45" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00E02388" w:rsidRPr="00332C0C" w14:paraId="5C0FE4EC" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:trPr>
         <w:gridAfter w:val="2"/>
         <w:wAfter w:w="1922" w:type="dxa"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4B6E5782" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00332C0C" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="631FF53C" w14:textId="6CADC7B6" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="darkMagenta"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00E02388" w:rsidRPr="00332C0C" w14:paraId="3E6C1490" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="68CE21AD" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00332C0C" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="46EED1EC" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00B6143B">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="3277"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="red"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B6143B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:tab/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="52F83009" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="1657B94A" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00E02388" w:rsidRPr="00332C0C" w14:paraId="6C72E3B2" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="535DB97E" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00332C0C" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4DA2072A" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="5BF9C1C7" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="178BE23C" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00E02388" w:rsidRPr="00332C0C" w14:paraId="32B6C04F" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="0E9623F2" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00332C0C" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="30EDAD31" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="291A0612" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="6667AF23" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00E02388" w:rsidRPr="00332C0C" w14:paraId="759F748C" w14:textId="77777777" w:rsidTr="00B6143B">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5390" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="27FC7470" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00332C0C" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="1B0BA915" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="550" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="29624D8B" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1372" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="3B4588D7" w14:textId="77777777" w:rsidR="00E02388" w:rsidRPr="00B6143B" w:rsidRDefault="00E02388" w:rsidP="00A75DE0">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="014713E7" w14:textId="77777777" w:rsidR="007D3C45" w:rsidRPr="00D2347B" w:rsidRDefault="007D3C45" w:rsidP="0054298A">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="359C5917"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E4C5F26"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4056,62 +3139,62 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="681780235">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="46878977">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="677193674">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1014070758">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="74597573">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="36865"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="stc3_dlg_element¤01" w:val="dialog_¤TemplateDialog"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01" w:val="step_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01" w:val="frame_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤01" w:val="pr_¤Profile"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤02" w:val="dl_¤DocLanguage"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤03" w:val="ds_¤Dokumentnamn"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤04" w:val="ds_¤DNR"/>
@@ -4120,264 +3203,278 @@
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤DNR" w:val="1"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Mottagare" w:val="1"/>
     <w:docVar w:name="stc3_dlg_show_dlg_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_show_step_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_type¤dl_¤DocLanguage" w:val="9"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Datum" w:val="6"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤DNR" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Mottagare" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤pr_¤Profile" w:val="10"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00E02388"/>
     <w:rsid w:val="00011CB4"/>
     <w:rsid w:val="0002559A"/>
     <w:rsid w:val="00032F08"/>
     <w:rsid w:val="00036E63"/>
     <w:rsid w:val="000437A4"/>
     <w:rsid w:val="0004442D"/>
     <w:rsid w:val="00046832"/>
     <w:rsid w:val="00057050"/>
     <w:rsid w:val="00060A87"/>
     <w:rsid w:val="00077AB6"/>
     <w:rsid w:val="000B046A"/>
+    <w:rsid w:val="000B74C5"/>
     <w:rsid w:val="000C63A7"/>
     <w:rsid w:val="00114DC8"/>
     <w:rsid w:val="00121F9C"/>
     <w:rsid w:val="0014092C"/>
     <w:rsid w:val="001443B5"/>
     <w:rsid w:val="001663DC"/>
     <w:rsid w:val="00177C13"/>
     <w:rsid w:val="00190E78"/>
     <w:rsid w:val="00192F4D"/>
     <w:rsid w:val="00196E75"/>
     <w:rsid w:val="001A0713"/>
     <w:rsid w:val="001A4B87"/>
     <w:rsid w:val="001C2BCE"/>
     <w:rsid w:val="001E2ED2"/>
     <w:rsid w:val="0020259A"/>
     <w:rsid w:val="00204C29"/>
     <w:rsid w:val="002211E3"/>
     <w:rsid w:val="00244EF7"/>
     <w:rsid w:val="0025497D"/>
     <w:rsid w:val="00260F74"/>
     <w:rsid w:val="00270E28"/>
     <w:rsid w:val="00280819"/>
     <w:rsid w:val="00294015"/>
     <w:rsid w:val="002B5698"/>
     <w:rsid w:val="002C2A53"/>
     <w:rsid w:val="002D2B35"/>
     <w:rsid w:val="002E39E3"/>
     <w:rsid w:val="002F2938"/>
     <w:rsid w:val="002F551C"/>
     <w:rsid w:val="00311ECB"/>
     <w:rsid w:val="00312D7D"/>
     <w:rsid w:val="00313BF9"/>
     <w:rsid w:val="003214AB"/>
+    <w:rsid w:val="003266DC"/>
     <w:rsid w:val="00332155"/>
     <w:rsid w:val="0035118E"/>
     <w:rsid w:val="00363EE8"/>
     <w:rsid w:val="0038441A"/>
     <w:rsid w:val="003A2C70"/>
     <w:rsid w:val="003A3EFD"/>
     <w:rsid w:val="003C1047"/>
     <w:rsid w:val="003C6F5C"/>
     <w:rsid w:val="003C7C90"/>
     <w:rsid w:val="003C7E5E"/>
     <w:rsid w:val="003C7F7E"/>
     <w:rsid w:val="003D617B"/>
     <w:rsid w:val="003E590E"/>
     <w:rsid w:val="003F14CA"/>
     <w:rsid w:val="004079AC"/>
     <w:rsid w:val="00421BED"/>
     <w:rsid w:val="00426284"/>
     <w:rsid w:val="0043320A"/>
     <w:rsid w:val="00444B24"/>
     <w:rsid w:val="00472400"/>
     <w:rsid w:val="0047242D"/>
     <w:rsid w:val="0047273D"/>
+    <w:rsid w:val="004823FE"/>
     <w:rsid w:val="00486C3A"/>
     <w:rsid w:val="0049165B"/>
     <w:rsid w:val="004A0360"/>
     <w:rsid w:val="004C0E78"/>
     <w:rsid w:val="004C60FE"/>
     <w:rsid w:val="004D70E9"/>
     <w:rsid w:val="004F2C70"/>
     <w:rsid w:val="004F5992"/>
     <w:rsid w:val="00505C51"/>
     <w:rsid w:val="0053319C"/>
     <w:rsid w:val="005368C5"/>
     <w:rsid w:val="0054298A"/>
     <w:rsid w:val="00595A9C"/>
     <w:rsid w:val="005F2B31"/>
     <w:rsid w:val="00614C86"/>
     <w:rsid w:val="00617CA2"/>
     <w:rsid w:val="00623605"/>
+    <w:rsid w:val="006475F8"/>
     <w:rsid w:val="006A2BE9"/>
     <w:rsid w:val="006A55CF"/>
     <w:rsid w:val="006A7D96"/>
     <w:rsid w:val="006E4178"/>
     <w:rsid w:val="006F663E"/>
+    <w:rsid w:val="007016FC"/>
     <w:rsid w:val="00704998"/>
     <w:rsid w:val="00717163"/>
     <w:rsid w:val="00732486"/>
     <w:rsid w:val="00737C71"/>
     <w:rsid w:val="00737E4D"/>
     <w:rsid w:val="007478B9"/>
     <w:rsid w:val="007516BA"/>
     <w:rsid w:val="00752CBD"/>
     <w:rsid w:val="00766E50"/>
     <w:rsid w:val="007A73C3"/>
     <w:rsid w:val="007B294C"/>
     <w:rsid w:val="007D3C45"/>
     <w:rsid w:val="007D67DD"/>
     <w:rsid w:val="007E4EBC"/>
     <w:rsid w:val="007F1290"/>
+    <w:rsid w:val="008003F5"/>
     <w:rsid w:val="00820915"/>
     <w:rsid w:val="008259C7"/>
     <w:rsid w:val="00825C49"/>
     <w:rsid w:val="0083627D"/>
     <w:rsid w:val="0086332A"/>
     <w:rsid w:val="00887F84"/>
     <w:rsid w:val="008B1B61"/>
     <w:rsid w:val="008D40C7"/>
     <w:rsid w:val="008D56D0"/>
     <w:rsid w:val="00904A11"/>
     <w:rsid w:val="0097279E"/>
+    <w:rsid w:val="00984180"/>
     <w:rsid w:val="00985CC6"/>
     <w:rsid w:val="009C25E7"/>
     <w:rsid w:val="009D5676"/>
     <w:rsid w:val="009D5720"/>
     <w:rsid w:val="009E0B25"/>
     <w:rsid w:val="009F1186"/>
     <w:rsid w:val="00A266C3"/>
     <w:rsid w:val="00A270C9"/>
     <w:rsid w:val="00A44B61"/>
     <w:rsid w:val="00A75DE0"/>
     <w:rsid w:val="00A928E6"/>
     <w:rsid w:val="00A975F8"/>
     <w:rsid w:val="00AB07EC"/>
     <w:rsid w:val="00AC715B"/>
     <w:rsid w:val="00AD14F1"/>
     <w:rsid w:val="00AD2417"/>
     <w:rsid w:val="00AE6D4D"/>
     <w:rsid w:val="00B2181E"/>
     <w:rsid w:val="00B3247F"/>
+    <w:rsid w:val="00B37A9D"/>
     <w:rsid w:val="00B56273"/>
     <w:rsid w:val="00B6143B"/>
     <w:rsid w:val="00B62291"/>
     <w:rsid w:val="00B75EB4"/>
     <w:rsid w:val="00BC44AF"/>
     <w:rsid w:val="00BE03B9"/>
     <w:rsid w:val="00BE1CE1"/>
     <w:rsid w:val="00BE7011"/>
     <w:rsid w:val="00BF01D7"/>
     <w:rsid w:val="00C07890"/>
+    <w:rsid w:val="00C136EE"/>
     <w:rsid w:val="00C17CEF"/>
     <w:rsid w:val="00C4073F"/>
     <w:rsid w:val="00C52BCE"/>
     <w:rsid w:val="00C77DF5"/>
     <w:rsid w:val="00C82089"/>
     <w:rsid w:val="00C87F27"/>
     <w:rsid w:val="00C907FA"/>
     <w:rsid w:val="00C9081B"/>
     <w:rsid w:val="00CA7212"/>
     <w:rsid w:val="00CB4642"/>
     <w:rsid w:val="00CC0DF7"/>
     <w:rsid w:val="00CD65D2"/>
     <w:rsid w:val="00CE2F62"/>
     <w:rsid w:val="00D1522F"/>
     <w:rsid w:val="00D2347B"/>
     <w:rsid w:val="00D31B97"/>
     <w:rsid w:val="00D344FD"/>
     <w:rsid w:val="00D45EDE"/>
+    <w:rsid w:val="00D7018D"/>
+    <w:rsid w:val="00D7335F"/>
     <w:rsid w:val="00D738A2"/>
     <w:rsid w:val="00D83D27"/>
     <w:rsid w:val="00D9244E"/>
     <w:rsid w:val="00D97B15"/>
     <w:rsid w:val="00DB2A7A"/>
     <w:rsid w:val="00DC3E08"/>
     <w:rsid w:val="00DC602A"/>
     <w:rsid w:val="00DD15E7"/>
     <w:rsid w:val="00DD3D5A"/>
+    <w:rsid w:val="00DD42F8"/>
     <w:rsid w:val="00DD4FB0"/>
     <w:rsid w:val="00DF1034"/>
     <w:rsid w:val="00DF78E0"/>
     <w:rsid w:val="00E00D33"/>
     <w:rsid w:val="00E02388"/>
     <w:rsid w:val="00E104D8"/>
     <w:rsid w:val="00E16C3A"/>
     <w:rsid w:val="00E25166"/>
+    <w:rsid w:val="00E25FE0"/>
     <w:rsid w:val="00E265C7"/>
     <w:rsid w:val="00E337FD"/>
     <w:rsid w:val="00E4030B"/>
     <w:rsid w:val="00E46177"/>
     <w:rsid w:val="00E603D1"/>
     <w:rsid w:val="00ED2DB1"/>
+    <w:rsid w:val="00ED3557"/>
     <w:rsid w:val="00ED3868"/>
     <w:rsid w:val="00F07825"/>
     <w:rsid w:val="00F2517F"/>
     <w:rsid w:val="00F310C9"/>
     <w:rsid w:val="00F9207F"/>
     <w:rsid w:val="00FC72DF"/>
     <w:rsid w:val="00FD2887"/>
     <w:rsid w:val="00FD4E52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="36865"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D8AAC30"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D2224BB7-17D1-41D1-87F6-7CC0DBF68BA6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
@@ -4867,51 +3964,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003214AB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1288512473">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
@@ -5164,76 +4261,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>brev_utan_makro_svensk_farglogo (2)</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7486</Characters>
+  <Pages>2</Pages>
+  <Words>592</Words>
+  <Characters>3898</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8660</CharactersWithSpaces>
+  <CharactersWithSpaces>4482</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Åsa Agréus</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="stc3_dl_Dokumentnamn">
     <vt:lpwstr>Dokumentnamn</vt:lpwstr>